--- v0 (2025-10-15)
+++ v1 (2026-02-04)
@@ -12,1656 +12,1192 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="513">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="357">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Decision No. 107/2018 on the adoption of Gulf Standard 2530:2016 on Energy Labeling and Minimum Energy Performance Requirements For Air Conditioners as a mandatory Omani Standard</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for window single-package, split-system non-ducted air conditioners using air-cooled condensers, split-system ducted air-conditioners using air-cooled condensers, and heat pumps using air-cooled condensers for residential, commercial and industrial sector as applicable in accordance with GSO SASO Standards. It is applied to units designed to operate in AC single phase or three-phase circuits according to GSO 1899/2009 "GCC Standard voltages and frequencies for AC transmission and distribution systems". It covers units with capacities up to and including 70000 Btu/h (20 kW).</t>
+  </si>
+  <si>
     <t>Oman</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GSO 2530:2016</t>
   </si>
   <si>
     <t>Ministry of Commerce and Industry</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-1072018-adoption-gulf-standard-25302016-energy-labeling-and-minimum-energy</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/sultanate-oman-energy-efficiency-and-labeling-requirements-air-conditioners-0</t>
+  </si>
+  <si>
     <t>Electric Motors Minimum Energy Performance Standards</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/electric-motors-minimum-energy-performance-standards</t>
   </si>
   <si>
+    <t>https://clasp.ngo/updates/2021/pakistan-launches-first-efficiency-policy-for-electric-motors</t>
+  </si>
+  <si>
     <t>Energy efficiency, functionality and labelling requirements for self-ballasted Light Emitting Diode (LED) lamps</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency, functionality, and product information requirements for self-ballasted LED lamps for general lighting services that works on single-phase alternating current supply up to and including 240V, 50Hz, being manufactured, imported or sold in Oman.
+The standard covers the following types of self-ballasted LED lamps:
+a. Both the directional and non-directional lamps.
+b. Lamps having a luminous flux above 60 lumens and below 12,000 lumens.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>October 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-functionality-and-labelling-requirements-self-ballasted-light-emitting</t>
   </si>
   <si>
+    <t>https://www.tuv.com/regulations-and-standards/en/oman-ministerial-decree-obligating-the-omani-standard-energy-efficiency-functionality-and.html</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy Efficiency of Electrical Induction Motors) 5764 - 2004 / SI 5289</t>
   </si>
   <si>
+    <t>It covers electric induction motors</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-electrical-induction-motors-5764-2004-si</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECInductionMotors.doc</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy labeling of electric heating furnaces), 5753 - 1993</t>
   </si>
   <si>
+    <t>Electric Heating Furnace</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-labeling-electric-heating-furnaces-5753-1993</t>
   </si>
   <si>
-    <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-and-energy-information-cooling-appliances</t>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECElectricHeating.doc</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
   </si>
   <si>
+    <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning</t>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 162.K/EK.06/DJE/2023 -- Television</t>
+  </si>
+  <si>
+    <t>The policy regulates minimum energy performance standards and label for televisions of  the liquid crystal display (LCD) type and light-emitting diode (LED) type, up to 55 inches in size</t>
+  </si>
+  <si>
+    <t>Televisions</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning</t>
-[...7 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-162kek06dje2023-television</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for water dispense, a standalone device equipped with a heating component to heat drinking water, or a standalone device equipped with a heating and/or cooling component that uses a heat pump or thermoelectric system to cool drinking water. It uses bottled water as the water source, with a bottle capacity of up to 20 (twenty) liters. MEPS and Label rating:</t>
+  </si>
+  <si>
+    <t>Water Coolers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
+  </si>
+  <si>
+    <t>ISIRI 10638 -Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Single package non ducted single and multi split Product sub-type is yet to be determined.</t>
+  </si>
+  <si>
+    <t>Iran</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10638-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
+  </si>
+  <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
+    <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
+    <t>Refrigerant Compressors</t>
+  </si>
+  <si>
+    <t>ISIRI NS 4335</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
+  </si>
+  <si>
+    <t>ISIRI 10759:2005, 1st Edition- technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Covers electric fluorescent ballast and tube fluorescent lamps 20-40 W, frequency 50hz, and 220-240 volts</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>34C/682/INF: 2005, 34C/693/NP: 2005</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-107592005-1st-edition-technical-specifications-and-test-method-energy-consumption</t>
+  </si>
+  <si>
+    <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
+  </si>
+  <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
+  </si>
+  <si>
+    <t>Central ACs</t>
+  </si>
+  <si>
+    <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 1219-2:2002- Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
+    <t>Storage water heater</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-1219-22002-test-method-energy-consumption-and-energy-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>ISIRI 10335</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-14628-determination-criteria-energy-consumption-and-energy-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 1563-2:2009, 1st Revision, Specification for energy consumption and energy labeling of electrical household water heaters</t>
+  </si>
+  <si>
+    <t>Standard includes electrical household water heaters. Does not include solar or coal water heaters. Does not include residential electric water heaters with capacity less than 50L and more than 120L.</t>
+  </si>
+  <si>
+    <t>IEC 379: 1987</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-1563-22009-1st-revision-specification-energy-consumption-and-energy-labeling</t>
+  </si>
+  <si>
+    <t>ISIRI 16163:2013-determination of criteria for energy consumption and labeling instruction</t>
+  </si>
+  <si>
+    <t>Residential electric dishwasher</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-161632013-determination-criteria-energy-consumption-and-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 3477-2, 1st Edition, Specification for energy consumption and energy labeling of electrical household washing machines</t>
+  </si>
+  <si>
+    <t>Fully automatic residential clothes washer</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>95/12/EC</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-3477-2-1st-edition-specification-energy-consumption-and-energy-labeling-electrical</t>
+  </si>
+  <si>
+    <t>ISIRI 5916 Self Ballasted Lamps for General Lighting Services-performance requirements</t>
+  </si>
+  <si>
+    <t>Covers multi sector self ballasted lamps (60W and 100-250V)</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
-[...2 lines deleted...]
-    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators</t>
+    <t>IEC 60968 and IEC 60969</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-5916-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
+  </si>
+  <si>
+    <t>ISIRI 6016-2</t>
+  </si>
+  <si>
+    <t>Split-system non-ducted air conditioners and heat pumps - method for measuring of energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 6016, ISIRI 6016-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-6016-2</t>
+  </si>
+  <si>
+    <t>ISIRI 7872:2009, 1st Rev, Household electric iron energy consumption requirements and energy labeling guideline</t>
+  </si>
+  <si>
+    <t>Covers residential steam and non-steam irons. Does not include residential press irons</t>
+  </si>
+  <si>
+    <t>Irons</t>
+  </si>
+  <si>
+    <t>IEC 311 (1988)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-78722009-1st-rev-household-electric-iron-energy-consumption-requirements-and-energy</t>
+  </si>
+  <si>
+    <t>ISIRI NS 7341, 1st edition- Technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Electric lamps - Tubular, double capped</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>NS687 (Double Capped), NS 2702 (High Pressure Mercury Vapor), NS 5191 (HPSI), NS 5211 (Single Capped), 98/11/EC</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-ns-7341-1st-edition-technical-specifications-and-test-method-energy-consumption-and</t>
+  </si>
+  <si>
+    <t>MEPS and labeling schemes for refrigerators, refrigerator-freezers and freezers</t>
+  </si>
+  <si>
+    <t>The standard specifies the energy performance, capacity and labelling of household refrigerators, refrigerator-freezers and freezers. The requirements in this Standard are not applicable to electrically operated refrigerators employing an absorption refrigeration system and for commercial refrigerators, refrigerators-freezers and freezers.</t>
+  </si>
+  <si>
+    <t>Qatar</t>
+  </si>
+  <si>
+    <t>Freezers-only</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
+    <t>General Electricity &amp; Water Corporation</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-refrigerator-freezers-and-freezers</t>
+  </si>
+  <si>
+    <t>https://docs.wto.org/dol2fe/Pages/FE_Search/FE_S_S009-DP.aspx?language=E&amp;HasEnglishRecord=True&amp;HasFrenchRecord=True&amp;HasSpanishRecord=False&amp;CatalogueIdList=234359,234362,227938,228303,231379,234295,234377,234291,234289,234290&amp;CurrentCatalogueIdIndex=9&amp;FullT</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators</t>
-[...607 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-refrigerator-freezers-and-freezers-0</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for split unit air conditioners</t>
   </si>
   <si>
+    <t>Under new regulations, the energy efficiency ratio (EER) of split unit air-conditioners will be increased from existing 9.5 EER to 10.5 EER.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-split-unit-air-conditioners</t>
   </si>
   <si>
-    <t>MEPS for indoor LED lamps</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-indoor-led-lamps</t>
+    <t>https://thepeninsulaqatar.com/article/08/06/2019/New-regulations-to-make-electric-appliances-more-energy-efficient</t>
   </si>
   <si>
     <t>MEPS schemes for non-directional lamps</t>
   </si>
   <si>
+    <t>This regulation is based on the European Union Commission regulation 244/2009 to phase out incandescent lamps.</t>
+  </si>
+  <si>
     <t>Bahrain</t>
   </si>
   <si>
     <t>Ministry of Industry and Commerce</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-schemes-non-directional-lamps</t>
   </si>
   <si>
+    <t>http://www.seu.gov.bh/wp-content/uploads/2018/04/02_NEEAP_full-report.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) and Energy Star Rating for Television Receivers</t>
+  </si>
+  <si>
+    <t>This standard establishes MEPS and labeling requirements for televisions in Pakistan. This standard shall apply to the following types and sizes of TVs covering display sizes from 24 inches to 42 inches commonly used in Pakistan, with a supply voltage of 230 V 50 Hz or range 220-240 V, 50 Hz. LCD TVs (Liquid Crystal Display TVs), Plasma TVs, and LED TVs (Light Emitting Diodes TVs). Minimum Values of annual power consumption shall not be less than Star-1. The performance of the TVs applicable to this standard shall meet the requirements as specified in the standards IEC 60107, IEC 62087, and IEC 62301.</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>IEC 5422/2018
 ,   
                     IEC 60107-1
 ,   
                     IEC 60107-2
 ,   
                     IEC 60107-3
 ,   
                     IEC 62301
 ,   
                     IEC 62087
 ,   
                     JIS C 6101-1
 ,   
                     JIS C 6101-2
 ,   
                     JIS C 6101-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-meps-and-energy-star-rating-television-receivers</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electronics/27-PS%205422-2018.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
+    <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
+  </si>
+  <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
+  </si>
+  <si>
+    <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Rice Cooker</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling requirements for cover rice cookers with rice cooking capacity not exceeding 3 L and voltage up to 250 V, excluding pressure cookers (HS code: 8516.60.10).</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>SNI IEC 60335-1
 ,   
                     SNI IEC 60335-2-15</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-1</t>
   </si>
   <si>
-    <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124347_115KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PENANAK_NASI.PDF</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
-    <t>Minister of Energy and Mineral Resources Regulation No. 57 of 2017 on MEPS and energy labels for air conditioners</t>
-[...8 lines deleted...]
-    <t>Minister of Energy and Mineral Resources Regulation No.18 of 2014 on Energy labels for energy saving lights</t>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
+  </si>
+  <si>
+    <t>National Energy Efficiency and Conservation Policy 2023</t>
+  </si>
+  <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>Not applicable</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, LPG</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/national-energy-efficiency-and-conservation-policy-2023</t>
+  </si>
+  <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
+    <t>Pakistan MEPS and labeling for CFLs</t>
+  </si>
+  <si>
+    <t>This standard shall apply to self-ballasted compact fluorescent lamps -CFLs; generally known as Energy Savers of all commonly used shapes|sizes: U-shaped &amp; Spiral shaped, Edison screw holder or bayonet|pin type adopter; in Pakistan, with nominal power rating from 3Watt to 60 Watt at rated supply voltage of 230 V, 50 Hz or voltage range 220 240 V, 50 Hz as marked on the lamp. The standard does not apply to self-ballasted fluorescent lamps used with covers.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
-    <t>SNI IEC 60969:2009, SNI 04-6958-2003</t>
-[...20 lines deleted...]
-    <t>Pakistan MEPS and labeling for CFLs</t>
+    <t>New</t>
   </si>
   <si>
     <t>PS-IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-meps-and-labeling-cfls</t>
   </si>
   <si>
+    <t>https://drive.google.com/file/d/0B_Ht8Q1cIEovQW5CZlF0VTRRZHM/view</t>
+  </si>
+  <si>
     <t>Pakistan Standard: Household Microwave Oven - Methods for Measuring Performance</t>
   </si>
   <si>
+    <t>This standard applies to microwave ovens for household use and combination microwave ovens. Microwave ovens are defined as appliances using electromagnetic energy in the ISM frequency band of 2,450 MHz for heating food and beverages in the cavity. Combination microwave ovens are microwave ovens in which the microwave energy is combined with thermal energy.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 60705:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-standard-household-microwave-oven-methods-measuring-performance</t>
   </si>
   <si>
-    <t>Regulation on Energy Labelling and Minimum Energy Performance Requirements for Air-Conditioners</t>
-[...11 lines deleted...]
-    <t>SASO 2663:2018 MEPS and labeling schemes for small air conditioners</t>
+    <t>https://psqca.com.pk/cs/newitems2021/electrotechnical/56-PS%205254%20based%20on%2060705.pdf</t>
+  </si>
+  <si>
+    <t>SASO 2874:2016 MEPS for large air conditioners</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS and testing requirements for electrically operated air conditioners, condensing units, chillers, absorption chillers, electrically operated variable refrigerant flow (VRF) air conditioners, close control air conditioners and condensing units serving computer rooms.</t>
   </si>
   <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
-    <t>SASO 2681 / 2013 (based on ISO 5151) SASO 2682/2013 SASO 2763/2008</t>
+    <t>Room ACs - Stationary ACs, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/saso-26632018-meps-and-labeling-schemes-small-air-conditioners</t>
-[...16 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28742016-meps-large-air-conditioners</t>
   </si>
   <si>
-    <t>SASO 2883:2017 MEPS and labeling schemes for clothes dryers</t>
-[...41 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/saso-29022018-meps-and-labeling-schemes-lighting-products</t>
+    <t>https://www.intertek.com.cn/Uploadfile/File/SASO-2874_2016.pdf</t>
   </si>
   <si>
     <t>SASO IEC 60034-30:2013</t>
   </si>
   <si>
+    <t>This part of IEC 60034 specifies efficiency classes for single-speed; three-phase; 50 Hz and 60 Hz cage-induction motors</t>
+  </si>
+  <si>
     <t>SASO IEC 60034-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-iec-60034-302013</t>
   </si>
   <si>
-    <t>SI 4665-2 PERFORMANCE OF EXTERNAL POWER SUPPLIES: MINIMUM ENERGY PERFORMANCE STANDARD (MEPS) REQUIREMENTS</t>
-[...2 lines deleted...]
-    <t>SI 4665-1</t>
+    <t>http://www.saso.gov.sa/en/mediacenter/events/Pages/saso_events_127.aspx</t>
+  </si>
+  <si>
+    <t>SI 60350 - Part 1: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
+  </si>
+  <si>
+    <t>Israeli Standard which covers household electric cooking appliances - ovens</t>
+  </si>
+  <si>
+    <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
-[...19 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-1-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
-    <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
+    <t>https://www.sii.org.il/en/standards-search</t>
   </si>
   <si>
     <t>SI 60968</t>
   </si>
   <si>
+    <t>Self-ballasted lamps for general lighting services</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60968</t>
   </si>
   <si>
-    <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
-[...11 lines deleted...]
-    <t>Electricity, Solar</t>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=f176cda1-c392-4f0e-8c7d-e062df37c908</t>
+  </si>
+  <si>
+    <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
+  </si>
+  <si>
+    <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/si-69-electric-water-heaters</t>
-[...16 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
-    <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 28648 | Environmentally Friendly Design Requirements for Servers and Data Storage Products (2019/424/EU) (SGM:2021/15)</t>
   </si>
   <si>
+    <t>This policy applies to servers and covers online data storage products. It does not cover: servers used in embedded applications; servers with Computers and Computer Servers Communiqué on Relevant Environmentally Friendly Design Requirements (2013/617/EU) Classified as small-scale servers according to (SGM:2021/14) servers; servers with more than four processor sockets; server devices; large servers; fully fault tolerant servers; network servers; small data storage products; big data storage products. This policy is a transposition of Commission Regulation (EU) 2019/424.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Servers</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/424</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-environmentally-friendly-design-requirements-servers-and</t>
   </si>
   <si>
-    <t>Turkish Official Gazette No 28648 | transposition of EC 392-2012</t>
+    <t>Turkish Official Gazette No 28861 (Transposition of EC 626-2011)</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of less than or equal to 12 kW for cooling; or heating; if the product has no cooling function.  This Regulation shall not apply to: appliances that use non-electric energy sources; or  air conditioners of which the condensor- or evaporator-side or both do not use air for heat transfer medium.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
-    <t>Electricity, Gas</t>
-[...22 lines deleted...]
-  <si>
     <t>EC 626-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28861-transposition-ec-626-2011</t>
   </si>
   <si>
-    <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
+    <t>https://united4efficiency.org/wp-content/uploads/2017/02/U4E_Policy-Assessment_TUR.pdf</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 666-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
+    <t>Vacuum Cleaners</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 666-2013 of 8 July 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-666-2013</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29564 - Amending No 29236 | transposition of EC 665-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 665-2013 of 3 May 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29564-amending-no-29236-transposition-ec-665-2013</t>
   </si>
   <si>
-    <t>Turkish Official Gazette No 31434 | Comminique on Ecodesign Requirements for Household Dishwashers (2019/2022/EU) (SGM:2021/1)</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-20192016eu-sgm20218</t>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/ELEKTR%C4%B0KL%C4%B0%20S%C3%9CP%C3%9CRGELER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices with Direct Sales Function (2019/2018/EU) (SGM:2021/10)</t>
+  </si>
+  <si>
+    <t>This policy defines energy labeling requirements for refrigerating appliances with a direct sales function, including supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, small ice-cream freezers, gelato-scooping cabinets, and refrigerated vending machines. It does not apply to Minibars and wine storage appliances with sales functions. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council about energy labelling of refrigerating appliances with a direct sales function.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>EN 16901
 ,   
                     EN 16902
 ,   
                     EN 50597
 ,   
                     EN ISO 23953-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-direct-sales-function</t>
   </si>
   <si>
-    <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design of Household Washing Machines with Dryers</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling</t>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-10.htm</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices with Direct Sales Function (2019/2024/EU) (SGM:2021/9)</t>
   </si>
   <si>
+    <t>This policy applies to the following refrigerating appliances with a direct sales function: supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, ice-cream freezers, gelato-scooping cabinets and refrigerated vending machines.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-9.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Electronic Displays (2019/2021/EU) (SGM:2021/5)</t>
   </si>
   <si>
+    <t>This policy establishes a minimum energy performance standard for electronic displays, including televisions, monitors, and digital signage displays with a liquid crystal screen (LCD) and a screen area greater than 100 square centimeters. This policy is a transposition of Commission Regulation (EU) 2019/2021.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-electronic</t>
   </si>
   <si>
-    <t>Turkish Official Gazette No 31434 | Home Type Dishwasher Energy of Machines Notification on Labeling (2019/2017/EU) (SGM:2021/2)</t>
-[...23 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-energy-labeling-light-sources-20192015eu-sgm202112</t>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-5.htm</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
+  </si>
+  <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Solid Fuel Boilers and Packages of Solid Fuel Boilers, Additional Heaters, Temperature Control Devices and Solar Energy Devices (2015/1187/EU) (SGM: 2022/31)</t>
   </si>
   <si>
+    <t>This policy defines the energy labeling of and the provision of supplementary product information on solid fuel boilers with a rated heat output of 70 kW or less and packages of a solid fuel boiler with a rated heat output of 70 kW or less, supplementary heaters, temperature controls, and solar devices. It does not apply to boilers generating heat only for hot drinking or sanitary water; boilers for heating and distributing gaseous heat transfer media such as vapor or air; solid fuel cogeneration boilers with a maximum electrical capacity of 50 kW or more; non-woody biomass boilers. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1187.</t>
+  </si>
+  <si>
     <t>Electricity, Solar, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-energy-labeling-solid-fuel-boilers-and-packages-solid</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Space Heaters (2015/1186/EU) (SGM: 2022/30)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the energy labeling of, and the provision of supplementary product information on local space heaters with a nominal heat output of 50 kW or less. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1186.</t>
+  </si>
+  <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-energy-labeling-space-heaters-20151186eu-sgm-202230</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Boilers (2015/1189/EU) (SGM: 2022/33)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel boilers with a rated heat output of 500 kilowatts (‘kW’) or less, including those integrated in packages of a solid fuel boiler, supplementary heaters, temperature controls, and solar devices as defined in Article 2 of Delegated Regulation (EU) 2015/1187. This policy is a transposition of Commission Regulation (EU) 2015/1189.</t>
+  </si>
+  <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1189</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Space Heaters (2015/1185/EU) (SGM: 2022/29)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. It does not apply to solid fuel local space heaters that are specified for the combustion of non-woody biomass only; solid fuel local space heaters that are specified for outdoor use only; solid fuel local space heaters of which the direct heat output is less than 6 % of the combined direct and indirect heat output at nominal heat output; solid fuel local space heaters that are not factory assembled, or are not provided as prefabricated components or parts by a single manufacturer which are to be assembled on site; air heating products; or sauna stoves. This policy is a transposition of Commission Regulation (EU) 2015/1185.</t>
+  </si>
+  <si>
     <t>Biomass, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1185</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-fuel</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Space Heaters (2015/1188/EU) (SGM: 2022/32)</t>
   </si>
   <si>
+    <t>This policy applies to local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less. This policy is a transposition of Commission Regulation (EU) 2015/1188.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-space</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-9.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 26897</t>
   </si>
   <si>
+    <t>This Regulation provides minimum energy efficiency and labeling for new hot water boilers with nominal output power less than 4 kW and not more than 400 kW</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>Council Directive 92/42/EEC of 21 May 1992</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-26897</t>
   </si>
   <si>
-    <t>Turkish Official Gazette No. 29564 - Energy Labeling of Televisions</t>
-[...8 lines deleted...]
-    <t>UAE.S 5010 3: 2020 – Labeling – Energy Efficiency Label for Electrical Appliances Part 3: Household Refrigerating Appliances.</t>
+    <t>http://www.yegm.gov.tr/verimlilik/document/Sicaksu_Kazanlarinin_Verimlilik_Yonetmeligi.doc</t>
+  </si>
+  <si>
+    <t>UAE.S 5010-2:2013 – Labeling – Energy efficiency label for electrical appliances Part 2: Washing Machines and Dryers</t>
+  </si>
+  <si>
+    <t>This regulation deals with methods for measuring the energy and water consumption of clothes washing machines for household use, with or without heating devices and for cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force and is applicable to appliances for both washing and drying textiles (washer-dryers). This standard also applies to household electric tumble dryers, automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
   </si>
   <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
-    <t>UAE.S IEC 62552:2013</t>
+    <t>Clothes Dryers, Washing Machines</t>
+  </si>
+  <si>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>IEC 60456 /2010</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-3-2020-labeling-energy-efficiency-label-electrical-appliances-part-3-household</t>
-[...19 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-22013-labeling-energy-efficiency-label-electrical-appliances-part-2-washing</t>
   </si>
   <si>
-    <t>UAE.S 5010-4: 2014 – Labeling – Energy Efficiency Label for Electrical Appliances Part 4: Storage Water Heaters.</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-4-2014-labeling-energy-efficiency-label-electrical-appliances-part-4-storage</t>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/are119_t.pdf</t>
   </si>
   <si>
     <t>UAE.S 5010-5: 2019 – Labeling – Energy efficiency label for electrical appliances - Part 5: commercial and central air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels and the minimum energy performance standard (MEPS) requirements for factory-made residential, commercial and industrial.</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-5-2019-labeling-energy-efficiency-label-electrical-appliances-part-5-commercial</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1430_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-6: 2018 – Labeling – Energy efficiency label for electrical appliances Part 6: Dishwashers.</t>
   </si>
   <si>
+    <t>This regulation is developed to ensure that dishwasher are registered and monitored for their continuous compliance to the set specifications. Includes energy consumption and water consumption.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-6-2018-labeling-energy-efficiency-label-electrical-appliances-part-6-dishwashers</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2018/TBT/ARE/18_1779_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-7: 2017 – Labeling – Energy Efficiency Label for Electrical Appliances - Part: 7 Minimum Energy Efficiency Limits for Rotodynamic Water Pumps.</t>
   </si>
   <si>
+    <t>This standard covers brand new rotodynamic water pumps for pumping clean water, including where integrated in other products.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-7-2017-labeling-energy-efficiency-label-electrical-appliances-part-7-minimum</t>
   </si>
   <si>
-    <t>UAE.S 5010-8:2018 – Labeling – Energy Efficiency Label for Electrical Appliances – Part 8: Television Sets</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-82018-labeling-energy-efficiency-label-electrical-appliances-part-8-television</t>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1925,6107 +1461,2890 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N141"/>
+  <dimension ref="A1:P59"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="955.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="182.813" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="131.968" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2019</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2020</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2020</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2006</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>48</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>46</v>
+      </c>
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1993</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>48</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>49</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>60</v>
+      </c>
+      <c r="D7" t="s">
+        <v>61</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2023</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>62</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>63</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>60</v>
+      </c>
+      <c r="D8" t="s">
+        <v>68</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2023</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>62</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>69</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
+        <v>60</v>
+      </c>
+      <c r="D9" t="s">
+        <v>74</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2025</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>62</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>69</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>75</v>
+      </c>
+      <c r="P9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>76</v>
+      </c>
+      <c r="B10" t="s">
+        <v>77</v>
+      </c>
+      <c r="C10" t="s">
+        <v>78</v>
+      </c>
+      <c r="D10" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>55</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>79</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>80</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>81</v>
+      </c>
+      <c r="P10" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" t="s">
+        <v>78</v>
+      </c>
+      <c r="D11" t="s">
+        <v>85</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>79</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>86</v>
+      </c>
+      <c r="M11" t="s">
+        <v>80</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>87</v>
+      </c>
+      <c r="P11" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>88</v>
+      </c>
+      <c r="B12" t="s">
+        <v>89</v>
+      </c>
+      <c r="C12" t="s">
+        <v>78</v>
+      </c>
+      <c r="D12" t="s">
+        <v>90</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>79</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>91</v>
+      </c>
+      <c r="M12" t="s">
+        <v>80</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>92</v>
+      </c>
+      <c r="P12" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>93</v>
+      </c>
+      <c r="B13" t="s">
+        <v>94</v>
+      </c>
+      <c r="C13" t="s">
+        <v>78</v>
+      </c>
+      <c r="D13" t="s">
+        <v>95</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>33</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>79</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>96</v>
+      </c>
+      <c r="M13" t="s">
+        <v>80</v>
+      </c>
+      <c r="N13" t="s">
+        <v>97</v>
+      </c>
+      <c r="O13" t="s">
+        <v>98</v>
+      </c>
+      <c r="P13" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>99</v>
+      </c>
+      <c r="B14" t="s">
+        <v>100</v>
+      </c>
+      <c r="C14" t="s">
+        <v>78</v>
+      </c>
+      <c r="D14" t="s">
+        <v>101</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>79</v>
+      </c>
+      <c r="K14" t="s">
+        <v>102</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>80</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>103</v>
+      </c>
+      <c r="P14" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>104</v>
+      </c>
+      <c r="B15" t="s">
+        <v>105</v>
+      </c>
+      <c r="C15" t="s">
+        <v>78</v>
+      </c>
+      <c r="D15" t="s">
+        <v>106</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>33</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>79</v>
+      </c>
+      <c r="K15" t="s">
+        <v>102</v>
+      </c>
+      <c r="L15" t="s">
+        <v>107</v>
+      </c>
+      <c r="M15" t="s">
+        <v>80</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>108</v>
+      </c>
+      <c r="P15" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>109</v>
+      </c>
+      <c r="B16" t="s">
+        <v>110</v>
+      </c>
+      <c r="C16" t="s">
+        <v>78</v>
+      </c>
+      <c r="D16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>79</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>111</v>
+      </c>
+      <c r="M16" t="s">
+        <v>80</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>112</v>
+      </c>
+      <c r="P16" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>113</v>
+      </c>
+      <c r="B17" t="s">
+        <v>114</v>
+      </c>
+      <c r="C17" t="s">
+        <v>78</v>
+      </c>
+      <c r="D17" t="s">
+        <v>115</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>33</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>79</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>80</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>116</v>
+      </c>
+      <c r="P17" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>117</v>
+      </c>
+      <c r="B18" t="s">
+        <v>118</v>
+      </c>
+      <c r="C18" t="s">
+        <v>78</v>
+      </c>
+      <c r="D18" t="s">
+        <v>119</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2002</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>79</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>120</v>
+      </c>
+      <c r="M18" t="s">
+        <v>80</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>121</v>
+      </c>
+      <c r="P18" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>122</v>
+      </c>
+      <c r="B19" t="s">
+        <v>123</v>
+      </c>
+      <c r="C19" t="s">
+        <v>78</v>
+      </c>
+      <c r="D19" t="s">
+        <v>124</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2004</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>79</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>125</v>
+      </c>
+      <c r="M19" t="s">
+        <v>80</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>126</v>
+      </c>
+      <c r="P19" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>127</v>
+      </c>
+      <c r="B20" t="s">
+        <v>128</v>
+      </c>
+      <c r="C20" t="s">
+        <v>78</v>
+      </c>
+      <c r="D20" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2002</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>79</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>129</v>
+      </c>
+      <c r="M20" t="s">
+        <v>80</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>130</v>
+      </c>
+      <c r="P20" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>131</v>
+      </c>
+      <c r="B21" t="s">
+        <v>132</v>
+      </c>
+      <c r="C21" t="s">
+        <v>78</v>
+      </c>
+      <c r="D21" t="s">
+        <v>133</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2009</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>79</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>134</v>
+      </c>
+      <c r="M21" t="s">
+        <v>80</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>135</v>
+      </c>
+      <c r="P21" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>136</v>
+      </c>
+      <c r="B22" t="s">
+        <v>137</v>
+      </c>
+      <c r="C22" t="s">
+        <v>78</v>
+      </c>
+      <c r="D22" t="s">
+        <v>138</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2004</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>79</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>139</v>
+      </c>
+      <c r="M22" t="s">
+        <v>80</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>140</v>
+      </c>
+      <c r="P22" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>141</v>
+      </c>
+      <c r="B23" t="s">
+        <v>142</v>
+      </c>
+      <c r="C23" t="s">
+        <v>143</v>
+      </c>
+      <c r="D23" t="s">
+        <v>144</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2016</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>145</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>146</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>147</v>
+      </c>
+      <c r="P23" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>141</v>
+      </c>
+      <c r="B24" t="s">
+        <v>142</v>
+      </c>
+      <c r="C24" t="s">
+        <v>143</v>
+      </c>
+      <c r="D24" t="s">
+        <v>149</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2016</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>145</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>146</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>150</v>
+      </c>
+      <c r="P24" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>151</v>
+      </c>
+      <c r="B25" t="s">
+        <v>152</v>
+      </c>
+      <c r="C25" t="s">
+        <v>143</v>
+      </c>
+      <c r="D25" t="s">
+        <v>19</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2016</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>145</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>146</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>153</v>
+      </c>
+      <c r="P25" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>155</v>
+      </c>
+      <c r="B26" t="s">
+        <v>156</v>
+      </c>
+      <c r="C26" t="s">
+        <v>157</v>
+      </c>
+      <c r="D26" t="s">
+        <v>124</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>33</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2015</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>145</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>158</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>159</v>
+      </c>
+      <c r="P26" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>161</v>
+      </c>
+      <c r="B27" t="s">
+        <v>162</v>
+      </c>
+      <c r="C27" t="s">
+        <v>31</v>
+      </c>
+      <c r="D27" t="s">
+        <v>68</v>
+      </c>
+      <c r="E27" t="s">
+        <v>163</v>
+      </c>
+      <c r="F27" t="s">
+        <v>164</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2017</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>165</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>166</v>
+      </c>
+      <c r="M27" t="s">
+        <v>35</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>167</v>
+      </c>
+      <c r="P27" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>169</v>
+      </c>
+      <c r="B28" t="s">
+        <v>170</v>
+      </c>
+      <c r="C28" t="s">
+        <v>60</v>
+      </c>
+      <c r="D28" t="s">
+        <v>171</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2021</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>48</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>172</v>
+      </c>
+      <c r="M28" t="s">
+        <v>173</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>174</v>
+      </c>
+      <c r="P28" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>176</v>
+      </c>
+      <c r="B29" t="s">
+        <v>177</v>
+      </c>
+      <c r="C29" t="s">
+        <v>60</v>
+      </c>
+      <c r="D29" t="s">
+        <v>149</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>178</v>
+      </c>
+      <c r="H29">
+        <v>2021</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>48</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>179</v>
+      </c>
+      <c r="M29" t="s">
+        <v>173</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>180</v>
+      </c>
+      <c r="P29" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>182</v>
+      </c>
+      <c r="B30" t="s">
+        <v>183</v>
+      </c>
+      <c r="C30" t="s">
+        <v>60</v>
+      </c>
+      <c r="D30" t="s">
+        <v>184</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2021</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>48</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>185</v>
+      </c>
+      <c r="M30" t="s">
+        <v>173</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>186</v>
+      </c>
+      <c r="P30" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>188</v>
+      </c>
+      <c r="B31" t="s">
+        <v>189</v>
+      </c>
+      <c r="C31" t="s">
+        <v>60</v>
+      </c>
+      <c r="D31" t="s">
+        <v>190</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2021</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>48</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>63</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>191</v>
+      </c>
+      <c r="P31" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>193</v>
+      </c>
+      <c r="B32" t="s">
+        <v>194</v>
+      </c>
+      <c r="C32" t="s">
+        <v>31</v>
+      </c>
+      <c r="D32" t="s">
+        <v>195</v>
+      </c>
+      <c r="E32" t="s">
+        <v>196</v>
+      </c>
+      <c r="F32" t="s">
+        <v>164</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2023</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>165</v>
+      </c>
+      <c r="K32" t="s">
+        <v>197</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>35</v>
+      </c>
+      <c r="N32" t="s">
+        <v>97</v>
+      </c>
+      <c r="O32" t="s">
+        <v>198</v>
+      </c>
+      <c r="P32" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>200</v>
+      </c>
+      <c r="B33" t="s">
+        <v>201</v>
+      </c>
+      <c r="C33" t="s">
+        <v>31</v>
+      </c>
+      <c r="D33" t="s">
+        <v>202</v>
+      </c>
+      <c r="E33" t="s">
+        <v>163</v>
+      </c>
+      <c r="F33" t="s">
+        <v>164</v>
+      </c>
+      <c r="G33" t="s">
+        <v>203</v>
+      </c>
+      <c r="H33">
+        <v>2014</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>165</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>204</v>
+      </c>
+      <c r="M33" t="s">
+        <v>35</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>205</v>
+      </c>
+      <c r="P33" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>207</v>
+      </c>
+      <c r="B34" t="s">
+        <v>208</v>
+      </c>
+      <c r="C34" t="s">
+        <v>31</v>
+      </c>
+      <c r="D34" t="s">
+        <v>209</v>
+      </c>
+      <c r="E34" t="s">
+        <v>163</v>
+      </c>
+      <c r="F34" t="s">
+        <v>210</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34"/>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>165</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>211</v>
+      </c>
+      <c r="M34" t="s">
+        <v>35</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>212</v>
+      </c>
+      <c r="P34" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>214</v>
+      </c>
+      <c r="B35" t="s">
+        <v>215</v>
+      </c>
+      <c r="C35" t="s">
+        <v>216</v>
+      </c>
+      <c r="D35" t="s">
+        <v>217</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>33</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2016</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>23</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>218</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>219</v>
+      </c>
+      <c r="P35" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>221</v>
+      </c>
+      <c r="B36" t="s">
+        <v>222</v>
+      </c>
+      <c r="C36" t="s">
+        <v>216</v>
+      </c>
+      <c r="D36" t="s">
+        <v>47</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>33</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2016</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>79</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>223</v>
+      </c>
+      <c r="M36" t="s">
+        <v>218</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>224</v>
+      </c>
+      <c r="P36" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>226</v>
+      </c>
+      <c r="B37" t="s">
+        <v>227</v>
+      </c>
+      <c r="C37" t="s">
+        <v>46</v>
+      </c>
+      <c r="D37" t="s">
+        <v>228</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>33</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2016</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>48</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>229</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>230</v>
+      </c>
+      <c r="P37" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>232</v>
+      </c>
+      <c r="B38" t="s">
+        <v>233</v>
+      </c>
+      <c r="C38" t="s">
+        <v>46</v>
+      </c>
+      <c r="D38" t="s">
+        <v>138</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>55</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2014</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>48</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>49</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>234</v>
+      </c>
+      <c r="P38" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>236</v>
+      </c>
+      <c r="B39" t="s">
+        <v>237</v>
+      </c>
+      <c r="C39" t="s">
+        <v>46</v>
+      </c>
+      <c r="D39" t="s">
+        <v>238</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2004</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>48</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>239</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>240</v>
+      </c>
+      <c r="P39" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>242</v>
+      </c>
+      <c r="B40" t="s">
+        <v>243</v>
+      </c>
+      <c r="C40" t="s">
+        <v>31</v>
+      </c>
+      <c r="D40" t="s">
+        <v>244</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>33</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
         <v>2019</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>145</v>
+      </c>
+      <c r="K40" t="s">
+        <v>245</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>35</v>
+      </c>
+      <c r="N40" t="s">
+        <v>246</v>
+      </c>
+      <c r="O40" t="s">
+        <v>247</v>
+      </c>
+      <c r="P40" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>249</v>
+      </c>
+      <c r="B41" t="s">
+        <v>250</v>
+      </c>
+      <c r="C41" t="s">
+        <v>251</v>
+      </c>
+      <c r="D41" t="s">
+        <v>252</v>
+      </c>
+      <c r="E41" t="s">
+        <v>163</v>
+      </c>
+      <c r="F41" t="s">
+        <v>33</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2021</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>253</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>254</v>
+      </c>
+      <c r="M41" t="s">
+        <v>255</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>256</v>
+      </c>
+      <c r="P41"/>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>257</v>
+      </c>
+      <c r="B42" t="s">
+        <v>258</v>
+      </c>
+      <c r="C42" t="s">
+        <v>251</v>
+      </c>
+      <c r="D42" t="s">
+        <v>259</v>
+      </c>
+      <c r="E42" t="s">
+        <v>163</v>
+      </c>
+      <c r="F42" t="s">
+        <v>55</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2006</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>260</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>261</v>
+      </c>
+      <c r="M42" t="s">
+        <v>255</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>262</v>
+      </c>
+      <c r="P42" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>264</v>
+      </c>
+      <c r="B43" t="s">
+        <v>265</v>
+      </c>
+      <c r="C43" t="s">
+        <v>251</v>
+      </c>
+      <c r="D43" t="s">
+        <v>266</v>
+      </c>
+      <c r="E43" t="s">
+        <v>163</v>
+      </c>
+      <c r="F43" t="s">
+        <v>33</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2015</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>253</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>267</v>
+      </c>
+      <c r="M43" t="s">
+        <v>255</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>268</v>
+      </c>
+      <c r="P43" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>270</v>
+      </c>
+      <c r="B44" t="s">
+        <v>271</v>
+      </c>
+      <c r="C44" t="s">
+        <v>251</v>
+      </c>
+      <c r="D44" t="s">
+        <v>266</v>
+      </c>
+      <c r="E44" t="s">
+        <v>163</v>
+      </c>
+      <c r="F44" t="s">
+        <v>55</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2015</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>260</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>272</v>
+      </c>
+      <c r="M44" t="s">
+        <v>255</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>273</v>
+      </c>
+      <c r="P44" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>275</v>
+      </c>
+      <c r="B45" t="s">
+        <v>276</v>
+      </c>
+      <c r="C45" t="s">
+        <v>251</v>
+      </c>
+      <c r="D45" t="s">
+        <v>277</v>
+      </c>
+      <c r="E45" t="s">
+        <v>163</v>
+      </c>
+      <c r="F45" t="s">
+        <v>55</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2021</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>253</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>278</v>
+      </c>
+      <c r="M45" t="s">
+        <v>255</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>279</v>
+      </c>
+      <c r="P45" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>281</v>
+      </c>
+      <c r="B46" t="s">
+        <v>282</v>
+      </c>
+      <c r="C46" t="s">
+        <v>251</v>
+      </c>
+      <c r="D46" t="s">
+        <v>61</v>
+      </c>
+      <c r="E46" t="s">
+        <v>163</v>
+      </c>
+      <c r="F46" t="s">
+        <v>33</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2021</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>253</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>283</v>
+      </c>
+      <c r="M46" t="s">
+        <v>255</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>284</v>
+      </c>
+      <c r="P46" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>286</v>
+      </c>
+      <c r="B47" t="s">
+        <v>287</v>
+      </c>
+      <c r="C47" t="s">
+        <v>251</v>
+      </c>
+      <c r="D47" t="s">
+        <v>288</v>
+      </c>
+      <c r="E47" t="s">
+        <v>163</v>
+      </c>
+      <c r="F47" t="s">
+        <v>289</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2021</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>253</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>290</v>
+      </c>
+      <c r="M47" t="s">
+        <v>255</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>291</v>
+      </c>
+      <c r="P47" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>293</v>
+      </c>
+      <c r="B48" t="s">
+        <v>294</v>
+      </c>
+      <c r="C48" t="s">
+        <v>251</v>
+      </c>
+      <c r="D48" t="s">
+        <v>295</v>
+      </c>
+      <c r="E48" t="s">
+        <v>163</v>
+      </c>
+      <c r="F48" t="s">
+        <v>33</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2021</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>253</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>296</v>
+      </c>
+      <c r="M48" t="s">
+        <v>255</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>297</v>
+      </c>
+      <c r="P48"/>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>293</v>
+      </c>
+      <c r="B49" t="s">
+        <v>294</v>
+      </c>
+      <c r="C49" t="s">
+        <v>251</v>
+      </c>
+      <c r="D49" t="s">
+        <v>295</v>
+      </c>
+      <c r="E49" t="s">
+        <v>163</v>
+      </c>
+      <c r="F49" t="s">
+        <v>33</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2021</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>253</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>296</v>
+      </c>
+      <c r="M49" t="s">
+        <v>255</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>298</v>
+      </c>
+      <c r="P49"/>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>299</v>
+      </c>
+      <c r="B50" t="s">
+        <v>300</v>
+      </c>
+      <c r="C50" t="s">
+        <v>251</v>
+      </c>
+      <c r="D50" t="s">
+        <v>54</v>
+      </c>
+      <c r="E50" t="s">
+        <v>163</v>
+      </c>
+      <c r="F50" t="s">
+        <v>55</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2022</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>253</v>
+      </c>
+      <c r="K50" t="s">
+        <v>301</v>
+      </c>
+      <c r="L50" t="s">
+        <v>302</v>
+      </c>
+      <c r="M50" t="s">
+        <v>255</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>303</v>
+      </c>
+      <c r="P50" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>305</v>
+      </c>
+      <c r="B51" t="s">
+        <v>306</v>
+      </c>
+      <c r="C51" t="s">
+        <v>251</v>
+      </c>
+      <c r="D51" t="s">
+        <v>307</v>
+      </c>
+      <c r="E51" t="s">
+        <v>163</v>
+      </c>
+      <c r="F51" t="s">
+        <v>55</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2022</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>253</v>
+      </c>
+      <c r="K51" t="s">
+        <v>308</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>255</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>309</v>
+      </c>
+      <c r="P51" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>311</v>
+      </c>
+      <c r="B52" t="s">
+        <v>312</v>
+      </c>
+      <c r="C52" t="s">
+        <v>251</v>
+      </c>
+      <c r="D52" t="s">
+        <v>54</v>
+      </c>
+      <c r="E52" t="s">
+        <v>163</v>
+      </c>
+      <c r="F52" t="s">
+        <v>33</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2022</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>253</v>
+      </c>
+      <c r="K52" t="s">
+        <v>313</v>
+      </c>
+      <c r="L52" t="s">
+        <v>314</v>
+      </c>
+      <c r="M52" t="s">
+        <v>255</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>315</v>
+      </c>
+      <c r="P52" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>317</v>
+      </c>
+      <c r="B53" t="s">
+        <v>318</v>
+      </c>
+      <c r="C53" t="s">
+        <v>251</v>
+      </c>
+      <c r="D53" t="s">
+        <v>307</v>
+      </c>
+      <c r="E53" t="s">
+        <v>163</v>
+      </c>
+      <c r="F53" t="s">
+        <v>33</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2022</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>253</v>
+      </c>
+      <c r="K53" t="s">
+        <v>319</v>
+      </c>
+      <c r="L53" t="s">
+        <v>320</v>
+      </c>
+      <c r="M53" t="s">
+        <v>255</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>321</v>
+      </c>
+      <c r="P53" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>323</v>
+      </c>
+      <c r="B54" t="s">
+        <v>324</v>
+      </c>
+      <c r="C54" t="s">
+        <v>251</v>
+      </c>
+      <c r="D54" t="s">
+        <v>307</v>
+      </c>
+      <c r="E54" t="s">
+        <v>163</v>
+      </c>
+      <c r="F54" t="s">
+        <v>33</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2022</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>253</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>325</v>
+      </c>
+      <c r="M54" t="s">
+        <v>255</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>326</v>
+      </c>
+      <c r="P54" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>328</v>
+      </c>
+      <c r="B55" t="s">
+        <v>329</v>
+      </c>
+      <c r="C55" t="s">
+        <v>251</v>
+      </c>
+      <c r="D55" t="s">
+        <v>101</v>
+      </c>
+      <c r="E55" t="s">
+        <v>163</v>
+      </c>
+      <c r="F55" t="s">
+        <v>164</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2008</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>260</v>
+      </c>
+      <c r="K55" t="s">
+        <v>330</v>
+      </c>
+      <c r="L55" t="s">
+        <v>331</v>
+      </c>
+      <c r="M55" t="s">
+        <v>255</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>332</v>
+      </c>
+      <c r="P55" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>334</v>
+      </c>
+      <c r="B56" t="s">
+        <v>335</v>
+      </c>
+      <c r="C56" t="s">
+        <v>336</v>
+      </c>
+      <c r="D56" t="s">
+        <v>337</v>
+      </c>
+      <c r="E56" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F56" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...38 lines deleted...]
-      <c r="J3" t="s">
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2013</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>338</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>339</v>
+      </c>
+      <c r="M56" t="s">
+        <v>340</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>341</v>
+      </c>
+      <c r="P56" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>343</v>
+      </c>
+      <c r="B57" t="s">
+        <v>344</v>
+      </c>
+      <c r="C57" t="s">
+        <v>336</v>
+      </c>
+      <c r="D57" t="s">
+        <v>95</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...2290 lines deleted...]
-        <v>2013</v>
+      <c r="G57" t="s">
+        <v>22</v>
       </c>
       <c r="H57">
         <v>2014</v>
       </c>
-      <c r="I57" t="s">
-        <v>193</v>
+      <c r="I57">
+        <v>2019</v>
       </c>
       <c r="J57" t="s">
+        <v>345</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>340</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>346</v>
+      </c>
+      <c r="P57" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>348</v>
+      </c>
+      <c r="B58" t="s">
+        <v>349</v>
+      </c>
+      <c r="C58" t="s">
+        <v>336</v>
+      </c>
+      <c r="D58" t="s">
+        <v>115</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
         <v>21</v>
       </c>
-      <c r="K57" t="s">
-[...32 lines deleted...]
-        <v>2013</v>
+      <c r="G58" t="s">
+        <v>22</v>
       </c>
       <c r="H58">
-        <v>2014</v>
-[...2 lines deleted...]
-        <v>193</v>
+        <v>2016</v>
+      </c>
+      <c r="I58">
+        <v>2018</v>
       </c>
       <c r="J58" t="s">
+        <v>345</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>340</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>350</v>
+      </c>
+      <c r="P58" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>352</v>
+      </c>
+      <c r="B59" t="s">
+        <v>353</v>
+      </c>
+      <c r="C59" t="s">
+        <v>336</v>
+      </c>
+      <c r="D59" t="s">
+        <v>354</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
         <v>21</v>
       </c>
-      <c r="K58" t="s">
-[...32 lines deleted...]
-        <v>2013</v>
+      <c r="G59" t="s">
+        <v>22</v>
       </c>
       <c r="H59">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I59"/>
       <c r="J59" t="s">
-        <v>21</v>
+        <v>338</v>
       </c>
       <c r="K59" t="s">
-        <v>233</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L59"/>
       <c r="M59" t="s">
-        <v>24</v>
+        <v>340</v>
       </c>
       <c r="N59" t="s">
-        <v>234</v>
-[...1400 lines deleted...]
-      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
         <v>355</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A93" t="s">
+      <c r="P59" t="s">
         <v>356</v>
       </c>
-      <c r="B93" t="s">
-[...2073 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>