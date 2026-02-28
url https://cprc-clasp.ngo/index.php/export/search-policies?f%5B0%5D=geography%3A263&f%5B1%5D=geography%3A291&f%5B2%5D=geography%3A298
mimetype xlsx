--- v0 (2025-12-11)
+++ v1 (2026-02-28)
@@ -1507,72 +1507,72 @@
     <t>https://cprc-clasp.ngo/index.php/policies/mels-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme (MELS) requirements for clothes dryers with a rated capacity of up to 10kg.
 Energy Consumption (EC) per wash in kWh (all clothes dryers)
 - 1 tick: NA
 - 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
 - 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
 - 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
 - 5 tick: Rated capacity x 0.30 ≥ EC
 Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
   </si>
   <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-clothes-dryers</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
-[...2 lines deleted...]
-    <t>MELS for General Lighting</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
   </si>
@@ -1612,60 +1612,60 @@
   </si>
   <si>
     <t>This policy contains minimum energy labeling scheme (MELS) requirements for televisions.</t>
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-televisions</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for refrigerators</t>
   </si>
   <si>
     <t>Information not available</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-5</t>
   </si>
   <si>
     <t>https://blog.complianceandrisks.com/news-resources/oman-to-draft-mandatory-energy-efficiency-specifications-for-four-electrical-appliances</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
     <t>The standard specifies the energy performance, capacity and labelling of household refrigerators, refrigerator-freezers and freezers. The requirements in this Standard are not applicable to electrically operated refrigerators employing an absorption refrigeration system and for commercial refrigerators, refrigerators-freezers and freezers.</t>
   </si>
   <si>
     <t>Qatar</t>
   </si>
@@ -1776,150 +1776,150 @@
   </si>
   <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for lamps as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2025</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-televisions-20242025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors</t>
-[...2 lines deleted...]
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors-2018</t>
+  </si>
+  <si>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-water-heater-2025</t>
   </si>
   <si>
     <t>MEPS schemes for non-directional lamps</t>
   </si>
   <si>
     <t>This regulation is based on the European Union Commission regulation 244/2009 to phase out incandescent lamps.</t>
   </si>
   <si>
     <t>Bahrain</t>
   </si>
   <si>
     <t>Ministry of Industry and Commerce</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-schemes-non-directional-lamps</t>
   </si>
@@ -7647,94 +7647,94 @@
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
         <v>463</v>
       </c>
       <c r="B86" t="s">
         <v>464</v>
       </c>
       <c r="C86" t="s">
         <v>40</v>
       </c>
       <c r="D86" t="s">
         <v>465</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>64</v>
       </c>
       <c r="G86" t="s">
         <v>22</v>
       </c>
       <c r="H86">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I86"/>
       <c r="J86" t="s">
         <v>466</v>
       </c>
       <c r="K86" t="s">
         <v>24</v>
       </c>
       <c r="L86"/>
       <c r="M86" t="s">
         <v>456</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
         <v>467</v>
       </c>
       <c r="P86" t="s">
         <v>458</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
         <v>468</v>
       </c>
       <c r="B87" t="s">
         <v>469</v>
       </c>
       <c r="C87" t="s">
         <v>40</v>
       </c>
       <c r="D87" t="s">
         <v>108</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
         <v>64</v>
       </c>
       <c r="G87" t="s">
-        <v>8</v>
+        <v>144</v>
       </c>
       <c r="H87">
         <v>2015</v>
       </c>
       <c r="I87">
         <v>2019</v>
       </c>
       <c r="J87" t="s">
         <v>454</v>
       </c>
       <c r="K87" t="s">
         <v>24</v>
       </c>
       <c r="L87"/>
       <c r="M87" t="s">
         <v>456</v>
       </c>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
         <v>470</v>
       </c>
       <c r="P87" t="s">
         <v>458</v>
@@ -7788,54 +7788,54 @@
         <v>458</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
         <v>474</v>
       </c>
       <c r="B89" t="s">
         <v>475</v>
       </c>
       <c r="C89" t="s">
         <v>40</v>
       </c>
       <c r="D89" t="s">
         <v>476</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
         <v>64</v>
       </c>
       <c r="G89" t="s">
         <v>22</v>
       </c>
-      <c r="H89">
+      <c r="H89"/>
+      <c r="I89">
         <v>2024</v>
       </c>
-      <c r="I89"/>
       <c r="J89" t="s">
         <v>466</v>
       </c>
       <c r="K89" t="s">
         <v>24</v>
       </c>
       <c r="L89"/>
       <c r="M89" t="s">
         <v>456</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
         <v>477</v>
       </c>
       <c r="P89" t="s">
         <v>458</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
         <v>478</v>
       </c>
       <c r="B90" t="s">
@@ -8028,54 +8028,54 @@
       </c>
       <c r="P93" t="s">
         <v>458</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
         <v>494</v>
       </c>
       <c r="B94" t="s">
         <v>495</v>
       </c>
       <c r="C94" t="s">
         <v>40</v>
       </c>
       <c r="D94" t="s">
         <v>496</v>
       </c>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="F94" t="s">
         <v>64</v>
       </c>
       <c r="G94" t="s">
-        <v>22</v>
+        <v>453</v>
       </c>
       <c r="H94">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I94"/>
       <c r="J94" t="s">
         <v>466</v>
       </c>
       <c r="K94" t="s">
         <v>24</v>
       </c>
       <c r="L94"/>
       <c r="M94" t="s">
         <v>456</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
         <v>497</v>
       </c>
       <c r="P94" t="s">
         <v>458</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
         <v>498</v>
@@ -8490,51 +8490,51 @@
       </c>
       <c r="P103" t="s">
         <v>528</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
         <v>532</v>
       </c>
       <c r="B104" t="s">
         <v>533</v>
       </c>
       <c r="C104" t="s">
         <v>40</v>
       </c>
       <c r="D104" t="s">
         <v>534</v>
       </c>
       <c r="E104" t="s">
         <v>20</v>
       </c>
       <c r="F104" t="s">
         <v>33</v>
       </c>
       <c r="G104" t="s">
-        <v>8</v>
+        <v>144</v>
       </c>
       <c r="H104">
         <v>2015</v>
       </c>
       <c r="I104">
         <v>2019</v>
       </c>
       <c r="J104" t="s">
         <v>454</v>
       </c>
       <c r="K104" t="s">
         <v>24</v>
       </c>
       <c r="L104" t="s">
         <v>535</v>
       </c>
       <c r="M104" t="s">
         <v>456</v>
       </c>
       <c r="N104" t="s">
         <v>27</v>
       </c>
       <c r="O104" t="s">
         <v>536</v>
       </c>
@@ -8634,149 +8634,149 @@
       </c>
       <c r="P106" t="s">
         <v>528</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
         <v>543</v>
       </c>
       <c r="B107" t="s">
         <v>544</v>
       </c>
       <c r="C107" t="s">
         <v>40</v>
       </c>
       <c r="D107" t="s">
         <v>123</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
         <v>33</v>
       </c>
       <c r="G107" t="s">
-        <v>42</v>
+        <v>144</v>
       </c>
       <c r="H107">
         <v>2011</v>
       </c>
       <c r="I107">
         <v>2022</v>
       </c>
       <c r="J107" t="s">
         <v>454</v>
       </c>
       <c r="K107" t="s">
         <v>24</v>
       </c>
       <c r="L107" t="s">
         <v>545</v>
       </c>
       <c r="M107" t="s">
         <v>456</v>
       </c>
       <c r="N107" t="s">
         <v>27</v>
       </c>
       <c r="O107" t="s">
         <v>546</v>
       </c>
       <c r="P107" t="s">
         <v>528</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
         <v>547</v>
       </c>
       <c r="B108" t="s">
         <v>548</v>
       </c>
       <c r="C108" t="s">
         <v>40</v>
       </c>
       <c r="D108" t="s">
         <v>123</v>
       </c>
       <c r="E108" t="s">
         <v>20</v>
       </c>
       <c r="F108" t="s">
         <v>33</v>
       </c>
       <c r="G108" t="s">
-        <v>42</v>
+        <v>8</v>
       </c>
       <c r="H108">
         <v>2011</v>
       </c>
       <c r="I108">
         <v>2025</v>
       </c>
       <c r="J108" t="s">
         <v>466</v>
       </c>
       <c r="K108" t="s">
         <v>24</v>
       </c>
       <c r="L108"/>
       <c r="M108" t="s">
         <v>456</v>
       </c>
       <c r="N108" t="s">
         <v>27</v>
       </c>
       <c r="O108" t="s">
         <v>549</v>
       </c>
       <c r="P108" t="s">
         <v>528</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
         <v>550</v>
       </c>
       <c r="B109" t="s">
         <v>551</v>
       </c>
       <c r="C109" t="s">
         <v>40</v>
       </c>
       <c r="D109" t="s">
         <v>19</v>
       </c>
       <c r="E109" t="s">
         <v>20</v>
       </c>
       <c r="F109" t="s">
         <v>33</v>
       </c>
       <c r="G109" t="s">
-        <v>8</v>
+        <v>144</v>
       </c>
       <c r="H109">
         <v>2011</v>
       </c>
       <c r="I109">
         <v>2022</v>
       </c>
       <c r="J109" t="s">
         <v>454</v>
       </c>
       <c r="K109" t="s">
         <v>24</v>
       </c>
       <c r="L109" t="s">
         <v>552</v>
       </c>
       <c r="M109" t="s">
         <v>456</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
         <v>553</v>
       </c>
@@ -8832,51 +8832,53 @@
         <v>523</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
         <v>557</v>
       </c>
       <c r="B111" t="s">
         <v>558</v>
       </c>
       <c r="C111" t="s">
         <v>40</v>
       </c>
       <c r="D111" t="s">
         <v>128</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
         <v>33</v>
       </c>
       <c r="G111" t="s">
         <v>22</v>
       </c>
-      <c r="H111"/>
+      <c r="H111">
+        <v>2024</v>
+      </c>
       <c r="I111"/>
       <c r="J111" t="s">
         <v>466</v>
       </c>
       <c r="K111" t="s">
         <v>24</v>
       </c>
       <c r="L111"/>
       <c r="M111" t="s">
         <v>456</v>
       </c>
       <c r="N111" t="s">
         <v>27</v>
       </c>
       <c r="O111" t="s">
         <v>559</v>
       </c>
       <c r="P111" t="s">
         <v>528</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
         <v>560</v>
       </c>