--- v0 (2025-10-10)
+++ v1 (2026-02-23)
@@ -12,2772 +12,4143 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="885">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1337">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CFL standard</t>
   </si>
   <si>
+    <t>CFL lamps</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CNS 10839 CNS 14567</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cfl-standard</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>CNS 11010-89: Electric Water Heaters</t>
   </si>
   <si>
+    <t>covers househod household electric storage water heaters with rated power consumption not exceeding 12 kW.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>CNS 3263</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cns-11010-89-electric-water-heaters</t>
   </si>
   <si>
     <t>Decision No. 107/2018 on the adoption of Gulf Standard 2530:2016 on Energy Labeling and Minimum Energy Performance Requirements For Air Conditioners as a mandatory Omani Standard</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for window single-package, split-system non-ducted air conditioners using air-cooled condensers, split-system ducted air-conditioners using air-cooled condensers, and heat pumps using air-cooled condensers for residential, commercial and industrial sector as applicable in accordance with GSO SASO Standards. It is applied to units designed to operate in AC single phase or three-phase circuits according to GSO 1899/2009 "GCC Standard voltages and frequencies for AC transmission and distribution systems". It covers units with capacities up to and including 70000 Btu/h (20 kW).</t>
+  </si>
+  <si>
     <t>Oman</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>GSO 2530:2016</t>
   </si>
   <si>
     <t>Ministry of Commerce and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-1072018-adoption-gulf-standard-25302016-energy-labeling-and-minimum-energy</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/sultanate-oman-energy-efficiency-and-labeling-requirements-air-conditioners-0</t>
+  </si>
+  <si>
     <t>Electric Motors Minimum Energy Performance Standards</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/electric-motors-minimum-energy-performance-standards</t>
   </si>
   <si>
+    <t>https://clasp.ngo/updates/2021/pakistan-launches-first-efficiency-policy-for-electric-motors</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Clothes Dryers</t>
   </si>
   <si>
+    <t>Clothes Dryer</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>The Energy Factor (EF) for Energy Label qualified clothes dryer products shall be measured under the test conditions and methodology approved by the energy regulating competent authority, and shall have a measured value of greater than 1.7 kg (clothes dried)/kWh.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-clothes-dryers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=2</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Clothes Washers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of C.C.C. Code: 8450 under the clothes washers category or recognized by the Bureau of Energy of MOEA as Washing Machines and shall also meet the requirements of CNS 3765-7. Covers both top-loading and front-loading types.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>JIS C 9606</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-clothes-washers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=6</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Refrigerators</t>
   </si>
   <si>
+    <t>The Energy Factor for Energy Label qualified refrigerator-Freezers products shall be measured according to CNS 2062; or the most current version of test conditions and methodology stipulated by the energy regulating competent authority</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>CNS 2062-95 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-refrigerators</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=4</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Television</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 14336-1 or CNS 14408; Chinese National Standards; or be recognized by Bureau of Energy</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Test procedure acording to En-Tech 10405003751</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-television</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=7</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Chilled-Warm-Hot Drinking water Dispensers; En-Tech 10405000331</t>
   </si>
   <si>
+    <t>Chilled, warm, hot drinking water dispensers. Products shall meet the requirements of Article 13516; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>CNS-13516</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-chilled-warm-hot-drinking-water</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=13%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for DVD Players|Recorders</t>
   </si>
   <si>
+    <t>The applicable products shall be household DVD players or recorders which meet the requirements of CNS-13438; CNS-13439; CNS-14336 or CNS-14408; or have been recognized by the competent authority as household DVD player; recorder products.</t>
+  </si>
+  <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>IEC62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-dvd-playersrecorders</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=25</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Exit Lights and Emergency Direction Lights</t>
   </si>
   <si>
+    <t>Exit lights and emergency direction lights - The applicable products shall meet the requirements by NATIONAL FIRE AGENCY MINISTRY OF THE INTERIOR and its future amendments</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>Energy Conservation Labeling Program Requirements</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-exit-lights-and-emergency-direction</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=24%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hair Dryers; En-Tech 10104024360</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 3714 - Hand-Supported Hair Dryers or be recognized by Bureau of Energy MOEA.</t>
+  </si>
+  <si>
     <t>Hair Dryers</t>
   </si>
   <si>
     <t>IEC 61855: 2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-hair-dryers-en-tech-10104024360</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=10%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hand Dryers</t>
   </si>
   <si>
+    <t>The measured Useful Energy Ratio -UER; for Energy Label qualified hand dryer products shall be no less than 90 percent. If the product is touch activated each drying session shall be less than 40 seconds; if the product is motion activated the power shall be cut-off within 2 seconds after the sensor sensed the absence of user and each drying session shall be less than 1 minute.</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-hand-dryers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=11</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Indoor Light Fixtures: En-Tech 10205019771</t>
   </si>
   <si>
+    <t>Indoor light fixtures - The applicable products shall meet Chinese National Standards -CNS 14335 and 14115. Desk lamps; table lamps; bedside lamps; floor lamps or lamps which are not recognized by the Bureau of Energy MOEA are not included</t>
+  </si>
+  <si>
     <t>Indoor Luminaires</t>
   </si>
   <si>
     <t>CIE 70, 84 and 121, CNS 15437, CNS 691, CNS 14125, CNS 14576, CNS 15049, CIE 117</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-indoor-light-fixtures-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=27%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Integrated Stereo</t>
   </si>
   <si>
+    <t>The applicable products shall be integrated stereos with the CCC Code of 8518.50.00.00-8A; or have been recognized by the Bureau of Energy of the Ministry of Economic Affairs as integrated stereos.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-integrated-stereo</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=28</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Non-ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This policy applies to room air conditioners (window and split). The product shall meet the requirements of CNS 3615 for non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>CNS 3615-95 CNS 7183</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=1</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Warm-Hot Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>Water Dispensers: warm; hot. The applicable products shall be warm-hot water dispensers which meet the requirements of CNS-13516-C4469.</t>
+  </si>
+  <si>
     <t>Section 10.3.1 of CNS-13516; Sections 4.10 and 8.4 of CNS-13516</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-warm-hot-drinking-water-dispensers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=12</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Warm-Hot Water Fountains Machines</t>
   </si>
   <si>
+    <t>Warm-hot water fountains machines which meet the requirements of CNS-3910-C4129.</t>
+  </si>
+  <si>
     <t>CNS 14125</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-warm-hot-water-fountains-machines</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=26</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Axial flow Fans; No. En-Tech 10205010211</t>
   </si>
   <si>
+    <t>Axial flow Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy. The required specifications are:   -Fan Diameter: between 0.125m and 2m;   -Rated Power: between 125W and 75kW;   -Static Pressure: under 500 mmAq;  -Air Flow Rate: under 3000 CMM</t>
+  </si>
+  <si>
     <t>Duct Fans</t>
   </si>
   <si>
     <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-axial-flow-fans-no-en-tech-10205010211</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=43</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Centrifugal Fans; No. En-Tech 10205010191</t>
   </si>
   <si>
+    <t>Centrifugal Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy MOEA. The required specifications are:</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-centrifugal-fans-no-en-tech-10205010191</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=49</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The applicable product shall meet the definition of compact fluorescent lamps as defined in CNS 14576.</t>
+  </si>
+  <si>
     <t>CNS 14576</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=29</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Ovens; No. En-Tech 10205010121</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency endorsement labeling criteria for electric ovens. It applies to products of single-phase AC power supply with voltage below 300 V.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-electric-ovens-no-en-tech-10205010121</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=51</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Storage Tank Boiling Water Heaters; No. En-Tech 10205017171</t>
   </si>
   <si>
+    <t>This policy specifies the requirements for tank boiling water heaters applying for Energy Label Certification. It applies to products of single-phase AC power supply with voltage below 250 V, with storage capacity under 500 L.</t>
+  </si>
+  <si>
     <t>Method as described in policy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-electric-storage-tank-boiling-water-heaters</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=53</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>The qualified heaters shall be as defined in CNS 11010 or recognized by the Bureau of Energy of MOEA as Storage Tank Water Heaters.</t>
+  </si>
+  <si>
     <t>CNS 11010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-electric-storage-tank-water-heaters</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=23</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Air Cleaners</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 7619 regarding air cleaners or recognized by the Bureau of Energy of MOEA as domestic indoor air cleaners.</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>CNS 7619</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=34</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Chilled-Warm-Hot Drinking Water Supplier; En-Tech 10405003141</t>
   </si>
   <si>
+    <t>Chilled; warm; hot drinking water fountains. The applicable Products shall meet the requirements of Article 3910; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>CNS-3910</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-chilled-warm-hot</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=14%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Dehumidifiers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 12492 regarding dehumidifiers or recognized by the Bureau of Energy of MOEA as dehumidifiers.</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>CNS 12492</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-dehumidifiers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=5</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Displays</t>
   </si>
   <si>
+    <t>Displays shall meet the requirements of Article 14336-1 or Article 14408; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Computers Version 5.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-displays</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Electric Cookers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of C.C.C. Code: 8516.60.20.00-4 under the electric cookers category including both the direct-heat and indirect heat types; or recognized by the Bureau of Energy of MOEA as electric cookers; and shall also meet the requirements of CNS 2518.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>CNS 2518</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-electric-cookers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=21</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Electric Fans</t>
   </si>
   <si>
+    <t>Electric fans - ceiling; desk-top; floor-standing, box. The product shall meet the definitions of CNS 2450; CNS 2061; CNS 597; CNS 547; and CNS 9578 regarding electric fans; or recognized by the Bureau of Energy of MOEA as electric fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>CNS 2450, CNS 2061, CNS 597, CNS 547, and CNS 9578</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-electric-fans</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=8</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Fluorescent Lamps with Embedded Ballasts</t>
   </si>
   <si>
+    <t>The product shall meet the definition of fluorescent lamp products with embedded ballasts as defined in CNS 14125.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=17</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Instantaneous Gas Burning Water Heaters; En-Tech 10004066240</t>
   </si>
   <si>
+    <t>Instantaneous gas burning water heaters shall meet the requirements of CNS 13603; and the definition of C.C.C. Code 8419.11.00.00-6 regarding non-electric instantaneous gas burning water heater; or be recognized by Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>CNS 13605</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-instantaneous-gas</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=18</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp; No. En-Tech 10405000341</t>
   </si>
   <si>
+    <t>Desk; table; bedside; and floor lightings as well as any planar lamp compliant with the following criteria: Products shall meet the requirements of Article 14335 or 14115; Chinese National Standards -CNS; or be recognized by Bureau of Energy -MOEA. The light emitting surface is composed of diffusion assembly or light guide plate. Size of the surface shall be of 30cm or more in diameter for circular one and in least side length for rectangle one. Upper limit of thickness: 70mm</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-led-planar-lamp-no</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=56</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Printers; Neng-Chi-Tze-10405006191</t>
   </si>
   <si>
+    <t>Printers - 1. The Printer that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.32.00.00.1-A, 8443.31.00.00-2-A; or recognized by competent authority.   2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0  --hereunder briefed as ENERGY STAR REV. 2.0.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment (Version 2.0)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-printers-neng-chi</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=33%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Refrigerators</t>
   </si>
   <si>
+    <t>Fan-type refrigerator-freezer; direct cooling type refrigerator-freezer; refrigerator only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-refrigerators</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Street Lights</t>
   </si>
   <si>
+    <t>Street lights - The product shall meet the definitions of street lights as defined in CNS 9118 Street Lights or CNS 15233 LED Street Lights.</t>
+  </si>
+  <si>
     <t>CNS 9118 Street Lights or CNS 15233 LED Street Lights</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-street-lights</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=35</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Bathroom use; No. En-Tech 10004045290</t>
   </si>
   <si>
+    <t>The product shall meet the requirements of CNS 10597 Ventilation fans for bathroom use; and with the blade diameter of less than 20 cm; or recognized by the Bureau of Energy of MOEA as ventilating fans for bathroom use.</t>
+  </si>
+  <si>
     <t>ISO 5801 and AMCA 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=41</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Window type</t>
   </si>
   <si>
+    <t>Bathroom and wall ventilation fans shall meet the requirements of CNS 2060 Ventilation fans; and are installed on wall; windows or surrounding space; in order to draw in or discharge air; and with the blade diameter of greater than 20 cm but less than 46 cm; or recognized by the Bureau of Energy of MOEA as wall ventilation fans.</t>
+  </si>
+  <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans-0</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=42</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Fluorescent Lamp with Embedded Ballasts; No. En-Tech 10205010111</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 927: Ballasts for fluorescent lamp or CNS 13755: AC supplied electronic ballasts for fluorescent lamp.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>CNS 927 or CNS 13755</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-fluorescent-lamp-embedded-ballasts-no-en</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=50</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Air Source Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>Air Source Heat Pump Water Heaters shall meet the requirements of CNS 15466; or be recognized by Bureau of Energy MOEA.</t>
+  </si>
+  <si>
     <t>CNS 15466</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-air-source-heat-pump-water</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=46</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Gas Burning Cooking Appliances; En-Tech 10004066280</t>
   </si>
   <si>
+    <t>Gas Burning Cooking Appliances shall meet the requirements of CNS 13604; and the definition of C.C.C. Code 7321.81.00.00-0-A; or recognized by the Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>CNS 13604</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-gas-burning-cooking</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=19%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Microwave Oven; No. En-Tech 10105012081</t>
   </si>
   <si>
+    <t>Household and combination microwave ovens which meet the requirements of CNS 3765-25 - Safety of household and similar electrical appliances - Part 2: Particular requirements for microwave ovens and obtain the Certificate for Registration of Product Certification or the Type Approval Certificate from the Bureau of Standards Metrology and Inspection; of the Ministry of Economic Affairs</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IEC 60705: 2010 Edition 4.0 and IEC 62301:2011 Edition 2.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-microwave-oven-no-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=48</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Range Hoods; No. En-Tech 10105012081</t>
   </si>
   <si>
+    <t>Range Hoods shall meet the requirements of CNS 3765-31 - Safety of household and similar electrical appliances - Part 2: Particular requirements of range hoods. Meanwhile products shall meet the definition of C.C.C. Code 8414.60.00.00-1; or recognized by the Bureau of Energy; MOEA as range hood.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-range-hoods-no-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=47</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Desktop Computers; No. En-Tech 10104012311</t>
   </si>
   <si>
+    <t>Desktop Products shall comply with the definition of desktop computer1 or integrated desktop computer2 of the ENERGY STAR Program Requirements for Computers Version 5.2.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-desktop-computers-no-en-tech-10104012311</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=36%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Downlights and Recessed Luminaries</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy-label-qualified downlights and recessed luminaires</t>
   </si>
   <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>CNS14335
 ,   
                     CNS14115</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-downlights-and-recessed-luminaries</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=60</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Indoor Parking Lot Smart Lighting Fixtures</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified indoor parking lot smart lighting fixtures.</t>
   </si>
   <si>
     <t>CIE70
 ,   
                     CIE84
 ,   
                     CIE121</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-indoor-parking-lot-smart-lighting-fixtures</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=62</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Light Emitting Diode Lamps</t>
   </si>
   <si>
+    <t>Products shall be non-directional self-ballasted LED lamps which conform to the specifications defined in The Inspection Requirements of Self-Ballasted LED Lamps subject to Legal Inspection issued by the Bureau of Standards Metrology and Inspection -BSMI of the Ministry of Economic Affairs Taiwan. The rated frequency shall be 60 Hz and the rated voltage shall be single-phase alternating current and in the range between 50 to 300 V. Nevertheless for LED lamps fitted with cap only B or E type lamps are included.</t>
+  </si>
+  <si>
     <t>CNS 15630</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-light-emitting-diode-lamps</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=54</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Notebook Computers; No. En-Tech 10104012321</t>
   </si>
   <si>
+    <t>Notebook  Products shall comply with the definition of notebook computer1 of the ENERGY STAR Program Requirements for Computers Version 5.2 of the United States.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-notebook-computers-no-en-tech-10104012321</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=37%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Office and Business Area Luminaires</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified office and business area luminaires.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-office-and-business-area-luminaires</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=61</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Qualified High Bay Luminaire</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label-qualified high bay luminaires.</t>
+  </si>
+  <si>
     <t>CNS15437</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-qualified-high-bay-luminaire</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=58</t>
+  </si>
+  <si>
     <t>Energy Efficiency Standard and Indication Method for the Copier Machine Energy Conservation Marker; Neng-Chi-Tze-10405006201</t>
   </si>
   <si>
+    <t>The Copier Machine that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.31.00.00-2-B, 8443.32.00.00-1-B, or recognized by competent authority.     2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0 -hereunder briefed as ENERGY STAR REV. 2.0.     3. The fax machine possessing single-page copying function shall not be applicable for the scope provided herein.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-standard-and-indication-method-copier-machine-energy-conservation-marker</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=32%20</t>
+  </si>
+  <si>
     <t>Energy efficiency, functionality and labelling requirements for self-ballasted Light Emitting Diode (LED) lamps</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency, functionality, and product information requirements for self-ballasted LED lamps for general lighting services that works on single-phase alternating current supply up to and including 240V, 50Hz, being manufactured, imported or sold in Oman.
+The standard covers the following types of self-ballasted LED lamps:
+a. Both the directional and non-directional lamps.
+b. Lamps having a luminous flux above 60 lumens and below 12,000 lumens.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>October 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-functionality-and-labelling-requirements-self-ballasted-light-emitting</t>
   </si>
   <si>
+    <t>https://www.tuv.com/regulations-and-standards/en/oman-ministerial-decree-obligating-the-omani-standard-energy-efficiency-functionality-and.html</t>
+  </si>
+  <si>
     <t>Energy Label - Fluorescent Lamps: NJ-10305014811</t>
   </si>
   <si>
+    <t>Any product compliant with CNS 691 and set as inspection required one by BSMI; MOEA.</t>
+  </si>
+  <si>
     <t>CNS 691, CNS 13755</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-label-fluorescent-lamps-nj-10305014811</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=9%20</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy Efficiency of Electrical Induction Motors) 5764 - 2004 / SI 5289</t>
   </si>
   <si>
+    <t>It covers electric induction motors</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-electrical-induction-motors-5764-2004-si</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECInductionMotors.doc</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy labeling of electric heating furnaces), 5753 - 1993</t>
   </si>
   <si>
+    <t>Electric Heating Furnace</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-labeling-electric-heating-furnaces-5753-1993</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECElectricHeating.doc</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
   </si>
   <si>
+    <t>Electric refrigerators and food-freezers for household purposes</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-and-energy-information-cooling-appliances</t>
   </si>
   <si>
+    <t>https://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/1377_EN.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Displays Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Display and are powered directly from AC mains; an External Power Supply; or Standard DC are eligible for ENERGY STAR certification. Typical products that would be eligible for certification under this specification include: Monitors; Signage Displays; and Signage Displays and Monitors with Plug-in Modules.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Determining Display Energy Rev. Sep-2015; ICDM Information Display Measurements Standard Version 1.03; CTA-2037-A; VESA High performance Monitor and Display Compliance Test Specification (DisplayHDR CTS) Version 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-displays-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/displays/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>Fans - Taiwan</t>
   </si>
   <si>
+    <t>MEPS Requirements: The testing standards are referenced to CNS 2450; CNS 2061; CNS 597 and CNS 547 or approved methods and conditions by Energy Commission</t>
+  </si>
+  <si>
     <t>CNS 2061 CNS 2450 CNS 547 CNS 597</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fans-taiwan</t>
   </si>
   <si>
     <t>Fluorescent lamp Ballast Efficiency Factor</t>
   </si>
   <si>
+    <t>This standard program is regulated by CNS 1375. Fluorescent lamp Ballast includes conventional ballast and electronic ballast.</t>
+  </si>
+  <si>
     <t>CNS 1375 CNS 691</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fluorescent-lamp-ballast-efficiency-factor</t>
   </si>
   <si>
     <t>Fluorescent tubes</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fluorescent-tubes</t>
   </si>
   <si>
     <t>Gas Boilers - Taiwan</t>
   </si>
   <si>
+    <t>The Efficiency Standard is applicable to steam boilers with oil or gas firing but not for through-flow boilers.</t>
+  </si>
+  <si>
     <t>CNS 2141</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gas-boilers-taiwan</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gas-boilers-taiwan-0</t>
   </si>
   <si>
     <t>Greenmark N 17 - Personal Computers -System Unit</t>
   </si>
   <si>
+    <t>Applies to system units of personal computers in the form of vertical tower; horizontal case or other forms; and are composed of CPU; motherboard; hard disk drive and memory; etc. This standard is not applicable to notebook or portable computers and tablet computers.</t>
+  </si>
+  <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n-17-personal-computers-system-unit</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/17/e19298ec-6a4e-40e7-a2cb-2872bc37097a.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 59 - Notebook Computers</t>
   </si>
   <si>
+    <t>Applies to notebook or portable computers. It shall be capable of entering a low power-consumption mode; sleep-mode; and off-mode automatically after a certain period of inactivity. The power consumption at the sleep-mode and off-mode shall be less than 5 watts and 2 watts; respectively.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n-59-notebook-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/e0a5a9f1-755a-45a6-910c-3bc3767cc2e0.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>Applies to personal computers for use in permanent locations which are composed of computer main or system unit; display; keyboard and mouse; and includes products sold as packaged computer systems or integrated computers. The product shall have the energy saving modes enabled as default setting when shipped to the consumers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n-66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N100 - Transformers</t>
   </si>
   <si>
+    <t>This standard is applicable to transformers which meet the definition of CNS 598.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n100-transformers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/100/c3ecfab5-9241-4a1a-85b4-11a738852739.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N101 - Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric storage tank water heaters which meet the definition of CNS 11010. The thermal insulation material for the products water storage tank shall be non-combustible material. For the products surface coating material; its content of cadmium; lead; hexavalent chromium; and mercury shall be below the regulatory limits.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n101-electric-storage-tank-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/101/28941bbd-ace3-4a3b-acb0-b017cdd091cd.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N102 - Electric Cookers</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric cookers which meet the definition of CNS 2518.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n102-electric-cookers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/102/20181362-65c6-4169-ac8e-83a9e68578d5.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N107 - Exit Signs and Emergency Directional Lights</t>
   </si>
   <si>
+    <t>This standard is applicable to the exit signs and emergency directional lights which meet the definition of CNS 10207. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n107-exit-signs-and-emergency-directional-lights</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/107/361d4ceb-4e59-4a66-bec0-ac69176e48b4.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N108 - Gas Stoves</t>
   </si>
   <si>
+    <t>gas stoves as defined in CNS 13604 on Gas Cooking Appliances.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n108-gas-stoves</t>
   </si>
   <si>
     <t>Greenmark N111 - Electric Storage Tank Boiling Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric storage tank boiling water heaters which meet the definition of CNS 12623. The product shall be equipped with a consumer-controllable timer switch.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n111-electric-storage-tank-boiling-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/111/5a75e4a3-8288-41e6-9257-63a0550f446f.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N126 - Electric Kettles</t>
   </si>
   <si>
+    <t>This standard is applicable to electric kettles which meet the definition of CNS 15548.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n126-electric-kettles</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/126/7ab784a7-239c-4e83-86c5-ca7331a47b72.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N127 - Hand Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to both touch-activated and sensor-activated hand dryers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n127-hand-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/127/41814663-9fa3-4e41-ae02-901cef0d0809.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N129 - LED Lamps</t>
   </si>
   <si>
+    <t>This standard is applicable to self-ballasted light-emitting diode -LED lamps; or light bulbs; which meet the definitions of CNS 15436; CNS 15630; and CNS 14115. The product shall be a non-directional LED lamp which meets the nominal frequency of 60 Hz and rated single-phase AC voltage of greater than 50 volts and less than 300 volts. Cap type LED light bulbs are limited to those with B caps and E caps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n129-led-lamps</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/129/9ba52939-5b56-4b97-aa5d-a9a7b5b52f3e.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N131 - Range Hoods</t>
   </si>
   <si>
+    <t>This standard is applicable to range hoods which meet the definition of CNS 3805.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n131-range-hoods</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/131/3287c4fc-6816-4ef9-ba60-17a5ca19b988.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N132 - Air-Source Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to air source heat pump water heaters which meet the definition of CNS 15466.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n132-air-source-heat-pump-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/132/b9664474-5775-4ba5-93b0-a35808d064d8.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N140 - External Hard Drive</t>
   </si>
   <si>
+    <t>This standard is applicable to external hard drives contained in the disk enclosures.</t>
+  </si>
+  <si>
     <t>Hard-Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n140-external-hard-drive</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/140/0411b7aa-6d99-4a59-973e-49db51ff292c.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N141 - Uninterruptible Power Supply Systems</t>
   </si>
   <si>
+    <t>This standard is applicable to the uninterruptible power supply systems as defined in CNS 14843-1 and CNS 14843-2.</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n141-uninterruptible-power-supply-systems</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/141/0e5d3b89-12e8-40de-b8d2-5ee476cb445d.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N145 - Electric Ovens</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric ovens which meet the definition of CNS 3693.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n145-electric-ovens</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/145/9257cb4f-a32b-44b8-b546-a9ba04596840.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N146 - Electric Paper Shredders</t>
   </si>
   <si>
+    <t>applicable to the electric paper shredders</t>
+  </si>
+  <si>
     <t>Paper Shredders</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n146-electric-paper-shredders</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/146/8bd92ccf-9b17-46da-8ee3-cb3320d43963.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N147 - Electric Coffeemakers</t>
   </si>
   <si>
+    <t>This standard applies to electric coffeemakers, which can be automatic coffeemakers, espresso machines, drip brewers, or single-serve/capsule coffeemakers.</t>
+  </si>
+  <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n147-electric-coffeemakers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N150 - Vacuum Cleaners</t>
   </si>
   <si>
+    <t>This standard is applicable to the vacuum cleaners which use the household AC power including both corded and cordless products.</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n150-vacuum-cleaners</t>
   </si>
   <si>
     <t>Greenmark N153 - Light Emitting Diode Display Panels</t>
   </si>
   <si>
+    <t>This standard is applicable to products which meet the definition of CNS 13091 and CNS 14555 and their associated indoor products.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n153-light-emitting-diode-display-panels</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/153/7c68e26b-531c-449b-b0f6-57d5de763473.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N18 - Displays</t>
   </si>
   <si>
+    <t>This standard is applicable to the displays</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n18-displays</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/18/af2050e9-6959-450b-b294-dfb62c7fda69.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N19 - Printers</t>
   </si>
   <si>
+    <t>Laser and Inkjet Printers; Dot-matrix Printers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n19-printers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/19/a2927784-929d-45e1-bd21-b2c2985afe95.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N22 - Energy Saving Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Products shall meet the definition of CNS 14576 for compact fluorescent lamps or the definition of CNS 14125 for fluorescent lamps with embedded ballasts. Product characteristics: - The products energy efficiency shall meet the Energy Efficiency and Labeling Requirements for Compact Fluorescent Lamps or the Energy Efficiency and Labeling Requirements for Fluorescent Lamps with Embedded Ballasts of the Energy Labeling Program Bureau of Energy Ministry of Economic Affairs. - The products average Color Rendering Index -CRI; shall be equal to or greater than 80. - The products 1000-hr lumen maintenance ratio shall be greater than 90 percent. - The products content of mercury shall be below the regulatory limit.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n22-energy-saving-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/22/9e3cecb0-7cf3-4a18-9de0-1b0bfd83e70b.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N23 - Clothes Washers</t>
   </si>
   <si>
+    <t>Clothes Washers which meet the definition of CNS 14979. It does not include products which only have the water removal or cloth drying functions. This standard is applicable to the following types of products: Top-load or upright type: Products as defined in Sections 3.1.2, 3.1.4 or 3.1.5 of CNS 14979, including those involving jet stream; stirring; scrolling or whirlpool movements for cleaning purpose. Front-load or drum type: Products as defined in Section 3.1.3 of CNS 14979.</t>
+  </si>
+  <si>
     <t>CNS 14979</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n23-clothes-washers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/23/98ef8d44-0194-4dcb-874d-618683e90536.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N28 - Refrigerators</t>
   </si>
   <si>
+    <t>Applies to freezers and refrigerators which meet the definition of CNS 2062: This standard applies to household and similar use of refrigerators and freezers; the device in the combination of equipment in the cabinet; including compression type refrigerating machine and storage room.</t>
+  </si>
+  <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>CNS 2062-00 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n28-refrigerators</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/28/ab231874-a045-48a6-9b62-e516e6c98127.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N29 - Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the non-ducted air conditioners which meet the definition of CNS 3615. This standard is applicable to both the integrated and split-type air conditioners.</t>
+  </si>
+  <si>
     <t>CNS 3615-2013 CNS 7183 CNS 14464</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n29-air-conditioners</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/29/e9a201dc-b4bf-48d1-8e8a-a839581e22c8.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N42 - Fluorescent Lamps Tubes</t>
   </si>
   <si>
+    <t>This standard is applicable to the preheat-type fluorescent lamps or tubes which meet the definition of CNS 691 and excludes the compact fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n42-fluorescent-lamps-tubes</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/42/0b942ae7-ba35-45af-8945-4a1ae0e9fdb7.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N45 - Monochromatic Copy Machines</t>
   </si>
   <si>
+    <t>Applies to carbon powder toner machines</t>
+  </si>
+  <si>
     <t>Requirements for energy consumption are described in the standard Greenmark N45</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n45-monochromatic-copy-machines</t>
   </si>
   <si>
     <t>Greenmark N48 - Dehumidifier</t>
   </si>
   <si>
+    <t>This standard is applicable to the dehumidifiers which meet the definition of CNS 12492</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n48-dehumidifier</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/48/b1c13332-4241-4dea-9d4d-ed8f54f3e75c.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N51 - Outdoor Gas-fired Instantaneous Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the gas-fired instantaneous water heaters which are installed outdoors and meet the definition of CNS 13603.    i. Products using liquefied gas in tank container shall have built-in or be equipped with non-adjustable gas pressure control device.     ii. The product shall use the automatic ignition system; i.e. a pilot light shall not be used when the product is in stand-by mode.    iii. The product users shall be offered product safety liability insurance coverage.    iiii. The product and its manufacturing process shall not use substances promulgated by the Taiwan Environmental Protection Administration as toxic substances or substances controlled by the Montreal Protocol.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n51-outdoor-gas-fired-instantaneous-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/51/b1172255-be4e-4bdc-9bcb-6d11ca544678.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N52 - Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwave ovens for household use</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n52-microwave-ovens</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/52/8328d357-ae60-4932-89c2-e28dd5cc58ed.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N54 - Natural-Convection Solar Water Heater</t>
   </si>
   <si>
+    <t>Applies to solar water heaters operating based on natural convection principle; including both the direct and indirect heating types.   -Based on the test conditions and method stated in the latest version of the Chinese National Standard the product shall have a measured energy efficiency equals to or greater than 55 percent;    -For the indirect-heating type product the heating medium and insulation material and their manufacturing process shall not contain or use substances promulgated and controlled by the Environmental Protection Administration of the Executive Yuan.    In addition the heating medium shall not contain halogenated organic compounds and the insulation material shall not contain substances controlled by the Montreal Protocol.</t>
+  </si>
+  <si>
     <t>Solar</t>
   </si>
   <si>
     <t>Chinese National Standard, the product shall have a measured energy efficiency equals to or greater than 55%</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n54-natural-convection-solar-water-heater</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/green-life/file/CriteriaNoPDF/54.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N59 - Notebook Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to notebook|portable computers and tablet computers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n59-notebook-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/507f82a6-34dd-4670-b472-a766445b1685.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N60 - Televisions</t>
   </si>
   <si>
+    <t>Applies to television sets. The backlight module or unit of the products display panel shall not use mercury-containing lamps. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>CNS 14466</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n60-televisions</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/60/160f6010-15b0-462d-aa1c-76ce4601ab35.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to personal computers for use in permanent locations which are composed of computer main|system unit; display; keyboard and mouse; and include products sold as packaged computer systems or integrated computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N69 - Hand-held Hair Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to hand-held hair dryers  which meet the definition of CNS 3714: applies to portable electric blower is equipped with electric heaters in the hair dryer comes with a set of wind machine or whole hair accessories to beautify hair group apply to this standard. During use the products noise emission shall be less than the regulatory limit. The products measured electromagnetic interference shall be less than the regulatory limit. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n69-hand-held-hair-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/69/087ec305-7bdc-468f-9751-576fe608fc30.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N7 - Thermal insulation materials for building</t>
   </si>
   <si>
+    <t>This standard is applicable to thermal insulation materials  used in the buildings wall; roof; floor and ceiling applications.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n7-thermal-insulation-materials-building</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife//uploadfiles/Criteria/7/f7bafa8f-c4da-4aea-a425-c14e8ece04da.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N70 - Electric Clothes Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric clothes dryers; which meet the definition of CNS 4673</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n70-electric-clothes-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/70/bf405016-8728-4836-b440-0948958ef7ec.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N72 - Induction Cookers</t>
   </si>
   <si>
+    <t>This standard applies to induction cookers which meet the requirements of CNS12339.</t>
+  </si>
+  <si>
     <t>CNS13803</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n72-induction-cookers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/Eng/Criteriax_Detail.aspx?Serial=70</t>
+  </si>
+  <si>
     <t>Greenmark N75 - Dry Type Transformers</t>
   </si>
   <si>
+    <t>This standard is applicable to cast-resin dry type transformers which meet the definition of CNS 13390.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n75-dry-type-transformers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/75/8efacf7e-0cf7-4c2c-bb17-1ef125ec37e7.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N77 - Unfired Building Materials Made from Recycled Materials</t>
   </si>
   <si>
+    <t>This standard is applicable to unfired building materials made from recycled materials.</t>
+  </si>
+  <si>
     <t>Insulations</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n77-unfired-building-materials-made-recycled-materials</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/77/24539dcf-2b6e-49fe-a2a7-aaf8881eec17.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N78 - Image Output Devices</t>
   </si>
   <si>
+    <t>This standard is applicable to facsimile machines; copiers; and multifunction devices.    1. Facsimile -Fax Machine: A product whose primary functions are to scan paper originals for electronic transmission to remote units, and to receive electronic transmissions for conversion to paper output. Electronic transmission is primarily over a public telephone system, but may also be via a computer network or the Internet.    2. Copier: A product whose sole function is to produce paper duplicates from paper originals.   3. Multifunction Device -MFD: A product that performs two or more of the core functions of a Printer; Scanner; Copier; or Fax Machine.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n78-image-output-devices</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/78/ed90e8ff-2f8c-4f35-8385-bde4eba11953.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N81 - Fans</t>
   </si>
   <si>
+    <t>Applies to the five types of fans specified in the five respective CNS standards: table-top and wall-hanging fans; ceiling fans; floor-standing fans; floor fans; and automatic oscillating ceiling fans.</t>
+  </si>
+  <si>
     <t>CNS 547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n81-fans</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/81/cab018ef-810e-4809-a57a-c05e4ff4373c.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N82 - Portable Projectors</t>
   </si>
   <si>
+    <t>Applies to portable projectors. The products power consumption during the stand-by mode shall be less than 5 watts. The product shall be disassemblable</t>
+  </si>
+  <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n82-portable-projectors</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/82/b0422f35-1bf1-45d1-b0fc-6eb99cb8f243.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N87 - Water dispensers</t>
   </si>
   <si>
+    <t>This standard is applicable to water dispensers which meet the definition of CNS 13516. Product types:    1. Chilled-warm-hot water dispensers: products which dispense chilled; warm; and hot water.     2. Warm-hot water fountains: products which only dispense warm and hot water</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n87-water-dispensers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/87/190fe105-4e4d-4c84-a549-3422f4412469.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N88 - Scanners</t>
   </si>
   <si>
+    <t>This standard is applicable to scanners; excluding multi-function devices with scanning capabilities; network scanners; or scanners not directly powered by electricity from the wall outlets.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n88-scanners</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/88/398369f2-9d5f-47dd-a41b-1ab919c2cafd.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N91 - Water fountains</t>
   </si>
   <si>
+    <t>This standard is applicable to water fountains which meet the definition of CNS 3910. Product types:    1. Chilled-warm-hot water fountains: products which dispense chilled; warm; and hot water.    2. Warm-hot water fountains: products which only dispense warm and hot water.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n91-water-fountains</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/91/9538f24f-74ad-4582-94a3-0dc387ee1cf5.pdf</t>
+  </si>
+  <si>
     <t>Incandescent light bulb energy consumption efficiency standards</t>
   </si>
   <si>
+    <t>The minimum energy efficiency requirements apply to the products within the scope of CNS 298 Incandescent lamp bulbs for general lighting service; CNS 11006 Small lamp bulbs for household use and CNS 5513. Traffic signal lamps with which rated lamp wattage equal to or higher than 25W.</t>
+  </si>
+  <si>
     <t>CNS 298 CNS 11006 CNS 5513 CNS 3891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/incandescent-light-bulb-energy-consumption-efficiency-standards</t>
   </si>
   <si>
     <t>ISIR 14577, 1st Edition, Household refrigerating appliances - Determination of Criteria for energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Domestic refrigerator, freezer, refrigerator-freezer</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISO-8187</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isir-14577-1st-edition-household-refrigerating-appliances-determination-criteria-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
     <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10635: 2008, Wet Cooling Towers, Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Applicable to wet cooling towers with capacity of 800 tons. Does not include cooling towers with natural flow</t>
+  </si>
+  <si>
     <t>ISIRI 4514 (1998), BS EN 13741 (2003), BS 4485-part2 (1988), CTI ATC 105 (2000)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10635-2008-wet-cooling-towers-technical-specifications-and-test-methods-energy</t>
   </si>
   <si>
     <t>ISIRI 10636 Specification for Energy Consumption and Energy labeling of Fan coils and Ducted fan coils</t>
   </si>
   <si>
+    <t>Ducted and non-ducted fan coil room air conditioners</t>
+  </si>
+  <si>
     <t>ANSI/ASHRAE STANDARD 79-2002, ARI 440-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10636-specification-energy-consumption-and-energy-labeling-fan-coils-and-ducted-fan</t>
   </si>
   <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Refrigerated Display Cabinet. Does not include vending machines</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
     <t>ISIRI 10638 -Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Single package non ducted single and multi split Product sub-type is yet to be determined.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10638-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>ISIRI NS 4335</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
     <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
     <t>NS 5635 (2001)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 10759:2005, 1st Edition- technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers electric fluorescent ballast and tube fluorescent lamps 20-40 W, frequency 50hz, and 220-240 volts</t>
+  </si>
+  <si>
     <t>34C/682/INF: 2005, 34C/693/NP: 2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-107592005-1st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
     <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
   </si>
   <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
   </si>
   <si>
     <t>ISIRI 1219-2:2002- Test Method for Energy Consumption and Energy Labeling Instruction</t>
   </si>
   <si>
+    <t>Storage water heater</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1219-22002-test-method-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1220-2- Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Gas fired space heaters with chimney with maximum consumption less than 150 MegaJolt per hr</t>
+  </si>
+  <si>
     <t>AS 4553,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1220-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 12885, 1st Edition- technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired forced convection air heaters for space heating not exceeding a net heat input of 300 kW</t>
+  </si>
+  <si>
     <t>BS EN 1020 1998, AS 4553&amp; AG 103 2000:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-12885-1st-edition-technical-specification-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 13368 Energy Consumption Criteria for Oil Distribution Transformers</t>
   </si>
   <si>
+    <t>Three Phases oil transformers, less than 36kVA and 25kVA up to 2500kVA ,50Hz</t>
+  </si>
+  <si>
     <t>IEC 60071-1, 2011, IEC 60071-2, 2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13368-energy-consumption-criteria-oil-distribution-transformers</t>
   </si>
   <si>
     <t>ISIRI 13782, Amendment No.1 , Boilers - Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>BoilersTechnical Specifications and Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>ISIRI 4231 ,ASME PTC4</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13782-amendment-no1-boilers-technical-specifications-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
+  </si>
+  <si>
     <t>ISIRI 10335</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-14628-determination-criteria-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 14629:2011-determination of critera for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>centeral heating boilers  of nominal heat input not exceeeding 70 kw -nominal heat input not exceeding 70kW</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-146292011-determination-critera-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1563-2:2009, 1st Revision, Specification for energy consumption and energy labeling of electrical household water heaters</t>
   </si>
   <si>
+    <t>Standard includes electrical household water heaters. Does not include solar or coal water heaters. Does not include residential electric water heaters with capacity less than 50L and more than 120L.</t>
+  </si>
+  <si>
     <t>IEC 379: 1987</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1563-22009-1st-revision-specification-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 16163:2013-determination of criteria for energy consumption and labeling instruction</t>
   </si>
   <si>
+    <t>Residential electric dishwasher</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-161632013-determination-criteria-energy-consumption-and-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1828-2-Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Instantaneous gas water heaters with maximum consumtion less than 250MegaJolt per Hr</t>
+  </si>
+  <si>
     <t>AG 102: 2000, EN 26: 2000, ISIRI 1828-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1828-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 3477-2, 1st Edition, Specification for energy consumption and energy labeling of electrical household washing machines</t>
   </si>
   <si>
+    <t>Fully automatic residential clothes washer</t>
+  </si>
+  <si>
     <t>95/12/EC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-3477-2-1st-edition-specification-energy-consumption-and-energy-labeling-electrical</t>
   </si>
   <si>
     <t>ISIRI 3678-2: 2002, 1st Edition- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>This policy applies to liquid chilling packages with water-cooled condenser and evaporator.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>NS 3678: 1995</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-3678-2-2002-1st-edition-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 4910-2, 1st Revision- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Evaporative air coolers -Direct and indirect types</t>
+  </si>
+  <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>AS 2913-1987 ,IS3315-1974</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-4910-2-1st-revision-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 5916 Self Ballasted Lamps for General Lighting Services-performance requirements</t>
   </si>
   <si>
+    <t>Covers multi sector self ballasted lamps (60W and 100-250V)</t>
+  </si>
+  <si>
     <t>IEC 60968 and IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-5916-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
   </si>
   <si>
     <t>ISIRI 6016-2</t>
   </si>
   <si>
+    <t>Split-system non-ducted air conditioners and heat pumps - method for measuring of energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
     <t>ISIRI 6016, ISIRI 6016-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-6016-2</t>
   </si>
   <si>
     <t>ISIRI 7268-2,Flueless gas room heaters - Technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired space heaters without chimney with maximum consumption 30MegaJolt/Hr.</t>
+  </si>
+  <si>
     <t>AS 4553, ISIRI 7268-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7268-2flueless-gas-room-heaters-technical-specification-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 7342-2, Specification for energy consumption and energy labeling of electric houshold room heaters</t>
   </si>
   <si>
+    <t>Residential electric space heater</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7342-2-specification-energy-consumption-and-energy-labeling-electric-houshold-room</t>
   </si>
   <si>
     <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Centrifugal, mixed flow and axial pumps</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>ISO-2548 (Class C)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
   </si>
   <si>
     <t>ISIRI 7872:2009, 1st Rev, Household electric iron energy consumption requirements and energy labeling guideline</t>
   </si>
   <si>
+    <t>Covers residential steam and non-steam irons. Does not include residential press irons</t>
+  </si>
+  <si>
     <t>Irons</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-78722009-1st-rev-household-electric-iron-energy-consumption-requirements-and-energy</t>
   </si>
   <si>
     <t>ISIRI 7874, 1st Edition, Specification for energy consumption and energy labeling of single phase electrical motors</t>
   </si>
   <si>
+    <t>Small 1-phase General Purpose</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>ISIRI 3772-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7874-1st-edition-specification-energy-consumption-and-energy-labeling-single-phase</t>
   </si>
   <si>
     <t>ISIRI 7875-1st edition- Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes electric kettles with capacity of minimum 4L and maximum 30L with 250 Va.c.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7875-1st-edition-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 7966, 1st Edition, Specification for energy consumption and energy labeling of three phase electrical motors</t>
   </si>
   <si>
+    <t>This policy covers all motors with 3 phase general purpose</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7966-1st-edition-specification-energy-consumption-and-energy-labeling-three-phase</t>
   </si>
   <si>
     <t>ISIRI NS 7341, 1st edition- Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Electric lamps - Tubular, double capped</t>
+  </si>
+  <si>
     <t>NS687 (Double Capped), NS 2702 (High Pressure Mercury Vapor), NS 5191 (HPSI), NS 5211 (Single Capped), 98/11/EC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-ns-7341-1st-edition-technical-specifications-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>JS 2091:2013 Technical Regulation on eco-design - Requirements for non-directional household lamps</t>
   </si>
   <si>
+    <t>This policy establishes eco-design requirements for the placing on the market of non-directional household lamps, including when they are marketed for non-household use or when they are integrated into other products. It also establishes product information requirements for special purpose lamps.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20912013-technical-regulation-eco-design-requirements-non-directional-household-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5461</t>
+  </si>
+  <si>
     <t>JS 2092:2013 Energy efficiency labeling of household electric lamps</t>
   </si>
   <si>
+    <t>This policy covers household electric lamps supplied directly from the mains (filament and integral compact fluorescent lamps), and to household fluorescent lamps (including linear, and non-integral compact fluorescent lamps), even when marketed for non-household use.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20922013-energy-efficiency-labeling-household-electric-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5453</t>
+  </si>
+  <si>
     <t>JS 2093:2013 Technical regulation on eco-design requirements for fluorescent lamps without integrated ballast; for high intensity discharge lamps; and for ballasts and luminaires able to operate such lamps</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of fluorescent lamps without integrated ballast, of high intensity discharge lamps, and of ballasts and luminaires able to operate such lamps as defined in Article 3, even when they are integrated into other energy related products.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Drivers/ Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20932013-technical-regulation-eco-design-requirements-fluorescent-lamps-without</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5462</t>
+  </si>
+  <si>
     <t>JS 2094:2013 Technical Regulation on eco-design requirements for electric motors</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market and for putting into service of motors, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>JS 2094</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20942013-technical-regulation-eco-design-requirements-electric-motors</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5463</t>
+  </si>
+  <si>
     <t>JS 2095:2013 Technical regulation on eco-design requirements for Glandless standalone circulators and glandless circulators integrated in products</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of glandless standalone circulators and glandless circulators integrated in products.</t>
+  </si>
+  <si>
     <t>Building Circulator Pumps</t>
   </si>
   <si>
     <t>JS 2095</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20952013-technical-regulation-eco-design-requirements-glandless-standalone-circulators</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5464</t>
+  </si>
+  <si>
     <t>JS 2097:2013 Energy labeling of household combined washer-driers</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household combined washer-driers. Appliances that can also use other energy sources are excluded.</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>JS 2096</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20972013-energy-labeling-household-combined-washer-driers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5458</t>
+  </si>
+  <si>
     <t>JS 2098:2013 Energy labeling of household electric ovens</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household electric ovens including ovens being part of larger appliances.</t>
+  </si>
+  <si>
     <t>JS 2098</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20982013-energy-labeling-household-electric-ovens</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5454</t>
+  </si>
+  <si>
     <t>JS 2099:2013 Technical Regulation on eco-design requirements for household dishwashers</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries, including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>JS 2099</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20992013-technical-regulation-eco-design-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5465</t>
+  </si>
+  <si>
     <t>JS 2100:2013 Energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>This policy covers electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>JS 2100</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21002013-energy-labeling-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5452</t>
+  </si>
+  <si>
     <t>JS 2101:2013 Energy labeling for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy covers the labeling of and provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1,500 litres.</t>
+  </si>
+  <si>
     <t>JS 1749</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21012013-energy-labeling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5455</t>
+  </si>
+  <si>
     <t>JS 2102:2013 Technical Regulation on eco-design requirements for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21022013-technical-regulation-eco-design-requirements-household-refrigerating</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5466</t>
+  </si>
+  <si>
     <t>JS 2105:2013 Energy labeling of televisions</t>
   </si>
   <si>
+    <t>This policy covers labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>JS 2105</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21052013-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5456</t>
+  </si>
+  <si>
     <t>JS 2106:2013 Technical Regulation on eco-design requirements for televisions</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of televisions.</t>
+  </si>
+  <si>
     <t>JS 2106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21062013-technical-regulation-eco-design-requirements-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5468</t>
+  </si>
+  <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>JS 2108:2013 Energy efficiency labeling of air conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of 12 kW for cooling or heating if the product has no cooling function. This policy does not apply to: a) appliances that use non-electric energy sources; b) air conditioners of which the condensor- or evaporator-side do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21082013-energy-efficiency-labeling-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5451</t>
+  </si>
+  <si>
     <t>JS 2110:2013 Technical Regulation on eco-design requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for simple set-top boxes.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>JS 2110</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21102013-technical-regulation-eco-design-requirements-simple-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5470</t>
+  </si>
+  <si>
     <t>JS 2111:2013 Technical Regulation on eco-design requirements for no-load condition electric power consumption and average active efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21112013-technical-regulation-eco-design-requirements-no-load-condition-electric-power</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5471</t>
+  </si>
+  <si>
     <t>JS 2112:2013 Technical Regulation on eco-design requirements for fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market or putting into service of fans, including those integrated in other energy-related products as covered by the Framework Technical Regulation.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>JS 2112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21122013-technical-regulation-eco-design-requirements-fans</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5472</t>
+  </si>
+  <si>
     <t>JS 50564:2012 Electrical and electronic household and office equipment - Measurement of low power consumption</t>
   </si>
   <si>
+    <t>This policy specifies methods of measurement of electrical power consumption and the reporting of the results for a range of electrical and electronic household and office equipment, hereafter referred to as products.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>JS 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-505642012-electrical-and-electronic-household-and-office-equipment-measurement-low</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5279</t>
+  </si>
+  <si>
     <t>JS 60456:2012 Clothes washing machines for household use - Methods for measuring the performance (EN 60456:2001 + AC:2011)</t>
   </si>
   <si>
+    <t>This policy specifies methods for measuring the performance of clothes washing machines for household use, with or without heating devices utilising cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force (spin extractors) and is applicable to appliances for both washing and drying textiles (washer-dryers).</t>
+  </si>
+  <si>
     <t>JS 2103</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-604562012-clothes-washing-machines-household-use-methods-measuring-performance-en</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5305</t>
+  </si>
+  <si>
     <t>JS 61121:2012 Tumble dryers for household use - Methods for measuring the performance</t>
   </si>
   <si>
+    <t>This policy covers household electric tumble dryers of the automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-611212012-tumble-dryers-household-use-methods-measuring-performance</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5293</t>
+  </si>
+  <si>
     <t>Low-voltage single-phase inductive motor energy efficiency ratio standards</t>
   </si>
   <si>
+    <t>Low-voltage single-phase inductive motor</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
   </si>
   <si>
     <t>MEPS - Dehumidifier</t>
   </si>
   <si>
+    <t>The EF is limited to dehumidifiers with electric power not higher than 1000W at the present stage.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dehumidifier-0</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for automatic washing machines</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Maldives</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Maldives Energy Authority </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-automatic-washing-machines</t>
   </si>
   <si>
+    <t>http://www.environment.gov.mv/v2/en/news/7964</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for refrigerators</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-5</t>
   </si>
   <si>
+    <t>https://blog.complianceandrisks.com/news-resources/oman-to-draft-mandatory-energy-efficiency-specifications-for-four-electrical-appliances</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>The standard specifies the energy performance, capacity and labelling of household refrigerators, refrigerator-freezers and freezers. The requirements in this Standard are not applicable to electrically operated refrigerators employing an absorption refrigeration system and for commercial refrigerators, refrigerators-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>General Electricity &amp; Water Corporation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-refrigerator-freezers-and-freezers</t>
   </si>
   <si>
+    <t>https://docs.wto.org/dol2fe/Pages/FE_Search/FE_S_S009-DP.aspx?language=E&amp;HasEnglishRecord=True&amp;HasFrenchRecord=True&amp;HasSpanishRecord=False&amp;CatalogueIdList=234359,234362,227938,228303,231379,234295,234377,234291,234289,234290&amp;CurrentCatalogueIdIndex=9&amp;FullT</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-refrigerator-freezers-and-freezers-0</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for split unit air conditioners</t>
   </si>
   <si>
+    <t>Under new regulations, the energy efficiency ratio (EER) of split unit air-conditioners will be increased from existing 9.5 EER to 10.5 EER.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-split-unit-air-conditioners</t>
   </si>
   <si>
+    <t>https://thepeninsulaqatar.com/article/08/06/2019/New-regulations-to-make-electric-appliances-more-energy-efficient</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for storage water heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-storage-water-heaters</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-washing-machines-0</t>
   </si>
   <si>
     <t>MEPS for Water Chillers</t>
   </si>
   <si>
+    <t>include both air-cooled and water-cooled types; volumetric and centrifugal compressors.</t>
+  </si>
+  <si>
     <t>CNS 12575 CNS 12812</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-water-chillers</t>
   </si>
   <si>
     <t>MEPS schemes for non-directional lamps</t>
   </si>
   <si>
+    <t>This regulation is based on the European Union Commission regulation 244/2009 to phase out incandescent lamps.</t>
+  </si>
+  <si>
     <t>Bahrain</t>
   </si>
   <si>
     <t>Ministry of Industry and Commerce</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-schemes-non-directional-lamps</t>
   </si>
   <si>
+    <t>http://www.seu.gov.bh/wp-content/uploads/2018/04/02_NEEAP_full-report.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) and Energy Star Rating for Television Receivers</t>
+  </si>
+  <si>
+    <t>This standard establishes MEPS and labeling requirements for televisions in Pakistan. This standard shall apply to the following types and sizes of TVs covering display sizes from 24 inches to 42 inches commonly used in Pakistan, with a supply voltage of 230 V 50 Hz or range 220-240 V, 50 Hz. LCD TVs (Liquid Crystal Display TVs), Plasma TVs, and LED TVs (Light Emitting Diodes TVs). Minimum Values of annual power consumption shall not be less than Star-1. The performance of the TVs applicable to this standard shall meet the requirements as specified in the standards IEC 60107, IEC 62087, and IEC 62301.</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>IEC 5422/2018
 ,   
                     IEC 60107-1
 ,   
                     IEC 60107-2
 ,   
                     IEC 60107-3
 ,   
                     IEC 62301
 ,   
                     IEC 62087
 ,   
                     JIS C 6101-1
 ,   
                     JIS C 6101-2
 ,   
                     JIS C 6101-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-meps-and-energy-star-rating-television-receivers</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electronics/27-PS%205422-2018.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Compressors</t>
   </si>
   <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-air-compressors</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Conditioning System Chillers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial air conditioning system chillers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-air-conditioning-system-chillers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Boilers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for industrial boilers.</t>
+  </si>
+  <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-boilers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Chilled-Warm-Hot Water Fountain Machines</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot water fountain machines.</t>
+  </si>
+  <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-chilled-warm-hot-water-fountain-machines</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Chilled/Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot drinking water dispensers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-chilledwarmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Compact Fluorescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-compact-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Dehumidifiers</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/home/English.aspx</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-dehumidifiers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Ductless Air Conditioners</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-ductless-air-conditioners</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Electric Hot Water Pots</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-electric-hot-water-pots</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Electric Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-electric-storage-water-heaters</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Fluorescent Light Ballasts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-fluorescent-light-ballasts</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Incandescent Lightbulbs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-incandescent-lightbulbs</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for LED Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-led-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Single-Phase Inductive Motors</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for low-voltage single-phase inductive industrial motors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-low-voltage-single-phase-inductive-motors</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Three-Phase Squirrel-Cage Induction Motors</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for industrial low-voltage three-phase squirrel-cage induction motors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-low-voltage-three-phase-squirrel-cage-induction</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Refrigerator/Freezer</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for residential and commercial refrigerators/freezers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigeratorfreezer</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-rice-cookers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Self-Ballasted Fluorescent Lamps</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-self-ballasted-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-warmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Water Dispensers Supplied by Packaged Drinking Water</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial water dispensers supplied by packaged drinking water.</t>
+  </si>
+  <si>
     <t>Water Fixtures</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-water-dispensers-supplied-packaged-drinking-water</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Window/Box-Type Air Conditioners</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial window/box-type air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-windowbox-type-air-conditioners</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>Pakistan MEPS and labeling for CFLs</t>
   </si>
   <si>
+    <t>This standard shall apply to self-ballasted compact fluorescent lamps -CFLs; generally known as Energy Savers of all commonly used shapes|sizes: U-shaped &amp; Spiral shaped, Edison screw holder or bayonet|pin type adopter; in Pakistan, with nominal power rating from 3Watt to 60 Watt at rated supply voltage of 230 V, 50 Hz or voltage range 220 240 V, 50 Hz as marked on the lamp. The standard does not apply to self-ballasted fluorescent lamps used with covers.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>PS-IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-meps-and-labeling-cfls</t>
   </si>
   <si>
+    <t>https://drive.google.com/file/d/0B_Ht8Q1cIEovQW5CZlF0VTRRZHM/view</t>
+  </si>
+  <si>
     <t>Pakistan Standard: Household Microwave Oven - Methods for Measuring Performance</t>
   </si>
   <si>
+    <t>This standard applies to microwave ovens for household use and combination microwave ovens. Microwave ovens are defined as appliances using electromagnetic energy in the ISM frequency band of 2,450 MHz for heating food and beverages in the cavity. Combination microwave ovens are microwave ovens in which the microwave energy is combined with thermal energy.</t>
+  </si>
+  <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 60705:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-standard-household-microwave-oven-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electrotechnical/56-PS%205254%20based%20on%2060705.pdf</t>
+  </si>
+  <si>
     <t>RACs Packaged Terminal - Taiwan</t>
   </si>
   <si>
+    <t>Window or box-type Room Air Conditioners of both Air Cooled and Water Cooled types</t>
+  </si>
+  <si>
     <t>CNS 14464 CNS 7183 CNS 3615-95</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/racs-packaged-terminal-taiwan</t>
   </si>
   <si>
     <t>RACs Split - Taiwan</t>
   </si>
   <si>
+    <t>Product Scope and related MEPS Requirements based on testing standards CNS 3615 CNS 14464 and CNS 7183</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/racs-split-taiwan</t>
   </si>
   <si>
     <t>RACs Window MEPS</t>
   </si>
   <si>
+    <t>EER of No-duct RAC should be in accordance with No-Duct Air Conditioner and Heat Pump Testing Standard in CNS 14464. The ratio of total cooling capacity to effective input power under T1 standard testing condition should no be smaller than the values in the above table and must be more than 95 percent of the labeled value. Only products that the capacity is less than 70kW will be tested.</t>
+  </si>
+  <si>
     <t>CNS 3615-95 CNS 7183 CNS 14464</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/racs-window-meps</t>
   </si>
   <si>
     <t>Refrigerator MEPS</t>
   </si>
   <si>
+    <t>Refigerators</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/refrigerator-meps</t>
   </si>
   <si>
     <t>Refrigerators-Freezers - Taiwan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/refrigerators-freezers-taiwan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/refrigerators-freezers-taiwan-0</t>
   </si>
   <si>
     <t>Regulation on Energy Labelling and Minimum Energy Performance Requirements for Air-Conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the placing on Bahraini market the energy labelling requirements and Minimum Energy Performance Standard (MEPS) requirements for single-package and split-system non ducted air conditioners using air and water-cooled condensers and ducted air-conditioners using air-to air heat pumps for residential, commercial and industrial sector as applicable in accordance with Bahraini Standards.</t>
+  </si>
+  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>GSO ISO 5151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-labelling-and-minimum-energy-performance-requirements-air-conditioners</t>
   </si>
   <si>
+    <t>https://ec.europa.eu/growth/tools-databases/tbt/en/search/?tbtaction=search.detail&amp;Country_ID=BHR&amp;num=397&amp;dspLang=en&amp;basdatedeb=&amp;basdatefin=&amp;baspays=BHR&amp;basnotifnum=&amp;basnotifnum2=&amp;bastypepays=ANY&amp;baskeywords=</t>
+  </si>
+  <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for ice-warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The ice-warm-hot drinking water machine set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=40</t>
+  </si>
+  <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The warm-hot drinking water machine -Machine- set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=39</t>
+  </si>
+  <si>
     <t>Requirements on Energy Efficiency and the Inspection of Low-Voltage Three-Phase Squirrel-Cage Induction Motors --including as a component of the specified equipment</t>
   </si>
   <si>
+    <t>The low-voltage three-phase squirrel-cage induction motor set in this announcement covers goods in compliance with Clause 14400 of Chinese National Standards; with a rated output power from 0.75kW|1HP to 200kW|270HP or which are subjected to inspection by the Central Competent Authority.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-energy-efficiency-and-inspection-low-voltage-three-phase-squirrel-cage</t>
   </si>
   <si>
+    <t>https://meps.energylabel.org.tw/_upload/gen/law/7/file1/Requirements%20on%20Energy%20Efficiency%20and%20the%20Inspection%20of%20Low-Voltage%20Three-Phase%20Squirrel-Cage%20Induction%20Motors%20(including%20as%20a%20component%20of%20the%20specified%20equip</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>The electric storage tank water heaters -products- denoted in this Announcement are those meeting the definition of electric storage tank water heater in CNS 11010; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-and</t>
   </si>
   <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Ice-warm-hot --IWH-- water dispenser</t>
   </si>
   <si>
+    <t>The IWH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=44</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Warm-hot --WH--water dispenser</t>
   </si>
   <si>
+    <t>The WH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-1</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=45</t>
+  </si>
+  <si>
     <t>Revised Refrigerator power consumption standard and power efficiency grade labeling method and inspection method regulation</t>
   </si>
   <si>
+    <t>The refrigerators of this regulation are those compliant with CNS 2062 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revised-refrigerator-power-consumption-standard-and-power-efficiency-grade-labeling-method</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=1&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=0&amp;PDID=0&amp;p0=49</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Dehumidifier Products</t>
   </si>
   <si>
+    <t>The dehumidifiers meeting the definition of dehumidifiers as defined in CNS 12492 and promulgated by the Bureau of Standards Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-3</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=31</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>The instantaneous gas water heaters meeting the definition of instantaneous gas water heater in CNS 13603; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=27</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Non-conducted air conditioner Products</t>
   </si>
   <si>
+    <t>non-conducted air conditioner -Machine- set in this announcement covers goods in compliance with Clause 3615 and 14464 of Chinese National Standards and with rated air conditioning capacity less than or equal to 71kW which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=38</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Refrigerator|Freezer Products</t>
   </si>
   <si>
+    <t>The refrigerators and freezers their combinations including compression type refrigerating machine and storage room meeting the definition of refrigerator-freezers as defined in CNS 2062 and promulgated by the Bureau of Standards Metrology and Inspection  of the Ministry of Economic Affairs  as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 2062-2000 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-2</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=30</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Room Air Conditioners</t>
   </si>
   <si>
+    <t>The window or wall-type and box-type room air conditioners meeting the definition of air conditioners as defined in CNS 3615 and CNS 14464 and promulgated by the Bureau of Standards Metrology and Inspection  of the Ministry of Economic Affairs  as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-1</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=29</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Minimum Energy Performance Standard Energy Efficiency Indication and Inspection for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The fluorescent lamps denoted in this draft are those meeting the definition of CNS 691 Fluorescent lamps- for general lighting service;  general color rendering index Ra not larger than 95 and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 691</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-minimum-energy-performance-standard-energy-efficiency-indication</t>
   </si>
   <si>
+    <t>https://meps.energylabel.org.tw/_outweb/gen/law/upt.asp?p0=9</t>
+  </si>
+  <si>
     <t>SASO 2663:2018 MEPS and labeling schemes for small air conditioners</t>
   </si>
   <si>
+    <t>This standard applies to single-package window type, single split-system non-ducted air conditioners using air-cooled condensers, single split-system ducted airconditioners using air-cooled condensers, and heat pumps using aircooled condensers or using electric resistance for residential, commercial and industrial sector as applicable.</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>SASO 2681 / 2013 (based on ISO 5151) SASO 2682/2013 SASO 2763/2008</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-26632018-meps-and-labeling-schemes-small-air-conditioners</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>SASO 2870:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to: 
+Incandescent lamps
+Halogen lamps
+Compact flourescent lamps with integrated ballast (CFLi)
+Light-emitting diode (LED) lamps (Incandescent retrofit types)
+Light-emitting diode (LED) lamps (Halogen retrofit types)</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28702018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/saudi-arabia-market-access-new-requirements-lighting-products-saso-iecee-and-saso-ee</t>
+  </si>
+  <si>
     <t>SASO 2874:2016 MEPS for large air conditioners</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing requirements for electrically operated air conditioners, condensing units, chillers, absorption chillers, electrically operated variable refrigerant flow (VRF) air conditioners, close control air conditioners and condensing units serving computer rooms.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28742016-meps-large-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.intertek.com.cn/Uploadfile/File/SASO-2874_2016.pdf</t>
+  </si>
+  <si>
     <t>SASO 2883:2017 MEPS and labeling schemes for clothes dryers</t>
   </si>
   <si>
+    <t>This standard applies to clothes dryers with capacities up to 25 kg (condenser and airvented). Household spin extractors are excluded from this standard</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28832017-meps-and-labeling-schemes-clothes-dryers</t>
   </si>
   <si>
     <t>SASO 2884:2017 MEPS and labeling schemes for water heaters</t>
   </si>
   <si>
+    <t>This standard applies to:</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28842017-meps-and-labeling-schemes-water-heaters</t>
   </si>
   <si>
     <t>SASO 2885:2018 MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
+    <t>This standards applies to:</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>SASO 2693/2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28852018-meps-and-labeling-schemes-washing-machines</t>
   </si>
   <si>
     <t>SASO 2892:2018 MEPS and labeling schemes for refrigerating appliances</t>
   </si>
   <si>
     <t>SASO-IEC-60335-2-24</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28922018-meps-and-labeling-schemes-refrigerating-appliances</t>
   </si>
   <si>
     <t>SASO 2902:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to:
+Incandescent lamps with a luminous flux above or equal 12,000 lumens
+Halogen lamps with a luminous flux above or equal 12.000 lumens
+Compact fluorescent lamps with integrated ballast (CLFi) with a luminous flux above or equal 12,000 Lumens
+Compact fluorescent lamps without integrated ballast (CFLni)
+Fluorescent Lamps (all types)
+High-Intensity Discharge Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-29022018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
     <t>SASO IEC 60034-30:2013</t>
   </si>
   <si>
+    <t>This part of IEC 60034 specifies efficiency classes for single-speed; three-phase; 50 Hz and 60 Hz cage-induction motors</t>
+  </si>
+  <si>
     <t>SASO IEC 60034-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-iec-60034-302013</t>
   </si>
   <si>
+    <t>http://www.saso.gov.sa/en/mediacenter/events/Pages/saso_events_127.aspx</t>
+  </si>
+  <si>
     <t>Self-Ballast Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The testing of Luminous efficiency lm per W; should be in accordance with the Self-ballast Florescent lamp test method provided in CNS 14125. Testing result of the Luminous efficiency F should not be lower than the standard value provided in above table; and has to be more than 95 percent of the labeled value.</t>
+  </si>
+  <si>
     <t>CNS 10839 CNS 3936 CNS 691 CNS 14125 US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/self-ballast-fluorescent-lamps</t>
   </si>
   <si>
     <t>SI 4665-2 PERFORMANCE OF EXTERNAL POWER SUPPLIES: MINIMUM ENERGY PERFORMANCE STANDARD (MEPS) REQUIREMENTS</t>
   </si>
   <si>
+    <t>Power converters covered under this standard include all single-voltage EPSs with nameplate output power up to 250 watts. Notable exclusions are devices with batteries that attach directly, replacements, and medical devices.</t>
+  </si>
+  <si>
     <t>SI 4665-1</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=98e117b6-728e-4ade-95e3-47864f20c486</t>
+  </si>
+  <si>
     <t>SI 5484 DISTRIBUTION TRANSFORMERS - REQUIREMENTS FOR ENERGY EFFICIENCY AND LABELLING</t>
   </si>
   <si>
+    <t>It covers distribution transformers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5484-distribution-transformers-requirements-energy-efficiency-and-labelling</t>
   </si>
   <si>
     <t>SI 5485 - Fluorescent light bulbs - requirements for efficiency</t>
   </si>
   <si>
+    <t>It covers fluorescent light bulbs</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5485-fluorescent-light-bulbs-requirements-efficiency</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=8694f934-fc8e-46b6-8eea-5ee7b34539ae</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 1: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - ovens</t>
+  </si>
+  <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-1-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - hobs</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
     <t>SI 60968</t>
   </si>
   <si>
+    <t>Self-ballasted lamps for general lighting services</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60968</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=f176cda1-c392-4f0e-8c7d-e062df37c908</t>
+  </si>
+  <si>
     <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-62301-home-appliances-power-measurement-standby-mode</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=42cf5977-833f-4556-81d1-3f739af9bad8</t>
+  </si>
+  <si>
     <t>SI 69 Electric water heaters</t>
   </si>
   <si>
+    <t>This policy applies to thermostatically controlled and thermally insulated heaters.</t>
+  </si>
+  <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-69-electric-water-heaters</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=cf61e979-6101-4ea0-958f-a9e4c998a5a5</t>
+  </si>
+  <si>
     <t>SI 900 part 2.24 (APPLIANCES, ICE-CREAM APPLIANCES AND ICE-MAKERS)</t>
   </si>
   <si>
     <t>Ice Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-900-part-224-appliances-ice-cream-appliances-and-ice-makers</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/eng/standardization/teken/?tid=9b4cfa12-0ed5-41ab-8a01-af70108e1e90</t>
+  </si>
+  <si>
     <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
   </si>
   <si>
+    <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECTV.doc</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | Environmentally Friendly Design Requirements for Servers and Data Storage Products (2019/424/EU) (SGM:2021/15)</t>
   </si>
   <si>
+    <t>This policy applies to servers and covers online data storage products. It does not cover: servers used in embedded applications; servers with Computers and Computer Servers Communiqué on Relevant Environmentally Friendly Design Requirements (2013/617/EU) Classified as small-scale servers according to (SGM:2021/14) servers; servers with more than four processor sockets; server devices; large servers; fully fault tolerant servers; network servers; small data storage products; big data storage products. This policy is a transposition of Commission Regulation (EU) 2019/424.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Servers</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/424</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-environmentally-friendly-design-requirements-servers-and</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 392-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>EC 392-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-transposition-ec-392-2012</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/EV%20T%C4%B0P%C4%B0%20FIRINLARIN%20VE%20ASP%C4%B0RAT%C3%96RLER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 932-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>EC 932-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-transposition-ec-932-2012</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 28861 (Transposition of EC 626-2011)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of less than or equal to 12 kW for cooling; or heating; if the product has no cooling function.  This Regulation shall not apply to: appliances that use non-electric energy sources; or  air conditioners of which the condensor- or evaporator-side or both do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>EC 626-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28861-transposition-ec-626-2011</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2017/02/U4E_Policy-Assessment_TUR.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
   </si>
   <si>
+    <t>Domestic electric and gas ovens including when incorporated into cookers and for domestic electric range hoods including when sold for non-domestic purposes. This Regulation shall not apply to:  a. ovens that use energy sources other than electricity or gas; b. ovens which offer a microwave heating function;  c. small ovens;  d. portable ovens;  e. heat storage ovens</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>EU 65-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens including when incorporated in cookers; domestic hobs and domestic electric range hoods including when sold for non-domestic purposes. This Regulation does not apply to:  a. appliances that use energy sources other than electricity or gas;   b. appliances which offer microwave heating function;   c. small ovens;   d. portable ovens;    e. heat storage ovens;   f. ovens which are heated with steam as a primary heating function;   g. covered gas burners in hobs;   h. outdoor cooking appliances;   i. appliances designed for use only with gases of the third family propane and butane; and    j. grills.</t>
+  </si>
+  <si>
     <t>EU 66-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017-0</t>
   </si>
   <si>
-    <t>EU 65-2014</t>
-[...4 lines deleted...]
-  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 666-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 666-2013 of 8 July 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-666-2013</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 29564 - Amending No 29236 | transposition of EC 665-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 665-2013 of 3 May 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29564-amending-no-29236-transposition-ec-665-2013</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/ELEKTR%C4%B0KL%C4%B0%20S%C3%9CP%C3%9CRGELER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Comminique on Ecodesign Requirements for Household Dishwashers (2019/2022/EU) (SGM:2021/1)</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-comminique-ecodesign-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-1.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices (2019/2016/EU) (SGM:2021/8)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. This Regulation shall apply to electric mains-operated household refrigerating appliances including those sold for non-household use or for the refrigeration of items other than foodstuffs and including built-in appliances. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated. This Regulation shall not apply to:    a. refrigerating appliances that are primarily powered by energy sources other than electricity such as liquefied petroleum gas LPG kerosene and bio-diesel fuels;   b. battery-operated refrigerating appliances that can be connected to the mains through an AC|DC converter purchased separately;    c. custom-made refrigerating appliances made on a one-off basis and not equivalent to other refrigerating appliance models;   d. refrigerating appliances for tertiary sector application where the removal of refrigerated foodstuffs is electronically sensed and that information can be automatically transmitted through a network connection to a remote control system for accounting;    e. appliances where the primary function is not the storage of foodstuffs through refrigeration such as stand-alone ice-makers or chilled drinks dispensers.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-20192016eu-sgm20218</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices with Direct Sales Function (2019/2018/EU) (SGM:2021/10)</t>
+  </si>
+  <si>
+    <t>This policy defines energy labeling requirements for refrigerating appliances with a direct sales function, including supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, small ice-cream freezers, gelato-scooping cabinets, and refrigerated vending machines. It does not apply to Minibars and wine storage appliances with sales functions. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council about energy labelling of refrigerating appliances with a direct sales function.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>EN 16901
 ,   
                     EN 16902
 ,   
                     EN 50597
 ,   
                     EN ISO 23953-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-direct-sales-function</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 |  Energy Labeling of Electronic Displays (2019/2013/EU) (SGM:2021/6)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on electronic displays, including televisions, monitors, and digital signage displays. This policy applies to electronic displays with a screen area greater than 100 square centimeters. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2013 .</t>
+  </si>
+  <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-electronic-displays-20192013eu-sgm20216</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design of Household Washing Machines with Dryers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-household-washing-0</t>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-household-washing</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-3.htm</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices (2019/2019/EU) (SGM:2021/7)</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices with Direct Sales Function (2019/2024/EU) (SGM:2021/9)</t>
   </si>
   <si>
+    <t>This policy applies to the following refrigerating appliances with a direct sales function: supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, ice-cream freezers, gelato-scooping cabinets and refrigerated vending machines.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-9.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Electronic Displays (2019/2021/EU) (SGM:2021/5)</t>
   </si>
   <si>
+    <t>This policy establishes a minimum energy performance standard for electronic displays, including televisions, monitors, and digital signage displays with a liquid crystal screen (LCD) and a screen area greater than 100 square centimeters. This policy is a transposition of Commission Regulation (EU) 2019/2021.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-electronic</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-5.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Home Type Dishwasher Energy of Machines Notification on Labeling (2019/2017/EU) (SGM:2021/2)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.  This policy is a transposition of (EU) 2019/2017.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-home-type-dishwasher-energy-machines-notification</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-2.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Household Laundry Environmentally Friendly Design of Household Washing Machines and Dryers Communiqué on Requirements (2019/2023/EU) (SGM:2021/3)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-household-laundry-environmentally-friendly-design</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-4.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Energy Labeling of Light Sources (2019/2015/EU) (SGM:2021/12)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on, light sources with or without integrated control gear. The requirements also apply to light sources placed on the market in a containing product. This policy does not apply to light sources specified in points 1 and 2 of Annex IV of Commission Delegated Regulation (EU) 2019/2015. Light sources specified in point 3 of Annex IV must comply only with the requirements in point 4 of Annex V of Commission Delegated Regulation (EU) 2019/2015. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2015.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-energy-labeling-light-sources-20192015eu-sgm202112</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/08/20210806-16.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
+  </si>
+  <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Solid Fuel Boilers and Packages of Solid Fuel Boilers, Additional Heaters, Temperature Control Devices and Solar Energy Devices (2015/1187/EU) (SGM: 2022/31)</t>
   </si>
   <si>
+    <t>This policy defines the energy labeling of and the provision of supplementary product information on solid fuel boilers with a rated heat output of 70 kW or less and packages of a solid fuel boiler with a rated heat output of 70 kW or less, supplementary heaters, temperature controls, and solar devices. It does not apply to boilers generating heat only for hot drinking or sanitary water; boilers for heating and distributing gaseous heat transfer media such as vapor or air; solid fuel cogeneration boilers with a maximum electrical capacity of 50 kW or more; non-woody biomass boilers. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1187.</t>
+  </si>
+  <si>
     <t>Electricity, Solar, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-energy-labeling-solid-fuel-boilers-and-packages-solid</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Space Heaters (2015/1186/EU) (SGM: 2022/30)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the energy labeling of, and the provision of supplementary product information on local space heaters with a nominal heat output of 50 kW or less. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1186.</t>
+  </si>
+  <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-energy-labeling-space-heaters-20151186eu-sgm-202230</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Boilers (2015/1189/EU) (SGM: 2022/33)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel boilers with a rated heat output of 500 kilowatts (‘kW’) or less, including those integrated in packages of a solid fuel boiler, supplementary heaters, temperature controls, and solar devices as defined in Article 2 of Delegated Regulation (EU) 2015/1187. This policy is a transposition of Commission Regulation (EU) 2015/1189.</t>
+  </si>
+  <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1189</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Space Heaters (2015/1185/EU) (SGM: 2022/29)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. It does not apply to solid fuel local space heaters that are specified for the combustion of non-woody biomass only; solid fuel local space heaters that are specified for outdoor use only; solid fuel local space heaters of which the direct heat output is less than 6 % of the combined direct and indirect heat output at nominal heat output; solid fuel local space heaters that are not factory assembled, or are not provided as prefabricated components or parts by a single manufacturer which are to be assembled on site; air heating products; or sauna stoves. This policy is a transposition of Commission Regulation (EU) 2015/1185.</t>
+  </si>
+  <si>
     <t>Biomass, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1185</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-fuel</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Space Heaters (2015/1188/EU) (SGM: 2022/32)</t>
   </si>
   <si>
+    <t>This policy applies to local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less. This policy is a transposition of Commission Regulation (EU) 2015/1188.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-space</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-9.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 26897</t>
   </si>
   <si>
+    <t>This Regulation provides minimum energy efficiency and labeling for new hot water boilers with nominal output power less than 4 kW and not more than 400 kW</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>Council Directive 92/42/EEC of 21 May 1992</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-26897</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/verimlilik/document/Sicaksu_Kazanlarinin_Verimlilik_Yonetmeligi.doc</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 29564 - Energy Labeling of Televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor</t>
+  </si>
+  <si>
     <t>EC 1062-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29564-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/TELEV%C4%B0ZYONLARIN%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010 3: 2020 – Labeling – Energy Efficiency Label for Electrical Appliances Part 3: Household Refrigerating Appliances.</t>
   </si>
   <si>
+    <t>This regulation covers brand new household refrigerators, freezers and refrigerator-freezers with a capacity of less than 1,500 liters imported to or manufactured in the UAE. This regulation applies to electric mains-operated household refrigerating appliances, stand-alone or built-in configuration.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>UAE.S IEC 62552:2013</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-3-2020-labeling-energy-efficiency-label-electrical-appliances-part-3-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2020/TBT/ARE/20_4362_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-1: 2019 – Labeling – Energy efficiency label for electrical appliances Part 1: household air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels requirements for residential single package and split-system non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>UAE.S ISO 5151:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-1-2019-labeling-energy-efficiency-label-electrical-appliances-part-1-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1431_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-2:2013 – Labeling – Energy efficiency label for electrical appliances Part 2: Washing Machines and Dryers</t>
   </si>
   <si>
+    <t>This regulation deals with methods for measuring the energy and water consumption of clothes washing machines for household use, with or without heating devices and for cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force and is applicable to appliances for both washing and drying textiles (washer-dryers). This standard also applies to household electric tumble dryers, automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60456 /2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-22013-labeling-energy-efficiency-label-electrical-appliances-part-2-washing</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/are119_t.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-4: 2014 – Labeling – Energy Efficiency Label for Electrical Appliances Part 4: Storage Water Heaters.</t>
   </si>
   <si>
+    <t>This regulation establishes requirements for electrical safety and energy efficiency labeling of electric water heater types listed in Annex A. This regulation does not apply to instantaneous water heaters and water heaters that use gas, solid or liquid fuels, solar water heaters and water heaters designed for making hot drinks only.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-4-2014-labeling-energy-efficiency-label-electrical-appliances-part-4-storage</t>
   </si>
   <si>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
+  </si>
+  <si>
     <t>UAE.S 5010-5: 2019 – Labeling – Energy efficiency label for electrical appliances - Part 5: commercial and central air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels and the minimum energy performance standard (MEPS) requirements for factory-made residential, commercial and industrial.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-5-2019-labeling-energy-efficiency-label-electrical-appliances-part-5-commercial</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1430_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-6: 2018 – Labeling – Energy efficiency label for electrical appliances Part 6: Dishwashers.</t>
   </si>
   <si>
+    <t>This regulation is developed to ensure that dishwasher are registered and monitored for their continuous compliance to the set specifications. Includes energy consumption and water consumption.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-6-2018-labeling-energy-efficiency-label-electrical-appliances-part-6-dishwashers</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2018/TBT/ARE/18_1779_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-7: 2017 – Labeling – Energy Efficiency Label for Electrical Appliances - Part: 7 Minimum Energy Efficiency Limits for Rotodynamic Water Pumps.</t>
   </si>
   <si>
+    <t>This standard covers brand new rotodynamic water pumps for pumping clean water, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-7-2017-labeling-energy-efficiency-label-electrical-appliances-part-7-minimum</t>
   </si>
   <si>
     <t>UAE.S 5010-8:2018 – Labeling – Energy Efficiency Label for Electrical Appliances – Part 8: Television Sets</t>
   </si>
   <si>
+    <t>This regulation covers televisions or television sets. It is developed to ensure that television sets are registered and monitored for their continuous compliance to the set specifications.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-82018-labeling-energy-efficiency-label-electrical-appliances-part-8-television</t>
   </si>
   <si>
+    <t>https://www.tuvsud.com/en/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-11-2019/uae-mandatory-standard-for-tv-energy-efficiency-labelling-in-force</t>
+  </si>
+  <si>
     <t>UEVEP-E5 - implementing minimum performance standards for transformers</t>
+  </si>
+  <si>
+    <t>power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications</t>
   </si>
   <si>
     <t>Industrial Sector, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uevep-e5-implementing-minimum-performance-standards-transformers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -3041,12183 +4412,13854 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N285"/>
+  <dimension ref="A1:P285"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1702.156" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="182.813" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="311.353" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>1989</v>
+      </c>
+      <c r="I3">
+        <v>2015</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2019</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>40</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2020</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>56</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>57</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6">
+        <v>2001</v>
+      </c>
+      <c r="I6">
+        <v>2002</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>57</v>
+      </c>
+      <c r="G7" t="s">
+        <v>33</v>
+      </c>
+      <c r="H7">
+        <v>2002</v>
+      </c>
+      <c r="I7">
         <v>2010</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>64</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>69</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F8" t="s">
+        <v>57</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H8">
+        <v>1995</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>70</v>
+      </c>
+      <c r="M8" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...5 lines deleted...]
-      <c r="H3">
+      <c r="D9" t="s">
+        <v>75</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>57</v>
+      </c>
+      <c r="G9" t="s">
+        <v>33</v>
+      </c>
+      <c r="H9">
+        <v>2002</v>
+      </c>
+      <c r="I9">
         <v>2015</v>
       </c>
-      <c r="I3" t="s">
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>76</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>81</v>
+      </c>
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
-[...5 lines deleted...]
-      <c r="L3" t="s">
+      <c r="F10" t="s">
+        <v>57</v>
+      </c>
+      <c r="G10" t="s">
+        <v>33</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10">
+        <v>2015</v>
+      </c>
+      <c r="J10" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
-[...13 lines deleted...]
-      <c r="C4" t="s">
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>82</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>83</v>
+      </c>
+      <c r="P10" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>85</v>
+      </c>
+      <c r="B11" t="s">
+        <v>86</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>87</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>57</v>
+      </c>
+      <c r="G11" t="s">
         <v>33</v>
-      </c>
-[...310 lines deleted...]
-        <v>2007</v>
       </c>
       <c r="H11">
         <v>2007</v>
       </c>
-      <c r="I11" t="s">
+      <c r="I11">
+        <v>2007</v>
+      </c>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>88</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>89</v>
+      </c>
+      <c r="P11" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>91</v>
+      </c>
+      <c r="B12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>93</v>
+      </c>
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J11" t="s">
-[...5 lines deleted...]
-      <c r="L11" t="s">
+      <c r="F12" t="s">
+        <v>57</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
         <v>23</v>
       </c>
-      <c r="M11" t="s">
-[...22 lines deleted...]
-      <c r="F12" t="s">
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>94</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>95</v>
+      </c>
+      <c r="P12" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>97</v>
+      </c>
+      <c r="B13" t="s">
+        <v>98</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>99</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G13" t="s">
+        <v>33</v>
+      </c>
+      <c r="H13">
+        <v>2003</v>
+      </c>
+      <c r="I13">
+        <v>2013</v>
+      </c>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>100</v>
+      </c>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>101</v>
+      </c>
+      <c r="P13" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>103</v>
+      </c>
+      <c r="B14" t="s">
+        <v>104</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>105</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G14" t="s">
+        <v>33</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14">
+        <v>2003</v>
+      </c>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>106</v>
+      </c>
+      <c r="P14" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>108</v>
+      </c>
+      <c r="B15" t="s">
+        <v>109</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>110</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>57</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>111</v>
+      </c>
+      <c r="M15" t="s">
+        <v>26</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>112</v>
+      </c>
+      <c r="P15" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>114</v>
+      </c>
+      <c r="B16" t="s">
+        <v>115</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>116</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>57</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2008</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>23</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>117</v>
+      </c>
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>118</v>
+      </c>
+      <c r="P16" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>120</v>
+      </c>
+      <c r="B17" t="s">
+        <v>121</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>39</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>57</v>
+      </c>
+      <c r="G17" t="s">
+        <v>33</v>
+      </c>
+      <c r="H17">
+        <v>2009</v>
+      </c>
+      <c r="I17">
+        <v>2015</v>
+      </c>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>122</v>
+      </c>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>123</v>
+      </c>
+      <c r="P17" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>125</v>
+      </c>
+      <c r="B18" t="s">
+        <v>126</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>81</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>57</v>
+      </c>
+      <c r="G18" t="s">
+        <v>33</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18">
+        <v>2010</v>
+      </c>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>127</v>
+      </c>
+      <c r="M18" t="s">
+        <v>128</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>129</v>
+      </c>
+      <c r="P18" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>131</v>
+      </c>
+      <c r="B19" t="s">
+        <v>132</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>81</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>57</v>
+      </c>
+      <c r="G19" t="s">
+        <v>33</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19">
+        <v>2014</v>
+      </c>
+      <c r="J19" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>133</v>
+      </c>
+      <c r="M19" t="s">
+        <v>128</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>134</v>
+      </c>
+      <c r="P19" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>136</v>
+      </c>
+      <c r="B20" t="s">
+        <v>137</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>138</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>57</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>139</v>
+      </c>
+      <c r="M20" t="s">
+        <v>128</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>140</v>
+      </c>
+      <c r="P20" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>142</v>
+      </c>
+      <c r="B21" t="s">
+        <v>143</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>144</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>57</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>139</v>
+      </c>
+      <c r="M21" t="s">
+        <v>128</v>
+      </c>
+      <c r="N21" t="s">
+        <v>145</v>
+      </c>
+      <c r="O21" t="s">
+        <v>146</v>
+      </c>
+      <c r="P21" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>148</v>
+      </c>
+      <c r="B22" t="s">
+        <v>149</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
         <v>19</v>
       </c>
-      <c r="G12">
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>57</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2010</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>150</v>
+      </c>
+      <c r="M22" t="s">
+        <v>128</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>151</v>
+      </c>
+      <c r="P22" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>153</v>
+      </c>
+      <c r="B23" t="s">
+        <v>154</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>155</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>57</v>
+      </c>
+      <c r="G23" t="s">
+        <v>33</v>
+      </c>
+      <c r="H23">
+        <v>2006</v>
+      </c>
+      <c r="I23">
         <v>2013</v>
       </c>
-      <c r="H12"/>
-      <c r="I12" t="s">
+      <c r="J23" t="s">
+        <v>156</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>26</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>157</v>
+      </c>
+      <c r="P23" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>159</v>
+      </c>
+      <c r="B24" t="s">
+        <v>160</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>32</v>
+      </c>
+      <c r="E24" t="s">
         <v>20</v>
       </c>
-      <c r="J12" t="s">
-[...5 lines deleted...]
-      <c r="L12" t="s">
+      <c r="F24" t="s">
+        <v>57</v>
+      </c>
+      <c r="G24" t="s">
+        <v>33</v>
+      </c>
+      <c r="H24">
+        <v>2008</v>
+      </c>
+      <c r="I24">
+        <v>2013</v>
+      </c>
+      <c r="J24" t="s">
+        <v>156</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>161</v>
+      </c>
+      <c r="M24" t="s">
+        <v>26</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>162</v>
+      </c>
+      <c r="P24" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>164</v>
+      </c>
+      <c r="B25" t="s">
+        <v>165</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>32</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>57</v>
+      </c>
+      <c r="G25" t="s">
+        <v>33</v>
+      </c>
+      <c r="H25">
+        <v>2008</v>
+      </c>
+      <c r="I25">
+        <v>2013</v>
+      </c>
+      <c r="J25" t="s">
         <v>23</v>
       </c>
-      <c r="M12" t="s">
-[...31 lines deleted...]
-      <c r="I13" t="s">
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>166</v>
+      </c>
+      <c r="M25" t="s">
+        <v>128</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>167</v>
+      </c>
+      <c r="P25" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>169</v>
+      </c>
+      <c r="B26" t="s">
+        <v>170</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>171</v>
+      </c>
+      <c r="E26" t="s">
         <v>20</v>
       </c>
-      <c r="J13" t="s">
-[...148 lines deleted...]
-      <c r="C17" t="s">
+      <c r="F26" t="s">
+        <v>57</v>
+      </c>
+      <c r="G26" t="s">
         <v>33</v>
-      </c>
-[...398 lines deleted...]
-        <v>2011</v>
       </c>
       <c r="H26">
         <v>2011</v>
       </c>
-      <c r="I26" t="s">
+      <c r="I26">
+        <v>2011</v>
+      </c>
+      <c r="J26" t="s">
+        <v>23</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>172</v>
+      </c>
+      <c r="M26" t="s">
+        <v>128</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>173</v>
+      </c>
+      <c r="P26" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>175</v>
+      </c>
+      <c r="B27" t="s">
+        <v>176</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>81</v>
+      </c>
+      <c r="E27" t="s">
         <v>20</v>
       </c>
-      <c r="J26" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="F27" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G27">
+        <v>57</v>
+      </c>
+      <c r="G27" t="s">
+        <v>33</v>
+      </c>
+      <c r="H27">
         <v>2013</v>
       </c>
-      <c r="H27">
+      <c r="I27">
         <v>2015</v>
       </c>
-      <c r="I27" t="s">
+      <c r="J27" t="s">
+        <v>23</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>177</v>
+      </c>
+      <c r="M27" t="s">
+        <v>26</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>178</v>
+      </c>
+      <c r="P27" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>180</v>
+      </c>
+      <c r="B28" t="s">
+        <v>181</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>182</v>
+      </c>
+      <c r="E28" t="s">
         <v>20</v>
       </c>
-      <c r="J27" t="s">
-[...5 lines deleted...]
-      <c r="L27" t="s">
+      <c r="F28" t="s">
+        <v>57</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2010</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
         <v>23</v>
       </c>
-      <c r="M27" t="s">
-[...7 lines deleted...]
-      <c r="A28" t="s">
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>183</v>
+      </c>
+      <c r="M28" t="s">
+        <v>26</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>184</v>
+      </c>
+      <c r="P28" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>186</v>
+      </c>
+      <c r="B29" t="s">
+        <v>187</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>188</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>57</v>
+      </c>
+      <c r="G29" t="s">
+        <v>33</v>
+      </c>
+      <c r="H29">
+        <v>2000</v>
+      </c>
+      <c r="I29">
+        <v>2015</v>
+      </c>
+      <c r="J29" t="s">
+        <v>23</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>189</v>
+      </c>
+      <c r="M29" t="s">
         <v>128</v>
       </c>
-      <c r="B28" t="s">
-[...18 lines deleted...]
-      <c r="I28" t="s">
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>190</v>
+      </c>
+      <c r="P29" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>192</v>
+      </c>
+      <c r="B30" t="s">
+        <v>193</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>194</v>
+      </c>
+      <c r="E30" t="s">
         <v>20</v>
       </c>
-      <c r="J28" t="s">
-[...74 lines deleted...]
-      </c>
       <c r="F30" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>57</v>
+      </c>
+      <c r="G30" t="s">
+        <v>33</v>
       </c>
       <c r="H30">
         <v>2010</v>
       </c>
-      <c r="I30" t="s">
+      <c r="I30">
+        <v>2010</v>
+      </c>
+      <c r="J30" t="s">
+        <v>23</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>195</v>
+      </c>
+      <c r="M30" t="s">
+        <v>128</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>196</v>
+      </c>
+      <c r="P30" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>198</v>
+      </c>
+      <c r="B31" t="s">
+        <v>199</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>200</v>
+      </c>
+      <c r="E31" t="s">
         <v>20</v>
       </c>
-      <c r="J30" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="F31" t="s">
+        <v>57</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2011</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>23</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>201</v>
+      </c>
+      <c r="M31" t="s">
+        <v>128</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>202</v>
+      </c>
+      <c r="P31" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>204</v>
+      </c>
+      <c r="B32" t="s">
+        <v>205</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
         <v>19</v>
       </c>
-      <c r="G31">
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>57</v>
+      </c>
+      <c r="G32" t="s">
+        <v>33</v>
+      </c>
+      <c r="H32">
+        <v>2002</v>
+      </c>
+      <c r="I32">
+        <v>2009</v>
+      </c>
+      <c r="J32" t="s">
+        <v>23</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>133</v>
+      </c>
+      <c r="M32" t="s">
+        <v>128</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>206</v>
+      </c>
+      <c r="P32" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>208</v>
+      </c>
+      <c r="B33" t="s">
+        <v>209</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>210</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>57</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2013</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>23</v>
+      </c>
+      <c r="K33" t="s">
+        <v>211</v>
+      </c>
+      <c r="L33" t="s">
+        <v>212</v>
+      </c>
+      <c r="M33" t="s">
+        <v>26</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>213</v>
+      </c>
+      <c r="P33" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>215</v>
+      </c>
+      <c r="B34" t="s">
+        <v>216</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>110</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>57</v>
+      </c>
+      <c r="G34" t="s">
+        <v>33</v>
+      </c>
+      <c r="H34">
+        <v>2013</v>
+      </c>
+      <c r="I34">
+        <v>2015</v>
+      </c>
+      <c r="J34" t="s">
+        <v>23</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>217</v>
+      </c>
+      <c r="M34" t="s">
+        <v>128</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>218</v>
+      </c>
+      <c r="P34" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>220</v>
+      </c>
+      <c r="B35" t="s">
+        <v>221</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>222</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>57</v>
+      </c>
+      <c r="G35" t="s">
+        <v>33</v>
+      </c>
+      <c r="H35">
+        <v>2000</v>
+      </c>
+      <c r="I35">
+        <v>2015</v>
+      </c>
+      <c r="J35" t="s">
+        <v>23</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>223</v>
+      </c>
+      <c r="M35" t="s">
+        <v>26</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>224</v>
+      </c>
+      <c r="P35" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>226</v>
+      </c>
+      <c r="B36" t="s">
+        <v>227</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>69</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>57</v>
+      </c>
+      <c r="G36" t="s">
+        <v>33</v>
+      </c>
+      <c r="H36">
+        <v>2010</v>
+      </c>
+      <c r="I36">
         <v>2011</v>
       </c>
-      <c r="H31"/>
-      <c r="I31" t="s">
+      <c r="J36" t="s">
+        <v>23</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>70</v>
+      </c>
+      <c r="M36" t="s">
+        <v>128</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>228</v>
+      </c>
+      <c r="P36" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>229</v>
+      </c>
+      <c r="B37" t="s">
+        <v>230</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>93</v>
+      </c>
+      <c r="E37" t="s">
         <v>20</v>
       </c>
-      <c r="J31" t="s">
-[...220 lines deleted...]
-      <c r="K36" t="s">
+      <c r="F37" t="s">
         <v>57</v>
       </c>
-      <c r="L36" t="s">
-[...29 lines deleted...]
-        <v>2012</v>
+      <c r="G37" t="s">
+        <v>33</v>
       </c>
       <c r="H37">
         <v>2012</v>
       </c>
-      <c r="I37" t="s">
+      <c r="I37">
+        <v>2012</v>
+      </c>
+      <c r="J37" t="s">
+        <v>23</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>231</v>
+      </c>
+      <c r="M37" t="s">
+        <v>128</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>232</v>
+      </c>
+      <c r="P37" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>234</v>
+      </c>
+      <c r="B38" t="s">
+        <v>235</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>200</v>
+      </c>
+      <c r="E38" t="s">
         <v>20</v>
       </c>
-      <c r="J37" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="F38" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G38">
+        <v>57</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
         <v>2012</v>
       </c>
-      <c r="H38"/>
-      <c r="I38" t="s">
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>23</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>236</v>
+      </c>
+      <c r="M38" t="s">
+        <v>26</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>237</v>
+      </c>
+      <c r="P38" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>239</v>
+      </c>
+      <c r="B39" t="s">
+        <v>240</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>241</v>
+      </c>
+      <c r="E39" t="s">
         <v>20</v>
       </c>
-      <c r="J38" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="F39" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>57</v>
+      </c>
+      <c r="G39" t="s">
+        <v>33</v>
       </c>
       <c r="H39">
         <v>2012</v>
       </c>
-      <c r="I39" t="s">
+      <c r="I39">
+        <v>2012</v>
+      </c>
+      <c r="J39" t="s">
+        <v>23</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>236</v>
+      </c>
+      <c r="M39" t="s">
+        <v>128</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>242</v>
+      </c>
+      <c r="P39" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>244</v>
+      </c>
+      <c r="B40" t="s">
+        <v>245</v>
+      </c>
+      <c r="C40" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40" t="s">
+        <v>246</v>
+      </c>
+      <c r="E40" t="s">
         <v>20</v>
       </c>
-      <c r="J39" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="F40" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G40">
+        <v>57</v>
+      </c>
+      <c r="G40" t="s">
+        <v>33</v>
+      </c>
+      <c r="H40">
         <v>1993</v>
       </c>
-      <c r="H40">
+      <c r="I40">
         <v>2013</v>
       </c>
-      <c r="I40" t="s">
+      <c r="J40" t="s">
+        <v>23</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>247</v>
+      </c>
+      <c r="M40" t="s">
+        <v>26</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>248</v>
+      </c>
+      <c r="P40" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>250</v>
+      </c>
+      <c r="B41" t="s">
+        <v>251</v>
+      </c>
+      <c r="C41" t="s">
+        <v>18</v>
+      </c>
+      <c r="D41" t="s">
+        <v>32</v>
+      </c>
+      <c r="E41" t="s">
         <v>20</v>
       </c>
-      <c r="J40" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="F41" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>57</v>
+      </c>
+      <c r="G41" t="s">
+        <v>33</v>
       </c>
       <c r="H41">
         <v>2012</v>
       </c>
-      <c r="I41" t="s">
+      <c r="I41">
+        <v>2012</v>
+      </c>
+      <c r="J41" t="s">
+        <v>23</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>252</v>
+      </c>
+      <c r="M41" t="s">
+        <v>128</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>253</v>
+      </c>
+      <c r="P41" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>255</v>
+      </c>
+      <c r="B42" t="s">
+        <v>256</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" t="s">
+        <v>257</v>
+      </c>
+      <c r="E42" t="s">
         <v>20</v>
       </c>
-      <c r="J41" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="F42" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>57</v>
+      </c>
+      <c r="G42" t="s">
+        <v>33</v>
       </c>
       <c r="H42">
         <v>2011</v>
       </c>
-      <c r="I42" t="s">
+      <c r="I42">
+        <v>2011</v>
+      </c>
+      <c r="J42" t="s">
+        <v>23</v>
+      </c>
+      <c r="K42" t="s">
+        <v>211</v>
+      </c>
+      <c r="L42" t="s">
+        <v>258</v>
+      </c>
+      <c r="M42" t="s">
+        <v>26</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>259</v>
+      </c>
+      <c r="P42" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>261</v>
+      </c>
+      <c r="B43" t="s">
+        <v>262</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
+        <v>263</v>
+      </c>
+      <c r="E43" t="s">
         <v>20</v>
       </c>
-      <c r="J42" t="s">
-[...5 lines deleted...]
-      <c r="L42" t="s">
+      <c r="F43" t="s">
+        <v>57</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2013</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
         <v>23</v>
       </c>
-      <c r="M42" t="s">
-[...22 lines deleted...]
-      <c r="F43" t="s">
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>264</v>
+      </c>
+      <c r="M43" t="s">
+        <v>26</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>265</v>
+      </c>
+      <c r="P43" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>267</v>
+      </c>
+      <c r="B44" t="s">
+        <v>268</v>
+      </c>
+      <c r="C44" t="s">
+        <v>18</v>
+      </c>
+      <c r="D44" t="s">
+        <v>257</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>57</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2013</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>23</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>139</v>
+      </c>
+      <c r="M44" t="s">
+        <v>26</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>269</v>
+      </c>
+      <c r="P44" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>271</v>
+      </c>
+      <c r="B45" t="s">
+        <v>272</v>
+      </c>
+      <c r="C45" t="s">
+        <v>18</v>
+      </c>
+      <c r="D45" t="s">
+        <v>273</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>57</v>
+      </c>
+      <c r="G45" t="s">
+        <v>33</v>
+      </c>
+      <c r="H45">
+        <v>2000</v>
+      </c>
+      <c r="I45">
+        <v>2012</v>
+      </c>
+      <c r="J45" t="s">
+        <v>23</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>189</v>
+      </c>
+      <c r="M45" t="s">
+        <v>26</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>274</v>
+      </c>
+      <c r="P45" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>276</v>
+      </c>
+      <c r="B46" t="s">
+        <v>277</v>
+      </c>
+      <c r="C46" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46" t="s">
+        <v>278</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>57</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2013</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>156</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>279</v>
+      </c>
+      <c r="M46" t="s">
+        <v>26</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>280</v>
+      </c>
+      <c r="P46" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>282</v>
+      </c>
+      <c r="B47" t="s">
+        <v>283</v>
+      </c>
+      <c r="C47" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" t="s">
+        <v>278</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>57</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2017</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>156</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>284</v>
+      </c>
+      <c r="M47" t="s">
+        <v>26</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>285</v>
+      </c>
+      <c r="P47" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>287</v>
+      </c>
+      <c r="B48" t="s">
+        <v>288</v>
+      </c>
+      <c r="C48" t="s">
+        <v>18</v>
+      </c>
+      <c r="D48" t="s">
         <v>19</v>
       </c>
-      <c r="G43">
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>57</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2014</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>23</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>289</v>
+      </c>
+      <c r="M48" t="s">
+        <v>26</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>290</v>
+      </c>
+      <c r="P48" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>292</v>
+      </c>
+      <c r="B49" t="s">
+        <v>293</v>
+      </c>
+      <c r="C49" t="s">
+        <v>18</v>
+      </c>
+      <c r="D49" t="s">
+        <v>273</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>57</v>
+      </c>
+      <c r="G49" t="s">
+        <v>33</v>
+      </c>
+      <c r="H49">
+        <v>2000</v>
+      </c>
+      <c r="I49">
+        <v>2012</v>
+      </c>
+      <c r="J49" t="s">
+        <v>23</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>189</v>
+      </c>
+      <c r="M49" t="s">
+        <v>26</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>294</v>
+      </c>
+      <c r="P49" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>296</v>
+      </c>
+      <c r="B50" t="s">
+        <v>297</v>
+      </c>
+      <c r="C50" t="s">
+        <v>18</v>
+      </c>
+      <c r="D50" t="s">
+        <v>278</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>57</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2017</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>156</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>284</v>
+      </c>
+      <c r="M50" t="s">
+        <v>26</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>298</v>
+      </c>
+      <c r="P50" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>300</v>
+      </c>
+      <c r="B51" t="s">
+        <v>301</v>
+      </c>
+      <c r="C51" t="s">
+        <v>18</v>
+      </c>
+      <c r="D51" t="s">
+        <v>278</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>57</v>
+      </c>
+      <c r="G51" t="s">
+        <v>33</v>
+      </c>
+      <c r="H51"/>
+      <c r="I51">
+        <v>2016</v>
+      </c>
+      <c r="J51" t="s">
+        <v>156</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>302</v>
+      </c>
+      <c r="M51" t="s">
+        <v>26</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>303</v>
+      </c>
+      <c r="P51" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>305</v>
+      </c>
+      <c r="B52" t="s">
+        <v>306</v>
+      </c>
+      <c r="C52" t="s">
+        <v>18</v>
+      </c>
+      <c r="D52" t="s">
+        <v>222</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>57</v>
+      </c>
+      <c r="G52" t="s">
+        <v>33</v>
+      </c>
+      <c r="H52">
+        <v>2000</v>
+      </c>
+      <c r="I52">
+        <v>2015</v>
+      </c>
+      <c r="J52" t="s">
+        <v>23</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>223</v>
+      </c>
+      <c r="M52" t="s">
+        <v>26</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>307</v>
+      </c>
+      <c r="P52" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>309</v>
+      </c>
+      <c r="B53" t="s">
+        <v>310</v>
+      </c>
+      <c r="C53" t="s">
+        <v>38</v>
+      </c>
+      <c r="D53" t="s">
+        <v>311</v>
+      </c>
+      <c r="E53" t="s">
+        <v>40</v>
+      </c>
+      <c r="F53" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2020</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>312</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>44</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>313</v>
+      </c>
+      <c r="P53" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>315</v>
+      </c>
+      <c r="B54" t="s">
+        <v>316</v>
+      </c>
+      <c r="C54" t="s">
+        <v>18</v>
+      </c>
+      <c r="D54" t="s">
+        <v>19</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>57</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2015</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>23</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>317</v>
+      </c>
+      <c r="M54" t="s">
+        <v>128</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>318</v>
+      </c>
+      <c r="P54" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>320</v>
+      </c>
+      <c r="B55" t="s">
+        <v>321</v>
+      </c>
+      <c r="C55" t="s">
+        <v>322</v>
+      </c>
+      <c r="D55" t="s">
+        <v>323</v>
+      </c>
+      <c r="E55" t="s">
+        <v>40</v>
+      </c>
+      <c r="F55" t="s">
+        <v>41</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2006</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>156</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>324</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>325</v>
+      </c>
+      <c r="P55" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>327</v>
+      </c>
+      <c r="B56" t="s">
+        <v>328</v>
+      </c>
+      <c r="C56" t="s">
+        <v>322</v>
+      </c>
+      <c r="D56" t="s">
+        <v>329</v>
+      </c>
+      <c r="E56" t="s">
+        <v>40</v>
+      </c>
+      <c r="F56" t="s">
+        <v>330</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>1993</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>156</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>324</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>331</v>
+      </c>
+      <c r="P56" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>333</v>
+      </c>
+      <c r="B57" t="s">
+        <v>334</v>
+      </c>
+      <c r="C57" t="s">
+        <v>322</v>
+      </c>
+      <c r="D57" t="s">
+        <v>335</v>
+      </c>
+      <c r="E57" t="s">
+        <v>40</v>
+      </c>
+      <c r="F57" t="s">
+        <v>41</v>
+      </c>
+      <c r="G57" t="s">
+        <v>33</v>
+      </c>
+      <c r="H57">
+        <v>1986</v>
+      </c>
+      <c r="I57">
+        <v>2004</v>
+      </c>
+      <c r="J57" t="s">
+        <v>156</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>324</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>336</v>
+      </c>
+      <c r="P57" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>338</v>
+      </c>
+      <c r="B58" t="s">
+        <v>339</v>
+      </c>
+      <c r="C58" t="s">
+        <v>340</v>
+      </c>
+      <c r="D58" t="s">
+        <v>273</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>57</v>
+      </c>
+      <c r="G58" t="s">
+        <v>33</v>
+      </c>
+      <c r="H58">
+        <v>1994</v>
+      </c>
+      <c r="I58">
+        <v>2020</v>
+      </c>
+      <c r="J58" t="s">
+        <v>341</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>342</v>
+      </c>
+      <c r="M58" t="s">
+        <v>343</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>344</v>
+      </c>
+      <c r="P58" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>346</v>
+      </c>
+      <c r="B59" t="s">
+        <v>347</v>
+      </c>
+      <c r="C59" t="s">
+        <v>348</v>
+      </c>
+      <c r="D59" t="s">
+        <v>188</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>57</v>
+      </c>
+      <c r="G59" t="s">
+        <v>33</v>
+      </c>
+      <c r="H59">
+        <v>1992</v>
+      </c>
+      <c r="I59">
+        <v>2020</v>
+      </c>
+      <c r="J59" t="s">
+        <v>341</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>349</v>
+      </c>
+      <c r="M59" t="s">
+        <v>343</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>350</v>
+      </c>
+      <c r="P59" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>352</v>
+      </c>
+      <c r="B60" t="s">
+        <v>353</v>
+      </c>
+      <c r="C60" t="s">
+        <v>340</v>
+      </c>
+      <c r="D60" t="s">
+        <v>222</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>57</v>
+      </c>
+      <c r="G60" t="s">
+        <v>33</v>
+      </c>
+      <c r="H60">
+        <v>2001</v>
+      </c>
+      <c r="I60">
+        <v>2019</v>
+      </c>
+      <c r="J60" t="s">
+        <v>341</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>354</v>
+      </c>
+      <c r="M60" t="s">
+        <v>343</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>355</v>
+      </c>
+      <c r="P60" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>357</v>
+      </c>
+      <c r="B61" t="s">
+        <v>358</v>
+      </c>
+      <c r="C61" t="s">
+        <v>18</v>
+      </c>
+      <c r="D61" t="s">
+        <v>200</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61" t="s">
+        <v>33</v>
+      </c>
+      <c r="H61">
+        <v>1981</v>
+      </c>
+      <c r="I61">
+        <v>1982</v>
+      </c>
+      <c r="J61" t="s">
+        <v>23</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>359</v>
+      </c>
+      <c r="M61" t="s">
+        <v>128</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>360</v>
+      </c>
+      <c r="P61" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>361</v>
+      </c>
+      <c r="B62" t="s">
+        <v>362</v>
+      </c>
+      <c r="C62" t="s">
+        <v>18</v>
+      </c>
+      <c r="D62" t="s">
+        <v>246</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>21</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2009</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>23</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>363</v>
+      </c>
+      <c r="M62" t="s">
+        <v>26</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>364</v>
+      </c>
+      <c r="P62" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>365</v>
+      </c>
+      <c r="B63" t="s">
+        <v>365</v>
+      </c>
+      <c r="C63" t="s">
+        <v>18</v>
+      </c>
+      <c r="D63" t="s">
+        <v>366</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>21</v>
+      </c>
+      <c r="G63" t="s">
+        <v>33</v>
+      </c>
+      <c r="H63">
+        <v>2002</v>
+      </c>
+      <c r="I63">
+        <v>2001</v>
+      </c>
+      <c r="J63" t="s">
+        <v>23</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>26</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>367</v>
+      </c>
+      <c r="P63" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>368</v>
+      </c>
+      <c r="B64" t="s">
+        <v>369</v>
+      </c>
+      <c r="C64" t="s">
+        <v>18</v>
+      </c>
+      <c r="D64" t="s">
+        <v>329</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>21</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2003</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>23</v>
+      </c>
+      <c r="K64" t="s">
+        <v>211</v>
+      </c>
+      <c r="L64" t="s">
+        <v>370</v>
+      </c>
+      <c r="M64" t="s">
+        <v>128</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>371</v>
+      </c>
+      <c r="P64" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>368</v>
+      </c>
+      <c r="B65" t="s">
+        <v>369</v>
+      </c>
+      <c r="C65" t="s">
+        <v>18</v>
+      </c>
+      <c r="D65" t="s">
+        <v>329</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>21</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2003</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>23</v>
+      </c>
+      <c r="K65" t="s">
+        <v>372</v>
+      </c>
+      <c r="L65" t="s">
+        <v>370</v>
+      </c>
+      <c r="M65" t="s">
+        <v>26</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>373</v>
+      </c>
+      <c r="P65" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>374</v>
+      </c>
+      <c r="B66" t="s">
+        <v>375</v>
+      </c>
+      <c r="C66" t="s">
+        <v>18</v>
+      </c>
+      <c r="D66" t="s">
+        <v>273</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>57</v>
+      </c>
+      <c r="G66" t="s">
+        <v>33</v>
+      </c>
+      <c r="H66">
+        <v>2000</v>
+      </c>
+      <c r="I66">
         <v>2013</v>
       </c>
-      <c r="H43"/>
-      <c r="I43" t="s">
+      <c r="J66" t="s">
+        <v>23</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66" t="s">
+        <v>376</v>
+      </c>
+      <c r="M66" t="s">
+        <v>26</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>377</v>
+      </c>
+      <c r="P66" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>379</v>
+      </c>
+      <c r="B67" t="s">
+        <v>380</v>
+      </c>
+      <c r="C67" t="s">
+        <v>18</v>
+      </c>
+      <c r="D67" t="s">
+        <v>273</v>
+      </c>
+      <c r="E67" t="s">
         <v>20</v>
       </c>
-      <c r="J43" t="s">
-[...5 lines deleted...]
-      <c r="L43" t="s">
+      <c r="F67" t="s">
+        <v>57</v>
+      </c>
+      <c r="G67" t="s">
+        <v>33</v>
+      </c>
+      <c r="H67">
+        <v>2000</v>
+      </c>
+      <c r="I67">
+        <v>2013</v>
+      </c>
+      <c r="J67" t="s">
         <v>23</v>
       </c>
-      <c r="M43" t="s">
-[...25 lines deleted...]
-      <c r="G44">
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>26</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>381</v>
+      </c>
+      <c r="P67" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>383</v>
+      </c>
+      <c r="B68" t="s">
+        <v>384</v>
+      </c>
+      <c r="C68" t="s">
+        <v>18</v>
+      </c>
+      <c r="D68" t="s">
+        <v>273</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>57</v>
+      </c>
+      <c r="G68" t="s">
+        <v>33</v>
+      </c>
+      <c r="H68">
+        <v>2000</v>
+      </c>
+      <c r="I68">
         <v>2013</v>
       </c>
-      <c r="H44"/>
-      <c r="I44" t="s">
+      <c r="J68" t="s">
+        <v>23</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68" t="s">
+        <v>376</v>
+      </c>
+      <c r="M68" t="s">
+        <v>128</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>385</v>
+      </c>
+      <c r="P68" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>387</v>
+      </c>
+      <c r="B69" t="s">
+        <v>388</v>
+      </c>
+      <c r="C69" t="s">
+        <v>18</v>
+      </c>
+      <c r="D69" t="s">
+        <v>389</v>
+      </c>
+      <c r="E69" t="s">
         <v>20</v>
       </c>
-      <c r="J44" t="s">
-[...1050 lines deleted...]
-      </c>
       <c r="F69" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>57</v>
+      </c>
+      <c r="G69" t="s">
+        <v>33</v>
       </c>
       <c r="H69">
         <v>2015</v>
       </c>
-      <c r="I69" t="s">
+      <c r="I69">
+        <v>2015</v>
+      </c>
+      <c r="J69" t="s">
+        <v>23</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69" t="s">
+        <v>387</v>
+      </c>
+      <c r="M69" t="s">
+        <v>26</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>390</v>
+      </c>
+      <c r="P69" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>392</v>
+      </c>
+      <c r="B70" t="s">
+        <v>393</v>
+      </c>
+      <c r="C70" t="s">
+        <v>18</v>
+      </c>
+      <c r="D70" t="s">
+        <v>32</v>
+      </c>
+      <c r="E70" t="s">
         <v>20</v>
       </c>
-      <c r="J69" t="s">
-[...5 lines deleted...]
-      <c r="L69" t="s">
+      <c r="F70" t="s">
+        <v>57</v>
+      </c>
+      <c r="G70" t="s">
+        <v>33</v>
+      </c>
+      <c r="H70">
+        <v>2008</v>
+      </c>
+      <c r="I70">
+        <v>2013</v>
+      </c>
+      <c r="J70" t="s">
         <v>23</v>
       </c>
-      <c r="M69" t="s">
-[...28 lines deleted...]
-      <c r="H70">
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
+        <v>34</v>
+      </c>
+      <c r="M70" t="s">
+        <v>128</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>394</v>
+      </c>
+      <c r="P70" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>396</v>
+      </c>
+      <c r="B71" t="s">
+        <v>397</v>
+      </c>
+      <c r="C71" t="s">
+        <v>18</v>
+      </c>
+      <c r="D71" t="s">
+        <v>194</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>57</v>
+      </c>
+      <c r="G71" t="s">
+        <v>33</v>
+      </c>
+      <c r="H71">
+        <v>2010</v>
+      </c>
+      <c r="I71">
+        <v>2014</v>
+      </c>
+      <c r="J71" t="s">
+        <v>23</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71"/>
+      <c r="M71" t="s">
+        <v>26</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>398</v>
+      </c>
+      <c r="P71" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>400</v>
+      </c>
+      <c r="B72" t="s">
+        <v>401</v>
+      </c>
+      <c r="C72" t="s">
+        <v>18</v>
+      </c>
+      <c r="D72" t="s">
+        <v>93</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>57</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
         <v>2013</v>
       </c>
-      <c r="I70" t="s">
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>23</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>128</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>402</v>
+      </c>
+      <c r="P72" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>404</v>
+      </c>
+      <c r="B73" t="s">
+        <v>405</v>
+      </c>
+      <c r="C73" t="s">
+        <v>18</v>
+      </c>
+      <c r="D73" t="s">
+        <v>257</v>
+      </c>
+      <c r="E73" t="s">
         <v>20</v>
       </c>
-      <c r="J70" t="s">
-[...112 lines deleted...]
-      </c>
       <c r="F73" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>57</v>
+      </c>
+      <c r="G73" t="s">
+        <v>33</v>
       </c>
       <c r="H73">
         <v>2011</v>
       </c>
-      <c r="I73" t="s">
+      <c r="I73">
+        <v>2011</v>
+      </c>
+      <c r="J73" t="s">
+        <v>23</v>
+      </c>
+      <c r="K73" t="s">
+        <v>211</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>26</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>406</v>
+      </c>
+      <c r="P73"/>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>407</v>
+      </c>
+      <c r="B74" t="s">
+        <v>408</v>
+      </c>
+      <c r="C74" t="s">
+        <v>18</v>
+      </c>
+      <c r="D74" t="s">
+        <v>32</v>
+      </c>
+      <c r="E74" t="s">
         <v>20</v>
       </c>
-      <c r="J73" t="s">
-[...3 lines deleted...]
-      <c r="L73" t="s">
+      <c r="F74" t="s">
+        <v>57</v>
+      </c>
+      <c r="G74" t="s">
+        <v>33</v>
+      </c>
+      <c r="H74">
+        <v>2008</v>
+      </c>
+      <c r="I74">
+        <v>2014</v>
+      </c>
+      <c r="J74" t="s">
         <v>23</v>
       </c>
-      <c r="M73" t="s">
-[...28 lines deleted...]
-      <c r="H74">
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>128</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>409</v>
+      </c>
+      <c r="P74" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>411</v>
+      </c>
+      <c r="B75" t="s">
+        <v>412</v>
+      </c>
+      <c r="C75" t="s">
+        <v>18</v>
+      </c>
+      <c r="D75" t="s">
+        <v>413</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>57</v>
+      </c>
+      <c r="G75" t="s">
+        <v>33</v>
+      </c>
+      <c r="H75">
+        <v>2011</v>
+      </c>
+      <c r="I75">
+        <v>2013</v>
+      </c>
+      <c r="J75" t="s">
+        <v>23</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75" t="s">
+        <v>26</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>414</v>
+      </c>
+      <c r="P75" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>416</v>
+      </c>
+      <c r="B76" t="s">
+        <v>417</v>
+      </c>
+      <c r="C76" t="s">
+        <v>18</v>
+      </c>
+      <c r="D76" t="s">
+        <v>105</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>57</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
         <v>2014</v>
       </c>
-      <c r="I74" t="s">
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>23</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76"/>
+      <c r="M76" t="s">
+        <v>26</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>418</v>
+      </c>
+      <c r="P76" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>420</v>
+      </c>
+      <c r="B77" t="s">
+        <v>421</v>
+      </c>
+      <c r="C77" t="s">
+        <v>18</v>
+      </c>
+      <c r="D77" t="s">
+        <v>19</v>
+      </c>
+      <c r="E77" t="s">
         <v>20</v>
       </c>
-      <c r="J74" t="s">
-[...35 lines deleted...]
-      <c r="H75">
+      <c r="F77" t="s">
+        <v>57</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2014</v>
+      </c>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>23</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" t="s">
+        <v>128</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>422</v>
+      </c>
+      <c r="P77" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>424</v>
+      </c>
+      <c r="B78" t="s">
+        <v>425</v>
+      </c>
+      <c r="C78" t="s">
+        <v>18</v>
+      </c>
+      <c r="D78" t="s">
+        <v>257</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>57</v>
+      </c>
+      <c r="G78" t="s">
+        <v>33</v>
+      </c>
+      <c r="H78">
         <v>2013</v>
       </c>
-      <c r="I75" t="s">
+      <c r="I78">
+        <v>2014</v>
+      </c>
+      <c r="J78" t="s">
+        <v>23</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78"/>
+      <c r="M78" t="s">
+        <v>128</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>426</v>
+      </c>
+      <c r="P78" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>428</v>
+      </c>
+      <c r="B79" t="s">
+        <v>429</v>
+      </c>
+      <c r="C79" t="s">
+        <v>18</v>
+      </c>
+      <c r="D79" t="s">
+        <v>32</v>
+      </c>
+      <c r="E79" t="s">
         <v>20</v>
       </c>
-      <c r="J75" t="s">
-[...3 lines deleted...]
-      <c r="L75" t="s">
+      <c r="F79" t="s">
+        <v>57</v>
+      </c>
+      <c r="G79" t="s">
+        <v>33</v>
+      </c>
+      <c r="H79">
+        <v>2012</v>
+      </c>
+      <c r="I79">
+        <v>2014</v>
+      </c>
+      <c r="J79" t="s">
         <v>23</v>
       </c>
-      <c r="M75" t="s">
-[...29 lines deleted...]
-      <c r="I76" t="s">
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79"/>
+      <c r="M79" t="s">
+        <v>128</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>430</v>
+      </c>
+      <c r="P79" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>432</v>
+      </c>
+      <c r="B80" t="s">
+        <v>433</v>
+      </c>
+      <c r="C80" t="s">
+        <v>18</v>
+      </c>
+      <c r="D80" t="s">
+        <v>434</v>
+      </c>
+      <c r="E80" t="s">
         <v>20</v>
       </c>
-      <c r="J76" t="s">
-[...3 lines deleted...]
-      <c r="L76" t="s">
+      <c r="F80" t="s">
+        <v>57</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2015</v>
+      </c>
+      <c r="I80"/>
+      <c r="J80" t="s">
         <v>23</v>
       </c>
-      <c r="M76" t="s">
-[...29 lines deleted...]
-      <c r="I77" t="s">
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>128</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>435</v>
+      </c>
+      <c r="P80" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>437</v>
+      </c>
+      <c r="B81" t="s">
+        <v>438</v>
+      </c>
+      <c r="C81" t="s">
+        <v>18</v>
+      </c>
+      <c r="D81" t="s">
+        <v>439</v>
+      </c>
+      <c r="E81" t="s">
         <v>20</v>
       </c>
-      <c r="J77" t="s">
-[...152 lines deleted...]
-      </c>
       <c r="F81" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>57</v>
+      </c>
+      <c r="G81" t="s">
+        <v>33</v>
       </c>
       <c r="H81">
         <v>2015</v>
       </c>
-      <c r="I81" t="s">
+      <c r="I81">
+        <v>2015</v>
+      </c>
+      <c r="J81" t="s">
+        <v>23</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81" t="s">
+        <v>437</v>
+      </c>
+      <c r="M81" t="s">
+        <v>128</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>440</v>
+      </c>
+      <c r="P81" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>442</v>
+      </c>
+      <c r="B82" t="s">
+        <v>443</v>
+      </c>
+      <c r="C82" t="s">
+        <v>18</v>
+      </c>
+      <c r="D82" t="s">
+        <v>155</v>
+      </c>
+      <c r="E82" t="s">
         <v>20</v>
       </c>
-      <c r="J81" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="F82" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G82">
+        <v>57</v>
+      </c>
+      <c r="G82" t="s">
+        <v>33</v>
+      </c>
+      <c r="H82">
         <v>2006</v>
       </c>
-      <c r="H82">
+      <c r="I82">
         <v>2016</v>
       </c>
-      <c r="I82" t="s">
+      <c r="J82" t="s">
+        <v>23</v>
+      </c>
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82"/>
+      <c r="M82" t="s">
+        <v>128</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>444</v>
+      </c>
+      <c r="P82" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>446</v>
+      </c>
+      <c r="B83" t="s">
+        <v>447</v>
+      </c>
+      <c r="C83" t="s">
+        <v>18</v>
+      </c>
+      <c r="D83" t="s">
+        <v>448</v>
+      </c>
+      <c r="E83" t="s">
         <v>20</v>
       </c>
-      <c r="J82" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="F83" t="s">
+        <v>57</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>2016</v>
+      </c>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>23</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83"/>
+      <c r="M83" t="s">
+        <v>128</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>449</v>
+      </c>
+      <c r="P83" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>451</v>
+      </c>
+      <c r="B84" t="s">
+        <v>452</v>
+      </c>
+      <c r="C84" t="s">
+        <v>18</v>
+      </c>
+      <c r="D84" t="s">
+        <v>453</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>57</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>2016</v>
+      </c>
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>23</v>
+      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84"/>
+      <c r="M84" t="s">
+        <v>128</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>454</v>
+      </c>
+      <c r="P84" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>456</v>
+      </c>
+      <c r="B85" t="s">
+        <v>457</v>
+      </c>
+      <c r="C85" t="s">
+        <v>18</v>
+      </c>
+      <c r="D85" t="s">
+        <v>458</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>57</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>2016</v>
+      </c>
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>23</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85"/>
+      <c r="M85" t="s">
+        <v>128</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>459</v>
+      </c>
+      <c r="P85" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>460</v>
+      </c>
+      <c r="B86" t="s">
+        <v>461</v>
+      </c>
+      <c r="C86" t="s">
+        <v>18</v>
+      </c>
+      <c r="D86" t="s">
+        <v>188</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>57</v>
+      </c>
+      <c r="G86" t="s">
+        <v>33</v>
+      </c>
+      <c r="H86">
+        <v>2000</v>
+      </c>
+      <c r="I86">
+        <v>2016</v>
+      </c>
+      <c r="J86" t="s">
+        <v>23</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86"/>
+      <c r="M86" t="s">
+        <v>26</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>462</v>
+      </c>
+      <c r="P86" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>464</v>
+      </c>
+      <c r="B87" t="s">
+        <v>465</v>
+      </c>
+      <c r="C87" t="s">
+        <v>18</v>
+      </c>
+      <c r="D87" t="s">
+        <v>188</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>57</v>
+      </c>
+      <c r="G87" t="s">
+        <v>33</v>
+      </c>
+      <c r="H87">
+        <v>2000</v>
+      </c>
+      <c r="I87">
+        <v>2015</v>
+      </c>
+      <c r="J87" t="s">
+        <v>23</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87"/>
+      <c r="M87" t="s">
+        <v>128</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>466</v>
+      </c>
+      <c r="P87" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>468</v>
+      </c>
+      <c r="B88" t="s">
+        <v>469</v>
+      </c>
+      <c r="C88" t="s">
+        <v>18</v>
+      </c>
+      <c r="D88" t="s">
+        <v>222</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>57</v>
+      </c>
+      <c r="G88" t="s">
+        <v>33</v>
+      </c>
+      <c r="H88">
+        <v>2000</v>
+      </c>
+      <c r="I88">
+        <v>2013</v>
+      </c>
+      <c r="J88" t="s">
+        <v>23</v>
+      </c>
+      <c r="K88" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88" t="s">
+        <v>376</v>
+      </c>
+      <c r="M88" t="s">
+        <v>128</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>470</v>
+      </c>
+      <c r="P88" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>472</v>
+      </c>
+      <c r="B89" t="s">
+        <v>473</v>
+      </c>
+      <c r="C89" t="s">
+        <v>18</v>
+      </c>
+      <c r="D89" t="s">
         <v>19</v>
       </c>
-      <c r="G83">
-[...3 lines deleted...]
-      <c r="I83" t="s">
+      <c r="E89" t="s">
         <v>20</v>
       </c>
-      <c r="J83" t="s">
-[...36 lines deleted...]
-      <c r="I84" t="s">
+      <c r="F89" t="s">
+        <v>57</v>
+      </c>
+      <c r="G89" t="s">
+        <v>33</v>
+      </c>
+      <c r="H89">
+        <v>2001</v>
+      </c>
+      <c r="I89">
+        <v>2013</v>
+      </c>
+      <c r="J89" t="s">
+        <v>23</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89"/>
+      <c r="M89" t="s">
+        <v>26</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>474</v>
+      </c>
+      <c r="P89" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>476</v>
+      </c>
+      <c r="B90" t="s">
+        <v>477</v>
+      </c>
+      <c r="C90" t="s">
+        <v>18</v>
+      </c>
+      <c r="D90" t="s">
+        <v>63</v>
+      </c>
+      <c r="E90" t="s">
         <v>20</v>
       </c>
-      <c r="J84" t="s">
-[...36 lines deleted...]
-      <c r="I85" t="s">
+      <c r="F90" t="s">
+        <v>57</v>
+      </c>
+      <c r="G90" t="s">
+        <v>33</v>
+      </c>
+      <c r="H90">
+        <v>2002</v>
+      </c>
+      <c r="I90">
+        <v>2014</v>
+      </c>
+      <c r="J90" t="s">
+        <v>23</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90" t="s">
+        <v>478</v>
+      </c>
+      <c r="M90" t="s">
+        <v>26</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>479</v>
+      </c>
+      <c r="P90" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>481</v>
+      </c>
+      <c r="B91" t="s">
+        <v>482</v>
+      </c>
+      <c r="C91" t="s">
+        <v>18</v>
+      </c>
+      <c r="D91" t="s">
+        <v>335</v>
+      </c>
+      <c r="E91" t="s">
         <v>20</v>
       </c>
-      <c r="J85" t="s">
-[...32 lines deleted...]
-      <c r="G86">
+      <c r="F91" t="s">
+        <v>57</v>
+      </c>
+      <c r="G91" t="s">
+        <v>33</v>
+      </c>
+      <c r="H91">
+        <v>1998</v>
+      </c>
+      <c r="I91">
+        <v>2014</v>
+      </c>
+      <c r="J91" t="s">
+        <v>483</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91" t="s">
+        <v>484</v>
+      </c>
+      <c r="M91" t="s">
+        <v>26</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>485</v>
+      </c>
+      <c r="P91" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>487</v>
+      </c>
+      <c r="B92" t="s">
+        <v>488</v>
+      </c>
+      <c r="C92" t="s">
+        <v>18</v>
+      </c>
+      <c r="D92" t="s">
+        <v>39</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>57</v>
+      </c>
+      <c r="G92" t="s">
+        <v>33</v>
+      </c>
+      <c r="H92">
+        <v>2005</v>
+      </c>
+      <c r="I92">
+        <v>2013</v>
+      </c>
+      <c r="J92" t="s">
+        <v>23</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92" t="s">
+        <v>489</v>
+      </c>
+      <c r="M92" t="s">
+        <v>128</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>490</v>
+      </c>
+      <c r="P92" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>492</v>
+      </c>
+      <c r="B93" t="s">
+        <v>493</v>
+      </c>
+      <c r="C93" t="s">
+        <v>18</v>
+      </c>
+      <c r="D93" t="s">
+        <v>366</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>57</v>
+      </c>
+      <c r="G93" t="s">
+        <v>33</v>
+      </c>
+      <c r="H93">
+        <v>2002</v>
+      </c>
+      <c r="I93">
+        <v>2013</v>
+      </c>
+      <c r="J93" t="s">
+        <v>23</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93"/>
+      <c r="M93" t="s">
+        <v>128</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>494</v>
+      </c>
+      <c r="P93" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>496</v>
+      </c>
+      <c r="B94" t="s">
+        <v>497</v>
+      </c>
+      <c r="C94" t="s">
+        <v>18</v>
+      </c>
+      <c r="D94" t="s">
+        <v>222</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>57</v>
+      </c>
+      <c r="G94" t="s">
+        <v>33</v>
+      </c>
+      <c r="H94">
         <v>2000</v>
       </c>
-      <c r="H86">
-[...2 lines deleted...]
-      <c r="I86" t="s">
+      <c r="I94">
+        <v>2013</v>
+      </c>
+      <c r="J94" t="s">
+        <v>23</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94" t="s">
+        <v>498</v>
+      </c>
+      <c r="M94" t="s">
+        <v>26</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>499</v>
+      </c>
+      <c r="P94"/>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>500</v>
+      </c>
+      <c r="B95" t="s">
+        <v>501</v>
+      </c>
+      <c r="C95" t="s">
+        <v>18</v>
+      </c>
+      <c r="D95" t="s">
+        <v>182</v>
+      </c>
+      <c r="E95" t="s">
         <v>20</v>
       </c>
-      <c r="J86" t="s">
-[...3 lines deleted...]
-      <c r="L86" t="s">
+      <c r="F95" t="s">
+        <v>57</v>
+      </c>
+      <c r="G95" t="s">
+        <v>33</v>
+      </c>
+      <c r="H95">
+        <v>2011</v>
+      </c>
+      <c r="I95">
+        <v>2013</v>
+      </c>
+      <c r="J95" t="s">
         <v>23</v>
       </c>
-      <c r="M86" t="s">
-[...28 lines deleted...]
-      <c r="H87">
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95"/>
+      <c r="M95" t="s">
+        <v>128</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>502</v>
+      </c>
+      <c r="P95" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>504</v>
+      </c>
+      <c r="B96" t="s">
+        <v>505</v>
+      </c>
+      <c r="C96" t="s">
+        <v>18</v>
+      </c>
+      <c r="D96" t="s">
+        <v>210</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>57</v>
+      </c>
+      <c r="G96" t="s">
+        <v>33</v>
+      </c>
+      <c r="H96">
+        <v>2006</v>
+      </c>
+      <c r="I96">
         <v>2015</v>
       </c>
-      <c r="I87" t="s">
+      <c r="J96" t="s">
+        <v>23</v>
+      </c>
+      <c r="K96" t="s">
+        <v>211</v>
+      </c>
+      <c r="L96"/>
+      <c r="M96" t="s">
+        <v>128</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>506</v>
+      </c>
+      <c r="P96" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>508</v>
+      </c>
+      <c r="B97" t="s">
+        <v>509</v>
+      </c>
+      <c r="C97" t="s">
+        <v>18</v>
+      </c>
+      <c r="D97" t="s">
+        <v>263</v>
+      </c>
+      <c r="E97" t="s">
         <v>20</v>
       </c>
-      <c r="J87" t="s">
-[...35 lines deleted...]
-      <c r="H88">
+      <c r="F97" t="s">
+        <v>57</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
         <v>2013</v>
       </c>
-      <c r="I88" t="s">
+      <c r="I97"/>
+      <c r="J97" t="s">
+        <v>23</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97"/>
+      <c r="M97" t="s">
+        <v>26</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>510</v>
+      </c>
+      <c r="P97" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>512</v>
+      </c>
+      <c r="B98" t="s">
+        <v>513</v>
+      </c>
+      <c r="C98" t="s">
+        <v>18</v>
+      </c>
+      <c r="D98" t="s">
+        <v>32</v>
+      </c>
+      <c r="E98" t="s">
         <v>20</v>
       </c>
-      <c r="J88" t="s">
-[...152 lines deleted...]
-      <c r="C92" t="s">
+      <c r="F98" t="s">
+        <v>57</v>
+      </c>
+      <c r="G98" t="s">
         <v>33</v>
-      </c>
-[...264 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H98">
         <v>2012</v>
       </c>
-      <c r="I98" t="s">
+      <c r="I98">
+        <v>2012</v>
+      </c>
+      <c r="J98" t="s">
+        <v>23</v>
+      </c>
+      <c r="K98" t="s">
+        <v>514</v>
+      </c>
+      <c r="L98" t="s">
+        <v>515</v>
+      </c>
+      <c r="M98" t="s">
+        <v>128</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>516</v>
+      </c>
+      <c r="P98" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>518</v>
+      </c>
+      <c r="B99" t="s">
+        <v>519</v>
+      </c>
+      <c r="C99" t="s">
+        <v>18</v>
+      </c>
+      <c r="D99" t="s">
+        <v>273</v>
+      </c>
+      <c r="E99" t="s">
         <v>20</v>
       </c>
-      <c r="J98" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="F99" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G99">
+        <v>57</v>
+      </c>
+      <c r="G99" t="s">
+        <v>33</v>
+      </c>
+      <c r="H99">
         <v>2000</v>
       </c>
-      <c r="H99">
+      <c r="I99">
         <v>2015</v>
       </c>
-      <c r="I99" t="s">
+      <c r="J99" t="s">
+        <v>23</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99"/>
+      <c r="M99" t="s">
+        <v>26</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>520</v>
+      </c>
+      <c r="P99" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>522</v>
+      </c>
+      <c r="B100" t="s">
+        <v>523</v>
+      </c>
+      <c r="C100" t="s">
+        <v>18</v>
+      </c>
+      <c r="D100" t="s">
+        <v>75</v>
+      </c>
+      <c r="E100" t="s">
         <v>20</v>
       </c>
-      <c r="J99" t="s">
-[...3 lines deleted...]
-      <c r="L99" t="s">
+      <c r="F100" t="s">
+        <v>57</v>
+      </c>
+      <c r="G100" t="s">
+        <v>33</v>
+      </c>
+      <c r="H100">
+        <v>2002</v>
+      </c>
+      <c r="I100">
+        <v>2013</v>
+      </c>
+      <c r="J100" t="s">
         <v>23</v>
       </c>
-      <c r="M99" t="s">
-[...28 lines deleted...]
-      <c r="H100">
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100" t="s">
+        <v>524</v>
+      </c>
+      <c r="M100" t="s">
+        <v>26</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>525</v>
+      </c>
+      <c r="P100" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>527</v>
+      </c>
+      <c r="B101" t="s">
+        <v>528</v>
+      </c>
+      <c r="C101" t="s">
+        <v>18</v>
+      </c>
+      <c r="D101" t="s">
+        <v>273</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>57</v>
+      </c>
+      <c r="G101" t="s">
+        <v>33</v>
+      </c>
+      <c r="H101">
+        <v>2000</v>
+      </c>
+      <c r="I101">
+        <v>2015</v>
+      </c>
+      <c r="J101" t="s">
+        <v>23</v>
+      </c>
+      <c r="K101" t="s">
+        <v>24</v>
+      </c>
+      <c r="L101"/>
+      <c r="M101" t="s">
+        <v>128</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>529</v>
+      </c>
+      <c r="P101" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>531</v>
+      </c>
+      <c r="B102" t="s">
+        <v>532</v>
+      </c>
+      <c r="C102" t="s">
+        <v>18</v>
+      </c>
+      <c r="D102" t="s">
+        <v>99</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>57</v>
+      </c>
+      <c r="G102" t="s">
+        <v>33</v>
+      </c>
+      <c r="H102">
+        <v>2001</v>
+      </c>
+      <c r="I102">
         <v>2013</v>
       </c>
-      <c r="I100" t="s">
+      <c r="J102" t="s">
+        <v>23</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102"/>
+      <c r="M102" t="s">
+        <v>26</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>533</v>
+      </c>
+      <c r="P102" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>535</v>
+      </c>
+      <c r="B103" t="s">
+        <v>536</v>
+      </c>
+      <c r="C103" t="s">
+        <v>18</v>
+      </c>
+      <c r="D103" t="s">
+        <v>155</v>
+      </c>
+      <c r="E103" t="s">
         <v>20</v>
       </c>
-      <c r="J100" t="s">
-[...5 lines deleted...]
-      <c r="L100" t="s">
+      <c r="F103" t="s">
+        <v>57</v>
+      </c>
+      <c r="G103" t="s">
+        <v>33</v>
+      </c>
+      <c r="H103">
+        <v>2006</v>
+      </c>
+      <c r="I103">
+        <v>2013</v>
+      </c>
+      <c r="J103" t="s">
         <v>23</v>
       </c>
-      <c r="M100" t="s">
-[...31 lines deleted...]
-      <c r="I101" t="s">
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103"/>
+      <c r="M103" t="s">
+        <v>128</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>537</v>
+      </c>
+      <c r="P103" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>539</v>
+      </c>
+      <c r="B104" t="s">
+        <v>540</v>
+      </c>
+      <c r="C104" t="s">
+        <v>18</v>
+      </c>
+      <c r="D104" t="s">
+        <v>56</v>
+      </c>
+      <c r="E104" t="s">
         <v>20</v>
       </c>
-      <c r="J101" t="s">
-[...32 lines deleted...]
-      <c r="G102">
+      <c r="F104" t="s">
+        <v>57</v>
+      </c>
+      <c r="G104" t="s">
+        <v>33</v>
+      </c>
+      <c r="H104">
         <v>2001</v>
       </c>
-      <c r="H102">
+      <c r="I104">
         <v>2013</v>
       </c>
-      <c r="I102" t="s">
+      <c r="J104" t="s">
+        <v>23</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104"/>
+      <c r="M104" t="s">
+        <v>26</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>541</v>
+      </c>
+      <c r="P104" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>543</v>
+      </c>
+      <c r="B105" t="s">
+        <v>544</v>
+      </c>
+      <c r="C105" t="s">
+        <v>18</v>
+      </c>
+      <c r="D105" t="s">
+        <v>257</v>
+      </c>
+      <c r="E105" t="s">
         <v>20</v>
       </c>
-      <c r="J102" t="s">
-[...112 lines deleted...]
-      </c>
       <c r="F105" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>57</v>
+      </c>
+      <c r="G105" t="s">
+        <v>33</v>
       </c>
       <c r="H105">
         <v>2011</v>
       </c>
-      <c r="I105" t="s">
+      <c r="I105">
+        <v>2011</v>
+      </c>
+      <c r="J105" t="s">
+        <v>23</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105" t="s">
+        <v>545</v>
+      </c>
+      <c r="M105" t="s">
+        <v>128</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>546</v>
+      </c>
+      <c r="P105" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>548</v>
+      </c>
+      <c r="B106" t="s">
+        <v>549</v>
+      </c>
+      <c r="C106" t="s">
+        <v>18</v>
+      </c>
+      <c r="D106" t="s">
+        <v>389</v>
+      </c>
+      <c r="E106" t="s">
         <v>20</v>
       </c>
-      <c r="J105" t="s">
+      <c r="F106" t="s">
+        <v>57</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
+        <v>2014</v>
+      </c>
+      <c r="I106"/>
+      <c r="J106" t="s">
+        <v>23</v>
+      </c>
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106"/>
+      <c r="M106" t="s">
+        <v>26</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>550</v>
+      </c>
+      <c r="P106" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>552</v>
+      </c>
+      <c r="B107" t="s">
+        <v>553</v>
+      </c>
+      <c r="C107" t="s">
+        <v>18</v>
+      </c>
+      <c r="D107" t="s">
+        <v>554</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>57</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
+        <v>2015</v>
+      </c>
+      <c r="I107"/>
+      <c r="J107" t="s">
+        <v>23</v>
+      </c>
+      <c r="K107" t="s">
+        <v>555</v>
+      </c>
+      <c r="L107"/>
+      <c r="M107" t="s">
+        <v>128</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>556</v>
+      </c>
+      <c r="P107" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>558</v>
+      </c>
+      <c r="B108" t="s">
+        <v>559</v>
+      </c>
+      <c r="C108" t="s">
+        <v>18</v>
+      </c>
+      <c r="D108" t="s">
+        <v>222</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>57</v>
+      </c>
+      <c r="G108" t="s">
+        <v>33</v>
+      </c>
+      <c r="H108">
+        <v>2000</v>
+      </c>
+      <c r="I108">
+        <v>2013</v>
+      </c>
+      <c r="J108" t="s">
+        <v>23</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108" t="s">
+        <v>343</v>
+      </c>
+      <c r="M108" t="s">
+        <v>26</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>560</v>
+      </c>
+      <c r="P108" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>562</v>
+      </c>
+      <c r="B109" t="s">
+        <v>563</v>
+      </c>
+      <c r="C109" t="s">
+        <v>18</v>
+      </c>
+      <c r="D109" t="s">
+        <v>200</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>57</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
+        <v>2011</v>
+      </c>
+      <c r="I109"/>
+      <c r="J109" t="s">
+        <v>23</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109" t="s">
+        <v>564</v>
+      </c>
+      <c r="M109" t="s">
+        <v>26</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>565</v>
+      </c>
+      <c r="P109" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>567</v>
+      </c>
+      <c r="B110" t="s">
+        <v>568</v>
+      </c>
+      <c r="C110" t="s">
+        <v>18</v>
+      </c>
+      <c r="D110" t="s">
+        <v>569</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>57</v>
+      </c>
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
+        <v>2014</v>
+      </c>
+      <c r="I110"/>
+      <c r="J110" t="s">
+        <v>23</v>
+      </c>
+      <c r="K110" t="s">
+        <v>24</v>
+      </c>
+      <c r="L110" t="s">
+        <v>567</v>
+      </c>
+      <c r="M110" t="s">
+        <v>26</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>570</v>
+      </c>
+      <c r="P110" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>572</v>
+      </c>
+      <c r="B111" t="s">
+        <v>573</v>
+      </c>
+      <c r="C111" t="s">
+        <v>18</v>
+      </c>
+      <c r="D111" t="s">
+        <v>81</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
+        <v>57</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111">
+        <v>2013</v>
+      </c>
+      <c r="I111"/>
+      <c r="J111" t="s">
+        <v>23</v>
+      </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111"/>
+      <c r="M111" t="s">
+        <v>26</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>574</v>
+      </c>
+      <c r="P111" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>576</v>
+      </c>
+      <c r="B112" t="s">
+        <v>577</v>
+      </c>
+      <c r="C112" t="s">
+        <v>18</v>
+      </c>
+      <c r="D112" t="s">
+        <v>222</v>
+      </c>
+      <c r="E112" t="s">
+        <v>20</v>
+      </c>
+      <c r="F112" t="s">
+        <v>57</v>
+      </c>
+      <c r="G112" t="s">
+        <v>33</v>
+      </c>
+      <c r="H112">
+        <v>2000</v>
+      </c>
+      <c r="I112">
+        <v>2014</v>
+      </c>
+      <c r="J112" t="s">
+        <v>23</v>
+      </c>
+      <c r="K112" t="s">
+        <v>24</v>
+      </c>
+      <c r="L112"/>
+      <c r="M112" t="s">
+        <v>128</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>578</v>
+      </c>
+      <c r="P112" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>580</v>
+      </c>
+      <c r="B113" t="s">
+        <v>581</v>
+      </c>
+      <c r="C113" t="s">
+        <v>18</v>
+      </c>
+      <c r="D113" t="s">
+        <v>81</v>
+      </c>
+      <c r="E113" t="s">
+        <v>20</v>
+      </c>
+      <c r="F113" t="s">
+        <v>57</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
+        <v>2013</v>
+      </c>
+      <c r="I113"/>
+      <c r="J113" t="s">
+        <v>23</v>
+      </c>
+      <c r="K113" t="s">
+        <v>24</v>
+      </c>
+      <c r="L113"/>
+      <c r="M113" t="s">
+        <v>26</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>582</v>
+      </c>
+      <c r="P113" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>584</v>
+      </c>
+      <c r="B114" t="s">
+        <v>585</v>
+      </c>
+      <c r="C114" t="s">
+        <v>18</v>
+      </c>
+      <c r="D114" t="s">
+        <v>19</v>
+      </c>
+      <c r="E114" t="s">
+        <v>20</v>
+      </c>
+      <c r="F114" t="s">
         <v>21</v>
       </c>
-      <c r="K105" t="s">
-[...362 lines deleted...]
-        <v>2012</v>
+      <c r="G114" t="s">
+        <v>33</v>
       </c>
       <c r="H114">
         <v>2012</v>
       </c>
-      <c r="I114" t="s">
-        <v>20</v>
+      <c r="I114">
+        <v>2012</v>
       </c>
       <c r="J114" t="s">
+        <v>23</v>
+      </c>
+      <c r="K114" t="s">
+        <v>24</v>
+      </c>
+      <c r="L114" t="s">
+        <v>586</v>
+      </c>
+      <c r="M114" t="s">
+        <v>128</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>587</v>
+      </c>
+      <c r="P114" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>588</v>
+      </c>
+      <c r="B115" t="s">
+        <v>589</v>
+      </c>
+      <c r="C115" t="s">
+        <v>590</v>
+      </c>
+      <c r="D115" t="s">
+        <v>335</v>
+      </c>
+      <c r="E115" t="s">
+        <v>40</v>
+      </c>
+      <c r="F115" t="s">
+        <v>41</v>
+      </c>
+      <c r="G115" t="s">
+        <v>33</v>
+      </c>
+      <c r="H115">
+        <v>1998</v>
+      </c>
+      <c r="I115">
+        <v>2012</v>
+      </c>
+      <c r="J115" t="s">
+        <v>591</v>
+      </c>
+      <c r="K115" t="s">
+        <v>24</v>
+      </c>
+      <c r="L115" t="s">
+        <v>592</v>
+      </c>
+      <c r="M115" t="s">
+        <v>593</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>594</v>
+      </c>
+      <c r="P115" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>596</v>
+      </c>
+      <c r="B116" t="s">
+        <v>597</v>
+      </c>
+      <c r="C116" t="s">
+        <v>590</v>
+      </c>
+      <c r="D116" t="s">
+        <v>144</v>
+      </c>
+      <c r="E116" t="s">
+        <v>40</v>
+      </c>
+      <c r="F116" t="s">
+        <v>41</v>
+      </c>
+      <c r="G116" t="s">
+        <v>33</v>
+      </c>
+      <c r="H116">
+        <v>2008</v>
+      </c>
+      <c r="I116">
+        <v>2010</v>
+      </c>
+      <c r="J116" t="s">
+        <v>591</v>
+      </c>
+      <c r="K116" t="s">
+        <v>24</v>
+      </c>
+      <c r="L116" t="s">
+        <v>598</v>
+      </c>
+      <c r="M116" t="s">
+        <v>593</v>
+      </c>
+      <c r="N116" t="s">
+        <v>145</v>
+      </c>
+      <c r="O116" t="s">
+        <v>599</v>
+      </c>
+      <c r="P116" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>600</v>
+      </c>
+      <c r="B117" t="s">
+        <v>601</v>
+      </c>
+      <c r="C117" t="s">
+        <v>590</v>
+      </c>
+      <c r="D117" t="s">
+        <v>81</v>
+      </c>
+      <c r="E117" t="s">
+        <v>40</v>
+      </c>
+      <c r="F117" t="s">
+        <v>41</v>
+      </c>
+      <c r="G117" t="s">
+        <v>33</v>
+      </c>
+      <c r="H117">
+        <v>2002</v>
+      </c>
+      <c r="I117">
+        <v>2008</v>
+      </c>
+      <c r="J117" t="s">
+        <v>591</v>
+      </c>
+      <c r="K117" t="s">
+        <v>24</v>
+      </c>
+      <c r="L117" t="s">
+        <v>602</v>
+      </c>
+      <c r="M117" t="s">
+        <v>593</v>
+      </c>
+      <c r="N117" t="s">
+        <v>145</v>
+      </c>
+      <c r="O117" t="s">
+        <v>603</v>
+      </c>
+      <c r="P117" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>604</v>
+      </c>
+      <c r="B118" t="s">
+        <v>605</v>
+      </c>
+      <c r="C118" t="s">
+        <v>590</v>
+      </c>
+      <c r="D118" t="s">
+        <v>39</v>
+      </c>
+      <c r="E118" t="s">
+        <v>40</v>
+      </c>
+      <c r="F118" t="s">
         <v>21</v>
       </c>
-      <c r="K114" t="s">
-[...34 lines deleted...]
-      <c r="H115">
+      <c r="G118" t="s">
+        <v>33</v>
+      </c>
+      <c r="H118">
+        <v>2008</v>
+      </c>
+      <c r="I118">
+        <v>2006</v>
+      </c>
+      <c r="J118" t="s">
+        <v>591</v>
+      </c>
+      <c r="K118" t="s">
+        <v>24</v>
+      </c>
+      <c r="L118" t="s">
+        <v>606</v>
+      </c>
+      <c r="M118" t="s">
+        <v>593</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>607</v>
+      </c>
+      <c r="P118" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>608</v>
+      </c>
+      <c r="B119" t="s">
+        <v>609</v>
+      </c>
+      <c r="C119" t="s">
+        <v>590</v>
+      </c>
+      <c r="D119" t="s">
+        <v>610</v>
+      </c>
+      <c r="E119" t="s">
+        <v>40</v>
+      </c>
+      <c r="F119" t="s">
+        <v>41</v>
+      </c>
+      <c r="G119" t="s">
+        <v>33</v>
+      </c>
+      <c r="H119">
+        <v>2007</v>
+      </c>
+      <c r="I119">
         <v>2012</v>
       </c>
-      <c r="I115" t="s">
-[...2 lines deleted...]
-      <c r="J115" t="s">
+      <c r="J119" t="s">
+        <v>591</v>
+      </c>
+      <c r="K119" t="s">
+        <v>24</v>
+      </c>
+      <c r="L119" t="s">
+        <v>611</v>
+      </c>
+      <c r="M119" t="s">
+        <v>593</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>612</v>
+      </c>
+      <c r="P119" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>613</v>
+      </c>
+      <c r="B120" t="s">
+        <v>614</v>
+      </c>
+      <c r="C120" t="s">
+        <v>590</v>
+      </c>
+      <c r="D120" t="s">
+        <v>39</v>
+      </c>
+      <c r="E120" t="s">
+        <v>40</v>
+      </c>
+      <c r="F120" t="s">
+        <v>330</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
+      </c>
+      <c r="H120">
+        <v>2009</v>
+      </c>
+      <c r="I120"/>
+      <c r="J120" t="s">
+        <v>591</v>
+      </c>
+      <c r="K120" t="s">
+        <v>24</v>
+      </c>
+      <c r="L120"/>
+      <c r="M120" t="s">
+        <v>593</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>615</v>
+      </c>
+      <c r="P120" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>616</v>
+      </c>
+      <c r="B121" t="s">
+        <v>617</v>
+      </c>
+      <c r="C121" t="s">
+        <v>590</v>
+      </c>
+      <c r="D121" t="s">
+        <v>618</v>
+      </c>
+      <c r="E121" t="s">
+        <v>40</v>
+      </c>
+      <c r="F121" t="s">
+        <v>41</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
+        <v>2013</v>
+      </c>
+      <c r="I121"/>
+      <c r="J121" t="s">
+        <v>591</v>
+      </c>
+      <c r="K121" t="s">
+        <v>24</v>
+      </c>
+      <c r="L121" t="s">
+        <v>619</v>
+      </c>
+      <c r="M121" t="s">
+        <v>593</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>620</v>
+      </c>
+      <c r="P121" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>621</v>
+      </c>
+      <c r="B122" t="s">
+        <v>622</v>
+      </c>
+      <c r="C122" t="s">
+        <v>590</v>
+      </c>
+      <c r="D122" t="s">
+        <v>222</v>
+      </c>
+      <c r="E122" t="s">
+        <v>40</v>
+      </c>
+      <c r="F122" t="s">
+        <v>41</v>
+      </c>
+      <c r="G122" t="s">
+        <v>33</v>
+      </c>
+      <c r="H122">
+        <v>2012</v>
+      </c>
+      <c r="I122">
+        <v>2010</v>
+      </c>
+      <c r="J122" t="s">
+        <v>591</v>
+      </c>
+      <c r="K122" t="s">
+        <v>24</v>
+      </c>
+      <c r="L122" t="s">
+        <v>623</v>
+      </c>
+      <c r="M122" t="s">
+        <v>593</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>624</v>
+      </c>
+      <c r="P122" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>625</v>
+      </c>
+      <c r="B123" t="s">
+        <v>626</v>
+      </c>
+      <c r="C123" t="s">
+        <v>590</v>
+      </c>
+      <c r="D123" t="s">
+        <v>458</v>
+      </c>
+      <c r="E123" t="s">
+        <v>40</v>
+      </c>
+      <c r="F123" t="s">
+        <v>41</v>
+      </c>
+      <c r="G123" t="s">
+        <v>33</v>
+      </c>
+      <c r="H123">
+        <v>2012</v>
+      </c>
+      <c r="I123">
+        <v>2014</v>
+      </c>
+      <c r="J123" t="s">
+        <v>591</v>
+      </c>
+      <c r="K123" t="s">
+        <v>24</v>
+      </c>
+      <c r="L123" t="s">
+        <v>627</v>
+      </c>
+      <c r="M123" t="s">
+        <v>593</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>628</v>
+      </c>
+      <c r="P123" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>629</v>
+      </c>
+      <c r="B124" t="s">
+        <v>630</v>
+      </c>
+      <c r="C124" t="s">
+        <v>590</v>
+      </c>
+      <c r="D124" t="s">
+        <v>246</v>
+      </c>
+      <c r="E124" t="s">
+        <v>40</v>
+      </c>
+      <c r="F124" t="s">
+        <v>41</v>
+      </c>
+      <c r="G124" t="s">
+        <v>22</v>
+      </c>
+      <c r="H124">
+        <v>2009</v>
+      </c>
+      <c r="I124"/>
+      <c r="J124" t="s">
+        <v>591</v>
+      </c>
+      <c r="K124" t="s">
+        <v>24</v>
+      </c>
+      <c r="L124" t="s">
+        <v>631</v>
+      </c>
+      <c r="M124" t="s">
+        <v>593</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>632</v>
+      </c>
+      <c r="P124" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>633</v>
+      </c>
+      <c r="B125" t="s">
+        <v>634</v>
+      </c>
+      <c r="C125" t="s">
+        <v>590</v>
+      </c>
+      <c r="D125" t="s">
+        <v>635</v>
+      </c>
+      <c r="E125" t="s">
+        <v>40</v>
+      </c>
+      <c r="F125" t="s">
         <v>21</v>
       </c>
-      <c r="K115" t="s">
-[...107 lines deleted...]
-      <c r="C118" t="s">
+      <c r="G125" t="s">
+        <v>22</v>
+      </c>
+      <c r="H125">
+        <v>2009</v>
+      </c>
+      <c r="I125"/>
+      <c r="J125" t="s">
+        <v>591</v>
+      </c>
+      <c r="K125" t="s">
+        <v>24</v>
+      </c>
+      <c r="L125" t="s">
+        <v>636</v>
+      </c>
+      <c r="M125" t="s">
+        <v>593</v>
+      </c>
+      <c r="N125" t="s">
+        <v>145</v>
+      </c>
+      <c r="O125" t="s">
+        <v>637</v>
+      </c>
+      <c r="P125" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>638</v>
+      </c>
+      <c r="B126" t="s">
+        <v>639</v>
+      </c>
+      <c r="C126" t="s">
+        <v>590</v>
+      </c>
+      <c r="D126" t="s">
+        <v>32</v>
+      </c>
+      <c r="E126" t="s">
+        <v>40</v>
+      </c>
+      <c r="F126" t="s">
+        <v>41</v>
+      </c>
+      <c r="G126" t="s">
+        <v>22</v>
+      </c>
+      <c r="H126">
+        <v>2013</v>
+      </c>
+      <c r="I126"/>
+      <c r="J126" t="s">
+        <v>591</v>
+      </c>
+      <c r="K126" t="s">
+        <v>211</v>
+      </c>
+      <c r="L126"/>
+      <c r="M126" t="s">
+        <v>593</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>640</v>
+      </c>
+      <c r="P126" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>641</v>
+      </c>
+      <c r="B127" t="s">
+        <v>642</v>
+      </c>
+      <c r="C127" t="s">
+        <v>590</v>
+      </c>
+      <c r="D127" t="s">
+        <v>329</v>
+      </c>
+      <c r="E127" t="s">
+        <v>40</v>
+      </c>
+      <c r="F127" t="s">
+        <v>330</v>
+      </c>
+      <c r="G127" t="s">
         <v>33</v>
-      </c>
-[...392 lines deleted...]
-        <v>2002</v>
       </c>
       <c r="H127">
         <v>2002</v>
       </c>
-      <c r="I127" t="s">
-        <v>376</v>
+      <c r="I127">
+        <v>2002</v>
       </c>
       <c r="J127" t="s">
-        <v>148</v>
+        <v>591</v>
       </c>
       <c r="K127" t="s">
-        <v>415</v>
+        <v>211</v>
       </c>
       <c r="L127" t="s">
-        <v>378</v>
+        <v>643</v>
       </c>
       <c r="M127" t="s">
-        <v>24</v>
+        <v>593</v>
       </c>
       <c r="N127" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>644</v>
+      </c>
+      <c r="P127" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>417</v>
+        <v>645</v>
       </c>
       <c r="B128" t="s">
-        <v>375</v>
+        <v>646</v>
       </c>
       <c r="C128" t="s">
-        <v>221</v>
+        <v>590</v>
       </c>
       <c r="D128" t="s">
-        <v>34</v>
+        <v>329</v>
       </c>
       <c r="E128" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="F128" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G128">
+        <v>21</v>
+      </c>
+      <c r="G128" t="s">
+        <v>33</v>
+      </c>
+      <c r="H128">
         <v>1998</v>
       </c>
-      <c r="H128">
+      <c r="I128">
         <v>2009</v>
       </c>
-      <c r="I128" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J128" t="s">
-        <v>148</v>
+        <v>591</v>
       </c>
       <c r="K128" t="s">
-        <v>418</v>
+        <v>211</v>
       </c>
       <c r="L128" t="s">
-        <v>378</v>
+        <v>647</v>
       </c>
       <c r="M128" t="s">
-        <v>106</v>
+        <v>593</v>
       </c>
       <c r="N128" t="s">
-        <v>419</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:14">
+        <v>145</v>
+      </c>
+      <c r="O128" t="s">
+        <v>648</v>
+      </c>
+      <c r="P128" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>420</v>
+        <v>649</v>
       </c>
       <c r="B129" t="s">
-        <v>375</v>
+        <v>650</v>
       </c>
       <c r="C129" t="s">
-        <v>262</v>
+        <v>590</v>
       </c>
       <c r="D129" t="s">
-        <v>34</v>
+        <v>389</v>
       </c>
       <c r="E129" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="F129" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G129" t="s">
+        <v>33</v>
       </c>
       <c r="H129">
         <v>2012</v>
       </c>
-      <c r="I129" t="s">
-        <v>376</v>
+      <c r="I129">
+        <v>2012</v>
       </c>
       <c r="J129" t="s">
+        <v>591</v>
+      </c>
+      <c r="K129" t="s">
+        <v>24</v>
+      </c>
+      <c r="L129" t="s">
+        <v>651</v>
+      </c>
+      <c r="M129" t="s">
+        <v>593</v>
+      </c>
+      <c r="N129" t="s">
+        <v>145</v>
+      </c>
+      <c r="O129" t="s">
+        <v>652</v>
+      </c>
+      <c r="P129" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>653</v>
+      </c>
+      <c r="B130" t="s">
+        <v>654</v>
+      </c>
+      <c r="C130" t="s">
+        <v>590</v>
+      </c>
+      <c r="D130" t="s">
+        <v>329</v>
+      </c>
+      <c r="E130" t="s">
+        <v>40</v>
+      </c>
+      <c r="F130" t="s">
+        <v>41</v>
+      </c>
+      <c r="G130" t="s">
+        <v>33</v>
+      </c>
+      <c r="H130">
+        <v>2011</v>
+      </c>
+      <c r="I130">
+        <v>2015</v>
+      </c>
+      <c r="J130" t="s">
+        <v>655</v>
+      </c>
+      <c r="K130" t="s">
+        <v>24</v>
+      </c>
+      <c r="L130" t="s">
+        <v>656</v>
+      </c>
+      <c r="M130" t="s">
+        <v>593</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>657</v>
+      </c>
+      <c r="P130" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>658</v>
+      </c>
+      <c r="B131" t="s">
+        <v>659</v>
+      </c>
+      <c r="C131" t="s">
+        <v>590</v>
+      </c>
+      <c r="D131" t="s">
+        <v>257</v>
+      </c>
+      <c r="E131" t="s">
+        <v>40</v>
+      </c>
+      <c r="F131" t="s">
         <v>21</v>
       </c>
-      <c r="K129" t="s">
-[...31 lines deleted...]
-      <c r="G130">
+      <c r="G131" t="s">
+        <v>22</v>
+      </c>
+      <c r="H131">
+        <v>2013</v>
+      </c>
+      <c r="I131"/>
+      <c r="J131" t="s">
+        <v>591</v>
+      </c>
+      <c r="K131" t="s">
+        <v>211</v>
+      </c>
+      <c r="L131" t="s">
+        <v>660</v>
+      </c>
+      <c r="M131" t="s">
+        <v>593</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>661</v>
+      </c>
+      <c r="P131" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>662</v>
+      </c>
+      <c r="B132" t="s">
+        <v>663</v>
+      </c>
+      <c r="C132" t="s">
+        <v>590</v>
+      </c>
+      <c r="D132" t="s">
+        <v>329</v>
+      </c>
+      <c r="E132" t="s">
+        <v>40</v>
+      </c>
+      <c r="F132" t="s">
+        <v>21</v>
+      </c>
+      <c r="G132" t="s">
+        <v>33</v>
+      </c>
+      <c r="H132">
         <v>2011</v>
       </c>
-      <c r="H130">
-[...5 lines deleted...]
-      <c r="J130" t="s">
+      <c r="I132">
+        <v>2013</v>
+      </c>
+      <c r="J132" t="s">
+        <v>591</v>
+      </c>
+      <c r="K132" t="s">
+        <v>211</v>
+      </c>
+      <c r="L132"/>
+      <c r="M132" t="s">
+        <v>593</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>664</v>
+      </c>
+      <c r="P132" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>665</v>
+      </c>
+      <c r="B133" t="s">
+        <v>666</v>
+      </c>
+      <c r="C133" t="s">
+        <v>590</v>
+      </c>
+      <c r="D133" t="s">
+        <v>32</v>
+      </c>
+      <c r="E133" t="s">
+        <v>40</v>
+      </c>
+      <c r="F133" t="s">
+        <v>41</v>
+      </c>
+      <c r="G133" t="s">
+        <v>22</v>
+      </c>
+      <c r="H133">
+        <v>2009</v>
+      </c>
+      <c r="I133"/>
+      <c r="J133" t="s">
+        <v>591</v>
+      </c>
+      <c r="K133" t="s">
+        <v>24</v>
+      </c>
+      <c r="L133" t="s">
+        <v>667</v>
+      </c>
+      <c r="M133" t="s">
+        <v>593</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>668</v>
+      </c>
+      <c r="P133" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>669</v>
+      </c>
+      <c r="B134" t="s">
+        <v>670</v>
+      </c>
+      <c r="C134" t="s">
+        <v>590</v>
+      </c>
+      <c r="D134" t="s">
+        <v>671</v>
+      </c>
+      <c r="E134" t="s">
+        <v>40</v>
+      </c>
+      <c r="F134" t="s">
         <v>21</v>
       </c>
-      <c r="K130" t="s">
-[...31 lines deleted...]
-      <c r="G131">
+      <c r="G134" t="s">
+        <v>22</v>
+      </c>
+      <c r="H134">
         <v>2013</v>
       </c>
-      <c r="H131"/>
-[...128 lines deleted...]
-      </c>
+      <c r="I134"/>
       <c r="J134" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>591</v>
+      </c>
+      <c r="K134" t="s">
+        <v>24</v>
+      </c>
+      <c r="L134"/>
       <c r="M134" t="s">
-        <v>24</v>
+        <v>593</v>
       </c>
       <c r="N134" t="s">
-        <v>437</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>672</v>
+      </c>
+      <c r="P134" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>438</v>
+        <v>673</v>
       </c>
       <c r="B135" t="s">
-        <v>375</v>
+        <v>674</v>
       </c>
       <c r="C135" t="s">
-        <v>147</v>
+        <v>590</v>
       </c>
       <c r="D135" t="s">
-        <v>34</v>
+        <v>210</v>
       </c>
       <c r="E135" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F135" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G135">
+        <v>41</v>
+      </c>
+      <c r="G135" t="s">
+        <v>33</v>
+      </c>
+      <c r="H135">
         <v>2003</v>
       </c>
-      <c r="H135">
+      <c r="I135">
         <v>2010</v>
       </c>
-      <c r="I135" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J135" t="s">
-        <v>148</v>
+        <v>591</v>
       </c>
       <c r="K135" t="s">
-        <v>439</v>
+        <v>211</v>
       </c>
       <c r="L135" t="s">
-        <v>378</v>
+        <v>675</v>
       </c>
       <c r="M135" t="s">
-        <v>24</v>
+        <v>593</v>
       </c>
       <c r="N135" t="s">
-        <v>440</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>676</v>
+      </c>
+      <c r="P135" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>441</v>
+        <v>677</v>
       </c>
       <c r="B136" t="s">
-        <v>375</v>
+        <v>678</v>
       </c>
       <c r="C136" t="s">
-        <v>52</v>
+        <v>590</v>
       </c>
       <c r="D136" t="s">
-        <v>34</v>
+        <v>63</v>
       </c>
       <c r="E136" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F136" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G136">
+        <v>41</v>
+      </c>
+      <c r="G136" t="s">
+        <v>22</v>
+      </c>
+      <c r="H136">
         <v>2002</v>
       </c>
-      <c r="H136"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I136"/>
       <c r="J136" t="s">
-        <v>21</v>
+        <v>591</v>
       </c>
       <c r="K136" t="s">
-        <v>442</v>
+        <v>24</v>
       </c>
       <c r="L136" t="s">
-        <v>378</v>
+        <v>679</v>
       </c>
       <c r="M136" t="s">
-        <v>24</v>
+        <v>593</v>
       </c>
       <c r="N136" t="s">
-        <v>443</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>680</v>
+      </c>
+      <c r="P136" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>444</v>
+        <v>681</v>
       </c>
       <c r="B137" t="s">
-        <v>375</v>
+        <v>682</v>
       </c>
       <c r="C137" t="s">
-        <v>445</v>
+        <v>590</v>
       </c>
       <c r="D137" t="s">
-        <v>34</v>
+        <v>683</v>
       </c>
       <c r="E137" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F137" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>41</v>
+      </c>
+      <c r="G137" t="s">
+        <v>33</v>
       </c>
       <c r="H137">
         <v>2002</v>
       </c>
-      <c r="I137" t="s">
-        <v>376</v>
+      <c r="I137">
+        <v>2002</v>
       </c>
       <c r="J137" t="s">
-        <v>21</v>
+        <v>591</v>
       </c>
       <c r="K137" t="s">
-        <v>446</v>
+        <v>24</v>
       </c>
       <c r="L137" t="s">
-        <v>378</v>
+        <v>684</v>
       </c>
       <c r="M137" t="s">
-        <v>24</v>
+        <v>593</v>
       </c>
       <c r="N137" t="s">
-        <v>447</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>685</v>
+      </c>
+      <c r="P137" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>448</v>
+        <v>686</v>
       </c>
       <c r="B138" t="s">
-        <v>375</v>
+        <v>687</v>
       </c>
       <c r="C138" t="s">
-        <v>449</v>
+        <v>590</v>
       </c>
       <c r="D138" t="s">
-        <v>34</v>
+        <v>688</v>
       </c>
       <c r="E138" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F138" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G138">
+        <v>41</v>
+      </c>
+      <c r="G138" t="s">
+        <v>33</v>
+      </c>
+      <c r="H138">
         <v>1999</v>
       </c>
-      <c r="H138">
+      <c r="I138">
         <v>2009</v>
       </c>
-      <c r="I138" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J138" t="s">
-        <v>21</v>
+        <v>591</v>
       </c>
       <c r="K138" t="s">
-        <v>450</v>
+        <v>24</v>
       </c>
       <c r="L138" t="s">
-        <v>378</v>
+        <v>689</v>
       </c>
       <c r="M138" t="s">
-        <v>24</v>
+        <v>593</v>
       </c>
       <c r="N138" t="s">
-        <v>451</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>690</v>
+      </c>
+      <c r="P138" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>452</v>
+        <v>691</v>
       </c>
       <c r="B139" t="s">
-        <v>375</v>
+        <v>692</v>
       </c>
       <c r="C139" t="s">
-        <v>16</v>
+        <v>590</v>
       </c>
       <c r="D139" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="E139" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F139" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G139">
+        <v>41</v>
+      </c>
+      <c r="G139" t="s">
+        <v>22</v>
+      </c>
+      <c r="H139">
         <v>2004</v>
       </c>
-      <c r="H139"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I139"/>
       <c r="J139" t="s">
-        <v>21</v>
+        <v>591</v>
       </c>
       <c r="K139" t="s">
-        <v>453</v>
+        <v>24</v>
       </c>
       <c r="L139" t="s">
-        <v>378</v>
+        <v>693</v>
       </c>
       <c r="M139" t="s">
-        <v>24</v>
+        <v>593</v>
       </c>
       <c r="N139" t="s">
-        <v>454</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>694</v>
+      </c>
+      <c r="P139" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>455</v>
+        <v>695</v>
       </c>
       <c r="B140" t="s">
-        <v>375</v>
+        <v>696</v>
       </c>
       <c r="C140" t="s">
+        <v>590</v>
+      </c>
+      <c r="D140" t="s">
+        <v>39</v>
+      </c>
+      <c r="E140" t="s">
+        <v>40</v>
+      </c>
+      <c r="F140" t="s">
+        <v>41</v>
+      </c>
+      <c r="G140" t="s">
+        <v>22</v>
+      </c>
+      <c r="H140">
+        <v>2002</v>
+      </c>
+      <c r="I140"/>
+      <c r="J140" t="s">
+        <v>591</v>
+      </c>
+      <c r="K140" t="s">
+        <v>24</v>
+      </c>
+      <c r="L140" t="s">
+        <v>697</v>
+      </c>
+      <c r="M140" t="s">
+        <v>593</v>
+      </c>
+      <c r="N140" t="s">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>698</v>
+      </c>
+      <c r="P140" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>699</v>
+      </c>
+      <c r="B141" t="s">
+        <v>700</v>
+      </c>
+      <c r="C141" t="s">
+        <v>590</v>
+      </c>
+      <c r="D141" t="s">
+        <v>329</v>
+      </c>
+      <c r="E141" t="s">
+        <v>40</v>
+      </c>
+      <c r="F141" t="s">
+        <v>330</v>
+      </c>
+      <c r="G141" t="s">
         <v>33</v>
       </c>
-      <c r="D140" t="s">
-[...8 lines deleted...]
-      <c r="G140">
+      <c r="H141">
         <v>2002</v>
       </c>
-      <c r="H140"/>
-[...38 lines deleted...]
-      <c r="G141">
+      <c r="I141">
+        <v>2010</v>
+      </c>
+      <c r="J141" t="s">
+        <v>591</v>
+      </c>
+      <c r="K141" t="s">
+        <v>211</v>
+      </c>
+      <c r="L141" t="s">
+        <v>701</v>
+      </c>
+      <c r="M141" t="s">
+        <v>593</v>
+      </c>
+      <c r="N141" t="s">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>702</v>
+      </c>
+      <c r="P141" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>703</v>
+      </c>
+      <c r="B142" t="s">
+        <v>704</v>
+      </c>
+      <c r="C142" t="s">
+        <v>590</v>
+      </c>
+      <c r="D142" t="s">
+        <v>329</v>
+      </c>
+      <c r="E142" t="s">
+        <v>40</v>
+      </c>
+      <c r="F142" t="s">
+        <v>330</v>
+      </c>
+      <c r="G142" t="s">
+        <v>33</v>
+      </c>
+      <c r="H142">
         <v>2002</v>
       </c>
-      <c r="H141">
-[...43 lines deleted...]
-      <c r="H142">
+      <c r="I142">
         <v>2012</v>
       </c>
-      <c r="I142" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J142" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>591</v>
+      </c>
+      <c r="K142" t="s">
+        <v>24</v>
+      </c>
+      <c r="L142"/>
       <c r="M142" t="s">
-        <v>24</v>
+        <v>593</v>
       </c>
       <c r="N142" t="s">
-        <v>462</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>705</v>
+      </c>
+      <c r="P142" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>463</v>
+        <v>706</v>
       </c>
       <c r="B143" t="s">
-        <v>375</v>
+        <v>707</v>
       </c>
       <c r="C143" t="s">
-        <v>464</v>
+        <v>590</v>
       </c>
       <c r="D143" t="s">
-        <v>34</v>
+        <v>708</v>
       </c>
       <c r="E143" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F143" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>41</v>
+      </c>
+      <c r="G143" t="s">
+        <v>33</v>
       </c>
       <c r="H143">
         <v>2002</v>
       </c>
-      <c r="I143" t="s">
-        <v>376</v>
+      <c r="I143">
+        <v>2002</v>
       </c>
       <c r="J143" t="s">
-        <v>21</v>
+        <v>591</v>
       </c>
       <c r="K143" t="s">
-        <v>465</v>
+        <v>24</v>
       </c>
       <c r="L143" t="s">
-        <v>378</v>
+        <v>709</v>
       </c>
       <c r="M143" t="s">
-        <v>106</v>
+        <v>593</v>
       </c>
       <c r="N143" t="s">
-        <v>466</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:14">
+        <v>145</v>
+      </c>
+      <c r="O143" t="s">
+        <v>710</v>
+      </c>
+      <c r="P143" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>467</v>
+        <v>711</v>
       </c>
       <c r="B144" t="s">
-        <v>375</v>
+        <v>712</v>
       </c>
       <c r="C144" t="s">
-        <v>468</v>
+        <v>590</v>
       </c>
       <c r="D144" t="s">
-        <v>34</v>
+        <v>713</v>
       </c>
       <c r="E144" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F144" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G144">
+        <v>41</v>
+      </c>
+      <c r="G144" t="s">
+        <v>22</v>
+      </c>
+      <c r="H144">
         <v>2009</v>
       </c>
-      <c r="H144"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I144"/>
       <c r="J144" t="s">
-        <v>21</v>
+        <v>591</v>
       </c>
       <c r="K144" t="s">
-        <v>400</v>
+        <v>24</v>
       </c>
       <c r="L144" t="s">
-        <v>378</v>
+        <v>623</v>
       </c>
       <c r="M144" t="s">
-        <v>24</v>
+        <v>593</v>
       </c>
       <c r="N144" t="s">
-        <v>469</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>714</v>
+      </c>
+      <c r="P144" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>470</v>
+        <v>715</v>
       </c>
       <c r="B145" t="s">
-        <v>375</v>
+        <v>716</v>
       </c>
       <c r="C145" t="s">
-        <v>471</v>
+        <v>590</v>
       </c>
       <c r="D145" t="s">
-        <v>34</v>
+        <v>717</v>
       </c>
       <c r="E145" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F145" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>41</v>
+      </c>
+      <c r="G145" t="s">
+        <v>33</v>
       </c>
       <c r="H145">
         <v>2012</v>
       </c>
-      <c r="I145" t="s">
-        <v>376</v>
+      <c r="I145">
+        <v>2012</v>
       </c>
       <c r="J145" t="s">
-        <v>21</v>
+        <v>591</v>
       </c>
       <c r="K145" t="s">
-        <v>472</v>
+        <v>24</v>
       </c>
       <c r="L145" t="s">
-        <v>378</v>
+        <v>718</v>
       </c>
       <c r="M145" t="s">
-        <v>24</v>
+        <v>593</v>
       </c>
       <c r="N145" t="s">
-        <v>473</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>719</v>
+      </c>
+      <c r="P145" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>474</v>
+        <v>720</v>
       </c>
       <c r="B146" t="s">
-        <v>375</v>
+        <v>721</v>
       </c>
       <c r="C146" t="s">
-        <v>275</v>
+        <v>590</v>
       </c>
       <c r="D146" t="s">
-        <v>34</v>
+        <v>413</v>
       </c>
       <c r="E146" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F146" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>41</v>
+      </c>
+      <c r="G146" t="s">
+        <v>33</v>
       </c>
       <c r="H146">
         <v>2012</v>
       </c>
-      <c r="I146" t="s">
-        <v>376</v>
+      <c r="I146">
+        <v>2012</v>
       </c>
       <c r="J146" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>591</v>
+      </c>
+      <c r="K146" t="s">
+        <v>24</v>
+      </c>
+      <c r="L146"/>
       <c r="M146" t="s">
-        <v>24</v>
+        <v>593</v>
       </c>
       <c r="N146" t="s">
-        <v>475</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>722</v>
+      </c>
+      <c r="P146" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>476</v>
+        <v>723</v>
       </c>
       <c r="B147" t="s">
-        <v>375</v>
+        <v>724</v>
       </c>
       <c r="C147" t="s">
-        <v>217</v>
+        <v>590</v>
       </c>
       <c r="D147" t="s">
-        <v>34</v>
+        <v>323</v>
       </c>
       <c r="E147" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F147" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>41</v>
+      </c>
+      <c r="G147" t="s">
+        <v>33</v>
       </c>
       <c r="H147">
         <v>2012</v>
       </c>
-      <c r="I147" t="s">
-        <v>376</v>
+      <c r="I147">
+        <v>2012</v>
       </c>
       <c r="J147" t="s">
+        <v>591</v>
+      </c>
+      <c r="K147" t="s">
+        <v>24</v>
+      </c>
+      <c r="L147"/>
+      <c r="M147" t="s">
+        <v>593</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>725</v>
+      </c>
+      <c r="P147" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>726</v>
+      </c>
+      <c r="B148" t="s">
+        <v>727</v>
+      </c>
+      <c r="C148" t="s">
+        <v>590</v>
+      </c>
+      <c r="D148" t="s">
+        <v>366</v>
+      </c>
+      <c r="E148" t="s">
+        <v>40</v>
+      </c>
+      <c r="F148" t="s">
+        <v>41</v>
+      </c>
+      <c r="G148" t="s">
+        <v>22</v>
+      </c>
+      <c r="H148">
+        <v>2004</v>
+      </c>
+      <c r="I148"/>
+      <c r="J148" t="s">
+        <v>591</v>
+      </c>
+      <c r="K148" t="s">
+        <v>24</v>
+      </c>
+      <c r="L148" t="s">
+        <v>728</v>
+      </c>
+      <c r="M148" t="s">
+        <v>593</v>
+      </c>
+      <c r="N148" t="s">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>729</v>
+      </c>
+      <c r="P148" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>730</v>
+      </c>
+      <c r="B149" t="s">
+        <v>731</v>
+      </c>
+      <c r="C149" t="s">
+        <v>732</v>
+      </c>
+      <c r="D149" t="s">
+        <v>19</v>
+      </c>
+      <c r="E149" t="s">
+        <v>40</v>
+      </c>
+      <c r="F149" t="s">
         <v>21</v>
       </c>
-      <c r="K147"/>
-[...26 lines deleted...]
-      <c r="F148" t="s">
+      <c r="G149" t="s">
+        <v>33</v>
+      </c>
+      <c r="H149">
+        <v>2013</v>
+      </c>
+      <c r="I149">
+        <v>2014</v>
+      </c>
+      <c r="J149" t="s">
+        <v>341</v>
+      </c>
+      <c r="K149" t="s">
+        <v>24</v>
+      </c>
+      <c r="L149" t="s">
+        <v>733</v>
+      </c>
+      <c r="M149" t="s">
+        <v>734</v>
+      </c>
+      <c r="N149" t="s">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>735</v>
+      </c>
+      <c r="P149" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>737</v>
+      </c>
+      <c r="B150" t="s">
+        <v>738</v>
+      </c>
+      <c r="C150" t="s">
+        <v>732</v>
+      </c>
+      <c r="D150" t="s">
+        <v>739</v>
+      </c>
+      <c r="E150" t="s">
+        <v>40</v>
+      </c>
+      <c r="F150" t="s">
+        <v>330</v>
+      </c>
+      <c r="G150" t="s">
+        <v>33</v>
+      </c>
+      <c r="H150">
+        <v>2013</v>
+      </c>
+      <c r="I150">
+        <v>2014</v>
+      </c>
+      <c r="J150" t="s">
+        <v>341</v>
+      </c>
+      <c r="K150" t="s">
+        <v>24</v>
+      </c>
+      <c r="L150" t="s">
+        <v>733</v>
+      </c>
+      <c r="M150" t="s">
+        <v>734</v>
+      </c>
+      <c r="N150" t="s">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>740</v>
+      </c>
+      <c r="P150" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>742</v>
+      </c>
+      <c r="B151" t="s">
+        <v>743</v>
+      </c>
+      <c r="C151" t="s">
+        <v>732</v>
+      </c>
+      <c r="D151" t="s">
+        <v>744</v>
+      </c>
+      <c r="E151" t="s">
+        <v>40</v>
+      </c>
+      <c r="F151" t="s">
+        <v>21</v>
+      </c>
+      <c r="G151" t="s">
+        <v>33</v>
+      </c>
+      <c r="H151">
+        <v>2013</v>
+      </c>
+      <c r="I151">
+        <v>2014</v>
+      </c>
+      <c r="J151" t="s">
+        <v>341</v>
+      </c>
+      <c r="K151" t="s">
+        <v>24</v>
+      </c>
+      <c r="L151" t="s">
+        <v>733</v>
+      </c>
+      <c r="M151" t="s">
+        <v>734</v>
+      </c>
+      <c r="N151" t="s">
+        <v>27</v>
+      </c>
+      <c r="O151" t="s">
+        <v>745</v>
+      </c>
+      <c r="P151" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>747</v>
+      </c>
+      <c r="B152" t="s">
+        <v>748</v>
+      </c>
+      <c r="C152" t="s">
+        <v>732</v>
+      </c>
+      <c r="D152" t="s">
+        <v>323</v>
+      </c>
+      <c r="E152" t="s">
+        <v>40</v>
+      </c>
+      <c r="F152" t="s">
+        <v>21</v>
+      </c>
+      <c r="G152" t="s">
+        <v>33</v>
+      </c>
+      <c r="H152">
+        <v>2013</v>
+      </c>
+      <c r="I152">
+        <v>2014</v>
+      </c>
+      <c r="J152" t="s">
+        <v>341</v>
+      </c>
+      <c r="K152" t="s">
+        <v>24</v>
+      </c>
+      <c r="L152" t="s">
+        <v>749</v>
+      </c>
+      <c r="M152" t="s">
+        <v>734</v>
+      </c>
+      <c r="N152" t="s">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>750</v>
+      </c>
+      <c r="P152" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>752</v>
+      </c>
+      <c r="B153" t="s">
+        <v>753</v>
+      </c>
+      <c r="C153" t="s">
+        <v>732</v>
+      </c>
+      <c r="D153" t="s">
+        <v>754</v>
+      </c>
+      <c r="E153" t="s">
+        <v>40</v>
+      </c>
+      <c r="F153" t="s">
+        <v>21</v>
+      </c>
+      <c r="G153" t="s">
+        <v>33</v>
+      </c>
+      <c r="H153">
+        <v>2013</v>
+      </c>
+      <c r="I153">
+        <v>2014</v>
+      </c>
+      <c r="J153" t="s">
+        <v>341</v>
+      </c>
+      <c r="K153" t="s">
+        <v>24</v>
+      </c>
+      <c r="L153" t="s">
+        <v>755</v>
+      </c>
+      <c r="M153" t="s">
+        <v>734</v>
+      </c>
+      <c r="N153" t="s">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>756</v>
+      </c>
+      <c r="P153" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" t="s">
+        <v>758</v>
+      </c>
+      <c r="B154" t="s">
+        <v>759</v>
+      </c>
+      <c r="C154" t="s">
+        <v>732</v>
+      </c>
+      <c r="D154" t="s">
+        <v>760</v>
+      </c>
+      <c r="E154" t="s">
+        <v>40</v>
+      </c>
+      <c r="F154" t="s">
+        <v>330</v>
+      </c>
+      <c r="G154" t="s">
+        <v>33</v>
+      </c>
+      <c r="H154">
+        <v>2013</v>
+      </c>
+      <c r="I154">
+        <v>2014</v>
+      </c>
+      <c r="J154" t="s">
+        <v>341</v>
+      </c>
+      <c r="K154" t="s">
+        <v>761</v>
+      </c>
+      <c r="L154" t="s">
+        <v>762</v>
+      </c>
+      <c r="M154" t="s">
+        <v>734</v>
+      </c>
+      <c r="N154" t="s">
+        <v>27</v>
+      </c>
+      <c r="O154" t="s">
+        <v>763</v>
+      </c>
+      <c r="P154" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>765</v>
+      </c>
+      <c r="B155" t="s">
+        <v>766</v>
+      </c>
+      <c r="C155" t="s">
+        <v>732</v>
+      </c>
+      <c r="D155" t="s">
+        <v>155</v>
+      </c>
+      <c r="E155" t="s">
+        <v>40</v>
+      </c>
+      <c r="F155" t="s">
+        <v>330</v>
+      </c>
+      <c r="G155" t="s">
+        <v>33</v>
+      </c>
+      <c r="H155">
+        <v>2013</v>
+      </c>
+      <c r="I155">
+        <v>2014</v>
+      </c>
+      <c r="J155" t="s">
+        <v>341</v>
+      </c>
+      <c r="K155" t="s">
+        <v>24</v>
+      </c>
+      <c r="L155" t="s">
+        <v>767</v>
+      </c>
+      <c r="M155" t="s">
+        <v>734</v>
+      </c>
+      <c r="N155" t="s">
+        <v>768</v>
+      </c>
+      <c r="O155" t="s">
+        <v>769</v>
+      </c>
+      <c r="P155" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>771</v>
+      </c>
+      <c r="B156" t="s">
+        <v>772</v>
+      </c>
+      <c r="C156" t="s">
+        <v>732</v>
+      </c>
+      <c r="D156" t="s">
+        <v>671</v>
+      </c>
+      <c r="E156" t="s">
+        <v>40</v>
+      </c>
+      <c r="F156" t="s">
+        <v>21</v>
+      </c>
+      <c r="G156" t="s">
+        <v>33</v>
+      </c>
+      <c r="H156">
+        <v>2013</v>
+      </c>
+      <c r="I156">
+        <v>2014</v>
+      </c>
+      <c r="J156" t="s">
+        <v>341</v>
+      </c>
+      <c r="K156" t="s">
+        <v>761</v>
+      </c>
+      <c r="L156" t="s">
+        <v>773</v>
+      </c>
+      <c r="M156" t="s">
+        <v>734</v>
+      </c>
+      <c r="N156" t="s">
+        <v>27</v>
+      </c>
+      <c r="O156" t="s">
+        <v>774</v>
+      </c>
+      <c r="P156" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" t="s">
+        <v>776</v>
+      </c>
+      <c r="B157" t="s">
+        <v>777</v>
+      </c>
+      <c r="C157" t="s">
+        <v>732</v>
+      </c>
+      <c r="D157" t="s">
+        <v>671</v>
+      </c>
+      <c r="E157" t="s">
+        <v>40</v>
+      </c>
+      <c r="F157" t="s">
+        <v>330</v>
+      </c>
+      <c r="G157" t="s">
+        <v>33</v>
+      </c>
+      <c r="H157">
+        <v>2013</v>
+      </c>
+      <c r="I157">
+        <v>2014</v>
+      </c>
+      <c r="J157" t="s">
+        <v>341</v>
+      </c>
+      <c r="K157" t="s">
+        <v>761</v>
+      </c>
+      <c r="L157" t="s">
+        <v>778</v>
+      </c>
+      <c r="M157" t="s">
+        <v>734</v>
+      </c>
+      <c r="N157" t="s">
+        <v>27</v>
+      </c>
+      <c r="O157" t="s">
+        <v>779</v>
+      </c>
+      <c r="P157" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>781</v>
+      </c>
+      <c r="B158" t="s">
+        <v>782</v>
+      </c>
+      <c r="C158" t="s">
+        <v>732</v>
+      </c>
+      <c r="D158" t="s">
+        <v>335</v>
+      </c>
+      <c r="E158" t="s">
+        <v>40</v>
+      </c>
+      <c r="F158" t="s">
+        <v>330</v>
+      </c>
+      <c r="G158" t="s">
+        <v>33</v>
+      </c>
+      <c r="H158">
+        <v>2013</v>
+      </c>
+      <c r="I158">
+        <v>2014</v>
+      </c>
+      <c r="J158" t="s">
+        <v>341</v>
+      </c>
+      <c r="K158" t="s">
+        <v>24</v>
+      </c>
+      <c r="L158" t="s">
+        <v>783</v>
+      </c>
+      <c r="M158" t="s">
+        <v>734</v>
+      </c>
+      <c r="N158" t="s">
+        <v>27</v>
+      </c>
+      <c r="O158" t="s">
+        <v>784</v>
+      </c>
+      <c r="P158" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>786</v>
+      </c>
+      <c r="B159" t="s">
+        <v>787</v>
+      </c>
+      <c r="C159" t="s">
+        <v>732</v>
+      </c>
+      <c r="D159" t="s">
+        <v>335</v>
+      </c>
+      <c r="E159" t="s">
+        <v>40</v>
+      </c>
+      <c r="F159" t="s">
+        <v>21</v>
+      </c>
+      <c r="G159" t="s">
+        <v>33</v>
+      </c>
+      <c r="H159">
+        <v>2013</v>
+      </c>
+      <c r="I159">
+        <v>2014</v>
+      </c>
+      <c r="J159" t="s">
+        <v>341</v>
+      </c>
+      <c r="K159" t="s">
+        <v>24</v>
+      </c>
+      <c r="L159" t="s">
+        <v>783</v>
+      </c>
+      <c r="M159" t="s">
+        <v>734</v>
+      </c>
+      <c r="N159" t="s">
+        <v>27</v>
+      </c>
+      <c r="O159" t="s">
+        <v>788</v>
+      </c>
+      <c r="P159" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>790</v>
+      </c>
+      <c r="B160" t="s">
+        <v>791</v>
+      </c>
+      <c r="C160" t="s">
+        <v>732</v>
+      </c>
+      <c r="D160" t="s">
+        <v>792</v>
+      </c>
+      <c r="E160" t="s">
+        <v>40</v>
+      </c>
+      <c r="F160" t="s">
+        <v>330</v>
+      </c>
+      <c r="G160" t="s">
+        <v>33</v>
+      </c>
+      <c r="H160">
+        <v>2013</v>
+      </c>
+      <c r="I160">
+        <v>2014</v>
+      </c>
+      <c r="J160" t="s">
+        <v>341</v>
+      </c>
+      <c r="K160" t="s">
+        <v>24</v>
+      </c>
+      <c r="L160" t="s">
+        <v>793</v>
+      </c>
+      <c r="M160" t="s">
+        <v>734</v>
+      </c>
+      <c r="N160" t="s">
+        <v>27</v>
+      </c>
+      <c r="O160" t="s">
+        <v>794</v>
+      </c>
+      <c r="P160" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
+      <c r="A161" t="s">
+        <v>796</v>
+      </c>
+      <c r="B161" t="s">
+        <v>797</v>
+      </c>
+      <c r="C161" t="s">
+        <v>732</v>
+      </c>
+      <c r="D161" t="s">
+        <v>792</v>
+      </c>
+      <c r="E161" t="s">
+        <v>40</v>
+      </c>
+      <c r="F161" t="s">
+        <v>21</v>
+      </c>
+      <c r="G161" t="s">
+        <v>33</v>
+      </c>
+      <c r="H161">
+        <v>2013</v>
+      </c>
+      <c r="I161">
+        <v>2014</v>
+      </c>
+      <c r="J161" t="s">
+        <v>341</v>
+      </c>
+      <c r="K161" t="s">
+        <v>24</v>
+      </c>
+      <c r="L161" t="s">
+        <v>798</v>
+      </c>
+      <c r="M161" t="s">
+        <v>734</v>
+      </c>
+      <c r="N161" t="s">
+        <v>27</v>
+      </c>
+      <c r="O161" t="s">
+        <v>799</v>
+      </c>
+      <c r="P161" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
+      <c r="A162" t="s">
+        <v>801</v>
+      </c>
+      <c r="B162" t="s">
+        <v>802</v>
+      </c>
+      <c r="C162" t="s">
+        <v>732</v>
+      </c>
+      <c r="D162" t="s">
+        <v>803</v>
+      </c>
+      <c r="E162" t="s">
+        <v>40</v>
+      </c>
+      <c r="F162" t="s">
+        <v>21</v>
+      </c>
+      <c r="G162" t="s">
+        <v>33</v>
+      </c>
+      <c r="H162">
+        <v>2013</v>
+      </c>
+      <c r="I162">
+        <v>2014</v>
+      </c>
+      <c r="J162" t="s">
+        <v>341</v>
+      </c>
+      <c r="K162" t="s">
+        <v>24</v>
+      </c>
+      <c r="L162" t="s">
+        <v>804</v>
+      </c>
+      <c r="M162" t="s">
+        <v>734</v>
+      </c>
+      <c r="N162" t="s">
+        <v>27</v>
+      </c>
+      <c r="O162" t="s">
+        <v>805</v>
+      </c>
+      <c r="P162"/>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" t="s">
+        <v>806</v>
+      </c>
+      <c r="B163" t="s">
+        <v>807</v>
+      </c>
+      <c r="C163" t="s">
+        <v>732</v>
+      </c>
+      <c r="D163" t="s">
+        <v>39</v>
+      </c>
+      <c r="E163" t="s">
+        <v>40</v>
+      </c>
+      <c r="F163" t="s">
+        <v>330</v>
+      </c>
+      <c r="G163" t="s">
+        <v>33</v>
+      </c>
+      <c r="H163">
+        <v>2012</v>
+      </c>
+      <c r="I163">
+        <v>2013</v>
+      </c>
+      <c r="J163" t="s">
+        <v>341</v>
+      </c>
+      <c r="K163" t="s">
+        <v>24</v>
+      </c>
+      <c r="L163" t="s">
+        <v>804</v>
+      </c>
+      <c r="M163" t="s">
+        <v>734</v>
+      </c>
+      <c r="N163" t="s">
+        <v>27</v>
+      </c>
+      <c r="O163" t="s">
+        <v>808</v>
+      </c>
+      <c r="P163" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>810</v>
+      </c>
+      <c r="B164" t="s">
+        <v>811</v>
+      </c>
+      <c r="C164" t="s">
+        <v>732</v>
+      </c>
+      <c r="D164" t="s">
+        <v>812</v>
+      </c>
+      <c r="E164" t="s">
+        <v>40</v>
+      </c>
+      <c r="F164" t="s">
+        <v>21</v>
+      </c>
+      <c r="G164" t="s">
+        <v>33</v>
+      </c>
+      <c r="H164">
+        <v>2013</v>
+      </c>
+      <c r="I164">
+        <v>2014</v>
+      </c>
+      <c r="J164" t="s">
+        <v>341</v>
+      </c>
+      <c r="K164" t="s">
+        <v>24</v>
+      </c>
+      <c r="L164" t="s">
+        <v>813</v>
+      </c>
+      <c r="M164" t="s">
+        <v>734</v>
+      </c>
+      <c r="N164" t="s">
+        <v>27</v>
+      </c>
+      <c r="O164" t="s">
+        <v>814</v>
+      </c>
+      <c r="P164" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>816</v>
+      </c>
+      <c r="B165" t="s">
+        <v>817</v>
+      </c>
+      <c r="C165" t="s">
+        <v>732</v>
+      </c>
+      <c r="D165" t="s">
+        <v>818</v>
+      </c>
+      <c r="E165" t="s">
+        <v>40</v>
+      </c>
+      <c r="F165" t="s">
+        <v>21</v>
+      </c>
+      <c r="G165" t="s">
+        <v>33</v>
+      </c>
+      <c r="H165">
+        <v>2013</v>
+      </c>
+      <c r="I165">
+        <v>2014</v>
+      </c>
+      <c r="J165" t="s">
+        <v>341</v>
+      </c>
+      <c r="K165" t="s">
+        <v>24</v>
+      </c>
+      <c r="L165" t="s">
+        <v>733</v>
+      </c>
+      <c r="M165" t="s">
+        <v>734</v>
+      </c>
+      <c r="N165" t="s">
+        <v>27</v>
+      </c>
+      <c r="O165" t="s">
+        <v>819</v>
+      </c>
+      <c r="P165" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
+      <c r="A166" t="s">
+        <v>821</v>
+      </c>
+      <c r="B166" t="s">
+        <v>822</v>
+      </c>
+      <c r="C166" t="s">
+        <v>732</v>
+      </c>
+      <c r="D166" t="s">
+        <v>823</v>
+      </c>
+      <c r="E166" t="s">
+        <v>40</v>
+      </c>
+      <c r="F166" t="s">
+        <v>21</v>
+      </c>
+      <c r="G166" t="s">
+        <v>33</v>
+      </c>
+      <c r="H166">
+        <v>2013</v>
+      </c>
+      <c r="I166">
+        <v>2014</v>
+      </c>
+      <c r="J166" t="s">
+        <v>341</v>
+      </c>
+      <c r="K166" t="s">
+        <v>24</v>
+      </c>
+      <c r="L166" t="s">
+        <v>824</v>
+      </c>
+      <c r="M166" t="s">
+        <v>734</v>
+      </c>
+      <c r="N166" t="s">
+        <v>27</v>
+      </c>
+      <c r="O166" t="s">
+        <v>825</v>
+      </c>
+      <c r="P166" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" t="s">
+        <v>827</v>
+      </c>
+      <c r="B167" t="s">
+        <v>828</v>
+      </c>
+      <c r="C167" t="s">
+        <v>732</v>
+      </c>
+      <c r="D167" t="s">
+        <v>829</v>
+      </c>
+      <c r="E167" t="s">
+        <v>40</v>
+      </c>
+      <c r="F167" t="s">
+        <v>21</v>
+      </c>
+      <c r="G167" t="s">
+        <v>33</v>
+      </c>
+      <c r="H167">
+        <v>2012</v>
+      </c>
+      <c r="I167">
+        <v>2013</v>
+      </c>
+      <c r="J167" t="s">
+        <v>341</v>
+      </c>
+      <c r="K167" t="s">
+        <v>24</v>
+      </c>
+      <c r="L167" t="s">
+        <v>830</v>
+      </c>
+      <c r="M167" t="s">
+        <v>734</v>
+      </c>
+      <c r="N167" t="s">
+        <v>27</v>
+      </c>
+      <c r="O167" t="s">
+        <v>831</v>
+      </c>
+      <c r="P167" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="168" spans="1:16">
+      <c r="A168" t="s">
+        <v>833</v>
+      </c>
+      <c r="B168" t="s">
+        <v>834</v>
+      </c>
+      <c r="C168" t="s">
+        <v>732</v>
+      </c>
+      <c r="D168" t="s">
+        <v>760</v>
+      </c>
+      <c r="E168" t="s">
+        <v>40</v>
+      </c>
+      <c r="F168" t="s">
+        <v>21</v>
+      </c>
+      <c r="G168" t="s">
+        <v>33</v>
+      </c>
+      <c r="H168">
+        <v>2012</v>
+      </c>
+      <c r="I168">
+        <v>2013</v>
+      </c>
+      <c r="J168" t="s">
+        <v>341</v>
+      </c>
+      <c r="K168" t="s">
+        <v>761</v>
+      </c>
+      <c r="L168" t="s">
+        <v>835</v>
+      </c>
+      <c r="M168" t="s">
+        <v>734</v>
+      </c>
+      <c r="N168" t="s">
+        <v>27</v>
+      </c>
+      <c r="O168" t="s">
+        <v>836</v>
+      </c>
+      <c r="P168" t="s">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16">
+      <c r="A169" t="s">
+        <v>838</v>
+      </c>
+      <c r="B169" t="s">
+        <v>839</v>
+      </c>
+      <c r="C169" t="s">
+        <v>732</v>
+      </c>
+      <c r="D169" t="s">
+        <v>56</v>
+      </c>
+      <c r="E169" t="s">
+        <v>40</v>
+      </c>
+      <c r="F169" t="s">
+        <v>330</v>
+      </c>
+      <c r="G169" t="s">
+        <v>33</v>
+      </c>
+      <c r="H169">
+        <v>2012</v>
+      </c>
+      <c r="I169">
+        <v>2013</v>
+      </c>
+      <c r="J169" t="s">
+        <v>341</v>
+      </c>
+      <c r="K169" t="s">
+        <v>24</v>
+      </c>
+      <c r="L169" t="s">
+        <v>762</v>
+      </c>
+      <c r="M169" t="s">
+        <v>734</v>
+      </c>
+      <c r="N169" t="s">
+        <v>27</v>
+      </c>
+      <c r="O169" t="s">
+        <v>840</v>
+      </c>
+      <c r="P169" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="170" spans="1:16">
+      <c r="A170" t="s">
+        <v>842</v>
+      </c>
+      <c r="B170" t="s">
+        <v>843</v>
+      </c>
+      <c r="C170" t="s">
+        <v>18</v>
+      </c>
+      <c r="D170" t="s">
+        <v>717</v>
+      </c>
+      <c r="E170" t="s">
+        <v>20</v>
+      </c>
+      <c r="F170" t="s">
+        <v>21</v>
+      </c>
+      <c r="G170" t="s">
+        <v>33</v>
+      </c>
+      <c r="H170">
+        <v>1981</v>
+      </c>
+      <c r="I170">
+        <v>2002</v>
+      </c>
+      <c r="J170" t="s">
+        <v>23</v>
+      </c>
+      <c r="K170" t="s">
+        <v>24</v>
+      </c>
+      <c r="L170"/>
+      <c r="M170" t="s">
+        <v>128</v>
+      </c>
+      <c r="N170" t="s">
+        <v>145</v>
+      </c>
+      <c r="O170" t="s">
+        <v>844</v>
+      </c>
+      <c r="P170" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16">
+      <c r="A171" t="s">
+        <v>845</v>
+      </c>
+      <c r="B171" t="s">
+        <v>846</v>
+      </c>
+      <c r="C171" t="s">
+        <v>18</v>
+      </c>
+      <c r="D171" t="s">
+        <v>182</v>
+      </c>
+      <c r="E171" t="s">
+        <v>20</v>
+      </c>
+      <c r="F171" t="s">
+        <v>21</v>
+      </c>
+      <c r="G171" t="s">
+        <v>22</v>
+      </c>
+      <c r="H171">
+        <v>2011</v>
+      </c>
+      <c r="I171"/>
+      <c r="J171" t="s">
+        <v>23</v>
+      </c>
+      <c r="K171" t="s">
+        <v>24</v>
+      </c>
+      <c r="L171" t="s">
+        <v>183</v>
+      </c>
+      <c r="M171" t="s">
+        <v>26</v>
+      </c>
+      <c r="N171" t="s">
+        <v>27</v>
+      </c>
+      <c r="O171" t="s">
+        <v>847</v>
+      </c>
+      <c r="P171" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16">
+      <c r="A172" t="s">
+        <v>848</v>
+      </c>
+      <c r="B172" t="s">
+        <v>849</v>
+      </c>
+      <c r="C172" t="s">
+        <v>850</v>
+      </c>
+      <c r="D172" t="s">
+        <v>63</v>
+      </c>
+      <c r="E172" t="s">
+        <v>851</v>
+      </c>
+      <c r="F172" t="s">
+        <v>41</v>
+      </c>
+      <c r="G172" t="s">
+        <v>852</v>
+      </c>
+      <c r="H172"/>
+      <c r="I172"/>
+      <c r="J172" t="s">
+        <v>853</v>
+      </c>
+      <c r="K172" t="s">
+        <v>24</v>
+      </c>
+      <c r="L172"/>
+      <c r="M172" t="s">
+        <v>854</v>
+      </c>
+      <c r="N172" t="s">
+        <v>27</v>
+      </c>
+      <c r="O172" t="s">
+        <v>855</v>
+      </c>
+      <c r="P172" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16">
+      <c r="A173" t="s">
+        <v>857</v>
+      </c>
+      <c r="B173" t="s">
+        <v>849</v>
+      </c>
+      <c r="C173" t="s">
+        <v>38</v>
+      </c>
+      <c r="D173" t="s">
+        <v>69</v>
+      </c>
+      <c r="E173" t="s">
+        <v>40</v>
+      </c>
+      <c r="F173" t="s">
+        <v>21</v>
+      </c>
+      <c r="G173" t="s">
+        <v>852</v>
+      </c>
+      <c r="H173"/>
+      <c r="I173"/>
+      <c r="J173" t="s">
+        <v>42</v>
+      </c>
+      <c r="K173" t="s">
+        <v>24</v>
+      </c>
+      <c r="L173"/>
+      <c r="M173" t="s">
+        <v>44</v>
+      </c>
+      <c r="N173" t="s">
+        <v>27</v>
+      </c>
+      <c r="O173" t="s">
+        <v>858</v>
+      </c>
+      <c r="P173" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16">
+      <c r="A174" t="s">
+        <v>860</v>
+      </c>
+      <c r="B174" t="s">
+        <v>861</v>
+      </c>
+      <c r="C174" t="s">
+        <v>862</v>
+      </c>
+      <c r="D174" t="s">
+        <v>863</v>
+      </c>
+      <c r="E174" t="s">
+        <v>40</v>
+      </c>
+      <c r="F174" t="s">
+        <v>41</v>
+      </c>
+      <c r="G174" t="s">
+        <v>22</v>
+      </c>
+      <c r="H174">
+        <v>2016</v>
+      </c>
+      <c r="I174"/>
+      <c r="J174" t="s">
+        <v>853</v>
+      </c>
+      <c r="K174" t="s">
+        <v>24</v>
+      </c>
+      <c r="L174"/>
+      <c r="M174" t="s">
+        <v>864</v>
+      </c>
+      <c r="N174" t="s">
+        <v>27</v>
+      </c>
+      <c r="O174" t="s">
+        <v>865</v>
+      </c>
+      <c r="P174" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="175" spans="1:16">
+      <c r="A175" t="s">
+        <v>860</v>
+      </c>
+      <c r="B175" t="s">
+        <v>861</v>
+      </c>
+      <c r="C175" t="s">
+        <v>862</v>
+      </c>
+      <c r="D175" t="s">
+        <v>69</v>
+      </c>
+      <c r="E175" t="s">
+        <v>40</v>
+      </c>
+      <c r="F175" t="s">
+        <v>41</v>
+      </c>
+      <c r="G175" t="s">
+        <v>22</v>
+      </c>
+      <c r="H175">
+        <v>2016</v>
+      </c>
+      <c r="I175"/>
+      <c r="J175" t="s">
+        <v>853</v>
+      </c>
+      <c r="K175" t="s">
+        <v>24</v>
+      </c>
+      <c r="L175"/>
+      <c r="M175" t="s">
+        <v>864</v>
+      </c>
+      <c r="N175" t="s">
+        <v>27</v>
+      </c>
+      <c r="O175" t="s">
+        <v>867</v>
+      </c>
+      <c r="P175" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16">
+      <c r="A176" t="s">
+        <v>868</v>
+      </c>
+      <c r="B176" t="s">
+        <v>869</v>
+      </c>
+      <c r="C176" t="s">
+        <v>862</v>
+      </c>
+      <c r="D176" t="s">
+        <v>39</v>
+      </c>
+      <c r="E176" t="s">
+        <v>40</v>
+      </c>
+      <c r="F176" t="s">
+        <v>41</v>
+      </c>
+      <c r="G176" t="s">
+        <v>22</v>
+      </c>
+      <c r="H176">
+        <v>2016</v>
+      </c>
+      <c r="I176"/>
+      <c r="J176" t="s">
+        <v>853</v>
+      </c>
+      <c r="K176" t="s">
+        <v>24</v>
+      </c>
+      <c r="L176"/>
+      <c r="M176" t="s">
+        <v>864</v>
+      </c>
+      <c r="N176" t="s">
+        <v>27</v>
+      </c>
+      <c r="O176" t="s">
+        <v>870</v>
+      </c>
+      <c r="P176" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16">
+      <c r="A177" t="s">
+        <v>872</v>
+      </c>
+      <c r="B177" t="s">
+        <v>849</v>
+      </c>
+      <c r="C177" t="s">
+        <v>38</v>
+      </c>
+      <c r="D177" t="s">
+        <v>32</v>
+      </c>
+      <c r="E177" t="s">
+        <v>40</v>
+      </c>
+      <c r="F177" t="s">
+        <v>21</v>
+      </c>
+      <c r="G177" t="s">
+        <v>852</v>
+      </c>
+      <c r="H177"/>
+      <c r="I177"/>
+      <c r="J177" t="s">
+        <v>42</v>
+      </c>
+      <c r="K177" t="s">
+        <v>24</v>
+      </c>
+      <c r="L177"/>
+      <c r="M177" t="s">
+        <v>44</v>
+      </c>
+      <c r="N177" t="s">
+        <v>27</v>
+      </c>
+      <c r="O177" t="s">
+        <v>873</v>
+      </c>
+      <c r="P177" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16">
+      <c r="A178" t="s">
+        <v>874</v>
+      </c>
+      <c r="B178" t="s">
+        <v>849</v>
+      </c>
+      <c r="C178" t="s">
+        <v>38</v>
+      </c>
+      <c r="D178" t="s">
+        <v>63</v>
+      </c>
+      <c r="E178" t="s">
+        <v>40</v>
+      </c>
+      <c r="F178" t="s">
+        <v>21</v>
+      </c>
+      <c r="G178" t="s">
+        <v>852</v>
+      </c>
+      <c r="H178"/>
+      <c r="I178"/>
+      <c r="J178" t="s">
+        <v>42</v>
+      </c>
+      <c r="K178" t="s">
+        <v>24</v>
+      </c>
+      <c r="L178"/>
+      <c r="M178" t="s">
+        <v>44</v>
+      </c>
+      <c r="N178" t="s">
+        <v>27</v>
+      </c>
+      <c r="O178" t="s">
+        <v>875</v>
+      </c>
+      <c r="P178" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="179" spans="1:16">
+      <c r="A179" t="s">
+        <v>876</v>
+      </c>
+      <c r="B179" t="s">
+        <v>877</v>
+      </c>
+      <c r="C179" t="s">
+        <v>18</v>
+      </c>
+      <c r="D179" t="s">
+        <v>683</v>
+      </c>
+      <c r="E179" t="s">
+        <v>20</v>
+      </c>
+      <c r="F179" t="s">
+        <v>21</v>
+      </c>
+      <c r="G179" t="s">
+        <v>22</v>
+      </c>
+      <c r="H179">
+        <v>2003</v>
+      </c>
+      <c r="I179"/>
+      <c r="J179" t="s">
+        <v>23</v>
+      </c>
+      <c r="K179" t="s">
+        <v>24</v>
+      </c>
+      <c r="L179" t="s">
+        <v>878</v>
+      </c>
+      <c r="M179" t="s">
+        <v>128</v>
+      </c>
+      <c r="N179" t="s">
+        <v>27</v>
+      </c>
+      <c r="O179" t="s">
+        <v>879</v>
+      </c>
+      <c r="P179" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="180" spans="1:16">
+      <c r="A180" t="s">
+        <v>880</v>
+      </c>
+      <c r="B180" t="s">
+        <v>881</v>
+      </c>
+      <c r="C180" t="s">
+        <v>882</v>
+      </c>
+      <c r="D180" t="s">
         <v>19</v>
       </c>
-      <c r="G148">
-[...6 lines deleted...]
-      <c r="J148" t="s">
+      <c r="E180" t="s">
+        <v>40</v>
+      </c>
+      <c r="F180" t="s">
         <v>21</v>
       </c>
-      <c r="K148" t="s">
-[...25 lines deleted...]
-      <c r="E149" t="s">
+      <c r="G180" t="s">
+        <v>22</v>
+      </c>
+      <c r="H180">
+        <v>2015</v>
+      </c>
+      <c r="I180"/>
+      <c r="J180" t="s">
+        <v>853</v>
+      </c>
+      <c r="K180" t="s">
+        <v>24</v>
+      </c>
+      <c r="L180"/>
+      <c r="M180" t="s">
+        <v>883</v>
+      </c>
+      <c r="N180" t="s">
+        <v>27</v>
+      </c>
+      <c r="O180" t="s">
+        <v>884</v>
+      </c>
+      <c r="P180" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="181" spans="1:16">
+      <c r="A181" t="s">
+        <v>886</v>
+      </c>
+      <c r="B181" t="s">
+        <v>887</v>
+      </c>
+      <c r="C181" t="s">
+        <v>48</v>
+      </c>
+      <c r="D181" t="s">
+        <v>75</v>
+      </c>
+      <c r="E181" t="s">
+        <v>20</v>
+      </c>
+      <c r="F181" t="s">
+        <v>888</v>
+      </c>
+      <c r="G181" t="s">
+        <v>22</v>
+      </c>
+      <c r="H181">
+        <v>2017</v>
+      </c>
+      <c r="I181"/>
+      <c r="J181" t="s">
+        <v>889</v>
+      </c>
+      <c r="K181" t="s">
+        <v>24</v>
+      </c>
+      <c r="L181" t="s">
+        <v>890</v>
+      </c>
+      <c r="M181" t="s">
+        <v>51</v>
+      </c>
+      <c r="N181" t="s">
+        <v>27</v>
+      </c>
+      <c r="O181" t="s">
+        <v>891</v>
+      </c>
+      <c r="P181" t="s">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="182" spans="1:16">
+      <c r="A182" t="s">
+        <v>893</v>
+      </c>
+      <c r="B182"/>
+      <c r="C182" t="s">
         <v>18</v>
       </c>
-      <c r="F149" t="s">
-[...5 lines deleted...]
-      <c r="H149">
+      <c r="D182" t="s">
+        <v>894</v>
+      </c>
+      <c r="E182" t="s">
+        <v>40</v>
+      </c>
+      <c r="F182" t="s">
+        <v>21</v>
+      </c>
+      <c r="G182" t="s">
+        <v>22</v>
+      </c>
+      <c r="H182">
+        <v>2021</v>
+      </c>
+      <c r="I182"/>
+      <c r="J182" t="s">
+        <v>156</v>
+      </c>
+      <c r="K182" t="s">
+        <v>24</v>
+      </c>
+      <c r="L182"/>
+      <c r="M182" t="s">
+        <v>26</v>
+      </c>
+      <c r="N182" t="s">
+        <v>27</v>
+      </c>
+      <c r="O182" t="s">
+        <v>895</v>
+      </c>
+      <c r="P182" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="183" spans="1:16">
+      <c r="A183" t="s">
+        <v>897</v>
+      </c>
+      <c r="B183" t="s">
+        <v>898</v>
+      </c>
+      <c r="C183" t="s">
+        <v>18</v>
+      </c>
+      <c r="D183" t="s">
+        <v>683</v>
+      </c>
+      <c r="E183" t="s">
+        <v>40</v>
+      </c>
+      <c r="F183" t="s">
+        <v>21</v>
+      </c>
+      <c r="G183" t="s">
+        <v>33</v>
+      </c>
+      <c r="H183">
+        <v>2003</v>
+      </c>
+      <c r="I183">
+        <v>2005</v>
+      </c>
+      <c r="J183" t="s">
+        <v>156</v>
+      </c>
+      <c r="K183" t="s">
+        <v>24</v>
+      </c>
+      <c r="L183"/>
+      <c r="M183" t="s">
+        <v>26</v>
+      </c>
+      <c r="N183" t="s">
+        <v>27</v>
+      </c>
+      <c r="O183" t="s">
+        <v>899</v>
+      </c>
+      <c r="P183" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="184" spans="1:16">
+      <c r="A184" t="s">
+        <v>900</v>
+      </c>
+      <c r="B184" t="s">
+        <v>901</v>
+      </c>
+      <c r="C184" t="s">
+        <v>18</v>
+      </c>
+      <c r="D184" t="s">
+        <v>329</v>
+      </c>
+      <c r="E184" t="s">
+        <v>40</v>
+      </c>
+      <c r="F184" t="s">
+        <v>21</v>
+      </c>
+      <c r="G184" t="s">
+        <v>22</v>
+      </c>
+      <c r="H184">
+        <v>2003</v>
+      </c>
+      <c r="I184"/>
+      <c r="J184" t="s">
+        <v>156</v>
+      </c>
+      <c r="K184" t="s">
+        <v>902</v>
+      </c>
+      <c r="L184"/>
+      <c r="M184" t="s">
+        <v>26</v>
+      </c>
+      <c r="N184" t="s">
+        <v>145</v>
+      </c>
+      <c r="O184" t="s">
+        <v>903</v>
+      </c>
+      <c r="P184" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="185" spans="1:16">
+      <c r="A185" t="s">
+        <v>904</v>
+      </c>
+      <c r="B185" t="s">
+        <v>905</v>
+      </c>
+      <c r="C185" t="s">
+        <v>18</v>
+      </c>
+      <c r="D185" t="s">
+        <v>906</v>
+      </c>
+      <c r="E185" t="s">
+        <v>40</v>
+      </c>
+      <c r="F185" t="s">
+        <v>21</v>
+      </c>
+      <c r="G185" t="s">
+        <v>22</v>
+      </c>
+      <c r="H185">
+        <v>2018</v>
+      </c>
+      <c r="I185"/>
+      <c r="J185" t="s">
+        <v>156</v>
+      </c>
+      <c r="K185" t="s">
+        <v>24</v>
+      </c>
+      <c r="L185"/>
+      <c r="M185" t="s">
+        <v>26</v>
+      </c>
+      <c r="N185" t="s">
+        <v>27</v>
+      </c>
+      <c r="O185" t="s">
+        <v>907</v>
+      </c>
+      <c r="P185" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="186" spans="1:16">
+      <c r="A186" t="s">
+        <v>908</v>
+      </c>
+      <c r="B186" t="s">
+        <v>909</v>
+      </c>
+      <c r="C186" t="s">
+        <v>18</v>
+      </c>
+      <c r="D186" t="s">
+        <v>906</v>
+      </c>
+      <c r="E186" t="s">
+        <v>40</v>
+      </c>
+      <c r="F186" t="s">
+        <v>21</v>
+      </c>
+      <c r="G186" t="s">
+        <v>22</v>
+      </c>
+      <c r="H186">
+        <v>2016</v>
+      </c>
+      <c r="I186"/>
+      <c r="J186" t="s">
+        <v>156</v>
+      </c>
+      <c r="K186" t="s">
+        <v>24</v>
+      </c>
+      <c r="L186"/>
+      <c r="M186" t="s">
+        <v>26</v>
+      </c>
+      <c r="N186" t="s">
+        <v>27</v>
+      </c>
+      <c r="O186" t="s">
+        <v>910</v>
+      </c>
+      <c r="P186" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="187" spans="1:16">
+      <c r="A187" t="s">
+        <v>911</v>
+      </c>
+      <c r="B187"/>
+      <c r="C187" t="s">
+        <v>18</v>
+      </c>
+      <c r="D187" t="s">
+        <v>19</v>
+      </c>
+      <c r="E187" t="s">
+        <v>40</v>
+      </c>
+      <c r="F187" t="s">
+        <v>21</v>
+      </c>
+      <c r="G187" t="s">
+        <v>22</v>
+      </c>
+      <c r="H187">
+        <v>2010</v>
+      </c>
+      <c r="I187"/>
+      <c r="J187" t="s">
+        <v>156</v>
+      </c>
+      <c r="K187" t="s">
+        <v>24</v>
+      </c>
+      <c r="L187"/>
+      <c r="M187" t="s">
+        <v>26</v>
+      </c>
+      <c r="N187" t="s">
+        <v>27</v>
+      </c>
+      <c r="O187" t="s">
+        <v>912</v>
+      </c>
+      <c r="P187" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="188" spans="1:16">
+      <c r="A188" t="s">
+        <v>913</v>
+      </c>
+      <c r="B188"/>
+      <c r="C188" t="s">
+        <v>18</v>
+      </c>
+      <c r="D188" t="s">
+        <v>182</v>
+      </c>
+      <c r="E188" t="s">
+        <v>40</v>
+      </c>
+      <c r="F188" t="s">
+        <v>21</v>
+      </c>
+      <c r="G188" t="s">
+        <v>33</v>
+      </c>
+      <c r="H188">
+        <v>2011</v>
+      </c>
+      <c r="I188">
+        <v>2018</v>
+      </c>
+      <c r="J188" t="s">
+        <v>156</v>
+      </c>
+      <c r="K188" t="s">
+        <v>24</v>
+      </c>
+      <c r="L188"/>
+      <c r="M188" t="s">
+        <v>914</v>
+      </c>
+      <c r="N188" t="s">
+        <v>27</v>
+      </c>
+      <c r="O188" t="s">
+        <v>915</v>
+      </c>
+      <c r="P188" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="189" spans="1:16">
+      <c r="A189" t="s">
+        <v>916</v>
+      </c>
+      <c r="B189"/>
+      <c r="C189" t="s">
+        <v>18</v>
+      </c>
+      <c r="D189" t="s">
+        <v>917</v>
+      </c>
+      <c r="E189" t="s">
+        <v>40</v>
+      </c>
+      <c r="F189" t="s">
+        <v>21</v>
+      </c>
+      <c r="G189" t="s">
+        <v>22</v>
+      </c>
+      <c r="H189">
+        <v>2011</v>
+      </c>
+      <c r="I189">
+        <v>2016</v>
+      </c>
+      <c r="J189" t="s">
+        <v>156</v>
+      </c>
+      <c r="K189" t="s">
+        <v>24</v>
+      </c>
+      <c r="L189"/>
+      <c r="M189" t="s">
+        <v>26</v>
+      </c>
+      <c r="N189" t="s">
+        <v>27</v>
+      </c>
+      <c r="O189" t="s">
+        <v>918</v>
+      </c>
+      <c r="P189" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="190" spans="1:16">
+      <c r="A190" t="s">
+        <v>919</v>
+      </c>
+      <c r="B190"/>
+      <c r="C190" t="s">
+        <v>18</v>
+      </c>
+      <c r="D190" t="s">
+        <v>413</v>
+      </c>
+      <c r="E190" t="s">
+        <v>40</v>
+      </c>
+      <c r="F190" t="s">
+        <v>21</v>
+      </c>
+      <c r="G190" t="s">
+        <v>22</v>
+      </c>
+      <c r="H190">
+        <v>2015</v>
+      </c>
+      <c r="I190"/>
+      <c r="J190" t="s">
+        <v>156</v>
+      </c>
+      <c r="K190" t="s">
+        <v>24</v>
+      </c>
+      <c r="L190"/>
+      <c r="M190" t="s">
+        <v>26</v>
+      </c>
+      <c r="N190" t="s">
+        <v>27</v>
+      </c>
+      <c r="O190" t="s">
+        <v>920</v>
+      </c>
+      <c r="P190" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="191" spans="1:16">
+      <c r="A191" t="s">
+        <v>921</v>
+      </c>
+      <c r="B191"/>
+      <c r="C191" t="s">
+        <v>18</v>
+      </c>
+      <c r="D191" t="s">
+        <v>32</v>
+      </c>
+      <c r="E191" t="s">
+        <v>40</v>
+      </c>
+      <c r="F191" t="s">
+        <v>21</v>
+      </c>
+      <c r="G191" t="s">
+        <v>22</v>
+      </c>
+      <c r="H191">
+        <v>2015</v>
+      </c>
+      <c r="I191"/>
+      <c r="J191" t="s">
+        <v>156</v>
+      </c>
+      <c r="K191" t="s">
+        <v>24</v>
+      </c>
+      <c r="L191"/>
+      <c r="M191" t="s">
+        <v>26</v>
+      </c>
+      <c r="N191" t="s">
+        <v>27</v>
+      </c>
+      <c r="O191" t="s">
+        <v>922</v>
+      </c>
+      <c r="P191" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="192" spans="1:16">
+      <c r="A192" t="s">
+        <v>923</v>
+      </c>
+      <c r="B192" t="s">
+        <v>924</v>
+      </c>
+      <c r="C192" t="s">
+        <v>18</v>
+      </c>
+      <c r="D192" t="s">
+        <v>925</v>
+      </c>
+      <c r="E192" t="s">
+        <v>40</v>
+      </c>
+      <c r="F192" t="s">
+        <v>21</v>
+      </c>
+      <c r="G192" t="s">
+        <v>33</v>
+      </c>
+      <c r="H192">
+        <v>2001</v>
+      </c>
+      <c r="I192">
+        <v>2018</v>
+      </c>
+      <c r="J192" t="s">
+        <v>156</v>
+      </c>
+      <c r="K192" t="s">
+        <v>24</v>
+      </c>
+      <c r="L192"/>
+      <c r="M192" t="s">
+        <v>26</v>
+      </c>
+      <c r="N192" t="s">
+        <v>27</v>
+      </c>
+      <c r="O192" t="s">
+        <v>926</v>
+      </c>
+      <c r="P192" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="193" spans="1:16">
+      <c r="A193" t="s">
+        <v>927</v>
+      </c>
+      <c r="B193"/>
+      <c r="C193" t="s">
+        <v>18</v>
+      </c>
+      <c r="D193" t="s">
+        <v>246</v>
+      </c>
+      <c r="E193" t="s">
+        <v>40</v>
+      </c>
+      <c r="F193" t="s">
+        <v>21</v>
+      </c>
+      <c r="G193" t="s">
+        <v>22</v>
+      </c>
+      <c r="H193">
+        <v>2009</v>
+      </c>
+      <c r="I193"/>
+      <c r="J193" t="s">
+        <v>156</v>
+      </c>
+      <c r="K193" t="s">
+        <v>24</v>
+      </c>
+      <c r="L193"/>
+      <c r="M193" t="s">
+        <v>26</v>
+      </c>
+      <c r="N193" t="s">
+        <v>27</v>
+      </c>
+      <c r="O193" t="s">
+        <v>928</v>
+      </c>
+      <c r="P193" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="194" spans="1:16">
+      <c r="A194" t="s">
+        <v>929</v>
+      </c>
+      <c r="B194"/>
+      <c r="C194" t="s">
+        <v>18</v>
+      </c>
+      <c r="D194" t="s">
+        <v>19</v>
+      </c>
+      <c r="E194" t="s">
+        <v>40</v>
+      </c>
+      <c r="F194" t="s">
+        <v>21</v>
+      </c>
+      <c r="G194" t="s">
+        <v>22</v>
+      </c>
+      <c r="H194">
+        <v>2012</v>
+      </c>
+      <c r="I194"/>
+      <c r="J194" t="s">
+        <v>156</v>
+      </c>
+      <c r="K194" t="s">
+        <v>24</v>
+      </c>
+      <c r="L194"/>
+      <c r="M194" t="s">
+        <v>26</v>
+      </c>
+      <c r="N194" t="s">
+        <v>27</v>
+      </c>
+      <c r="O194" t="s">
+        <v>930</v>
+      </c>
+      <c r="P194" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="195" spans="1:16">
+      <c r="A195" t="s">
+        <v>931</v>
+      </c>
+      <c r="B195"/>
+      <c r="C195" t="s">
+        <v>18</v>
+      </c>
+      <c r="D195" t="s">
+        <v>925</v>
+      </c>
+      <c r="E195" t="s">
+        <v>40</v>
+      </c>
+      <c r="F195" t="s">
+        <v>21</v>
+      </c>
+      <c r="G195" t="s">
+        <v>22</v>
+      </c>
+      <c r="H195">
         <v>2014</v>
       </c>
-      <c r="I149" t="s">
-[...2 lines deleted...]
-      <c r="J149" t="s">
+      <c r="I195"/>
+      <c r="J195" t="s">
+        <v>156</v>
+      </c>
+      <c r="K195" t="s">
+        <v>24</v>
+      </c>
+      <c r="L195"/>
+      <c r="M195" t="s">
+        <v>26</v>
+      </c>
+      <c r="N195" t="s">
+        <v>27</v>
+      </c>
+      <c r="O195" t="s">
+        <v>932</v>
+      </c>
+      <c r="P195" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="196" spans="1:16">
+      <c r="A196" t="s">
+        <v>933</v>
+      </c>
+      <c r="B196" t="s">
+        <v>934</v>
+      </c>
+      <c r="C196" t="s">
+        <v>18</v>
+      </c>
+      <c r="D196" t="s">
+        <v>717</v>
+      </c>
+      <c r="E196" t="s">
+        <v>40</v>
+      </c>
+      <c r="F196" t="s">
         <v>21</v>
       </c>
-      <c r="K149" t="s">
-[...34 lines deleted...]
-      <c r="H150">
+      <c r="G196" t="s">
+        <v>22</v>
+      </c>
+      <c r="H196">
+        <v>2002</v>
+      </c>
+      <c r="I196"/>
+      <c r="J196" t="s">
+        <v>156</v>
+      </c>
+      <c r="K196" t="s">
+        <v>24</v>
+      </c>
+      <c r="L196"/>
+      <c r="M196" t="s">
+        <v>26</v>
+      </c>
+      <c r="N196" t="s">
+        <v>27</v>
+      </c>
+      <c r="O196" t="s">
+        <v>935</v>
+      </c>
+      <c r="P196"/>
+    </row>
+    <row r="197" spans="1:16">
+      <c r="A197" t="s">
+        <v>936</v>
+      </c>
+      <c r="B197" t="s">
+        <v>937</v>
+      </c>
+      <c r="C197" t="s">
+        <v>18</v>
+      </c>
+      <c r="D197" t="s">
+        <v>323</v>
+      </c>
+      <c r="E197" t="s">
+        <v>40</v>
+      </c>
+      <c r="F197" t="s">
+        <v>21</v>
+      </c>
+      <c r="G197" t="s">
+        <v>33</v>
+      </c>
+      <c r="H197">
+        <v>2002</v>
+      </c>
+      <c r="I197">
+        <v>2016</v>
+      </c>
+      <c r="J197" t="s">
+        <v>156</v>
+      </c>
+      <c r="K197" t="s">
+        <v>24</v>
+      </c>
+      <c r="L197"/>
+      <c r="M197" t="s">
+        <v>26</v>
+      </c>
+      <c r="N197" t="s">
+        <v>27</v>
+      </c>
+      <c r="O197" t="s">
+        <v>938</v>
+      </c>
+      <c r="P197" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="198" spans="1:16">
+      <c r="A198" t="s">
+        <v>939</v>
+      </c>
+      <c r="B198" t="s">
+        <v>940</v>
+      </c>
+      <c r="C198" t="s">
+        <v>18</v>
+      </c>
+      <c r="D198" t="s">
+        <v>69</v>
+      </c>
+      <c r="E198" t="s">
+        <v>40</v>
+      </c>
+      <c r="F198" t="s">
+        <v>21</v>
+      </c>
+      <c r="G198" t="s">
+        <v>33</v>
+      </c>
+      <c r="H198">
+        <v>2000</v>
+      </c>
+      <c r="I198">
+        <v>2018</v>
+      </c>
+      <c r="J198" t="s">
+        <v>156</v>
+      </c>
+      <c r="K198" t="s">
+        <v>24</v>
+      </c>
+      <c r="L198"/>
+      <c r="M198" t="s">
+        <v>26</v>
+      </c>
+      <c r="N198" t="s">
+        <v>27</v>
+      </c>
+      <c r="O198" t="s">
+        <v>941</v>
+      </c>
+      <c r="P198" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="199" spans="1:16">
+      <c r="A199" t="s">
+        <v>942</v>
+      </c>
+      <c r="B199"/>
+      <c r="C199" t="s">
+        <v>18</v>
+      </c>
+      <c r="D199" t="s">
+        <v>194</v>
+      </c>
+      <c r="E199" t="s">
+        <v>40</v>
+      </c>
+      <c r="F199" t="s">
+        <v>21</v>
+      </c>
+      <c r="G199" t="s">
+        <v>22</v>
+      </c>
+      <c r="H199">
+        <v>2020</v>
+      </c>
+      <c r="I199"/>
+      <c r="J199" t="s">
+        <v>156</v>
+      </c>
+      <c r="K199" t="s">
+        <v>24</v>
+      </c>
+      <c r="L199"/>
+      <c r="M199" t="s">
+        <v>26</v>
+      </c>
+      <c r="N199" t="s">
+        <v>27</v>
+      </c>
+      <c r="O199" t="s">
+        <v>943</v>
+      </c>
+      <c r="P199" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="200" spans="1:16">
+      <c r="A200" t="s">
+        <v>944</v>
+      </c>
+      <c r="B200"/>
+      <c r="C200" t="s">
+        <v>18</v>
+      </c>
+      <c r="D200" t="s">
+        <v>945</v>
+      </c>
+      <c r="E200" t="s">
+        <v>40</v>
+      </c>
+      <c r="F200" t="s">
+        <v>21</v>
+      </c>
+      <c r="G200" t="s">
+        <v>22</v>
+      </c>
+      <c r="H200">
+        <v>2010</v>
+      </c>
+      <c r="I200"/>
+      <c r="J200" t="s">
+        <v>156</v>
+      </c>
+      <c r="K200" t="s">
+        <v>24</v>
+      </c>
+      <c r="L200"/>
+      <c r="M200" t="s">
+        <v>26</v>
+      </c>
+      <c r="N200" t="s">
+        <v>27</v>
+      </c>
+      <c r="O200" t="s">
+        <v>946</v>
+      </c>
+      <c r="P200" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="201" spans="1:16">
+      <c r="A201" t="s">
+        <v>947</v>
+      </c>
+      <c r="B201"/>
+      <c r="C201" t="s">
+        <v>18</v>
+      </c>
+      <c r="D201" t="s">
+        <v>906</v>
+      </c>
+      <c r="E201" t="s">
+        <v>40</v>
+      </c>
+      <c r="F201" t="s">
+        <v>21</v>
+      </c>
+      <c r="G201" t="s">
+        <v>22</v>
+      </c>
+      <c r="H201">
+        <v>2018</v>
+      </c>
+      <c r="I201"/>
+      <c r="J201" t="s">
+        <v>156</v>
+      </c>
+      <c r="K201" t="s">
+        <v>24</v>
+      </c>
+      <c r="L201"/>
+      <c r="M201" t="s">
+        <v>26</v>
+      </c>
+      <c r="N201" t="s">
+        <v>27</v>
+      </c>
+      <c r="O201" t="s">
+        <v>948</v>
+      </c>
+      <c r="P201" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="202" spans="1:16">
+      <c r="A202" t="s">
+        <v>949</v>
+      </c>
+      <c r="B202" t="s">
+        <v>950</v>
+      </c>
+      <c r="C202" t="s">
+        <v>18</v>
+      </c>
+      <c r="D202" t="s">
+        <v>951</v>
+      </c>
+      <c r="E202" t="s">
+        <v>40</v>
+      </c>
+      <c r="F202" t="s">
+        <v>21</v>
+      </c>
+      <c r="G202" t="s">
+        <v>22</v>
+      </c>
+      <c r="H202">
+        <v>2020</v>
+      </c>
+      <c r="I202"/>
+      <c r="J202" t="s">
+        <v>156</v>
+      </c>
+      <c r="K202" t="s">
+        <v>24</v>
+      </c>
+      <c r="L202"/>
+      <c r="M202" t="s">
+        <v>26</v>
+      </c>
+      <c r="N202" t="s">
+        <v>27</v>
+      </c>
+      <c r="O202" t="s">
+        <v>952</v>
+      </c>
+      <c r="P202" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="203" spans="1:16">
+      <c r="A203" t="s">
+        <v>953</v>
+      </c>
+      <c r="B203" t="s">
+        <v>954</v>
+      </c>
+      <c r="C203" t="s">
+        <v>18</v>
+      </c>
+      <c r="D203" t="s">
+        <v>39</v>
+      </c>
+      <c r="E203" t="s">
+        <v>40</v>
+      </c>
+      <c r="F203" t="s">
+        <v>21</v>
+      </c>
+      <c r="G203" t="s">
+        <v>22</v>
+      </c>
+      <c r="H203">
+        <v>2002</v>
+      </c>
+      <c r="I203"/>
+      <c r="J203" t="s">
+        <v>156</v>
+      </c>
+      <c r="K203" t="s">
+        <v>24</v>
+      </c>
+      <c r="L203"/>
+      <c r="M203" t="s">
+        <v>26</v>
+      </c>
+      <c r="N203" t="s">
+        <v>27</v>
+      </c>
+      <c r="O203" t="s">
+        <v>955</v>
+      </c>
+      <c r="P203" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="204" spans="1:16">
+      <c r="A204" t="s">
+        <v>956</v>
+      </c>
+      <c r="B204" t="s">
+        <v>957</v>
+      </c>
+      <c r="C204" t="s">
+        <v>48</v>
+      </c>
+      <c r="D204" t="s">
+        <v>958</v>
+      </c>
+      <c r="E204" t="s">
+        <v>851</v>
+      </c>
+      <c r="F204" t="s">
+        <v>888</v>
+      </c>
+      <c r="G204" t="s">
+        <v>22</v>
+      </c>
+      <c r="H204">
+        <v>2023</v>
+      </c>
+      <c r="I204"/>
+      <c r="J204" t="s">
+        <v>889</v>
+      </c>
+      <c r="K204" t="s">
+        <v>959</v>
+      </c>
+      <c r="L204"/>
+      <c r="M204" t="s">
+        <v>51</v>
+      </c>
+      <c r="N204" t="s">
+        <v>145</v>
+      </c>
+      <c r="O204" t="s">
+        <v>960</v>
+      </c>
+      <c r="P204" t="s">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="205" spans="1:16">
+      <c r="A205" t="s">
+        <v>962</v>
+      </c>
+      <c r="B205" t="s">
+        <v>963</v>
+      </c>
+      <c r="C205" t="s">
+        <v>48</v>
+      </c>
+      <c r="D205" t="s">
+        <v>964</v>
+      </c>
+      <c r="E205" t="s">
+        <v>20</v>
+      </c>
+      <c r="F205" t="s">
+        <v>888</v>
+      </c>
+      <c r="G205" t="s">
+        <v>965</v>
+      </c>
+      <c r="H205">
         <v>2014</v>
       </c>
-      <c r="I150" t="s">
-[...2 lines deleted...]
-      <c r="J150" t="s">
+      <c r="I205"/>
+      <c r="J205" t="s">
+        <v>889</v>
+      </c>
+      <c r="K205" t="s">
+        <v>24</v>
+      </c>
+      <c r="L205" t="s">
+        <v>966</v>
+      </c>
+      <c r="M205" t="s">
+        <v>51</v>
+      </c>
+      <c r="N205" t="s">
+        <v>27</v>
+      </c>
+      <c r="O205" t="s">
+        <v>967</v>
+      </c>
+      <c r="P205" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="206" spans="1:16">
+      <c r="A206" t="s">
+        <v>969</v>
+      </c>
+      <c r="B206" t="s">
+        <v>970</v>
+      </c>
+      <c r="C206" t="s">
+        <v>48</v>
+      </c>
+      <c r="D206" t="s">
+        <v>263</v>
+      </c>
+      <c r="E206" t="s">
+        <v>20</v>
+      </c>
+      <c r="F206" t="s">
+        <v>971</v>
+      </c>
+      <c r="G206" t="s">
+        <v>22</v>
+      </c>
+      <c r="H206"/>
+      <c r="I206"/>
+      <c r="J206" t="s">
+        <v>889</v>
+      </c>
+      <c r="K206" t="s">
+        <v>24</v>
+      </c>
+      <c r="L206" t="s">
+        <v>972</v>
+      </c>
+      <c r="M206" t="s">
+        <v>51</v>
+      </c>
+      <c r="N206" t="s">
+        <v>27</v>
+      </c>
+      <c r="O206" t="s">
+        <v>973</v>
+      </c>
+      <c r="P206" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="207" spans="1:16">
+      <c r="A207" t="s">
+        <v>975</v>
+      </c>
+      <c r="B207" t="s">
+        <v>976</v>
+      </c>
+      <c r="C207" t="s">
+        <v>18</v>
+      </c>
+      <c r="D207" t="s">
+        <v>39</v>
+      </c>
+      <c r="E207" t="s">
+        <v>20</v>
+      </c>
+      <c r="F207" t="s">
         <v>21</v>
       </c>
-      <c r="K150" t="s">
-[...25 lines deleted...]
-      <c r="E151" t="s">
+      <c r="G207" t="s">
+        <v>33</v>
+      </c>
+      <c r="H207">
+        <v>1991</v>
+      </c>
+      <c r="I207">
+        <v>2009</v>
+      </c>
+      <c r="J207" t="s">
+        <v>23</v>
+      </c>
+      <c r="K207" t="s">
+        <v>24</v>
+      </c>
+      <c r="L207" t="s">
+        <v>977</v>
+      </c>
+      <c r="M207" t="s">
+        <v>26</v>
+      </c>
+      <c r="N207" t="s">
+        <v>27</v>
+      </c>
+      <c r="O207" t="s">
+        <v>978</v>
+      </c>
+      <c r="P207" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="208" spans="1:16">
+      <c r="A208" t="s">
+        <v>979</v>
+      </c>
+      <c r="B208" t="s">
+        <v>980</v>
+      </c>
+      <c r="C208" t="s">
         <v>18</v>
       </c>
-      <c r="F151" t="s">
-[...11 lines deleted...]
-      <c r="J151" t="s">
+      <c r="D208" t="s">
+        <v>39</v>
+      </c>
+      <c r="E208" t="s">
+        <v>20</v>
+      </c>
+      <c r="F208" t="s">
         <v>21</v>
       </c>
-      <c r="K151" t="s">
-[...25 lines deleted...]
-      <c r="E152" t="s">
+      <c r="G208" t="s">
+        <v>33</v>
+      </c>
+      <c r="H208">
+        <v>1991</v>
+      </c>
+      <c r="I208">
+        <v>2002</v>
+      </c>
+      <c r="J208" t="s">
+        <v>23</v>
+      </c>
+      <c r="K208" t="s">
+        <v>24</v>
+      </c>
+      <c r="L208" t="s">
+        <v>122</v>
+      </c>
+      <c r="M208" t="s">
+        <v>26</v>
+      </c>
+      <c r="N208" t="s">
+        <v>27</v>
+      </c>
+      <c r="O208" t="s">
+        <v>981</v>
+      </c>
+      <c r="P208" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="209" spans="1:16">
+      <c r="A209" t="s">
+        <v>982</v>
+      </c>
+      <c r="B209" t="s">
+        <v>983</v>
+      </c>
+      <c r="C209" t="s">
         <v>18</v>
       </c>
-      <c r="F152" t="s">
-[...11 lines deleted...]
-      <c r="J152" t="s">
+      <c r="D209" t="s">
+        <v>39</v>
+      </c>
+      <c r="E209" t="s">
+        <v>20</v>
+      </c>
+      <c r="F209" t="s">
         <v>21</v>
       </c>
-      <c r="K152" t="s">
-[...25 lines deleted...]
-      <c r="E153" t="s">
+      <c r="G209" t="s">
+        <v>33</v>
+      </c>
+      <c r="H209">
+        <v>1991</v>
+      </c>
+      <c r="I209">
+        <v>2016</v>
+      </c>
+      <c r="J209" t="s">
+        <v>23</v>
+      </c>
+      <c r="K209" t="s">
+        <v>24</v>
+      </c>
+      <c r="L209" t="s">
+        <v>984</v>
+      </c>
+      <c r="M209" t="s">
+        <v>128</v>
+      </c>
+      <c r="N209" t="s">
+        <v>27</v>
+      </c>
+      <c r="O209" t="s">
+        <v>985</v>
+      </c>
+      <c r="P209" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="210" spans="1:16">
+      <c r="A210" t="s">
+        <v>986</v>
+      </c>
+      <c r="B210" t="s">
+        <v>987</v>
+      </c>
+      <c r="C210" t="s">
         <v>18</v>
       </c>
-      <c r="F153" t="s">
-[...11 lines deleted...]
-      <c r="J153" t="s">
+      <c r="D210" t="s">
+        <v>69</v>
+      </c>
+      <c r="E210" t="s">
+        <v>20</v>
+      </c>
+      <c r="F210" t="s">
         <v>21</v>
       </c>
-      <c r="K153" t="s">
-[...84 lines deleted...]
-      <c r="J155" t="s">
+      <c r="G210" t="s">
+        <v>33</v>
+      </c>
+      <c r="H210">
+        <v>1996</v>
+      </c>
+      <c r="I210">
+        <v>2011</v>
+      </c>
+      <c r="J210" t="s">
+        <v>23</v>
+      </c>
+      <c r="K210" t="s">
+        <v>24</v>
+      </c>
+      <c r="L210" t="s">
+        <v>70</v>
+      </c>
+      <c r="M210" t="s">
+        <v>26</v>
+      </c>
+      <c r="N210" t="s">
+        <v>27</v>
+      </c>
+      <c r="O210" t="s">
+        <v>988</v>
+      </c>
+      <c r="P210" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="211" spans="1:16">
+      <c r="A211" t="s">
+        <v>989</v>
+      </c>
+      <c r="B211" t="s">
+        <v>69</v>
+      </c>
+      <c r="C211" t="s">
+        <v>18</v>
+      </c>
+      <c r="D211" t="s">
+        <v>863</v>
+      </c>
+      <c r="E211" t="s">
+        <v>20</v>
+      </c>
+      <c r="F211" t="s">
         <v>21</v>
       </c>
-      <c r="K155" t="s">
-[...327 lines deleted...]
-      <c r="C163" t="s">
+      <c r="G211" t="s">
         <v>33</v>
-      </c>
-[...1988 lines deleted...]
-        <v>2011</v>
       </c>
       <c r="H211">
         <v>2011</v>
       </c>
-      <c r="I211" t="s">
+      <c r="I211">
+        <v>2011</v>
+      </c>
+      <c r="J211" t="s">
+        <v>23</v>
+      </c>
+      <c r="K211" t="s">
+        <v>24</v>
+      </c>
+      <c r="L211" t="s">
+        <v>70</v>
+      </c>
+      <c r="M211" t="s">
+        <v>26</v>
+      </c>
+      <c r="N211" t="s">
+        <v>27</v>
+      </c>
+      <c r="O211" t="s">
+        <v>990</v>
+      </c>
+      <c r="P211" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="212" spans="1:16">
+      <c r="A212" t="s">
+        <v>989</v>
+      </c>
+      <c r="B212" t="s">
+        <v>69</v>
+      </c>
+      <c r="C212" t="s">
+        <v>18</v>
+      </c>
+      <c r="D212" t="s">
+        <v>69</v>
+      </c>
+      <c r="E212" t="s">
         <v>20</v>
       </c>
-      <c r="J211" t="s">
+      <c r="F212" t="s">
         <v>21</v>
       </c>
-      <c r="K211" t="s">
-[...2 lines deleted...]
-      <c r="L211" t="s">
+      <c r="G212" t="s">
+        <v>33</v>
+      </c>
+      <c r="H212">
+        <v>1996</v>
+      </c>
+      <c r="I212">
+        <v>2011</v>
+      </c>
+      <c r="J212" t="s">
         <v>23</v>
       </c>
-      <c r="M211" t="s">
-[...19 lines deleted...]
-      <c r="E212" t="s">
+      <c r="K212" t="s">
+        <v>24</v>
+      </c>
+      <c r="L212" t="s">
+        <v>70</v>
+      </c>
+      <c r="M212" t="s">
+        <v>26</v>
+      </c>
+      <c r="N212" t="s">
+        <v>27</v>
+      </c>
+      <c r="O212" t="s">
+        <v>991</v>
+      </c>
+      <c r="P212" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="213" spans="1:16">
+      <c r="A213" t="s">
+        <v>992</v>
+      </c>
+      <c r="B213" t="s">
+        <v>993</v>
+      </c>
+      <c r="C213" t="s">
+        <v>882</v>
+      </c>
+      <c r="D213" t="s">
+        <v>39</v>
+      </c>
+      <c r="E213" t="s">
+        <v>40</v>
+      </c>
+      <c r="F213" t="s">
+        <v>41</v>
+      </c>
+      <c r="G213" t="s">
+        <v>33</v>
+      </c>
+      <c r="H213">
+        <v>2015</v>
+      </c>
+      <c r="I213">
+        <v>2018</v>
+      </c>
+      <c r="J213" t="s">
+        <v>994</v>
+      </c>
+      <c r="K213" t="s">
+        <v>24</v>
+      </c>
+      <c r="L213" t="s">
+        <v>995</v>
+      </c>
+      <c r="M213" t="s">
+        <v>883</v>
+      </c>
+      <c r="N213" t="s">
+        <v>27</v>
+      </c>
+      <c r="O213" t="s">
+        <v>996</v>
+      </c>
+      <c r="P213" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="214" spans="1:16">
+      <c r="A214" t="s">
+        <v>998</v>
+      </c>
+      <c r="B214" t="s">
+        <v>999</v>
+      </c>
+      <c r="C214" t="s">
         <v>18</v>
       </c>
-      <c r="F212" t="s">
-[...8 lines deleted...]
-      <c r="I212" t="s">
+      <c r="D214" t="s">
+        <v>81</v>
+      </c>
+      <c r="E214" t="s">
+        <v>40</v>
+      </c>
+      <c r="F214" t="s">
+        <v>330</v>
+      </c>
+      <c r="G214" t="s">
+        <v>22</v>
+      </c>
+      <c r="H214">
+        <v>2016</v>
+      </c>
+      <c r="I214"/>
+      <c r="J214" t="s">
+        <v>23</v>
+      </c>
+      <c r="K214" t="s">
+        <v>24</v>
+      </c>
+      <c r="L214"/>
+      <c r="M214" t="s">
+        <v>26</v>
+      </c>
+      <c r="N214" t="s">
+        <v>27</v>
+      </c>
+      <c r="O214" t="s">
+        <v>1000</v>
+      </c>
+      <c r="P214" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="215" spans="1:16">
+      <c r="A215" t="s">
+        <v>1002</v>
+      </c>
+      <c r="B215" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C215" t="s">
+        <v>18</v>
+      </c>
+      <c r="D215" t="s">
+        <v>81</v>
+      </c>
+      <c r="E215" t="s">
+        <v>40</v>
+      </c>
+      <c r="F215" t="s">
+        <v>330</v>
+      </c>
+      <c r="G215" t="s">
+        <v>22</v>
+      </c>
+      <c r="H215">
+        <v>2016</v>
+      </c>
+      <c r="I215"/>
+      <c r="J215" t="s">
+        <v>23</v>
+      </c>
+      <c r="K215" t="s">
+        <v>24</v>
+      </c>
+      <c r="L215"/>
+      <c r="M215" t="s">
+        <v>26</v>
+      </c>
+      <c r="N215" t="s">
+        <v>27</v>
+      </c>
+      <c r="O215" t="s">
+        <v>1004</v>
+      </c>
+      <c r="P215" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="216" spans="1:16">
+      <c r="A216" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B216" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C216" t="s">
+        <v>18</v>
+      </c>
+      <c r="D216" t="s">
+        <v>323</v>
+      </c>
+      <c r="E216" t="s">
         <v>20</v>
       </c>
-      <c r="J212" t="s">
-[...5 lines deleted...]
-      <c r="L212" t="s">
+      <c r="F216" t="s">
+        <v>330</v>
+      </c>
+      <c r="G216" t="s">
+        <v>33</v>
+      </c>
+      <c r="H216">
+        <v>2012</v>
+      </c>
+      <c r="I216">
+        <v>2015</v>
+      </c>
+      <c r="J216" t="s">
         <v>23</v>
       </c>
-      <c r="M212" t="s">
-[...13 lines deleted...]
-      <c r="C213" t="s">
+      <c r="K216" t="s">
+        <v>24</v>
+      </c>
+      <c r="L216"/>
+      <c r="M216" t="s">
+        <v>26</v>
+      </c>
+      <c r="N216" t="s">
+        <v>145</v>
+      </c>
+      <c r="O216" t="s">
+        <v>1008</v>
+      </c>
+      <c r="P216" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="217" spans="1:16">
+      <c r="A217" t="s">
+        <v>1010</v>
+      </c>
+      <c r="B217" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C217" t="s">
+        <v>18</v>
+      </c>
+      <c r="D217" t="s">
+        <v>32</v>
+      </c>
+      <c r="E217" t="s">
+        <v>40</v>
+      </c>
+      <c r="F217" t="s">
+        <v>41</v>
+      </c>
+      <c r="G217" t="s">
+        <v>22</v>
+      </c>
+      <c r="H217">
+        <v>2015</v>
+      </c>
+      <c r="I217"/>
+      <c r="J217" t="s">
+        <v>23</v>
+      </c>
+      <c r="K217" t="s">
+        <v>24</v>
+      </c>
+      <c r="L217"/>
+      <c r="M217" t="s">
+        <v>26</v>
+      </c>
+      <c r="N217" t="s">
+        <v>27</v>
+      </c>
+      <c r="O217" t="s">
+        <v>1012</v>
+      </c>
+      <c r="P217" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="218" spans="1:16">
+      <c r="A218" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B218" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C218" t="s">
+        <v>18</v>
+      </c>
+      <c r="D218" t="s">
+        <v>81</v>
+      </c>
+      <c r="E218" t="s">
+        <v>40</v>
+      </c>
+      <c r="F218" t="s">
+        <v>41</v>
+      </c>
+      <c r="G218" t="s">
+        <v>22</v>
+      </c>
+      <c r="H218">
+        <v>2018</v>
+      </c>
+      <c r="I218"/>
+      <c r="J218" t="s">
+        <v>23</v>
+      </c>
+      <c r="K218" t="s">
+        <v>24</v>
+      </c>
+      <c r="L218"/>
+      <c r="M218" t="s">
+        <v>26</v>
+      </c>
+      <c r="N218" t="s">
+        <v>27</v>
+      </c>
+      <c r="O218" t="s">
+        <v>1015</v>
+      </c>
+      <c r="P218" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="219" spans="1:16">
+      <c r="A219" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B219" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C219" t="s">
+        <v>18</v>
+      </c>
+      <c r="D219" t="s">
+        <v>81</v>
+      </c>
+      <c r="E219" t="s">
+        <v>20</v>
+      </c>
+      <c r="F219" t="s">
+        <v>41</v>
+      </c>
+      <c r="G219" t="s">
+        <v>22</v>
+      </c>
+      <c r="H219">
+        <v>2018</v>
+      </c>
+      <c r="I219"/>
+      <c r="J219" t="s">
+        <v>23</v>
+      </c>
+      <c r="K219" t="s">
+        <v>24</v>
+      </c>
+      <c r="L219"/>
+      <c r="M219" t="s">
+        <v>26</v>
+      </c>
+      <c r="N219" t="s">
+        <v>27</v>
+      </c>
+      <c r="O219" t="s">
+        <v>1019</v>
+      </c>
+      <c r="P219" t="s">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="220" spans="1:16">
+      <c r="A220" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B220" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C220" t="s">
+        <v>18</v>
+      </c>
+      <c r="D220" t="s">
+        <v>69</v>
+      </c>
+      <c r="E220" t="s">
+        <v>20</v>
+      </c>
+      <c r="F220" t="s">
+        <v>330</v>
+      </c>
+      <c r="G220" t="s">
         <v>33</v>
       </c>
-      <c r="D213" t="s">
-[...11 lines deleted...]
-      <c r="H213">
+      <c r="H220">
+        <v>2010</v>
+      </c>
+      <c r="I220">
         <v>2018</v>
       </c>
-      <c r="I213" t="s">
-[...41 lines deleted...]
-      <c r="I214" t="s">
+      <c r="J220" t="s">
+        <v>23</v>
+      </c>
+      <c r="K220" t="s">
+        <v>24</v>
+      </c>
+      <c r="L220"/>
+      <c r="M220" t="s">
+        <v>26</v>
+      </c>
+      <c r="N220" t="s">
+        <v>27</v>
+      </c>
+      <c r="O220" t="s">
+        <v>1023</v>
+      </c>
+      <c r="P220" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="221" spans="1:16">
+      <c r="A221" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B221" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C221" t="s">
+        <v>18</v>
+      </c>
+      <c r="D221" t="s">
+        <v>182</v>
+      </c>
+      <c r="E221" t="s">
         <v>20</v>
       </c>
-      <c r="J214" t="s">
-[...272 lines deleted...]
-      </c>
       <c r="F221" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>330</v>
+      </c>
+      <c r="G221" t="s">
+        <v>33</v>
       </c>
       <c r="H221">
         <v>2011</v>
       </c>
-      <c r="I221" t="s">
+      <c r="I221">
+        <v>2011</v>
+      </c>
+      <c r="J221" t="s">
+        <v>23</v>
+      </c>
+      <c r="K221" t="s">
+        <v>24</v>
+      </c>
+      <c r="L221" t="s">
+        <v>183</v>
+      </c>
+      <c r="M221" t="s">
+        <v>26</v>
+      </c>
+      <c r="N221" t="s">
+        <v>27</v>
+      </c>
+      <c r="O221" t="s">
+        <v>1027</v>
+      </c>
+      <c r="P221" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="222" spans="1:16">
+      <c r="A222" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B222" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C222" t="s">
+        <v>18</v>
+      </c>
+      <c r="D222" t="s">
+        <v>210</v>
+      </c>
+      <c r="E222" t="s">
         <v>20</v>
       </c>
-      <c r="J221" t="s">
-[...5 lines deleted...]
-      <c r="L221" t="s">
+      <c r="F222" t="s">
+        <v>330</v>
+      </c>
+      <c r="G222" t="s">
+        <v>22</v>
+      </c>
+      <c r="H222">
+        <v>2013</v>
+      </c>
+      <c r="I222"/>
+      <c r="J222" t="s">
         <v>23</v>
       </c>
-      <c r="M221" t="s">
-[...29 lines deleted...]
-      <c r="I222" t="s">
+      <c r="K222" t="s">
+        <v>211</v>
+      </c>
+      <c r="L222"/>
+      <c r="M222" t="s">
+        <v>26</v>
+      </c>
+      <c r="N222" t="s">
+        <v>27</v>
+      </c>
+      <c r="O222" t="s">
+        <v>1031</v>
+      </c>
+      <c r="P222" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="223" spans="1:16">
+      <c r="A223" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B223" t="s">
+        <v>1034</v>
+      </c>
+      <c r="C223" t="s">
+        <v>18</v>
+      </c>
+      <c r="D223" t="s">
+        <v>635</v>
+      </c>
+      <c r="E223" t="s">
         <v>20</v>
       </c>
-      <c r="J222" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="F223" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G223">
+        <v>330</v>
+      </c>
+      <c r="G223" t="s">
+        <v>33</v>
+      </c>
+      <c r="H223">
         <v>2010</v>
       </c>
-      <c r="H223">
+      <c r="I223">
         <v>2016</v>
       </c>
-      <c r="I223" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J223" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>1035</v>
+      </c>
+      <c r="K223" t="s">
+        <v>24</v>
+      </c>
+      <c r="L223"/>
       <c r="M223" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N223" t="s">
-        <v>690</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O223" t="s">
+        <v>1036</v>
+      </c>
+      <c r="P223" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="224" spans="1:16">
       <c r="A224" t="s">
-        <v>691</v>
+        <v>1038</v>
       </c>
       <c r="B224" t="s">
-        <v>15</v>
+        <v>1039</v>
       </c>
       <c r="C224" t="s">
-        <v>225</v>
+        <v>18</v>
       </c>
       <c r="D224" t="s">
-        <v>17</v>
+        <v>335</v>
       </c>
       <c r="E224" t="s">
-        <v>222</v>
+        <v>20</v>
       </c>
       <c r="F224" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>330</v>
+      </c>
+      <c r="G224" t="s">
+        <v>33</v>
       </c>
       <c r="H224">
         <v>2010</v>
       </c>
-      <c r="I224" t="s">
+      <c r="I224">
+        <v>2010</v>
+      </c>
+      <c r="J224" t="s">
+        <v>23</v>
+      </c>
+      <c r="K224" t="s">
+        <v>24</v>
+      </c>
+      <c r="L224" t="s">
+        <v>1040</v>
+      </c>
+      <c r="M224" t="s">
+        <v>26</v>
+      </c>
+      <c r="N224" t="s">
+        <v>27</v>
+      </c>
+      <c r="O224" t="s">
+        <v>1041</v>
+      </c>
+      <c r="P224" t="s">
+        <v>1042</v>
+      </c>
+    </row>
+    <row r="225" spans="1:16">
+      <c r="A225" t="s">
+        <v>1043</v>
+      </c>
+      <c r="B225" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C225" t="s">
+        <v>18</v>
+      </c>
+      <c r="D225" t="s">
+        <v>39</v>
+      </c>
+      <c r="E225" t="s">
         <v>20</v>
       </c>
-      <c r="J224" t="s">
-[...22 lines deleted...]
-      <c r="C225" t="s">
+      <c r="F225" t="s">
+        <v>330</v>
+      </c>
+      <c r="G225" t="s">
         <v>33</v>
-      </c>
-[...10 lines deleted...]
-        <v>2010</v>
       </c>
       <c r="H225">
         <v>2010</v>
       </c>
-      <c r="I225" t="s">
+      <c r="I225">
+        <v>2010</v>
+      </c>
+      <c r="J225" t="s">
+        <v>23</v>
+      </c>
+      <c r="K225" t="s">
+        <v>24</v>
+      </c>
+      <c r="L225" t="s">
+        <v>984</v>
+      </c>
+      <c r="M225" t="s">
+        <v>26</v>
+      </c>
+      <c r="N225" t="s">
+        <v>27</v>
+      </c>
+      <c r="O225" t="s">
+        <v>1045</v>
+      </c>
+      <c r="P225" t="s">
+        <v>1046</v>
+      </c>
+    </row>
+    <row r="226" spans="1:16">
+      <c r="A226" t="s">
+        <v>1047</v>
+      </c>
+      <c r="B226" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C226" t="s">
+        <v>18</v>
+      </c>
+      <c r="D226" t="s">
+        <v>19</v>
+      </c>
+      <c r="E226" t="s">
         <v>20</v>
       </c>
-      <c r="J225" t="s">
+      <c r="F226" t="s">
         <v>21</v>
       </c>
-      <c r="K225" t="s">
-[...2 lines deleted...]
-      <c r="L225" t="s">
+      <c r="G226" t="s">
+        <v>33</v>
+      </c>
+      <c r="H226">
+        <v>2010</v>
+      </c>
+      <c r="I226">
+        <v>2017</v>
+      </c>
+      <c r="J226" t="s">
         <v>23</v>
       </c>
-      <c r="M225" t="s">
-[...34 lines deleted...]
-      <c r="J226" t="s">
+      <c r="K226" t="s">
+        <v>24</v>
+      </c>
+      <c r="L226" t="s">
+        <v>1049</v>
+      </c>
+      <c r="M226" t="s">
+        <v>26</v>
+      </c>
+      <c r="N226" t="s">
+        <v>27</v>
+      </c>
+      <c r="O226" t="s">
+        <v>1050</v>
+      </c>
+      <c r="P226" t="s">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="227" spans="1:16">
+      <c r="A227" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B227" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C227" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D227" t="s">
+        <v>39</v>
+      </c>
+      <c r="E227" t="s">
+        <v>40</v>
+      </c>
+      <c r="F227" t="s">
+        <v>41</v>
+      </c>
+      <c r="G227" t="s">
+        <v>33</v>
+      </c>
+      <c r="H227">
+        <v>2013</v>
+      </c>
+      <c r="I227">
+        <v>2018</v>
+      </c>
+      <c r="J227" t="s">
+        <v>42</v>
+      </c>
+      <c r="K227" t="s">
+        <v>24</v>
+      </c>
+      <c r="L227" t="s">
+        <v>1055</v>
+      </c>
+      <c r="M227" t="s">
+        <v>1056</v>
+      </c>
+      <c r="N227" t="s">
+        <v>27</v>
+      </c>
+      <c r="O227" t="s">
+        <v>1057</v>
+      </c>
+      <c r="P227" t="s">
+        <v>1058</v>
+      </c>
+    </row>
+    <row r="228" spans="1:16">
+      <c r="A228" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B228" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C228" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D228" t="s">
+        <v>1061</v>
+      </c>
+      <c r="E228" t="s">
+        <v>40</v>
+      </c>
+      <c r="F228" t="s">
+        <v>41</v>
+      </c>
+      <c r="G228" t="s">
+        <v>33</v>
+      </c>
+      <c r="H228">
+        <v>2016</v>
+      </c>
+      <c r="I228">
+        <v>2019</v>
+      </c>
+      <c r="J228" t="s">
+        <v>42</v>
+      </c>
+      <c r="K228" t="s">
+        <v>24</v>
+      </c>
+      <c r="L228"/>
+      <c r="M228" t="s">
+        <v>1056</v>
+      </c>
+      <c r="N228" t="s">
+        <v>27</v>
+      </c>
+      <c r="O228" t="s">
+        <v>1062</v>
+      </c>
+      <c r="P228" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="229" spans="1:16">
+      <c r="A229" t="s">
+        <v>1064</v>
+      </c>
+      <c r="B229" t="s">
+        <v>1065</v>
+      </c>
+      <c r="C229" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D229" t="s">
+        <v>1066</v>
+      </c>
+      <c r="E229" t="s">
+        <v>40</v>
+      </c>
+      <c r="F229" t="s">
         <v>21</v>
       </c>
-      <c r="K226" t="s">
-[...19 lines deleted...]
-      <c r="C227" t="s">
+      <c r="G229" t="s">
+        <v>22</v>
+      </c>
+      <c r="H229">
+        <v>2016</v>
+      </c>
+      <c r="I229"/>
+      <c r="J229" t="s">
+        <v>42</v>
+      </c>
+      <c r="K229" t="s">
+        <v>24</v>
+      </c>
+      <c r="L229"/>
+      <c r="M229" t="s">
+        <v>1056</v>
+      </c>
+      <c r="N229" t="s">
+        <v>27</v>
+      </c>
+      <c r="O229" t="s">
+        <v>1067</v>
+      </c>
+      <c r="P229" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="230" spans="1:16">
+      <c r="A230" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B230" t="s">
+        <v>1070</v>
+      </c>
+      <c r="C230" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D230" t="s">
+        <v>56</v>
+      </c>
+      <c r="E230" t="s">
+        <v>40</v>
+      </c>
+      <c r="F230" t="s">
+        <v>41</v>
+      </c>
+      <c r="G230" t="s">
         <v>33</v>
-      </c>
-[...136 lines deleted...]
-        <v>2018</v>
       </c>
       <c r="H230">
         <v>2018</v>
       </c>
-      <c r="I230" t="s">
-        <v>36</v>
+      <c r="I230">
+        <v>2018</v>
       </c>
       <c r="J230" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="K230" t="s">
+        <v>24</v>
+      </c>
+      <c r="L230"/>
       <c r="M230" t="s">
-        <v>24</v>
+        <v>1056</v>
       </c>
       <c r="N230" t="s">
-        <v>711</v>
-[...2 lines deleted...]
-    <row r="231" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O230" t="s">
+        <v>1071</v>
+      </c>
+      <c r="P230" t="s">
+        <v>1058</v>
+      </c>
+    </row>
+    <row r="231" spans="1:16">
       <c r="A231" t="s">
-        <v>712</v>
+        <v>1072</v>
       </c>
       <c r="B231" t="s">
-        <v>700</v>
+        <v>1073</v>
       </c>
       <c r="C231" t="s">
-        <v>713</v>
+        <v>1054</v>
       </c>
       <c r="D231" t="s">
-        <v>34</v>
+        <v>1074</v>
       </c>
       <c r="E231" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F231" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2018</v>
+        <v>41</v>
+      </c>
+      <c r="G231" t="s">
+        <v>33</v>
       </c>
       <c r="H231">
         <v>2018</v>
       </c>
-      <c r="I231" t="s">
-        <v>36</v>
+      <c r="I231">
+        <v>2018</v>
       </c>
       <c r="J231" t="s">
-        <v>714</v>
-[...4 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="K231" t="s">
+        <v>1075</v>
+      </c>
+      <c r="L231"/>
       <c r="M231" t="s">
-        <v>24</v>
+        <v>1056</v>
       </c>
       <c r="N231" t="s">
-        <v>715</v>
-[...2 lines deleted...]
-    <row r="232" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O231" t="s">
+        <v>1076</v>
+      </c>
+      <c r="P231" t="s">
+        <v>1058</v>
+      </c>
+    </row>
+    <row r="232" spans="1:16">
       <c r="A232" t="s">
-        <v>716</v>
+        <v>1077</v>
       </c>
       <c r="B232" t="s">
-        <v>700</v>
+        <v>1078</v>
       </c>
       <c r="C232" t="s">
-        <v>717</v>
+        <v>1054</v>
       </c>
       <c r="D232" t="s">
-        <v>34</v>
+        <v>1079</v>
       </c>
       <c r="E232" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F232" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G232">
+        <v>41</v>
+      </c>
+      <c r="G232" t="s">
+        <v>33</v>
+      </c>
+      <c r="H232">
         <v>2007</v>
       </c>
-      <c r="H232">
+      <c r="I232">
         <v>2018</v>
       </c>
-      <c r="I232" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J232" t="s">
+        <v>42</v>
+      </c>
+      <c r="K232" t="s">
+        <v>24</v>
+      </c>
+      <c r="L232" t="s">
+        <v>1080</v>
+      </c>
+      <c r="M232" t="s">
+        <v>1056</v>
+      </c>
+      <c r="N232" t="s">
+        <v>27</v>
+      </c>
+      <c r="O232" t="s">
+        <v>1081</v>
+      </c>
+      <c r="P232" t="s">
+        <v>1058</v>
+      </c>
+    </row>
+    <row r="233" spans="1:16">
+      <c r="A233" t="s">
+        <v>1082</v>
+      </c>
+      <c r="B233" t="s">
+        <v>1073</v>
+      </c>
+      <c r="C233" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D233" t="s">
+        <v>335</v>
+      </c>
+      <c r="E233" t="s">
+        <v>40</v>
+      </c>
+      <c r="F233" t="s">
+        <v>41</v>
+      </c>
+      <c r="G233" t="s">
+        <v>33</v>
+      </c>
+      <c r="H233">
+        <v>2007</v>
+      </c>
+      <c r="I233">
+        <v>2018</v>
+      </c>
+      <c r="J233" t="s">
+        <v>42</v>
+      </c>
+      <c r="K233" t="s">
+        <v>24</v>
+      </c>
+      <c r="L233" t="s">
+        <v>1083</v>
+      </c>
+      <c r="M233" t="s">
+        <v>1056</v>
+      </c>
+      <c r="N233" t="s">
+        <v>27</v>
+      </c>
+      <c r="O233" t="s">
+        <v>1084</v>
+      </c>
+      <c r="P233" t="s">
+        <v>1058</v>
+      </c>
+    </row>
+    <row r="234" spans="1:16">
+      <c r="A234" t="s">
+        <v>1085</v>
+      </c>
+      <c r="B234" t="s">
+        <v>1086</v>
+      </c>
+      <c r="C234" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D234" t="s">
+        <v>1061</v>
+      </c>
+      <c r="E234" t="s">
+        <v>40</v>
+      </c>
+      <c r="F234" t="s">
+        <v>41</v>
+      </c>
+      <c r="G234" t="s">
+        <v>33</v>
+      </c>
+      <c r="H234">
+        <v>2016</v>
+      </c>
+      <c r="I234">
+        <v>2019</v>
+      </c>
+      <c r="J234" t="s">
+        <v>42</v>
+      </c>
+      <c r="K234" t="s">
+        <v>24</v>
+      </c>
+      <c r="L234"/>
+      <c r="M234" t="s">
+        <v>1056</v>
+      </c>
+      <c r="N234" t="s">
+        <v>27</v>
+      </c>
+      <c r="O234" t="s">
+        <v>1087</v>
+      </c>
+      <c r="P234" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="235" spans="1:16">
+      <c r="A235" t="s">
+        <v>1088</v>
+      </c>
+      <c r="B235" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C235" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D235" t="s">
+        <v>323</v>
+      </c>
+      <c r="E235" t="s">
+        <v>40</v>
+      </c>
+      <c r="F235" t="s">
         <v>21</v>
       </c>
-      <c r="K232" t="s">
-[...31 lines deleted...]
-      <c r="G233">
+      <c r="G235" t="s">
+        <v>22</v>
+      </c>
+      <c r="H235">
+        <v>2016</v>
+      </c>
+      <c r="I235"/>
+      <c r="J235" t="s">
+        <v>591</v>
+      </c>
+      <c r="K235" t="s">
+        <v>24</v>
+      </c>
+      <c r="L235" t="s">
+        <v>1090</v>
+      </c>
+      <c r="M235" t="s">
+        <v>1056</v>
+      </c>
+      <c r="N235" t="s">
+        <v>27</v>
+      </c>
+      <c r="O235" t="s">
+        <v>1091</v>
+      </c>
+      <c r="P235" t="s">
+        <v>1092</v>
+      </c>
+    </row>
+    <row r="236" spans="1:16">
+      <c r="A236" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B236" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C236" t="s">
+        <v>18</v>
+      </c>
+      <c r="D236" t="s">
+        <v>19</v>
+      </c>
+      <c r="E236" t="s">
+        <v>20</v>
+      </c>
+      <c r="F236" t="s">
+        <v>21</v>
+      </c>
+      <c r="G236" t="s">
+        <v>22</v>
+      </c>
+      <c r="H236">
+        <v>2010</v>
+      </c>
+      <c r="I236"/>
+      <c r="J236" t="s">
+        <v>23</v>
+      </c>
+      <c r="K236" t="s">
+        <v>24</v>
+      </c>
+      <c r="L236" t="s">
+        <v>1095</v>
+      </c>
+      <c r="M236" t="s">
+        <v>26</v>
+      </c>
+      <c r="N236" t="s">
+        <v>27</v>
+      </c>
+      <c r="O236" t="s">
+        <v>1096</v>
+      </c>
+      <c r="P236" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="237" spans="1:16">
+      <c r="A237" t="s">
+        <v>1097</v>
+      </c>
+      <c r="B237" t="s">
+        <v>1098</v>
+      </c>
+      <c r="C237" t="s">
+        <v>322</v>
+      </c>
+      <c r="D237" t="s">
+        <v>818</v>
+      </c>
+      <c r="E237" t="s">
+        <v>40</v>
+      </c>
+      <c r="F237" t="s">
+        <v>41</v>
+      </c>
+      <c r="G237" t="s">
+        <v>33</v>
+      </c>
+      <c r="H237">
         <v>2007</v>
       </c>
-      <c r="H233">
-[...5 lines deleted...]
-      <c r="J233" t="s">
+      <c r="I237">
+        <v>2011</v>
+      </c>
+      <c r="J237" t="s">
+        <v>156</v>
+      </c>
+      <c r="K237" t="s">
+        <v>24</v>
+      </c>
+      <c r="L237" t="s">
+        <v>1099</v>
+      </c>
+      <c r="M237" t="s">
+        <v>1100</v>
+      </c>
+      <c r="N237" t="s">
+        <v>27</v>
+      </c>
+      <c r="O237" t="s">
+        <v>1101</v>
+      </c>
+      <c r="P237" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="238" spans="1:16">
+      <c r="A238" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B238" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C238" t="s">
+        <v>322</v>
+      </c>
+      <c r="D238" t="s">
+        <v>389</v>
+      </c>
+      <c r="E238" t="s">
+        <v>20</v>
+      </c>
+      <c r="F238" t="s">
         <v>21</v>
       </c>
-      <c r="K233" t="s">
-[...202 lines deleted...]
-        <v>2006</v>
+      <c r="G238" t="s">
+        <v>33</v>
       </c>
       <c r="H238">
         <v>2006</v>
       </c>
-      <c r="I238" t="s">
-        <v>113</v>
+      <c r="I238">
+        <v>2006</v>
       </c>
       <c r="J238" t="s">
+        <v>156</v>
+      </c>
+      <c r="K238" t="s">
+        <v>24</v>
+      </c>
+      <c r="L238"/>
+      <c r="M238" t="s">
+        <v>1100</v>
+      </c>
+      <c r="N238" t="s">
+        <v>145</v>
+      </c>
+      <c r="O238" t="s">
+        <v>1105</v>
+      </c>
+      <c r="P238"/>
+    </row>
+    <row r="239" spans="1:16">
+      <c r="A239" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B239" t="s">
+        <v>1107</v>
+      </c>
+      <c r="C239" t="s">
+        <v>322</v>
+      </c>
+      <c r="D239" t="s">
+        <v>964</v>
+      </c>
+      <c r="E239" t="s">
+        <v>40</v>
+      </c>
+      <c r="F239" t="s">
+        <v>41</v>
+      </c>
+      <c r="G239" t="s">
+        <v>33</v>
+      </c>
+      <c r="H239">
+        <v>2006</v>
+      </c>
+      <c r="I239">
+        <v>2015</v>
+      </c>
+      <c r="J239" t="s">
+        <v>156</v>
+      </c>
+      <c r="K239" t="s">
+        <v>24</v>
+      </c>
+      <c r="L239"/>
+      <c r="M239" t="s">
+        <v>324</v>
+      </c>
+      <c r="N239" t="s">
+        <v>27</v>
+      </c>
+      <c r="O239" t="s">
+        <v>1108</v>
+      </c>
+      <c r="P239" t="s">
+        <v>1109</v>
+      </c>
+    </row>
+    <row r="240" spans="1:16">
+      <c r="A240" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B240" t="s">
+        <v>1111</v>
+      </c>
+      <c r="C240" t="s">
+        <v>322</v>
+      </c>
+      <c r="D240" t="s">
+        <v>1112</v>
+      </c>
+      <c r="E240" t="s">
+        <v>40</v>
+      </c>
+      <c r="F240" t="s">
         <v>21</v>
       </c>
-      <c r="K238"/>
-[...38 lines deleted...]
-      <c r="J239" t="s">
+      <c r="G240" t="s">
+        <v>22</v>
+      </c>
+      <c r="H240">
+        <v>2016</v>
+      </c>
+      <c r="I240"/>
+      <c r="J240" t="s">
+        <v>156</v>
+      </c>
+      <c r="K240" t="s">
+        <v>24</v>
+      </c>
+      <c r="L240"/>
+      <c r="M240" t="s">
+        <v>1100</v>
+      </c>
+      <c r="N240" t="s">
+        <v>27</v>
+      </c>
+      <c r="O240" t="s">
+        <v>1113</v>
+      </c>
+      <c r="P240" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="241" spans="1:16">
+      <c r="A241" t="s">
+        <v>1115</v>
+      </c>
+      <c r="B241" t="s">
+        <v>1116</v>
+      </c>
+      <c r="C241" t="s">
+        <v>322</v>
+      </c>
+      <c r="D241" t="s">
+        <v>257</v>
+      </c>
+      <c r="E241" t="s">
+        <v>40</v>
+      </c>
+      <c r="F241" t="s">
         <v>21</v>
       </c>
-      <c r="K239"/>
-[...70 lines deleted...]
-        <v>2016</v>
+      <c r="G241" t="s">
+        <v>33</v>
       </c>
       <c r="H241">
         <v>2016</v>
       </c>
-      <c r="I241" t="s">
-        <v>113</v>
+      <c r="I241">
+        <v>2016</v>
       </c>
       <c r="J241" t="s">
+        <v>156</v>
+      </c>
+      <c r="K241" t="s">
+        <v>24</v>
+      </c>
+      <c r="L241"/>
+      <c r="M241" t="s">
+        <v>1100</v>
+      </c>
+      <c r="N241" t="s">
+        <v>27</v>
+      </c>
+      <c r="O241" t="s">
+        <v>1117</v>
+      </c>
+      <c r="P241" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="242" spans="1:16">
+      <c r="A242" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B242" t="s">
+        <v>1119</v>
+      </c>
+      <c r="C242" t="s">
+        <v>322</v>
+      </c>
+      <c r="D242" t="s">
+        <v>366</v>
+      </c>
+      <c r="E242" t="s">
+        <v>40</v>
+      </c>
+      <c r="F242" t="s">
+        <v>330</v>
+      </c>
+      <c r="G242" t="s">
+        <v>22</v>
+      </c>
+      <c r="H242">
+        <v>2014</v>
+      </c>
+      <c r="I242"/>
+      <c r="J242" t="s">
+        <v>156</v>
+      </c>
+      <c r="K242" t="s">
+        <v>24</v>
+      </c>
+      <c r="L242"/>
+      <c r="M242" t="s">
+        <v>324</v>
+      </c>
+      <c r="N242" t="s">
+        <v>27</v>
+      </c>
+      <c r="O242" t="s">
+        <v>1120</v>
+      </c>
+      <c r="P242" t="s">
+        <v>1121</v>
+      </c>
+    </row>
+    <row r="243" spans="1:16">
+      <c r="A243" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B243" t="s">
+        <v>1123</v>
+      </c>
+      <c r="C243" t="s">
+        <v>322</v>
+      </c>
+      <c r="D243" t="s">
+        <v>829</v>
+      </c>
+      <c r="E243" t="s">
+        <v>40</v>
+      </c>
+      <c r="F243" t="s">
         <v>21</v>
       </c>
-      <c r="K241"/>
-[...29 lines deleted...]
-      <c r="G242">
+      <c r="G243" t="s">
+        <v>33</v>
+      </c>
+      <c r="H243">
+        <v>2012</v>
+      </c>
+      <c r="I243">
+        <v>2013</v>
+      </c>
+      <c r="J243" t="s">
+        <v>156</v>
+      </c>
+      <c r="K243" t="s">
+        <v>24</v>
+      </c>
+      <c r="L243" t="s">
+        <v>117</v>
+      </c>
+      <c r="M243" t="s">
+        <v>1100</v>
+      </c>
+      <c r="N243" t="s">
+        <v>27</v>
+      </c>
+      <c r="O243" t="s">
+        <v>1124</v>
+      </c>
+      <c r="P243" t="s">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="244" spans="1:16">
+      <c r="A244" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B244" t="s">
+        <v>1127</v>
+      </c>
+      <c r="C244" t="s">
+        <v>322</v>
+      </c>
+      <c r="D244" t="s">
+        <v>32</v>
+      </c>
+      <c r="E244" t="s">
+        <v>40</v>
+      </c>
+      <c r="F244" t="s">
+        <v>41</v>
+      </c>
+      <c r="G244" t="s">
+        <v>33</v>
+      </c>
+      <c r="H244">
+        <v>1986</v>
+      </c>
+      <c r="I244">
+        <v>2012</v>
+      </c>
+      <c r="J244" t="s">
+        <v>156</v>
+      </c>
+      <c r="K244" t="s">
+        <v>1128</v>
+      </c>
+      <c r="L244"/>
+      <c r="M244" t="s">
+        <v>1129</v>
+      </c>
+      <c r="N244" t="s">
+        <v>27</v>
+      </c>
+      <c r="O244" t="s">
+        <v>1130</v>
+      </c>
+      <c r="P244" t="s">
+        <v>1131</v>
+      </c>
+    </row>
+    <row r="245" spans="1:16">
+      <c r="A245" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B245" t="s">
+        <v>1123</v>
+      </c>
+      <c r="C245" t="s">
+        <v>322</v>
+      </c>
+      <c r="D245" t="s">
+        <v>1133</v>
+      </c>
+      <c r="E245" t="s">
+        <v>40</v>
+      </c>
+      <c r="F245" t="s">
+        <v>21</v>
+      </c>
+      <c r="G245" t="s">
+        <v>33</v>
+      </c>
+      <c r="H245">
+        <v>1986</v>
+      </c>
+      <c r="I245">
         <v>2014</v>
       </c>
-      <c r="H242"/>
-[...3 lines deleted...]
-      <c r="J242" t="s">
+      <c r="J245" t="s">
+        <v>156</v>
+      </c>
+      <c r="K245" t="s">
+        <v>24</v>
+      </c>
+      <c r="L245"/>
+      <c r="M245" t="s">
+        <v>1100</v>
+      </c>
+      <c r="N245" t="s">
+        <v>27</v>
+      </c>
+      <c r="O245" t="s">
+        <v>1134</v>
+      </c>
+      <c r="P245" t="s">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="246" spans="1:16">
+      <c r="A246" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B246" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C246" t="s">
+        <v>322</v>
+      </c>
+      <c r="D246" t="s">
+        <v>1138</v>
+      </c>
+      <c r="E246" t="s">
+        <v>40</v>
+      </c>
+      <c r="F246" t="s">
+        <v>41</v>
+      </c>
+      <c r="G246" t="s">
+        <v>22</v>
+      </c>
+      <c r="H246">
+        <v>2004</v>
+      </c>
+      <c r="I246"/>
+      <c r="J246" t="s">
+        <v>156</v>
+      </c>
+      <c r="K246" t="s">
+        <v>24</v>
+      </c>
+      <c r="L246"/>
+      <c r="M246" t="s">
+        <v>1129</v>
+      </c>
+      <c r="N246" t="s">
+        <v>27</v>
+      </c>
+      <c r="O246" t="s">
+        <v>1139</v>
+      </c>
+      <c r="P246" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="247" spans="1:16">
+      <c r="A247" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B247" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C247" t="s">
+        <v>48</v>
+      </c>
+      <c r="D247" t="s">
+        <v>1143</v>
+      </c>
+      <c r="E247" t="s">
+        <v>40</v>
+      </c>
+      <c r="F247" t="s">
         <v>21</v>
       </c>
-      <c r="K242"/>
-[...38 lines deleted...]
-      <c r="J243" t="s">
+      <c r="G247" t="s">
+        <v>22</v>
+      </c>
+      <c r="H247">
+        <v>2019</v>
+      </c>
+      <c r="I247"/>
+      <c r="J247" t="s">
+        <v>853</v>
+      </c>
+      <c r="K247" t="s">
+        <v>514</v>
+      </c>
+      <c r="L247"/>
+      <c r="M247" t="s">
+        <v>51</v>
+      </c>
+      <c r="N247" t="s">
+        <v>1144</v>
+      </c>
+      <c r="O247" t="s">
+        <v>1145</v>
+      </c>
+      <c r="P247" t="s">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="248" spans="1:16">
+      <c r="A248" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B248" t="s">
+        <v>1148</v>
+      </c>
+      <c r="C248" t="s">
+        <v>322</v>
+      </c>
+      <c r="D248" t="s">
+        <v>812</v>
+      </c>
+      <c r="E248" t="s">
+        <v>40</v>
+      </c>
+      <c r="F248" t="s">
         <v>21</v>
       </c>
-      <c r="K243" t="s">
-[...196 lines deleted...]
-        <v>2011</v>
+      <c r="G248" t="s">
+        <v>33</v>
       </c>
       <c r="H248">
         <v>2011</v>
       </c>
-      <c r="I248" t="s">
-        <v>113</v>
+      <c r="I248">
+        <v>2011</v>
       </c>
       <c r="J248" t="s">
+        <v>156</v>
+      </c>
+      <c r="K248" t="s">
+        <v>24</v>
+      </c>
+      <c r="L248" t="s">
+        <v>1149</v>
+      </c>
+      <c r="M248" t="s">
+        <v>1100</v>
+      </c>
+      <c r="N248" t="s">
+        <v>27</v>
+      </c>
+      <c r="O248" t="s">
+        <v>1150</v>
+      </c>
+      <c r="P248" t="s">
+        <v>1151</v>
+      </c>
+    </row>
+    <row r="249" spans="1:16">
+      <c r="A249" t="s">
+        <v>1152</v>
+      </c>
+      <c r="B249" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C249" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D249" t="s">
+        <v>1155</v>
+      </c>
+      <c r="E249" t="s">
+        <v>20</v>
+      </c>
+      <c r="F249" t="s">
         <v>21</v>
       </c>
-      <c r="K248" t="s">
-[...28 lines deleted...]
-      <c r="F249" t="s">
+      <c r="G249" t="s">
+        <v>22</v>
+      </c>
+      <c r="H249">
+        <v>2021</v>
+      </c>
+      <c r="I249"/>
+      <c r="J249" t="s">
+        <v>1156</v>
+      </c>
+      <c r="K249" t="s">
+        <v>24</v>
+      </c>
+      <c r="L249" t="s">
+        <v>1157</v>
+      </c>
+      <c r="M249" t="s">
+        <v>1158</v>
+      </c>
+      <c r="N249" t="s">
+        <v>27</v>
+      </c>
+      <c r="O249" t="s">
+        <v>1159</v>
+      </c>
+      <c r="P249"/>
+    </row>
+    <row r="250" spans="1:16">
+      <c r="A250" t="s">
+        <v>1160</v>
+      </c>
+      <c r="B250" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C250" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D250" t="s">
+        <v>56</v>
+      </c>
+      <c r="E250" t="s">
+        <v>20</v>
+      </c>
+      <c r="F250" t="s">
+        <v>330</v>
+      </c>
+      <c r="G250" t="s">
+        <v>33</v>
+      </c>
+      <c r="H250">
+        <v>2002</v>
+      </c>
+      <c r="I250">
+        <v>2015</v>
+      </c>
+      <c r="J250" t="s">
+        <v>1162</v>
+      </c>
+      <c r="K250" t="s">
+        <v>902</v>
+      </c>
+      <c r="L250" t="s">
+        <v>1163</v>
+      </c>
+      <c r="M250" t="s">
+        <v>1158</v>
+      </c>
+      <c r="N250" t="s">
+        <v>27</v>
+      </c>
+      <c r="O250" t="s">
+        <v>1164</v>
+      </c>
+      <c r="P250" t="s">
+        <v>1165</v>
+      </c>
+    </row>
+    <row r="251" spans="1:16">
+      <c r="A251" t="s">
+        <v>1166</v>
+      </c>
+      <c r="B251" t="s">
+        <v>1167</v>
+      </c>
+      <c r="C251" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D251" t="s">
+        <v>56</v>
+      </c>
+      <c r="E251" t="s">
+        <v>20</v>
+      </c>
+      <c r="F251" t="s">
+        <v>21</v>
+      </c>
+      <c r="G251" t="s">
+        <v>33</v>
+      </c>
+      <c r="H251">
+        <v>2013</v>
+      </c>
+      <c r="I251">
+        <v>2015</v>
+      </c>
+      <c r="J251" t="s">
+        <v>1162</v>
+      </c>
+      <c r="K251" t="s">
+        <v>902</v>
+      </c>
+      <c r="L251" t="s">
+        <v>1168</v>
+      </c>
+      <c r="M251" t="s">
+        <v>1158</v>
+      </c>
+      <c r="N251" t="s">
+        <v>27</v>
+      </c>
+      <c r="O251" t="s">
+        <v>1169</v>
+      </c>
+      <c r="P251" t="s">
+        <v>1165</v>
+      </c>
+    </row>
+    <row r="252" spans="1:16">
+      <c r="A252" t="s">
+        <v>1170</v>
+      </c>
+      <c r="B252" t="s">
+        <v>1171</v>
+      </c>
+      <c r="C252" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D252" t="s">
+        <v>1172</v>
+      </c>
+      <c r="E252" t="s">
+        <v>20</v>
+      </c>
+      <c r="F252" t="s">
+        <v>330</v>
+      </c>
+      <c r="G252" t="s">
+        <v>22</v>
+      </c>
+      <c r="H252">
+        <v>2006</v>
+      </c>
+      <c r="I252"/>
+      <c r="J252" t="s">
+        <v>1162</v>
+      </c>
+      <c r="K252" t="s">
+        <v>24</v>
+      </c>
+      <c r="L252" t="s">
+        <v>1173</v>
+      </c>
+      <c r="M252" t="s">
+        <v>1158</v>
+      </c>
+      <c r="N252" t="s">
+        <v>27</v>
+      </c>
+      <c r="O252" t="s">
+        <v>1174</v>
+      </c>
+      <c r="P252" t="s">
+        <v>1175</v>
+      </c>
+    </row>
+    <row r="253" spans="1:16">
+      <c r="A253" t="s">
+        <v>1176</v>
+      </c>
+      <c r="B253" t="s">
+        <v>1177</v>
+      </c>
+      <c r="C253" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D253" t="s">
+        <v>1178</v>
+      </c>
+      <c r="E253" t="s">
+        <v>40</v>
+      </c>
+      <c r="F253" t="s">
+        <v>330</v>
+      </c>
+      <c r="G253" t="s">
+        <v>33</v>
+      </c>
+      <c r="H253">
+        <v>2011</v>
+      </c>
+      <c r="I253">
+        <v>2014</v>
+      </c>
+      <c r="J253" t="s">
+        <v>1156</v>
+      </c>
+      <c r="K253" t="s">
+        <v>902</v>
+      </c>
+      <c r="L253" t="s">
+        <v>1179</v>
+      </c>
+      <c r="M253" t="s">
+        <v>1158</v>
+      </c>
+      <c r="N253" t="s">
+        <v>27</v>
+      </c>
+      <c r="O253" t="s">
+        <v>1180</v>
+      </c>
+      <c r="P253" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="254" spans="1:16">
+      <c r="A254" t="s">
+        <v>1176</v>
+      </c>
+      <c r="B254" t="s">
+        <v>1182</v>
+      </c>
+      <c r="C254" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D254" t="s">
+        <v>1178</v>
+      </c>
+      <c r="E254" t="s">
+        <v>20</v>
+      </c>
+      <c r="F254" t="s">
+        <v>21</v>
+      </c>
+      <c r="G254" t="s">
+        <v>33</v>
+      </c>
+      <c r="H254">
+        <v>2015</v>
+      </c>
+      <c r="I254">
+        <v>2017</v>
+      </c>
+      <c r="J254" t="s">
+        <v>1156</v>
+      </c>
+      <c r="K254" t="s">
+        <v>902</v>
+      </c>
+      <c r="L254" t="s">
+        <v>1183</v>
+      </c>
+      <c r="M254" t="s">
+        <v>1158</v>
+      </c>
+      <c r="N254" t="s">
+        <v>27</v>
+      </c>
+      <c r="O254" t="s">
+        <v>1184</v>
+      </c>
+      <c r="P254" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="255" spans="1:16">
+      <c r="A255" t="s">
+        <v>1185</v>
+      </c>
+      <c r="B255" t="s">
+        <v>1186</v>
+      </c>
+      <c r="C255" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D255" t="s">
+        <v>458</v>
+      </c>
+      <c r="E255" t="s">
+        <v>20</v>
+      </c>
+      <c r="F255" t="s">
+        <v>21</v>
+      </c>
+      <c r="G255" t="s">
+        <v>22</v>
+      </c>
+      <c r="H255">
+        <v>2015</v>
+      </c>
+      <c r="I255"/>
+      <c r="J255" t="s">
+        <v>1156</v>
+      </c>
+      <c r="K255" t="s">
+        <v>24</v>
+      </c>
+      <c r="L255" t="s">
+        <v>1187</v>
+      </c>
+      <c r="M255" t="s">
+        <v>1158</v>
+      </c>
+      <c r="N255" t="s">
+        <v>27</v>
+      </c>
+      <c r="O255" t="s">
+        <v>1188</v>
+      </c>
+      <c r="P255" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="256" spans="1:16">
+      <c r="A256" t="s">
+        <v>1189</v>
+      </c>
+      <c r="B256" t="s">
+        <v>1190</v>
+      </c>
+      <c r="C256" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D256" t="s">
+        <v>458</v>
+      </c>
+      <c r="E256" t="s">
+        <v>20</v>
+      </c>
+      <c r="F256" t="s">
+        <v>330</v>
+      </c>
+      <c r="G256" t="s">
+        <v>22</v>
+      </c>
+      <c r="H256">
+        <v>2015</v>
+      </c>
+      <c r="I256"/>
+      <c r="J256" t="s">
+        <v>1162</v>
+      </c>
+      <c r="K256" t="s">
+        <v>24</v>
+      </c>
+      <c r="L256" t="s">
+        <v>1191</v>
+      </c>
+      <c r="M256" t="s">
+        <v>1158</v>
+      </c>
+      <c r="N256" t="s">
+        <v>27</v>
+      </c>
+      <c r="O256" t="s">
+        <v>1192</v>
+      </c>
+      <c r="P256" t="s">
+        <v>1193</v>
+      </c>
+    </row>
+    <row r="257" spans="1:16">
+      <c r="A257" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B257" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C257" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D257" t="s">
+        <v>671</v>
+      </c>
+      <c r="E257" t="s">
+        <v>20</v>
+      </c>
+      <c r="F257" t="s">
+        <v>21</v>
+      </c>
+      <c r="G257" t="s">
+        <v>33</v>
+      </c>
+      <c r="H257">
+        <v>2011</v>
+      </c>
+      <c r="I257">
+        <v>2021</v>
+      </c>
+      <c r="J257" t="s">
+        <v>1156</v>
+      </c>
+      <c r="K257" t="s">
+        <v>24</v>
+      </c>
+      <c r="L257" t="s">
+        <v>1196</v>
+      </c>
+      <c r="M257" t="s">
+        <v>1158</v>
+      </c>
+      <c r="N257" t="s">
+        <v>27</v>
+      </c>
+      <c r="O257" t="s">
+        <v>1197</v>
+      </c>
+      <c r="P257" t="s">
+        <v>1198</v>
+      </c>
+    </row>
+    <row r="258" spans="1:16">
+      <c r="A258" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B258" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C258" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D258" t="s">
+        <v>335</v>
+      </c>
+      <c r="E258" t="s">
+        <v>20</v>
+      </c>
+      <c r="F258" t="s">
+        <v>330</v>
+      </c>
+      <c r="G258" t="s">
+        <v>33</v>
+      </c>
+      <c r="H258">
+        <v>2002</v>
+      </c>
+      <c r="I258">
+        <v>2021</v>
+      </c>
+      <c r="J258" t="s">
+        <v>1156</v>
+      </c>
+      <c r="K258" t="s">
+        <v>24</v>
+      </c>
+      <c r="L258" t="s">
+        <v>1201</v>
+      </c>
+      <c r="M258" t="s">
+        <v>1158</v>
+      </c>
+      <c r="N258" t="s">
+        <v>27</v>
+      </c>
+      <c r="O258" t="s">
+        <v>1202</v>
+      </c>
+      <c r="P258" t="s">
+        <v>1203</v>
+      </c>
+    </row>
+    <row r="259" spans="1:16">
+      <c r="A259" t="s">
+        <v>1204</v>
+      </c>
+      <c r="B259" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C259" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D259" t="s">
+        <v>1206</v>
+      </c>
+      <c r="E259" t="s">
+        <v>20</v>
+      </c>
+      <c r="F259" t="s">
+        <v>330</v>
+      </c>
+      <c r="G259" t="s">
+        <v>22</v>
+      </c>
+      <c r="H259">
+        <v>2021</v>
+      </c>
+      <c r="I259"/>
+      <c r="J259" t="s">
+        <v>1156</v>
+      </c>
+      <c r="K259" t="s">
+        <v>24</v>
+      </c>
+      <c r="L259" t="s">
+        <v>1207</v>
+      </c>
+      <c r="M259" t="s">
+        <v>1158</v>
+      </c>
+      <c r="N259" t="s">
+        <v>27</v>
+      </c>
+      <c r="O259" t="s">
+        <v>1208</v>
+      </c>
+      <c r="P259" t="s">
+        <v>1209</v>
+      </c>
+    </row>
+    <row r="260" spans="1:16">
+      <c r="A260" t="s">
+        <v>1210</v>
+      </c>
+      <c r="B260" t="s">
+        <v>1211</v>
+      </c>
+      <c r="C260" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D260" t="s">
+        <v>188</v>
+      </c>
+      <c r="E260" t="s">
+        <v>20</v>
+      </c>
+      <c r="F260" t="s">
+        <v>330</v>
+      </c>
+      <c r="G260" t="s">
+        <v>1212</v>
+      </c>
+      <c r="H260">
+        <v>2021</v>
+      </c>
+      <c r="I260"/>
+      <c r="J260" t="s">
+        <v>1156</v>
+      </c>
+      <c r="K260" t="s">
+        <v>24</v>
+      </c>
+      <c r="L260" t="s">
+        <v>1213</v>
+      </c>
+      <c r="M260" t="s">
+        <v>1158</v>
+      </c>
+      <c r="N260" t="s">
+        <v>27</v>
+      </c>
+      <c r="O260" t="s">
+        <v>1214</v>
+      </c>
+      <c r="P260" t="s">
+        <v>1215</v>
+      </c>
+    </row>
+    <row r="261" spans="1:16">
+      <c r="A261" t="s">
+        <v>1216</v>
+      </c>
+      <c r="B261" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C261" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D261" t="s">
+        <v>63</v>
+      </c>
+      <c r="E261" t="s">
+        <v>20</v>
+      </c>
+      <c r="F261" t="s">
+        <v>21</v>
+      </c>
+      <c r="G261" t="s">
+        <v>33</v>
+      </c>
+      <c r="H261">
+        <v>2011</v>
+      </c>
+      <c r="I261">
+        <v>2021</v>
+      </c>
+      <c r="J261" t="s">
+        <v>1156</v>
+      </c>
+      <c r="K261" t="s">
+        <v>24</v>
+      </c>
+      <c r="L261" t="s">
+        <v>1196</v>
+      </c>
+      <c r="M261" t="s">
+        <v>1158</v>
+      </c>
+      <c r="N261" t="s">
+        <v>27</v>
+      </c>
+      <c r="O261" t="s">
+        <v>1218</v>
+      </c>
+      <c r="P261" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="262" spans="1:16">
+      <c r="A262" t="s">
+        <v>1220</v>
+      </c>
+      <c r="B262" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C262" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D262" t="s">
+        <v>335</v>
+      </c>
+      <c r="E262" t="s">
+        <v>20</v>
+      </c>
+      <c r="F262" t="s">
+        <v>21</v>
+      </c>
+      <c r="G262" t="s">
+        <v>33</v>
+      </c>
+      <c r="H262">
+        <v>2011</v>
+      </c>
+      <c r="I262">
+        <v>2021</v>
+      </c>
+      <c r="J262" t="s">
+        <v>1156</v>
+      </c>
+      <c r="K262" t="s">
+        <v>24</v>
+      </c>
+      <c r="L262" t="s">
+        <v>1222</v>
+      </c>
+      <c r="M262" t="s">
+        <v>1158</v>
+      </c>
+      <c r="N262" t="s">
+        <v>27</v>
+      </c>
+      <c r="O262" t="s">
+        <v>1223</v>
+      </c>
+      <c r="P262" t="s">
+        <v>1224</v>
+      </c>
+    </row>
+    <row r="263" spans="1:16">
+      <c r="A263" t="s">
+        <v>1225</v>
+      </c>
+      <c r="B263" t="s">
+        <v>1226</v>
+      </c>
+      <c r="C263" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D263" t="s">
+        <v>610</v>
+      </c>
+      <c r="E263" t="s">
+        <v>20</v>
+      </c>
+      <c r="F263" t="s">
+        <v>21</v>
+      </c>
+      <c r="G263" t="s">
+        <v>22</v>
+      </c>
+      <c r="H263">
+        <v>2021</v>
+      </c>
+      <c r="I263"/>
+      <c r="J263" t="s">
+        <v>1156</v>
+      </c>
+      <c r="K263" t="s">
+        <v>24</v>
+      </c>
+      <c r="L263" t="s">
+        <v>1227</v>
+      </c>
+      <c r="M263" t="s">
+        <v>1158</v>
+      </c>
+      <c r="N263" t="s">
+        <v>27</v>
+      </c>
+      <c r="O263" t="s">
+        <v>1228</v>
+      </c>
+      <c r="P263" t="s">
+        <v>1229</v>
+      </c>
+    </row>
+    <row r="264" spans="1:16">
+      <c r="A264" t="s">
+        <v>1230</v>
+      </c>
+      <c r="B264" t="s">
+        <v>1231</v>
+      </c>
+      <c r="C264" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D264" t="s">
+        <v>188</v>
+      </c>
+      <c r="E264" t="s">
+        <v>20</v>
+      </c>
+      <c r="F264" t="s">
+        <v>1232</v>
+      </c>
+      <c r="G264" t="s">
+        <v>22</v>
+      </c>
+      <c r="H264">
+        <v>2021</v>
+      </c>
+      <c r="I264"/>
+      <c r="J264" t="s">
+        <v>1156</v>
+      </c>
+      <c r="K264" t="s">
+        <v>24</v>
+      </c>
+      <c r="L264" t="s">
+        <v>1213</v>
+      </c>
+      <c r="M264" t="s">
+        <v>1158</v>
+      </c>
+      <c r="N264" t="s">
+        <v>27</v>
+      </c>
+      <c r="O264" t="s">
+        <v>1233</v>
+      </c>
+      <c r="P264" t="s">
+        <v>1234</v>
+      </c>
+    </row>
+    <row r="265" spans="1:16">
+      <c r="A265" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B265" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C265" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D265" t="s">
+        <v>671</v>
+      </c>
+      <c r="E265" t="s">
+        <v>20</v>
+      </c>
+      <c r="F265" t="s">
+        <v>330</v>
+      </c>
+      <c r="G265" t="s">
+        <v>33</v>
+      </c>
+      <c r="H265">
+        <v>2002</v>
+      </c>
+      <c r="I265">
+        <v>2021</v>
+      </c>
+      <c r="J265" t="s">
+        <v>1156</v>
+      </c>
+      <c r="K265" t="s">
+        <v>24</v>
+      </c>
+      <c r="L265" t="s">
+        <v>1237</v>
+      </c>
+      <c r="M265" t="s">
+        <v>1158</v>
+      </c>
+      <c r="N265" t="s">
+        <v>27</v>
+      </c>
+      <c r="O265" t="s">
+        <v>1238</v>
+      </c>
+      <c r="P265" t="s">
+        <v>1239</v>
+      </c>
+    </row>
+    <row r="266" spans="1:16">
+      <c r="A266" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B266" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C266" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D266" t="s">
+        <v>63</v>
+      </c>
+      <c r="E266" t="s">
+        <v>20</v>
+      </c>
+      <c r="F266" t="s">
+        <v>330</v>
+      </c>
+      <c r="G266" t="s">
+        <v>33</v>
+      </c>
+      <c r="H266">
+        <v>2002</v>
+      </c>
+      <c r="I266">
+        <v>2021</v>
+      </c>
+      <c r="J266" t="s">
+        <v>1156</v>
+      </c>
+      <c r="K266" t="s">
+        <v>24</v>
+      </c>
+      <c r="L266" t="s">
+        <v>1242</v>
+      </c>
+      <c r="M266" t="s">
+        <v>1158</v>
+      </c>
+      <c r="N266" t="s">
+        <v>27</v>
+      </c>
+      <c r="O266" t="s">
+        <v>1243</v>
+      </c>
+      <c r="P266" t="s">
+        <v>1244</v>
+      </c>
+    </row>
+    <row r="267" spans="1:16">
+      <c r="A267" t="s">
+        <v>1245</v>
+      </c>
+      <c r="B267" t="s">
+        <v>1246</v>
+      </c>
+      <c r="C267" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D267" t="s">
         <v>19</v>
       </c>
-      <c r="G249">
+      <c r="E267" t="s">
+        <v>20</v>
+      </c>
+      <c r="F267" t="s">
+        <v>330</v>
+      </c>
+      <c r="G267" t="s">
+        <v>33</v>
+      </c>
+      <c r="H267">
+        <v>2002</v>
+      </c>
+      <c r="I267">
         <v>2021</v>
       </c>
-      <c r="H249"/>
-[...3 lines deleted...]
-      <c r="J249" t="s">
+      <c r="J267" t="s">
+        <v>1156</v>
+      </c>
+      <c r="K267" t="s">
+        <v>24</v>
+      </c>
+      <c r="L267" t="s">
+        <v>1247</v>
+      </c>
+      <c r="M267" t="s">
+        <v>1158</v>
+      </c>
+      <c r="N267" t="s">
+        <v>27</v>
+      </c>
+      <c r="O267" t="s">
+        <v>1248</v>
+      </c>
+      <c r="P267" t="s">
+        <v>1249</v>
+      </c>
+    </row>
+    <row r="268" spans="1:16">
+      <c r="A268" t="s">
+        <v>1250</v>
+      </c>
+      <c r="B268" t="s">
+        <v>1251</v>
+      </c>
+      <c r="C268" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D268" t="s">
+        <v>1252</v>
+      </c>
+      <c r="E268" t="s">
+        <v>20</v>
+      </c>
+      <c r="F268" t="s">
         <v>21</v>
       </c>
-      <c r="K249" t="s">
-[...34 lines deleted...]
-      <c r="H250">
+      <c r="G268" t="s">
+        <v>22</v>
+      </c>
+      <c r="H268">
+        <v>2021</v>
+      </c>
+      <c r="I268"/>
+      <c r="J268" t="s">
+        <v>1156</v>
+      </c>
+      <c r="K268" t="s">
+        <v>24</v>
+      </c>
+      <c r="L268" t="s">
+        <v>1253</v>
+      </c>
+      <c r="M268" t="s">
+        <v>1158</v>
+      </c>
+      <c r="N268" t="s">
+        <v>27</v>
+      </c>
+      <c r="O268" t="s">
+        <v>1254</v>
+      </c>
+      <c r="P268"/>
+    </row>
+    <row r="269" spans="1:16">
+      <c r="A269" t="s">
+        <v>1250</v>
+      </c>
+      <c r="B269" t="s">
+        <v>1251</v>
+      </c>
+      <c r="C269" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D269" t="s">
+        <v>1252</v>
+      </c>
+      <c r="E269" t="s">
+        <v>20</v>
+      </c>
+      <c r="F269" t="s">
+        <v>21</v>
+      </c>
+      <c r="G269" t="s">
+        <v>22</v>
+      </c>
+      <c r="H269">
+        <v>2021</v>
+      </c>
+      <c r="I269"/>
+      <c r="J269" t="s">
+        <v>1156</v>
+      </c>
+      <c r="K269" t="s">
+        <v>24</v>
+      </c>
+      <c r="L269" t="s">
+        <v>1253</v>
+      </c>
+      <c r="M269" t="s">
+        <v>1158</v>
+      </c>
+      <c r="N269" t="s">
+        <v>27</v>
+      </c>
+      <c r="O269" t="s">
+        <v>1255</v>
+      </c>
+      <c r="P269"/>
+    </row>
+    <row r="270" spans="1:16">
+      <c r="A270" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B270" t="s">
+        <v>1257</v>
+      </c>
+      <c r="C270" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D270" t="s">
+        <v>329</v>
+      </c>
+      <c r="E270" t="s">
+        <v>20</v>
+      </c>
+      <c r="F270" t="s">
+        <v>330</v>
+      </c>
+      <c r="G270" t="s">
+        <v>22</v>
+      </c>
+      <c r="H270">
+        <v>2022</v>
+      </c>
+      <c r="I270"/>
+      <c r="J270" t="s">
+        <v>1156</v>
+      </c>
+      <c r="K270" t="s">
+        <v>1258</v>
+      </c>
+      <c r="L270" t="s">
+        <v>1259</v>
+      </c>
+      <c r="M270" t="s">
+        <v>1158</v>
+      </c>
+      <c r="N270" t="s">
+        <v>27</v>
+      </c>
+      <c r="O270" t="s">
+        <v>1260</v>
+      </c>
+      <c r="P270" t="s">
+        <v>1261</v>
+      </c>
+    </row>
+    <row r="271" spans="1:16">
+      <c r="A271" t="s">
+        <v>1262</v>
+      </c>
+      <c r="B271" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C271" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D271" t="s">
+        <v>1264</v>
+      </c>
+      <c r="E271" t="s">
+        <v>20</v>
+      </c>
+      <c r="F271" t="s">
+        <v>330</v>
+      </c>
+      <c r="G271" t="s">
+        <v>22</v>
+      </c>
+      <c r="H271">
+        <v>2022</v>
+      </c>
+      <c r="I271"/>
+      <c r="J271" t="s">
+        <v>1156</v>
+      </c>
+      <c r="K271" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L271"/>
+      <c r="M271" t="s">
+        <v>1158</v>
+      </c>
+      <c r="N271" t="s">
+        <v>27</v>
+      </c>
+      <c r="O271" t="s">
+        <v>1266</v>
+      </c>
+      <c r="P271" t="s">
+        <v>1267</v>
+      </c>
+    </row>
+    <row r="272" spans="1:16">
+      <c r="A272" t="s">
+        <v>1268</v>
+      </c>
+      <c r="B272" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C272" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D272" t="s">
+        <v>329</v>
+      </c>
+      <c r="E272" t="s">
+        <v>20</v>
+      </c>
+      <c r="F272" t="s">
+        <v>21</v>
+      </c>
+      <c r="G272" t="s">
+        <v>22</v>
+      </c>
+      <c r="H272">
+        <v>2022</v>
+      </c>
+      <c r="I272"/>
+      <c r="J272" t="s">
+        <v>1156</v>
+      </c>
+      <c r="K272" t="s">
+        <v>1270</v>
+      </c>
+      <c r="L272" t="s">
+        <v>1271</v>
+      </c>
+      <c r="M272" t="s">
+        <v>1158</v>
+      </c>
+      <c r="N272" t="s">
+        <v>27</v>
+      </c>
+      <c r="O272" t="s">
+        <v>1272</v>
+      </c>
+      <c r="P272" t="s">
+        <v>1273</v>
+      </c>
+    </row>
+    <row r="273" spans="1:16">
+      <c r="A273" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B273" t="s">
+        <v>1275</v>
+      </c>
+      <c r="C273" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D273" t="s">
+        <v>1264</v>
+      </c>
+      <c r="E273" t="s">
+        <v>20</v>
+      </c>
+      <c r="F273" t="s">
+        <v>21</v>
+      </c>
+      <c r="G273" t="s">
+        <v>22</v>
+      </c>
+      <c r="H273">
+        <v>2022</v>
+      </c>
+      <c r="I273"/>
+      <c r="J273" t="s">
+        <v>1156</v>
+      </c>
+      <c r="K273" t="s">
+        <v>1276</v>
+      </c>
+      <c r="L273" t="s">
+        <v>1277</v>
+      </c>
+      <c r="M273" t="s">
+        <v>1158</v>
+      </c>
+      <c r="N273" t="s">
+        <v>27</v>
+      </c>
+      <c r="O273" t="s">
+        <v>1278</v>
+      </c>
+      <c r="P273" t="s">
+        <v>1279</v>
+      </c>
+    </row>
+    <row r="274" spans="1:16">
+      <c r="A274" t="s">
+        <v>1280</v>
+      </c>
+      <c r="B274" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C274" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D274" t="s">
+        <v>1264</v>
+      </c>
+      <c r="E274" t="s">
+        <v>20</v>
+      </c>
+      <c r="F274" t="s">
+        <v>21</v>
+      </c>
+      <c r="G274" t="s">
+        <v>22</v>
+      </c>
+      <c r="H274">
+        <v>2022</v>
+      </c>
+      <c r="I274"/>
+      <c r="J274" t="s">
+        <v>1156</v>
+      </c>
+      <c r="K274" t="s">
+        <v>24</v>
+      </c>
+      <c r="L274" t="s">
+        <v>1282</v>
+      </c>
+      <c r="M274" t="s">
+        <v>1158</v>
+      </c>
+      <c r="N274" t="s">
+        <v>27</v>
+      </c>
+      <c r="O274" t="s">
+        <v>1283</v>
+      </c>
+      <c r="P274" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="275" spans="1:16">
+      <c r="A275" t="s">
+        <v>1285</v>
+      </c>
+      <c r="B275" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C275" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D275" t="s">
+        <v>32</v>
+      </c>
+      <c r="E275" t="s">
+        <v>20</v>
+      </c>
+      <c r="F275" t="s">
+        <v>888</v>
+      </c>
+      <c r="G275" t="s">
+        <v>22</v>
+      </c>
+      <c r="H275">
+        <v>2008</v>
+      </c>
+      <c r="I275"/>
+      <c r="J275" t="s">
+        <v>1162</v>
+      </c>
+      <c r="K275" t="s">
+        <v>1287</v>
+      </c>
+      <c r="L275" t="s">
+        <v>1288</v>
+      </c>
+      <c r="M275" t="s">
+        <v>1158</v>
+      </c>
+      <c r="N275" t="s">
+        <v>27</v>
+      </c>
+      <c r="O275" t="s">
+        <v>1289</v>
+      </c>
+      <c r="P275" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="276" spans="1:16">
+      <c r="A276" t="s">
+        <v>1291</v>
+      </c>
+      <c r="B276" t="s">
+        <v>1292</v>
+      </c>
+      <c r="C276" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D276" t="s">
+        <v>75</v>
+      </c>
+      <c r="E276" t="s">
+        <v>20</v>
+      </c>
+      <c r="F276" t="s">
+        <v>330</v>
+      </c>
+      <c r="G276" t="s">
+        <v>33</v>
+      </c>
+      <c r="H276">
+        <v>2012</v>
+      </c>
+      <c r="I276">
         <v>2015</v>
       </c>
-      <c r="I250" t="s">
-[...37 lines deleted...]
-      <c r="G251">
+      <c r="J276" t="s">
+        <v>1162</v>
+      </c>
+      <c r="K276" t="s">
+        <v>24</v>
+      </c>
+      <c r="L276" t="s">
+        <v>1293</v>
+      </c>
+      <c r="M276" t="s">
+        <v>1158</v>
+      </c>
+      <c r="N276" t="s">
+        <v>27</v>
+      </c>
+      <c r="O276" t="s">
+        <v>1294</v>
+      </c>
+      <c r="P276" t="s">
+        <v>1295</v>
+      </c>
+    </row>
+    <row r="277" spans="1:16">
+      <c r="A277" t="s">
+        <v>1296</v>
+      </c>
+      <c r="B277" t="s">
+        <v>1297</v>
+      </c>
+      <c r="C277" t="s">
+        <v>1298</v>
+      </c>
+      <c r="D277" t="s">
+        <v>335</v>
+      </c>
+      <c r="E277" t="s">
+        <v>40</v>
+      </c>
+      <c r="F277" t="s">
+        <v>41</v>
+      </c>
+      <c r="G277" t="s">
+        <v>33</v>
+      </c>
+      <c r="H277">
         <v>2013</v>
       </c>
-      <c r="H251">
+      <c r="I277">
+        <v>2020</v>
+      </c>
+      <c r="J277" t="s">
+        <v>341</v>
+      </c>
+      <c r="K277" t="s">
+        <v>24</v>
+      </c>
+      <c r="L277" t="s">
+        <v>1299</v>
+      </c>
+      <c r="M277" t="s">
+        <v>1300</v>
+      </c>
+      <c r="N277" t="s">
+        <v>27</v>
+      </c>
+      <c r="O277" t="s">
+        <v>1301</v>
+      </c>
+      <c r="P277" t="s">
+        <v>1302</v>
+      </c>
+    </row>
+    <row r="278" spans="1:16">
+      <c r="A278" t="s">
+        <v>1303</v>
+      </c>
+      <c r="B278" t="s">
+        <v>1304</v>
+      </c>
+      <c r="C278" t="s">
+        <v>1298</v>
+      </c>
+      <c r="D278" t="s">
+        <v>39</v>
+      </c>
+      <c r="E278" t="s">
+        <v>40</v>
+      </c>
+      <c r="F278" t="s">
+        <v>41</v>
+      </c>
+      <c r="G278" t="s">
+        <v>33</v>
+      </c>
+      <c r="H278">
+        <v>2011</v>
+      </c>
+      <c r="I278">
+        <v>2019</v>
+      </c>
+      <c r="J278" t="s">
+        <v>341</v>
+      </c>
+      <c r="K278" t="s">
+        <v>24</v>
+      </c>
+      <c r="L278" t="s">
+        <v>1305</v>
+      </c>
+      <c r="M278" t="s">
+        <v>1300</v>
+      </c>
+      <c r="N278" t="s">
+        <v>27</v>
+      </c>
+      <c r="O278" t="s">
+        <v>1306</v>
+      </c>
+      <c r="P278" t="s">
+        <v>1307</v>
+      </c>
+    </row>
+    <row r="279" spans="1:16">
+      <c r="A279" t="s">
+        <v>1308</v>
+      </c>
+      <c r="B279" t="s">
+        <v>1309</v>
+      </c>
+      <c r="C279" t="s">
+        <v>1298</v>
+      </c>
+      <c r="D279" t="s">
+        <v>1310</v>
+      </c>
+      <c r="E279" t="s">
+        <v>40</v>
+      </c>
+      <c r="F279" t="s">
+        <v>41</v>
+      </c>
+      <c r="G279" t="s">
+        <v>22</v>
+      </c>
+      <c r="H279">
+        <v>2013</v>
+      </c>
+      <c r="I279"/>
+      <c r="J279" t="s">
+        <v>994</v>
+      </c>
+      <c r="K279" t="s">
+        <v>24</v>
+      </c>
+      <c r="L279" t="s">
+        <v>1311</v>
+      </c>
+      <c r="M279" t="s">
+        <v>1300</v>
+      </c>
+      <c r="N279" t="s">
+        <v>27</v>
+      </c>
+      <c r="O279" t="s">
+        <v>1312</v>
+      </c>
+      <c r="P279" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="280" spans="1:16">
+      <c r="A280" t="s">
+        <v>1314</v>
+      </c>
+      <c r="B280" t="s">
+        <v>1315</v>
+      </c>
+      <c r="C280" t="s">
+        <v>1298</v>
+      </c>
+      <c r="D280" t="s">
+        <v>32</v>
+      </c>
+      <c r="E280" t="s">
+        <v>40</v>
+      </c>
+      <c r="F280" t="s">
+        <v>41</v>
+      </c>
+      <c r="G280" t="s">
+        <v>33</v>
+      </c>
+      <c r="H280">
+        <v>2014</v>
+      </c>
+      <c r="I280">
         <v>2015</v>
       </c>
-      <c r="I251" t="s">
-[...44 lines deleted...]
-      <c r="J252" t="s">
+      <c r="J280" t="s">
+        <v>994</v>
+      </c>
+      <c r="K280" t="s">
+        <v>24</v>
+      </c>
+      <c r="L280"/>
+      <c r="M280" t="s">
+        <v>1300</v>
+      </c>
+      <c r="N280" t="s">
+        <v>27</v>
+      </c>
+      <c r="O280" t="s">
+        <v>1316</v>
+      </c>
+      <c r="P280" t="s">
+        <v>1317</v>
+      </c>
+    </row>
+    <row r="281" spans="1:16">
+      <c r="A281" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B281" t="s">
+        <v>1319</v>
+      </c>
+      <c r="C281" t="s">
+        <v>1298</v>
+      </c>
+      <c r="D281" t="s">
+        <v>635</v>
+      </c>
+      <c r="E281" t="s">
+        <v>40</v>
+      </c>
+      <c r="F281" t="s">
+        <v>41</v>
+      </c>
+      <c r="G281" t="s">
+        <v>22</v>
+      </c>
+      <c r="H281">
+        <v>2014</v>
+      </c>
+      <c r="I281">
+        <v>2019</v>
+      </c>
+      <c r="J281" t="s">
+        <v>341</v>
+      </c>
+      <c r="K281" t="s">
+        <v>24</v>
+      </c>
+      <c r="L281"/>
+      <c r="M281" t="s">
+        <v>1300</v>
+      </c>
+      <c r="N281" t="s">
+        <v>27</v>
+      </c>
+      <c r="O281" t="s">
+        <v>1320</v>
+      </c>
+      <c r="P281" t="s">
+        <v>1321</v>
+      </c>
+    </row>
+    <row r="282" spans="1:16">
+      <c r="A282" t="s">
+        <v>1322</v>
+      </c>
+      <c r="B282" t="s">
+        <v>1323</v>
+      </c>
+      <c r="C282" t="s">
+        <v>1298</v>
+      </c>
+      <c r="D282" t="s">
+        <v>671</v>
+      </c>
+      <c r="E282" t="s">
+        <v>40</v>
+      </c>
+      <c r="F282" t="s">
+        <v>41</v>
+      </c>
+      <c r="G282" t="s">
+        <v>22</v>
+      </c>
+      <c r="H282">
+        <v>2016</v>
+      </c>
+      <c r="I282">
+        <v>2018</v>
+      </c>
+      <c r="J282" t="s">
+        <v>341</v>
+      </c>
+      <c r="K282" t="s">
+        <v>24</v>
+      </c>
+      <c r="L282"/>
+      <c r="M282" t="s">
+        <v>1300</v>
+      </c>
+      <c r="N282" t="s">
+        <v>27</v>
+      </c>
+      <c r="O282" t="s">
+        <v>1324</v>
+      </c>
+      <c r="P282" t="s">
+        <v>1325</v>
+      </c>
+    </row>
+    <row r="283" spans="1:16">
+      <c r="A283" t="s">
+        <v>1326</v>
+      </c>
+      <c r="B283" t="s">
+        <v>1327</v>
+      </c>
+      <c r="C283" t="s">
+        <v>1298</v>
+      </c>
+      <c r="D283" t="s">
+        <v>708</v>
+      </c>
+      <c r="E283" t="s">
+        <v>40</v>
+      </c>
+      <c r="F283" t="s">
+        <v>41</v>
+      </c>
+      <c r="G283" t="s">
+        <v>22</v>
+      </c>
+      <c r="H283">
+        <v>2017</v>
+      </c>
+      <c r="I283"/>
+      <c r="J283" t="s">
+        <v>994</v>
+      </c>
+      <c r="K283" t="s">
+        <v>24</v>
+      </c>
+      <c r="L283"/>
+      <c r="M283" t="s">
+        <v>1300</v>
+      </c>
+      <c r="N283" t="s">
+        <v>27</v>
+      </c>
+      <c r="O283" t="s">
+        <v>1328</v>
+      </c>
+      <c r="P283" t="s">
+        <v>1317</v>
+      </c>
+    </row>
+    <row r="284" spans="1:16">
+      <c r="A284" t="s">
+        <v>1329</v>
+      </c>
+      <c r="B284" t="s">
+        <v>1330</v>
+      </c>
+      <c r="C284" t="s">
+        <v>1298</v>
+      </c>
+      <c r="D284" t="s">
+        <v>75</v>
+      </c>
+      <c r="E284" t="s">
+        <v>40</v>
+      </c>
+      <c r="F284" t="s">
+        <v>41</v>
+      </c>
+      <c r="G284" t="s">
+        <v>33</v>
+      </c>
+      <c r="H284">
+        <v>2016</v>
+      </c>
+      <c r="I284">
+        <v>2019</v>
+      </c>
+      <c r="J284" t="s">
+        <v>994</v>
+      </c>
+      <c r="K284" t="s">
+        <v>24</v>
+      </c>
+      <c r="L284"/>
+      <c r="M284" t="s">
+        <v>1300</v>
+      </c>
+      <c r="N284" t="s">
+        <v>27</v>
+      </c>
+      <c r="O284" t="s">
+        <v>1331</v>
+      </c>
+      <c r="P284" t="s">
+        <v>1332</v>
+      </c>
+    </row>
+    <row r="285" spans="1:16">
+      <c r="A285" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B285" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C285" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D285" t="s">
+        <v>389</v>
+      </c>
+      <c r="E285" t="s">
+        <v>20</v>
+      </c>
+      <c r="F285" t="s">
         <v>21</v>
       </c>
-      <c r="K252" t="s">
-[...948 lines deleted...]
-      <c r="N274" t="s">
+      <c r="G285" t="s">
         <v>852</v>
       </c>
-    </row>
-[...443 lines deleted...]
-      <c r="G285"/>
       <c r="H285"/>
-      <c r="I285" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I285"/>
       <c r="J285" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>1162</v>
+      </c>
+      <c r="K285" t="s">
+        <v>24</v>
+      </c>
+      <c r="L285"/>
       <c r="M285" t="s">
-        <v>883</v>
+        <v>1158</v>
       </c>
       <c r="N285" t="s">
-        <v>884</v>
-      </c>
+        <v>1335</v>
+      </c>
+      <c r="O285" t="s">
+        <v>1336</v>
+      </c>
+      <c r="P285"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>