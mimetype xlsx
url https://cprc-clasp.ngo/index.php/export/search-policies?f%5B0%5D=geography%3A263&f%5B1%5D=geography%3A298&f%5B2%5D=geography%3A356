--- v0 (2025-12-11)
+++ v1 (2026-02-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1221">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1222">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1846,72 +1846,75 @@
     <t>https://cprc-clasp.ngo/index.php/policies/mels-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme (MELS) requirements for clothes dryers with a rated capacity of up to 10kg.
 Energy Consumption (EC) per wash in kWh (all clothes dryers)
 - 1 tick: NA
 - 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
 - 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
 - 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
 - 5 tick: Rated capacity x 0.30 ≥ EC
 Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
   </si>
   <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-clothes-dryers</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
-[...2 lines deleted...]
-    <t>MELS for General Lighting</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting</t>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
   </si>
@@ -1951,60 +1954,60 @@
   </si>
   <si>
     <t>This policy contains minimum energy labeling scheme (MELS) requirements for televisions.</t>
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-televisions</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for refrigerators</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-5</t>
   </si>
   <si>
     <t>https://blog.complianceandrisks.com/news-resources/oman-to-draft-mandatory-energy-efficiency-specifications-for-four-electrical-appliances</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
     <t>The standard specifies the energy performance, capacity and labelling of household refrigerators, refrigerator-freezers and freezers. The requirements in this Standard are not applicable to electrically operated refrigerators employing an absorption refrigeration system and for commercial refrigerators, refrigerators-freezers and freezers.</t>
   </si>
   <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
@@ -2325,177 +2328,177 @@
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MEPS for Refrigerator</t>
   </si>
   <si>
     <t>This policy applies to household electric refrigerator and refrigerator-freezer of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerator</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/nd_file/kemco_eng/MKE_Notice_2010-124.pdf</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2025</t>
   </si>
   <si>
     <t>MEPS for Set Top Boxes</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards for set-top boxes (excluding the digital converter) receiving one or more of cable, satellite, and IP TV broadcastings and sending the image and audio to a television or display unit, with the rated power consumption of less than 150W.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes-0</t>
   </si>
   <si>
     <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=149</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>MEPS for Standby Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-standby-power</t>
   </si>
   <si>
     <t>MEPS for Television</t>
   </si>
   <si>
     <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency percent shall be measured by KS C IEC 62087.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-television</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-televisions-20242025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors</t>
-[...2 lines deleted...]
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors-2018</t>
+  </si>
+  <si>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>MEPS for Transformer</t>
   </si>
   <si>
     <t>Transformers smaller than 1500kVA</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-transformer</t>
   </si>
   <si>
     <t>Transformer defined in KS C 4306, KS C 4311, KS C 4316, KS C 4317 and Annex 3; 1500-3000kVa</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-transformer-0</t>
   </si>
   <si>
     <t>MEPS for Vacuum Cleaners</t>
   </si>
   <si>
     <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable, dry only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-vacuum-cleaners</t>
   </si>
@@ -10481,7102 +10484,7104 @@
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
         <v>602</v>
       </c>
       <c r="B130" t="s">
         <v>603</v>
       </c>
       <c r="C130" t="s">
         <v>106</v>
       </c>
       <c r="D130" t="s">
         <v>604</v>
       </c>
       <c r="E130" t="s">
         <v>20</v>
       </c>
       <c r="F130" t="s">
         <v>116</v>
       </c>
       <c r="G130" t="s">
         <v>22</v>
       </c>
       <c r="H130">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I130"/>
       <c r="J130" t="s">
         <v>605</v>
       </c>
       <c r="K130" t="s">
         <v>24</v>
       </c>
       <c r="L130"/>
       <c r="M130" t="s">
         <v>595</v>
       </c>
       <c r="N130" t="s">
         <v>27</v>
       </c>
       <c r="O130" t="s">
         <v>606</v>
       </c>
       <c r="P130" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
         <v>607</v>
       </c>
       <c r="B131" t="s">
         <v>608</v>
       </c>
       <c r="C131" t="s">
         <v>106</v>
       </c>
       <c r="D131" t="s">
         <v>461</v>
       </c>
       <c r="E131" t="s">
         <v>20</v>
       </c>
       <c r="F131" t="s">
         <v>116</v>
       </c>
       <c r="G131" t="s">
-        <v>8</v>
+        <v>609</v>
       </c>
       <c r="H131">
         <v>2015</v>
       </c>
       <c r="I131">
         <v>2019</v>
       </c>
       <c r="J131" t="s">
         <v>593</v>
       </c>
       <c r="K131" t="s">
         <v>24</v>
       </c>
       <c r="L131"/>
       <c r="M131" t="s">
         <v>595</v>
       </c>
       <c r="N131" t="s">
         <v>27</v>
       </c>
       <c r="O131" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="P131" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="B132" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="C132" t="s">
         <v>106</v>
       </c>
       <c r="D132" t="s">
         <v>461</v>
       </c>
       <c r="E132" t="s">
         <v>20</v>
       </c>
       <c r="F132" t="s">
         <v>116</v>
       </c>
       <c r="G132" t="s">
         <v>108</v>
       </c>
       <c r="H132">
         <v>2015</v>
       </c>
       <c r="I132">
         <v>2024</v>
       </c>
       <c r="J132" t="s">
         <v>605</v>
       </c>
       <c r="K132" t="s">
         <v>24</v>
       </c>
       <c r="L132"/>
       <c r="M132" t="s">
         <v>595</v>
       </c>
       <c r="N132" t="s">
         <v>27</v>
       </c>
       <c r="O132" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="P132" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="B133" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="C133" t="s">
         <v>106</v>
       </c>
       <c r="D133" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="E133" t="s">
         <v>20</v>
       </c>
       <c r="F133" t="s">
         <v>116</v>
       </c>
       <c r="G133" t="s">
         <v>22</v>
       </c>
-      <c r="H133">
+      <c r="H133"/>
+      <c r="I133">
         <v>2024</v>
       </c>
-      <c r="I133"/>
       <c r="J133" t="s">
         <v>605</v>
       </c>
       <c r="K133" t="s">
         <v>24</v>
       </c>
       <c r="L133"/>
       <c r="M133" t="s">
         <v>595</v>
       </c>
       <c r="N133" t="s">
         <v>27</v>
       </c>
       <c r="O133" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="P133" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="B134" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="C134" t="s">
         <v>106</v>
       </c>
       <c r="D134" t="s">
         <v>165</v>
       </c>
       <c r="E134" t="s">
         <v>20</v>
       </c>
       <c r="F134" t="s">
         <v>116</v>
       </c>
       <c r="G134" t="s">
         <v>592</v>
       </c>
       <c r="H134">
         <v>2008</v>
       </c>
       <c r="I134">
         <v>2014</v>
       </c>
       <c r="J134" t="s">
         <v>593</v>
       </c>
       <c r="K134" t="s">
         <v>24</v>
       </c>
       <c r="L134" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="M134" t="s">
         <v>595</v>
       </c>
       <c r="N134" t="s">
         <v>27</v>
       </c>
       <c r="O134" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="P134" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="B135" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="C135" t="s">
         <v>106</v>
       </c>
       <c r="D135" t="s">
         <v>19</v>
       </c>
       <c r="E135" t="s">
         <v>20</v>
       </c>
       <c r="F135" t="s">
         <v>116</v>
       </c>
       <c r="G135" t="s">
         <v>8</v>
       </c>
       <c r="H135">
         <v>2008</v>
       </c>
       <c r="I135">
         <v>2014</v>
       </c>
       <c r="J135" t="s">
         <v>593</v>
       </c>
       <c r="K135" t="s">
         <v>24</v>
       </c>
       <c r="L135" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="M135" t="s">
         <v>595</v>
       </c>
       <c r="N135" t="s">
         <v>27</v>
       </c>
       <c r="O135" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="P135" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="B136" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="C136" t="s">
         <v>106</v>
       </c>
       <c r="D136" t="s">
         <v>94</v>
       </c>
       <c r="E136" t="s">
         <v>20</v>
       </c>
       <c r="F136" t="s">
         <v>116</v>
       </c>
       <c r="G136" t="s">
         <v>592</v>
       </c>
       <c r="H136">
         <v>2014</v>
       </c>
       <c r="I136"/>
       <c r="J136" t="s">
         <v>593</v>
       </c>
       <c r="K136" t="s">
         <v>24</v>
       </c>
       <c r="L136" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="M136" t="s">
         <v>595</v>
       </c>
       <c r="N136" t="s">
         <v>27</v>
       </c>
       <c r="O136" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="P136" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="B137" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="C137" t="s">
         <v>106</v>
       </c>
       <c r="D137" t="s">
         <v>357</v>
       </c>
       <c r="E137" t="s">
         <v>20</v>
       </c>
       <c r="F137" t="s">
         <v>116</v>
       </c>
       <c r="G137" t="s">
         <v>592</v>
       </c>
       <c r="H137">
         <v>2021</v>
       </c>
       <c r="I137"/>
       <c r="J137" t="s">
         <v>593</v>
       </c>
       <c r="K137" t="s">
         <v>24</v>
       </c>
       <c r="L137" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="M137" t="s">
         <v>595</v>
       </c>
       <c r="N137" t="s">
         <v>27</v>
       </c>
       <c r="O137" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="P137" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="B138" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="C138" t="s">
         <v>106</v>
       </c>
       <c r="D138" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="E138" t="s">
         <v>20</v>
       </c>
       <c r="F138" t="s">
         <v>116</v>
       </c>
       <c r="G138" t="s">
-        <v>22</v>
+        <v>592</v>
       </c>
       <c r="H138">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I138"/>
       <c r="J138" t="s">
         <v>605</v>
       </c>
       <c r="K138" t="s">
         <v>24</v>
       </c>
       <c r="L138"/>
       <c r="M138" t="s">
         <v>595</v>
       </c>
       <c r="N138" t="s">
         <v>27</v>
       </c>
       <c r="O138" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="P138" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="B139" t="s">
         <v>268</v>
       </c>
       <c r="C139" t="s">
         <v>18</v>
       </c>
       <c r="D139" t="s">
         <v>165</v>
       </c>
       <c r="E139" t="s">
         <v>20</v>
       </c>
       <c r="F139" t="s">
         <v>99</v>
       </c>
       <c r="G139" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="H139"/>
       <c r="I139"/>
       <c r="J139" t="s">
         <v>23</v>
       </c>
       <c r="K139" t="s">
         <v>24</v>
       </c>
       <c r="L139"/>
       <c r="M139" t="s">
         <v>26</v>
       </c>
       <c r="N139" t="s">
         <v>27</v>
       </c>
       <c r="O139" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="P139" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="B140" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="C140" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="D140" t="s">
         <v>184</v>
       </c>
       <c r="E140" t="s">
         <v>20</v>
       </c>
       <c r="F140" t="s">
         <v>21</v>
       </c>
       <c r="G140" t="s">
         <v>22</v>
       </c>
       <c r="H140">
         <v>2016</v>
       </c>
       <c r="I140"/>
       <c r="J140" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="K140" t="s">
         <v>24</v>
       </c>
       <c r="L140"/>
       <c r="M140" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="N140" t="s">
         <v>27</v>
       </c>
       <c r="O140" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="P140" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="B141" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="C141" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="D141" t="s">
         <v>165</v>
       </c>
       <c r="E141" t="s">
         <v>20</v>
       </c>
       <c r="F141" t="s">
         <v>21</v>
       </c>
       <c r="G141" t="s">
         <v>22</v>
       </c>
       <c r="H141">
         <v>2016</v>
       </c>
       <c r="I141"/>
       <c r="J141" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="K141" t="s">
         <v>24</v>
       </c>
       <c r="L141"/>
       <c r="M141" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="N141" t="s">
         <v>27</v>
       </c>
       <c r="O141" t="s">
+        <v>649</v>
+      </c>
+      <c r="P141" t="s">
         <v>648</v>
-      </c>
-[...1 lines deleted...]
-        <v>647</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="B142" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="C142" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="D142" t="s">
         <v>19</v>
       </c>
       <c r="E142" t="s">
         <v>20</v>
       </c>
       <c r="F142" t="s">
         <v>21</v>
       </c>
       <c r="G142" t="s">
         <v>22</v>
       </c>
       <c r="H142">
         <v>2016</v>
       </c>
       <c r="I142"/>
       <c r="J142" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="K142" t="s">
         <v>24</v>
       </c>
       <c r="L142"/>
       <c r="M142" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="N142" t="s">
         <v>27</v>
       </c>
       <c r="O142" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="P142" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="B143" t="s">
         <v>268</v>
       </c>
       <c r="C143" t="s">
         <v>18</v>
       </c>
       <c r="D143" t="s">
         <v>362</v>
       </c>
       <c r="E143" t="s">
         <v>20</v>
       </c>
       <c r="F143" t="s">
         <v>99</v>
       </c>
       <c r="G143" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="H143"/>
       <c r="I143"/>
       <c r="J143" t="s">
         <v>23</v>
       </c>
       <c r="K143" t="s">
         <v>24</v>
       </c>
       <c r="L143"/>
       <c r="M143" t="s">
         <v>26</v>
       </c>
       <c r="N143" t="s">
         <v>27</v>
       </c>
       <c r="O143" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="P143" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="B144" t="s">
         <v>268</v>
       </c>
       <c r="C144" t="s">
         <v>18</v>
       </c>
       <c r="D144" t="s">
         <v>133</v>
       </c>
       <c r="E144" t="s">
         <v>20</v>
       </c>
       <c r="F144" t="s">
         <v>99</v>
       </c>
       <c r="G144" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="H144"/>
       <c r="I144"/>
       <c r="J144" t="s">
         <v>23</v>
       </c>
       <c r="K144" t="s">
         <v>24</v>
       </c>
       <c r="L144"/>
       <c r="M144" t="s">
         <v>26</v>
       </c>
       <c r="N144" t="s">
         <v>27</v>
       </c>
       <c r="O144" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="P144" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="B145" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="C145" t="s">
         <v>32</v>
       </c>
       <c r="D145" t="s">
         <v>225</v>
       </c>
       <c r="E145" t="s">
         <v>20</v>
       </c>
       <c r="F145" t="s">
         <v>99</v>
       </c>
       <c r="G145" t="s">
         <v>108</v>
       </c>
       <c r="H145">
         <v>2008</v>
       </c>
       <c r="I145">
         <v>2016</v>
       </c>
       <c r="J145" t="s">
         <v>36</v>
       </c>
       <c r="K145" t="s">
         <v>24</v>
       </c>
       <c r="L145"/>
       <c r="M145" t="s">
         <v>37</v>
       </c>
       <c r="N145" t="s">
         <v>27</v>
       </c>
       <c r="O145" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="P145" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="B146" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="C146" t="s">
         <v>32</v>
       </c>
       <c r="D146" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="E146" t="s">
         <v>20</v>
       </c>
       <c r="F146" t="s">
         <v>99</v>
       </c>
       <c r="G146" t="s">
         <v>22</v>
       </c>
       <c r="H146">
         <v>2012</v>
       </c>
       <c r="I146"/>
       <c r="J146" t="s">
         <v>36</v>
       </c>
       <c r="K146" t="s">
         <v>24</v>
       </c>
       <c r="L146"/>
       <c r="M146" t="s">
         <v>37</v>
       </c>
       <c r="N146" t="s">
         <v>27</v>
       </c>
       <c r="O146" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="P146" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="B147" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="C147" t="s">
         <v>32</v>
       </c>
       <c r="D147" t="s">
         <v>539</v>
       </c>
       <c r="E147" t="s">
         <v>20</v>
       </c>
       <c r="F147" t="s">
         <v>99</v>
       </c>
       <c r="G147" t="s">
         <v>22</v>
       </c>
       <c r="H147">
         <v>2009</v>
       </c>
       <c r="I147"/>
       <c r="J147" t="s">
         <v>36</v>
       </c>
       <c r="K147" t="s">
         <v>24</v>
       </c>
       <c r="L147"/>
       <c r="M147" t="s">
         <v>37</v>
       </c>
       <c r="N147" t="s">
         <v>27</v>
       </c>
       <c r="O147" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="P147" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="B148" t="s">
         <v>159</v>
       </c>
       <c r="C148" t="s">
         <v>32</v>
       </c>
       <c r="D148" t="s">
         <v>160</v>
       </c>
       <c r="E148" t="s">
         <v>20</v>
       </c>
       <c r="F148" t="s">
         <v>99</v>
       </c>
       <c r="G148" t="s">
         <v>108</v>
       </c>
       <c r="H148">
         <v>2011</v>
       </c>
       <c r="I148">
         <v>2011</v>
       </c>
       <c r="J148" t="s">
         <v>36</v>
       </c>
       <c r="K148" t="s">
         <v>24</v>
       </c>
       <c r="L148" t="s">
         <v>161</v>
       </c>
       <c r="M148" t="s">
         <v>37</v>
       </c>
       <c r="N148" t="s">
         <v>27</v>
       </c>
       <c r="O148" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="P148" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="149" spans="1:16">
       <c r="A149" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="B149" t="s">
         <v>115</v>
       </c>
       <c r="C149" t="s">
         <v>32</v>
       </c>
       <c r="D149" t="s">
         <v>19</v>
       </c>
       <c r="E149" t="s">
         <v>20</v>
       </c>
       <c r="F149" t="s">
         <v>99</v>
       </c>
       <c r="G149" t="s">
         <v>108</v>
       </c>
       <c r="H149">
         <v>1993</v>
       </c>
       <c r="I149">
         <v>2009</v>
       </c>
       <c r="J149" t="s">
         <v>23</v>
       </c>
       <c r="K149" t="s">
         <v>24</v>
       </c>
       <c r="L149" t="s">
         <v>117</v>
       </c>
       <c r="M149" t="s">
         <v>37</v>
       </c>
       <c r="N149" t="s">
         <v>27</v>
       </c>
       <c r="O149" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="P149" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="150" spans="1:16">
       <c r="A150" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="B150" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="C150" t="s">
         <v>32</v>
       </c>
       <c r="D150" t="s">
         <v>280</v>
       </c>
       <c r="E150" t="s">
         <v>20</v>
       </c>
       <c r="F150" t="s">
         <v>99</v>
       </c>
       <c r="G150" t="s">
         <v>108</v>
       </c>
       <c r="H150">
         <v>1994</v>
       </c>
       <c r="I150">
         <v>2003</v>
       </c>
       <c r="J150" t="s">
         <v>36</v>
       </c>
       <c r="K150" t="s">
         <v>24</v>
       </c>
       <c r="L150" t="s">
         <v>281</v>
       </c>
       <c r="M150" t="s">
         <v>37</v>
       </c>
       <c r="N150" t="s">
         <v>27</v>
       </c>
       <c r="O150" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="P150" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="B151" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="C151" t="s">
         <v>106</v>
       </c>
       <c r="D151" t="s">
         <v>19</v>
       </c>
       <c r="E151" t="s">
         <v>20</v>
       </c>
       <c r="F151" t="s">
         <v>99</v>
       </c>
       <c r="G151" t="s">
         <v>108</v>
       </c>
       <c r="H151">
         <v>2011</v>
       </c>
       <c r="I151">
         <v>2022</v>
       </c>
       <c r="J151" t="s">
         <v>593</v>
       </c>
       <c r="K151" t="s">
         <v>24</v>
       </c>
       <c r="L151" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="M151" t="s">
         <v>595</v>
       </c>
       <c r="N151" t="s">
         <v>27</v>
       </c>
       <c r="O151" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="P151" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
     </row>
     <row r="152" spans="1:16">
       <c r="A152" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="B152" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="C152" t="s">
         <v>106</v>
       </c>
       <c r="D152" t="s">
         <v>561</v>
       </c>
       <c r="E152" t="s">
         <v>20</v>
       </c>
       <c r="F152" t="s">
         <v>99</v>
       </c>
       <c r="G152" t="s">
         <v>8</v>
       </c>
       <c r="H152">
         <v>2014</v>
       </c>
       <c r="I152">
         <v>2022</v>
       </c>
       <c r="J152" t="s">
         <v>593</v>
       </c>
       <c r="K152" t="s">
         <v>24</v>
       </c>
       <c r="L152" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="M152" t="s">
         <v>595</v>
       </c>
       <c r="N152" t="s">
         <v>27</v>
       </c>
       <c r="O152" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="P152" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
     </row>
     <row r="153" spans="1:16">
       <c r="A153" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="B153" t="s">
         <v>164</v>
       </c>
       <c r="C153" t="s">
         <v>32</v>
       </c>
       <c r="D153" t="s">
         <v>165</v>
       </c>
       <c r="E153" t="s">
         <v>20</v>
       </c>
       <c r="F153" t="s">
         <v>99</v>
       </c>
       <c r="G153" t="s">
         <v>108</v>
       </c>
       <c r="H153">
         <v>2010</v>
       </c>
       <c r="I153">
         <v>2010</v>
       </c>
       <c r="J153" t="s">
         <v>23</v>
       </c>
       <c r="K153" t="s">
         <v>24</v>
       </c>
       <c r="L153" t="s">
         <v>166</v>
       </c>
       <c r="M153" t="s">
         <v>37</v>
       </c>
       <c r="N153" t="s">
         <v>27</v>
       </c>
       <c r="O153" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="P153" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="154" spans="1:16">
       <c r="A154" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="B154" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="C154" t="s">
         <v>106</v>
       </c>
       <c r="D154" t="s">
         <v>604</v>
       </c>
       <c r="E154" t="s">
         <v>20</v>
       </c>
       <c r="F154" t="s">
         <v>99</v>
       </c>
       <c r="G154" t="s">
         <v>22</v>
       </c>
       <c r="H154">
         <v>2025</v>
       </c>
       <c r="I154"/>
       <c r="J154" t="s">
         <v>605</v>
       </c>
       <c r="K154" t="s">
         <v>24</v>
       </c>
       <c r="L154"/>
       <c r="M154" t="s">
         <v>595</v>
       </c>
       <c r="N154" t="s">
         <v>27</v>
       </c>
       <c r="O154" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="P154" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
     </row>
     <row r="155" spans="1:16">
       <c r="A155" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="B155" t="s">
         <v>121</v>
       </c>
       <c r="C155" t="s">
         <v>32</v>
       </c>
       <c r="D155" t="s">
         <v>122</v>
       </c>
       <c r="E155" t="s">
         <v>20</v>
       </c>
       <c r="F155" t="s">
         <v>99</v>
       </c>
       <c r="G155" t="s">
         <v>108</v>
       </c>
       <c r="H155">
         <v>2012</v>
       </c>
       <c r="I155">
         <v>2012</v>
       </c>
       <c r="J155" t="s">
         <v>36</v>
       </c>
       <c r="K155" t="s">
         <v>24</v>
       </c>
       <c r="L155"/>
       <c r="M155" t="s">
         <v>37</v>
       </c>
       <c r="N155" t="s">
         <v>27</v>
       </c>
       <c r="O155" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="P155" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="156" spans="1:16">
       <c r="A156" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="B156" t="s">
         <v>126</v>
       </c>
       <c r="C156" t="s">
         <v>32</v>
       </c>
       <c r="D156" t="s">
         <v>127</v>
       </c>
       <c r="E156" t="s">
         <v>20</v>
       </c>
       <c r="F156" t="s">
         <v>99</v>
       </c>
       <c r="G156" t="s">
         <v>22</v>
       </c>
       <c r="H156">
         <v>2009</v>
       </c>
       <c r="I156"/>
       <c r="J156" t="s">
         <v>36</v>
       </c>
       <c r="K156" t="s">
         <v>24</v>
       </c>
       <c r="L156" t="s">
         <v>129</v>
       </c>
       <c r="M156" t="s">
         <v>37</v>
       </c>
       <c r="N156" t="s">
         <v>27</v>
       </c>
       <c r="O156" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="P156" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="157" spans="1:16">
       <c r="A157" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="B157" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="C157" t="s">
         <v>32</v>
       </c>
       <c r="D157" t="s">
         <v>170</v>
       </c>
       <c r="E157" t="s">
         <v>20</v>
       </c>
       <c r="F157" t="s">
         <v>99</v>
       </c>
       <c r="G157" t="s">
         <v>108</v>
       </c>
       <c r="H157">
         <v>2002</v>
       </c>
       <c r="I157">
         <v>2007</v>
       </c>
       <c r="J157" t="s">
         <v>36</v>
       </c>
       <c r="K157" t="s">
         <v>24</v>
       </c>
       <c r="L157" t="s">
         <v>171</v>
       </c>
       <c r="M157" t="s">
         <v>37</v>
       </c>
       <c r="N157" t="s">
         <v>27</v>
       </c>
       <c r="O157" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="P157" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="158" spans="1:16">
       <c r="A158" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="B158" t="s">
         <v>174</v>
       </c>
       <c r="C158" t="s">
         <v>32</v>
       </c>
       <c r="D158" t="s">
         <v>175</v>
       </c>
       <c r="E158" t="s">
         <v>20</v>
       </c>
       <c r="F158" t="s">
         <v>99</v>
       </c>
       <c r="G158" t="s">
         <v>22</v>
       </c>
       <c r="H158">
         <v>2009</v>
       </c>
       <c r="I158"/>
       <c r="J158" t="s">
         <v>23</v>
       </c>
       <c r="K158" t="s">
         <v>24</v>
       </c>
       <c r="L158" t="s">
         <v>176</v>
       </c>
       <c r="M158" t="s">
         <v>37</v>
       </c>
       <c r="N158" t="s">
         <v>27</v>
       </c>
       <c r="O158" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="P158" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="159" spans="1:16">
       <c r="A159" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="B159" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="C159" t="s">
         <v>32</v>
       </c>
       <c r="D159" t="s">
         <v>188</v>
       </c>
       <c r="E159" t="s">
         <v>20</v>
       </c>
       <c r="F159" t="s">
         <v>99</v>
       </c>
       <c r="G159" t="s">
         <v>22</v>
       </c>
       <c r="H159">
         <v>2011</v>
       </c>
       <c r="I159"/>
       <c r="J159" t="s">
         <v>36</v>
       </c>
       <c r="K159" t="s">
         <v>24</v>
       </c>
       <c r="L159"/>
       <c r="M159" t="s">
         <v>37</v>
       </c>
       <c r="N159" t="s">
         <v>27</v>
       </c>
       <c r="O159" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="P159" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="160" spans="1:16">
       <c r="A160" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="B160" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="C160" t="s">
         <v>32</v>
       </c>
       <c r="D160" t="s">
         <v>382</v>
       </c>
       <c r="E160" t="s">
         <v>20</v>
       </c>
       <c r="F160" t="s">
         <v>99</v>
       </c>
       <c r="G160" t="s">
         <v>108</v>
       </c>
       <c r="H160">
         <v>2011</v>
       </c>
       <c r="I160">
         <v>2015</v>
       </c>
       <c r="J160" t="s">
         <v>36</v>
       </c>
       <c r="K160" t="s">
         <v>24</v>
       </c>
       <c r="L160"/>
       <c r="M160" t="s">
         <v>37</v>
       </c>
       <c r="N160" t="s">
         <v>27</v>
       </c>
       <c r="O160" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="P160" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="161" spans="1:16">
       <c r="A161" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="B161" t="s">
         <v>137</v>
       </c>
       <c r="C161" t="s">
         <v>32</v>
       </c>
       <c r="D161" t="s">
         <v>138</v>
       </c>
       <c r="E161" t="s">
         <v>20</v>
       </c>
       <c r="F161" t="s">
         <v>99</v>
       </c>
       <c r="G161" t="s">
         <v>108</v>
       </c>
       <c r="H161">
         <v>2012</v>
       </c>
       <c r="I161">
         <v>2012</v>
       </c>
       <c r="J161" t="s">
         <v>139</v>
       </c>
       <c r="K161" t="s">
         <v>24</v>
       </c>
       <c r="L161"/>
       <c r="M161" t="s">
         <v>37</v>
       </c>
       <c r="N161" t="s">
         <v>27</v>
       </c>
       <c r="O161" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="P161" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="162" spans="1:16">
       <c r="A162" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="B162" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="C162" t="s">
         <v>32</v>
       </c>
       <c r="D162" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="E162" t="s">
         <v>20</v>
       </c>
       <c r="F162" t="s">
         <v>99</v>
       </c>
       <c r="G162" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="H162">
         <v>2012</v>
       </c>
       <c r="I162"/>
       <c r="J162" t="s">
         <v>109</v>
       </c>
       <c r="K162" t="s">
         <v>24</v>
       </c>
       <c r="L162"/>
       <c r="M162" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="N162" t="s">
         <v>27</v>
       </c>
       <c r="O162" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="P162" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
     </row>
     <row r="163" spans="1:16">
       <c r="A163" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="B163" t="s">
         <v>179</v>
       </c>
       <c r="C163" t="s">
         <v>32</v>
       </c>
       <c r="D163" t="s">
         <v>461</v>
       </c>
       <c r="E163" t="s">
         <v>20</v>
       </c>
       <c r="F163" t="s">
         <v>99</v>
       </c>
       <c r="G163" t="s">
         <v>108</v>
       </c>
       <c r="H163">
         <v>1994</v>
       </c>
       <c r="I163">
         <v>2003</v>
       </c>
       <c r="J163" t="s">
         <v>23</v>
       </c>
       <c r="K163" t="s">
         <v>24</v>
       </c>
       <c r="L163"/>
       <c r="M163" t="s">
         <v>37</v>
       </c>
       <c r="N163" t="s">
         <v>27</v>
       </c>
       <c r="O163" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="P163" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="164" spans="1:16">
       <c r="A164" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B164" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="C164" t="s">
         <v>32</v>
       </c>
       <c r="D164" t="s">
         <v>280</v>
       </c>
       <c r="E164" t="s">
         <v>20</v>
       </c>
       <c r="F164" t="s">
         <v>99</v>
       </c>
       <c r="G164" t="s">
         <v>108</v>
       </c>
       <c r="H164">
         <v>1994</v>
       </c>
       <c r="I164">
         <v>2004</v>
       </c>
       <c r="J164" t="s">
         <v>36</v>
       </c>
       <c r="K164" t="s">
         <v>24</v>
       </c>
       <c r="L164" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="M164" t="s">
         <v>37</v>
       </c>
       <c r="N164" t="s">
         <v>27</v>
       </c>
       <c r="O164" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="P164" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="165" spans="1:16">
       <c r="A165" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="B165" t="s">
         <v>183</v>
       </c>
       <c r="C165" t="s">
         <v>32</v>
       </c>
       <c r="D165" t="s">
         <v>184</v>
       </c>
       <c r="E165" t="s">
         <v>20</v>
       </c>
       <c r="F165" t="s">
         <v>99</v>
       </c>
       <c r="G165" t="s">
         <v>108</v>
       </c>
       <c r="H165">
         <v>2004</v>
       </c>
       <c r="I165">
         <v>2010</v>
       </c>
       <c r="J165" t="s">
         <v>23</v>
       </c>
       <c r="K165" t="s">
         <v>24</v>
       </c>
       <c r="L165"/>
       <c r="M165" t="s">
         <v>37</v>
       </c>
       <c r="N165" t="s">
         <v>27</v>
       </c>
       <c r="O165" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="P165" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="166" spans="1:16">
       <c r="A166" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="B166" t="s">
         <v>153</v>
       </c>
       <c r="C166" t="s">
         <v>32</v>
       </c>
       <c r="D166" t="s">
         <v>154</v>
       </c>
       <c r="E166" t="s">
         <v>20</v>
       </c>
       <c r="F166" t="s">
         <v>99</v>
       </c>
       <c r="G166" t="s">
         <v>108</v>
       </c>
       <c r="H166">
         <v>2010</v>
       </c>
       <c r="I166">
         <v>2015</v>
       </c>
       <c r="J166" t="s">
         <v>36</v>
       </c>
       <c r="K166" t="s">
         <v>155</v>
       </c>
       <c r="L166" t="s">
         <v>156</v>
       </c>
       <c r="M166" t="s">
         <v>37</v>
       </c>
       <c r="N166" t="s">
         <v>27</v>
       </c>
       <c r="O166" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="P166" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="167" spans="1:16">
       <c r="A167" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="B167" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="C167" t="s">
         <v>106</v>
       </c>
       <c r="D167" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="E167" t="s">
         <v>20</v>
       </c>
       <c r="F167" t="s">
         <v>99</v>
       </c>
       <c r="G167" t="s">
-        <v>8</v>
+        <v>609</v>
       </c>
       <c r="H167">
         <v>2015</v>
       </c>
       <c r="I167">
         <v>2019</v>
       </c>
       <c r="J167" t="s">
         <v>593</v>
       </c>
       <c r="K167" t="s">
         <v>24</v>
       </c>
       <c r="L167" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="M167" t="s">
         <v>595</v>
       </c>
       <c r="N167" t="s">
         <v>27</v>
       </c>
       <c r="O167" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="P167" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
     </row>
     <row r="168" spans="1:16">
       <c r="A168" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="B168" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="C168" t="s">
         <v>106</v>
       </c>
       <c r="D168" t="s">
         <v>461</v>
       </c>
       <c r="E168" t="s">
         <v>20</v>
       </c>
       <c r="F168" t="s">
         <v>99</v>
       </c>
       <c r="G168" t="s">
         <v>8</v>
       </c>
       <c r="H168">
         <v>2015</v>
       </c>
       <c r="I168">
         <v>2024</v>
       </c>
       <c r="J168" t="s">
         <v>605</v>
       </c>
       <c r="K168" t="s">
         <v>24</v>
       </c>
       <c r="L168"/>
       <c r="M168" t="s">
         <v>595</v>
       </c>
       <c r="N168" t="s">
         <v>27</v>
       </c>
       <c r="O168" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="P168" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
     </row>
     <row r="169" spans="1:16">
       <c r="A169" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="B169" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="C169" t="s">
         <v>32</v>
       </c>
       <c r="D169" t="s">
         <v>133</v>
       </c>
       <c r="E169" t="s">
         <v>20</v>
       </c>
       <c r="F169" t="s">
         <v>99</v>
       </c>
       <c r="G169" t="s">
         <v>108</v>
       </c>
       <c r="H169">
         <v>2002</v>
       </c>
       <c r="I169">
         <v>2006</v>
       </c>
       <c r="J169" t="s">
         <v>36</v>
       </c>
       <c r="K169" t="s">
         <v>24</v>
       </c>
       <c r="L169" t="s">
         <v>134</v>
       </c>
       <c r="M169" t="s">
         <v>37</v>
       </c>
       <c r="N169" t="s">
         <v>27</v>
       </c>
       <c r="O169" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="P169" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="170" spans="1:16">
       <c r="A170" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="B170" t="s">
         <v>187</v>
       </c>
       <c r="C170" t="s">
         <v>32</v>
       </c>
       <c r="D170" t="s">
         <v>188</v>
       </c>
       <c r="E170" t="s">
         <v>20</v>
       </c>
       <c r="F170" t="s">
         <v>99</v>
       </c>
       <c r="G170" t="s">
         <v>108</v>
       </c>
       <c r="H170">
         <v>2001</v>
       </c>
       <c r="I170">
         <v>2010</v>
       </c>
       <c r="J170" t="s">
         <v>36</v>
       </c>
       <c r="K170" t="s">
         <v>155</v>
       </c>
       <c r="L170" t="s">
         <v>189</v>
       </c>
       <c r="M170" t="s">
         <v>37</v>
       </c>
       <c r="N170" t="s">
         <v>27</v>
       </c>
       <c r="O170" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="P170" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="171" spans="1:16">
       <c r="A171" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="B171" t="s">
         <v>192</v>
       </c>
       <c r="C171" t="s">
         <v>32</v>
       </c>
       <c r="D171" t="s">
         <v>193</v>
       </c>
       <c r="E171" t="s">
         <v>20</v>
       </c>
       <c r="F171" t="s">
         <v>99</v>
       </c>
       <c r="G171" t="s">
         <v>108</v>
       </c>
       <c r="H171">
         <v>2009</v>
       </c>
       <c r="I171">
         <v>2014</v>
       </c>
       <c r="J171" t="s">
         <v>23</v>
       </c>
       <c r="K171" t="s">
         <v>24</v>
       </c>
       <c r="L171" t="s">
         <v>194</v>
       </c>
       <c r="M171" t="s">
         <v>37</v>
       </c>
       <c r="N171" t="s">
         <v>27</v>
       </c>
       <c r="O171" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="P171" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
     </row>
     <row r="172" spans="1:16">
       <c r="A172" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="B172" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="C172" t="s">
         <v>32</v>
       </c>
       <c r="D172" t="s">
         <v>201</v>
       </c>
       <c r="E172" t="s">
         <v>20</v>
       </c>
       <c r="F172" t="s">
         <v>99</v>
       </c>
       <c r="G172" t="s">
         <v>22</v>
       </c>
       <c r="H172">
         <v>2004</v>
       </c>
       <c r="I172"/>
       <c r="J172" t="s">
         <v>23</v>
       </c>
       <c r="K172" t="s">
         <v>24</v>
       </c>
       <c r="L172" t="s">
         <v>202</v>
       </c>
       <c r="M172" t="s">
         <v>37</v>
       </c>
       <c r="N172" t="s">
         <v>27</v>
       </c>
       <c r="O172" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="P172" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="173" spans="1:16">
       <c r="A173" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="B173" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="C173" t="s">
         <v>32</v>
       </c>
       <c r="D173" t="s">
         <v>357</v>
       </c>
       <c r="E173" t="s">
         <v>20</v>
       </c>
       <c r="F173" t="s">
         <v>99</v>
       </c>
       <c r="G173" t="s">
         <v>108</v>
       </c>
       <c r="H173">
         <v>2010</v>
       </c>
       <c r="I173">
         <v>2012</v>
       </c>
       <c r="J173" t="s">
         <v>23</v>
       </c>
       <c r="K173" t="s">
         <v>24</v>
       </c>
       <c r="L173"/>
       <c r="M173" t="s">
         <v>37</v>
       </c>
       <c r="N173" t="s">
         <v>27</v>
       </c>
       <c r="O173" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="P173" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="174" spans="1:16">
       <c r="A174" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="B174" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="C174" t="s">
         <v>106</v>
       </c>
       <c r="D174" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="E174" t="s">
         <v>20</v>
       </c>
       <c r="F174" t="s">
         <v>99</v>
       </c>
       <c r="G174" t="s">
         <v>592</v>
       </c>
       <c r="H174">
         <v>2024</v>
       </c>
       <c r="I174"/>
       <c r="J174" t="s">
         <v>605</v>
       </c>
       <c r="K174" t="s">
         <v>24</v>
       </c>
       <c r="L174"/>
       <c r="M174" t="s">
         <v>595</v>
       </c>
       <c r="N174" t="s">
         <v>27</v>
       </c>
       <c r="O174" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="P174" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
     </row>
     <row r="175" spans="1:16">
       <c r="A175" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="B175" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="C175" t="s">
         <v>32</v>
       </c>
       <c r="D175" t="s">
         <v>165</v>
       </c>
       <c r="E175" t="s">
         <v>20</v>
       </c>
       <c r="F175" t="s">
         <v>99</v>
       </c>
       <c r="G175" t="s">
         <v>108</v>
       </c>
       <c r="H175">
         <v>1992</v>
       </c>
       <c r="I175">
         <v>2004</v>
       </c>
       <c r="J175" t="s">
         <v>23</v>
       </c>
       <c r="K175" t="s">
         <v>24</v>
       </c>
       <c r="L175" t="s">
         <v>166</v>
       </c>
       <c r="M175" t="s">
         <v>37</v>
       </c>
       <c r="N175" t="s">
         <v>27</v>
       </c>
       <c r="O175" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="P175" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
     </row>
     <row r="176" spans="1:16">
       <c r="A176" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="B176" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="C176" t="s">
         <v>106</v>
       </c>
       <c r="D176" t="s">
         <v>165</v>
       </c>
       <c r="E176" t="s">
         <v>20</v>
       </c>
       <c r="F176" t="s">
         <v>99</v>
       </c>
       <c r="G176" t="s">
-        <v>108</v>
+        <v>609</v>
       </c>
       <c r="H176">
         <v>2011</v>
       </c>
       <c r="I176">
         <v>2022</v>
       </c>
       <c r="J176" t="s">
         <v>593</v>
       </c>
       <c r="K176" t="s">
         <v>24</v>
       </c>
       <c r="L176" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="M176" t="s">
         <v>595</v>
       </c>
       <c r="N176" t="s">
         <v>27</v>
       </c>
       <c r="O176" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="P176" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
     </row>
     <row r="177" spans="1:16">
       <c r="A177" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="B177" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="C177" t="s">
         <v>106</v>
       </c>
       <c r="D177" t="s">
         <v>165</v>
       </c>
       <c r="E177" t="s">
         <v>20</v>
       </c>
       <c r="F177" t="s">
         <v>99</v>
       </c>
       <c r="G177" t="s">
-        <v>108</v>
+        <v>8</v>
       </c>
       <c r="H177">
         <v>2011</v>
       </c>
       <c r="I177">
         <v>2025</v>
       </c>
       <c r="J177" t="s">
         <v>605</v>
       </c>
       <c r="K177" t="s">
         <v>24</v>
       </c>
       <c r="L177"/>
       <c r="M177" t="s">
         <v>595</v>
       </c>
       <c r="N177" t="s">
         <v>27</v>
       </c>
       <c r="O177" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="P177" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
     </row>
     <row r="178" spans="1:16">
       <c r="A178" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="B178" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="C178" t="s">
         <v>32</v>
       </c>
       <c r="D178" t="s">
         <v>90</v>
       </c>
       <c r="E178" t="s">
         <v>20</v>
       </c>
       <c r="F178" t="s">
         <v>99</v>
       </c>
       <c r="G178" t="s">
         <v>108</v>
       </c>
       <c r="H178">
         <v>2015</v>
       </c>
       <c r="I178">
         <v>2019</v>
       </c>
       <c r="J178" t="s">
         <v>109</v>
       </c>
       <c r="K178" t="s">
         <v>24</v>
       </c>
       <c r="L178"/>
       <c r="M178" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="N178" t="s">
         <v>27</v>
       </c>
       <c r="O178" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="P178" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
     </row>
     <row r="179" spans="1:16">
       <c r="A179" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="B179" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="C179" t="s">
         <v>106</v>
       </c>
       <c r="D179" t="s">
         <v>19</v>
       </c>
       <c r="E179" t="s">
         <v>20</v>
       </c>
       <c r="F179" t="s">
         <v>99</v>
       </c>
       <c r="G179" t="s">
-        <v>8</v>
+        <v>609</v>
       </c>
       <c r="H179">
         <v>2011</v>
       </c>
       <c r="I179">
         <v>2022</v>
       </c>
       <c r="J179" t="s">
         <v>593</v>
       </c>
       <c r="K179" t="s">
         <v>24</v>
       </c>
       <c r="L179" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="M179" t="s">
         <v>595</v>
       </c>
       <c r="N179" t="s">
         <v>27</v>
       </c>
       <c r="O179" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="P179" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
     </row>
     <row r="180" spans="1:16">
       <c r="A180" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="B180" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="C180" t="s">
         <v>106</v>
       </c>
       <c r="D180" t="s">
         <v>19</v>
       </c>
       <c r="E180" t="s">
         <v>20</v>
       </c>
       <c r="F180" t="s">
         <v>99</v>
       </c>
       <c r="G180" t="s">
         <v>108</v>
       </c>
       <c r="H180">
         <v>2011</v>
       </c>
       <c r="I180">
         <v>2025</v>
       </c>
       <c r="J180" t="s">
         <v>605</v>
       </c>
       <c r="K180" t="s">
         <v>24</v>
       </c>
       <c r="L180"/>
       <c r="M180" t="s">
         <v>595</v>
       </c>
       <c r="N180" t="s">
         <v>27</v>
       </c>
       <c r="O180" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="P180" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
     </row>
     <row r="181" spans="1:16">
       <c r="A181" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="B181" t="s">
         <v>89</v>
       </c>
       <c r="C181" t="s">
         <v>32</v>
       </c>
       <c r="D181" t="s">
         <v>90</v>
       </c>
       <c r="E181" t="s">
         <v>20</v>
       </c>
       <c r="F181" t="s">
         <v>99</v>
       </c>
       <c r="G181" t="s">
         <v>22</v>
       </c>
       <c r="H181">
         <v>2015</v>
       </c>
       <c r="I181"/>
       <c r="J181" t="s">
         <v>36</v>
       </c>
       <c r="K181" t="s">
         <v>24</v>
       </c>
       <c r="L181"/>
       <c r="M181" t="s">
         <v>37</v>
       </c>
       <c r="N181" t="s">
         <v>27</v>
       </c>
       <c r="O181" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="P181" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="182" spans="1:16">
       <c r="A182" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="B182" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="C182" t="s">
         <v>32</v>
       </c>
       <c r="D182" t="s">
         <v>94</v>
       </c>
       <c r="E182" t="s">
         <v>20</v>
       </c>
       <c r="F182" t="s">
         <v>99</v>
       </c>
       <c r="G182" t="s">
         <v>108</v>
       </c>
       <c r="H182">
         <v>2012</v>
       </c>
       <c r="I182">
         <v>2012</v>
       </c>
       <c r="J182" t="s">
         <v>36</v>
       </c>
       <c r="K182" t="s">
         <v>24</v>
       </c>
       <c r="L182"/>
       <c r="M182" t="s">
         <v>37</v>
       </c>
       <c r="N182" t="s">
         <v>27</v>
       </c>
       <c r="O182" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="P182" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="183" spans="1:16">
       <c r="A183" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="B183" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="C183" t="s">
         <v>106</v>
       </c>
       <c r="D183" t="s">
         <v>94</v>
       </c>
       <c r="E183" t="s">
         <v>20</v>
       </c>
       <c r="F183" t="s">
         <v>99</v>
       </c>
       <c r="G183" t="s">
         <v>22</v>
       </c>
-      <c r="H183"/>
+      <c r="H183">
+        <v>2024</v>
+      </c>
       <c r="I183"/>
       <c r="J183" t="s">
         <v>605</v>
       </c>
       <c r="K183" t="s">
         <v>24</v>
       </c>
       <c r="L183"/>
       <c r="M183" t="s">
         <v>595</v>
       </c>
       <c r="N183" t="s">
         <v>27</v>
       </c>
       <c r="O183" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="P183" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
     </row>
     <row r="184" spans="1:16">
       <c r="A184" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="B184" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="C184" t="s">
         <v>106</v>
       </c>
       <c r="D184" t="s">
         <v>225</v>
       </c>
       <c r="E184" t="s">
         <v>20</v>
       </c>
       <c r="F184" t="s">
         <v>99</v>
       </c>
       <c r="G184" t="s">
         <v>592</v>
       </c>
       <c r="H184">
         <v>2018</v>
       </c>
       <c r="I184"/>
       <c r="J184" t="s">
         <v>593</v>
       </c>
       <c r="K184" t="s">
         <v>24</v>
       </c>
       <c r="L184" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="M184" t="s">
         <v>595</v>
       </c>
       <c r="N184" t="s">
         <v>273</v>
       </c>
       <c r="O184" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="P184" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
     </row>
     <row r="185" spans="1:16">
       <c r="A185" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="B185" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="C185" t="s">
         <v>106</v>
       </c>
       <c r="D185" t="s">
         <v>357</v>
       </c>
       <c r="E185" t="s">
         <v>20</v>
       </c>
       <c r="F185" t="s">
         <v>99</v>
       </c>
       <c r="G185" t="s">
         <v>592</v>
       </c>
       <c r="H185">
         <v>2021</v>
       </c>
       <c r="I185"/>
       <c r="J185" t="s">
         <v>593</v>
       </c>
       <c r="K185" t="s">
         <v>24</v>
       </c>
       <c r="L185" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="M185" t="s">
         <v>595</v>
       </c>
       <c r="N185" t="s">
         <v>27</v>
       </c>
       <c r="O185" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="P185" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
     </row>
     <row r="186" spans="1:16">
       <c r="A186" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="B186" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="C186" t="s">
         <v>32</v>
       </c>
       <c r="D186" t="s">
         <v>269</v>
       </c>
       <c r="E186" t="s">
         <v>20</v>
       </c>
       <c r="F186" t="s">
         <v>99</v>
       </c>
       <c r="G186" t="s">
         <v>108</v>
       </c>
       <c r="H186">
         <v>2012</v>
       </c>
       <c r="I186">
         <v>2016</v>
       </c>
       <c r="J186" t="s">
         <v>36</v>
       </c>
       <c r="K186" t="s">
         <v>24</v>
       </c>
       <c r="L186"/>
       <c r="M186" t="s">
         <v>37</v>
       </c>
       <c r="N186" t="s">
         <v>27</v>
       </c>
       <c r="O186" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="P186" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="187" spans="1:16">
       <c r="A187" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="B187" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="C187" t="s">
         <v>32</v>
       </c>
       <c r="D187" t="s">
         <v>269</v>
       </c>
       <c r="E187" t="s">
         <v>20</v>
       </c>
       <c r="F187" t="s">
         <v>99</v>
       </c>
       <c r="G187" t="s">
         <v>108</v>
       </c>
       <c r="H187">
         <v>2012</v>
       </c>
       <c r="I187">
         <v>2015</v>
       </c>
       <c r="J187" t="s">
         <v>36</v>
       </c>
       <c r="K187" t="s">
         <v>24</v>
       </c>
       <c r="L187"/>
       <c r="M187" t="s">
         <v>37</v>
       </c>
       <c r="N187" t="s">
         <v>27</v>
       </c>
       <c r="O187" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="P187" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="188" spans="1:16">
       <c r="A188" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="B188" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="C188" t="s">
         <v>32</v>
       </c>
       <c r="D188" t="s">
         <v>214</v>
       </c>
       <c r="E188" t="s">
         <v>20</v>
       </c>
       <c r="F188" t="s">
         <v>99</v>
       </c>
       <c r="G188" t="s">
         <v>22</v>
       </c>
       <c r="H188">
         <v>2009</v>
       </c>
       <c r="I188"/>
       <c r="J188" t="s">
         <v>36</v>
       </c>
       <c r="K188" t="s">
         <v>24</v>
       </c>
       <c r="L188" t="s">
         <v>215</v>
       </c>
       <c r="M188" t="s">
         <v>37</v>
       </c>
       <c r="N188" t="s">
         <v>27</v>
       </c>
       <c r="O188" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="P188" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="189" spans="1:16">
       <c r="A189" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="B189" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="C189" t="s">
         <v>32</v>
       </c>
       <c r="D189" t="s">
         <v>133</v>
       </c>
       <c r="E189" t="s">
         <v>20</v>
       </c>
       <c r="F189" t="s">
         <v>99</v>
       </c>
       <c r="G189" t="s">
         <v>108</v>
       </c>
       <c r="H189">
         <v>2002</v>
       </c>
       <c r="I189">
         <v>2004</v>
       </c>
       <c r="J189" t="s">
         <v>36</v>
       </c>
       <c r="K189" t="s">
         <v>24</v>
       </c>
       <c r="L189" t="s">
         <v>134</v>
       </c>
       <c r="M189" t="s">
         <v>37</v>
       </c>
       <c r="N189" t="s">
         <v>27</v>
       </c>
       <c r="O189" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="P189" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="190" spans="1:16">
       <c r="A190" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="B190" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="C190" t="s">
         <v>106</v>
       </c>
       <c r="D190" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="E190" t="s">
         <v>20</v>
       </c>
       <c r="F190" t="s">
         <v>99</v>
       </c>
       <c r="G190" t="s">
         <v>22</v>
       </c>
       <c r="H190">
         <v>2025</v>
       </c>
       <c r="I190"/>
       <c r="J190" t="s">
         <v>605</v>
       </c>
       <c r="K190" t="s">
         <v>24</v>
       </c>
       <c r="L190"/>
       <c r="M190" t="s">
         <v>595</v>
       </c>
       <c r="N190" t="s">
         <v>27</v>
       </c>
       <c r="O190" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="P190" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
     </row>
     <row r="191" spans="1:16">
       <c r="A191" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="B191" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="C191" t="s">
         <v>32</v>
       </c>
       <c r="D191" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="E191" t="s">
         <v>20</v>
       </c>
       <c r="F191" t="s">
         <v>99</v>
       </c>
       <c r="G191" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="H191"/>
       <c r="I191"/>
       <c r="J191" t="s">
         <v>36</v>
       </c>
       <c r="K191" t="s">
         <v>249</v>
       </c>
       <c r="L191"/>
       <c r="M191" t="s">
         <v>37</v>
       </c>
       <c r="N191" t="s">
         <v>27</v>
       </c>
       <c r="O191" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="P191" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="192" spans="1:16">
       <c r="A192" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="B192" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="C192" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="D192" t="s">
         <v>193</v>
       </c>
       <c r="E192" t="s">
         <v>20</v>
       </c>
       <c r="F192" t="s">
         <v>99</v>
       </c>
       <c r="G192" t="s">
         <v>22</v>
       </c>
       <c r="H192">
         <v>2015</v>
       </c>
       <c r="I192"/>
       <c r="J192" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="K192" t="s">
         <v>24</v>
       </c>
       <c r="L192"/>
       <c r="M192" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="N192" t="s">
         <v>27</v>
       </c>
       <c r="O192" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="P192" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
     </row>
     <row r="193" spans="1:16">
       <c r="A193" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="B193" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="C193" t="s">
         <v>97</v>
       </c>
       <c r="D193" t="s">
         <v>94</v>
       </c>
       <c r="E193" t="s">
         <v>34</v>
       </c>
       <c r="F193" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="G193" t="s">
         <v>22</v>
       </c>
       <c r="H193">
         <v>2017</v>
       </c>
       <c r="I193"/>
       <c r="J193" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="K193" t="s">
         <v>24</v>
       </c>
       <c r="L193" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="M193" t="s">
         <v>101</v>
       </c>
       <c r="N193" t="s">
         <v>27</v>
       </c>
       <c r="O193" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="P193" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
     </row>
     <row r="194" spans="1:16">
       <c r="A194" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="B194" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="C194" t="s">
         <v>97</v>
       </c>
       <c r="D194" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="E194" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="F194" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="G194" t="s">
         <v>22</v>
       </c>
       <c r="H194">
         <v>2023</v>
       </c>
       <c r="I194"/>
       <c r="J194" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="K194" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="L194"/>
       <c r="M194" t="s">
         <v>101</v>
       </c>
       <c r="N194" t="s">
         <v>273</v>
       </c>
       <c r="O194" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="P194" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
     </row>
     <row r="195" spans="1:16">
       <c r="A195" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="B195" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="C195" t="s">
         <v>97</v>
       </c>
       <c r="D195" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="E195" t="s">
         <v>34</v>
       </c>
       <c r="F195" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="G195" t="s">
         <v>592</v>
       </c>
       <c r="H195">
         <v>2014</v>
       </c>
       <c r="I195"/>
       <c r="J195" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="K195" t="s">
         <v>24</v>
       </c>
       <c r="L195" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="M195" t="s">
         <v>101</v>
       </c>
       <c r="N195" t="s">
         <v>27</v>
       </c>
       <c r="O195" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="P195" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
     </row>
     <row r="196" spans="1:16">
       <c r="A196" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="B196" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="C196" t="s">
         <v>97</v>
       </c>
       <c r="D196" t="s">
         <v>70</v>
       </c>
       <c r="E196" t="s">
         <v>34</v>
       </c>
       <c r="F196" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="G196" t="s">
         <v>22</v>
       </c>
       <c r="H196"/>
       <c r="I196"/>
       <c r="J196" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="K196" t="s">
         <v>24</v>
       </c>
       <c r="L196" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="M196" t="s">
         <v>101</v>
       </c>
       <c r="N196" t="s">
         <v>27</v>
       </c>
       <c r="O196" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="P196" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
     </row>
     <row r="197" spans="1:16">
       <c r="A197" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="B197" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="C197" t="s">
         <v>32</v>
       </c>
       <c r="D197" t="s">
         <v>133</v>
       </c>
       <c r="E197" t="s">
         <v>34</v>
       </c>
       <c r="F197" t="s">
         <v>35</v>
       </c>
       <c r="G197" t="s">
         <v>108</v>
       </c>
       <c r="H197">
         <v>2012</v>
       </c>
       <c r="I197">
         <v>2012</v>
       </c>
       <c r="J197" t="s">
         <v>36</v>
       </c>
       <c r="K197" t="s">
         <v>24</v>
       </c>
       <c r="L197"/>
       <c r="M197" t="s">
         <v>37</v>
       </c>
       <c r="N197" t="s">
         <v>27</v>
       </c>
       <c r="O197" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="P197" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="198" spans="1:16">
       <c r="A198" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="B198" t="s">
         <v>94</v>
       </c>
       <c r="C198" t="s">
         <v>32</v>
       </c>
       <c r="D198" t="s">
         <v>94</v>
       </c>
       <c r="E198" t="s">
         <v>34</v>
       </c>
       <c r="F198" t="s">
         <v>35</v>
       </c>
       <c r="G198" t="s">
         <v>108</v>
       </c>
       <c r="H198">
         <v>2012</v>
       </c>
       <c r="I198">
         <v>2012</v>
       </c>
       <c r="J198" t="s">
         <v>36</v>
       </c>
       <c r="K198" t="s">
         <v>24</v>
       </c>
       <c r="L198"/>
       <c r="M198" t="s">
         <v>37</v>
       </c>
       <c r="N198" t="s">
         <v>27</v>
       </c>
       <c r="O198" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="P198" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="199" spans="1:16">
       <c r="A199" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="B199" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="C199" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="D199" t="s">
         <v>19</v>
       </c>
       <c r="E199" t="s">
         <v>20</v>
       </c>
       <c r="F199" t="s">
         <v>21</v>
       </c>
       <c r="G199" t="s">
         <v>108</v>
       </c>
       <c r="H199">
         <v>2015</v>
       </c>
       <c r="I199">
         <v>2018</v>
       </c>
       <c r="J199" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="K199" t="s">
         <v>24</v>
       </c>
       <c r="L199" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="M199" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="N199" t="s">
         <v>27</v>
       </c>
       <c r="O199" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="P199" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
     </row>
     <row r="200" spans="1:16">
       <c r="A200" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="B200" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="C200" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="D200" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="E200" t="s">
         <v>20</v>
       </c>
       <c r="F200" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="G200" t="s">
         <v>8</v>
       </c>
       <c r="H200">
         <v>2015</v>
       </c>
       <c r="I200">
         <v>2024</v>
       </c>
       <c r="J200" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="K200" t="s">
         <v>24</v>
       </c>
       <c r="L200" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="M200" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="N200" t="s">
         <v>27</v>
       </c>
       <c r="O200" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="P200" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
     </row>
     <row r="201" spans="1:16">
       <c r="A201" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="B201" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="C201" t="s">
         <v>32</v>
       </c>
       <c r="D201" t="s">
         <v>210</v>
       </c>
       <c r="E201" t="s">
         <v>20</v>
       </c>
       <c r="F201" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="G201" t="s">
         <v>8</v>
       </c>
       <c r="H201">
         <v>2004</v>
       </c>
       <c r="I201">
         <v>2024</v>
       </c>
       <c r="J201" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="K201" t="s">
         <v>24</v>
       </c>
       <c r="L201" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="M201" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="N201" t="s">
         <v>27</v>
       </c>
       <c r="O201" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="P201" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
     </row>
     <row r="202" spans="1:16">
       <c r="A202" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="B202" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="C202" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="D202" t="s">
         <v>33</v>
       </c>
       <c r="E202" t="s">
         <v>20</v>
       </c>
       <c r="F202" t="s">
         <v>21</v>
       </c>
       <c r="G202" t="s">
         <v>592</v>
       </c>
       <c r="H202">
         <v>2024</v>
       </c>
       <c r="I202"/>
       <c r="J202" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="K202" t="s">
         <v>24</v>
       </c>
       <c r="L202" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="M202" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="N202" t="s">
         <v>27</v>
       </c>
       <c r="O202" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="P202" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
     </row>
     <row r="203" spans="1:16">
       <c r="A203" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="B203" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="C203" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="D203" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="E203" t="s">
         <v>20</v>
       </c>
       <c r="F203" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="G203" t="s">
         <v>592</v>
       </c>
       <c r="H203">
         <v>2024</v>
       </c>
       <c r="I203"/>
       <c r="J203" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="K203" t="s">
         <v>24</v>
       </c>
       <c r="L203" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="M203" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="N203" t="s">
         <v>27</v>
       </c>
       <c r="O203" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="P203" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
     </row>
     <row r="204" spans="1:16">
       <c r="A204" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="B204" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="C204" t="s">
         <v>32</v>
       </c>
       <c r="D204" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="E204" t="s">
         <v>20</v>
       </c>
       <c r="F204" t="s">
         <v>21</v>
       </c>
       <c r="G204" t="s">
         <v>8</v>
       </c>
       <c r="H204">
         <v>2011</v>
       </c>
       <c r="I204">
         <v>2024</v>
       </c>
       <c r="J204" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="K204" t="s">
         <v>24</v>
       </c>
       <c r="L204" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="M204" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="N204" t="s">
         <v>27</v>
       </c>
       <c r="O204" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="P204" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
     </row>
     <row r="205" spans="1:16">
       <c r="A205" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="B205" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="C205" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="D205" t="s">
         <v>19</v>
       </c>
       <c r="E205" t="s">
         <v>20</v>
       </c>
       <c r="F205" t="s">
         <v>21</v>
       </c>
       <c r="G205" t="s">
         <v>108</v>
       </c>
       <c r="H205">
         <v>2013</v>
       </c>
       <c r="I205">
         <v>2018</v>
       </c>
       <c r="J205" t="s">
         <v>23</v>
       </c>
       <c r="K205" t="s">
         <v>24</v>
       </c>
       <c r="L205" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="M205" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="N205" t="s">
         <v>27</v>
       </c>
       <c r="O205" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="P205" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
     </row>
     <row r="206" spans="1:16">
       <c r="A206" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="B206" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="C206" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="D206" t="s">
         <v>180</v>
       </c>
       <c r="E206" t="s">
         <v>20</v>
       </c>
       <c r="F206" t="s">
         <v>21</v>
       </c>
       <c r="G206" t="s">
         <v>108</v>
       </c>
       <c r="H206">
         <v>2016</v>
       </c>
       <c r="I206">
         <v>2019</v>
       </c>
       <c r="J206" t="s">
         <v>23</v>
       </c>
       <c r="K206" t="s">
         <v>24</v>
       </c>
       <c r="L206"/>
       <c r="M206" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="N206" t="s">
         <v>27</v>
       </c>
       <c r="O206" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="P206" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
     </row>
     <row r="207" spans="1:16">
       <c r="A207" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="B207" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="C207" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="D207" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="E207" t="s">
         <v>20</v>
       </c>
       <c r="F207" t="s">
         <v>99</v>
       </c>
       <c r="G207" t="s">
         <v>22</v>
       </c>
       <c r="H207">
         <v>2016</v>
       </c>
       <c r="I207"/>
       <c r="J207" t="s">
         <v>23</v>
       </c>
       <c r="K207" t="s">
         <v>24</v>
       </c>
       <c r="L207"/>
       <c r="M207" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="N207" t="s">
         <v>27</v>
       </c>
       <c r="O207" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="P207" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
     </row>
     <row r="208" spans="1:16">
       <c r="A208" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="B208" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="C208" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="D208" t="s">
         <v>561</v>
       </c>
       <c r="E208" t="s">
         <v>20</v>
       </c>
       <c r="F208" t="s">
         <v>21</v>
       </c>
       <c r="G208" t="s">
         <v>108</v>
       </c>
       <c r="H208">
         <v>2018</v>
       </c>
       <c r="I208">
         <v>2018</v>
       </c>
       <c r="J208" t="s">
         <v>23</v>
       </c>
       <c r="K208" t="s">
         <v>24</v>
       </c>
       <c r="L208"/>
       <c r="M208" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="N208" t="s">
         <v>27</v>
       </c>
       <c r="O208" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="P208" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
     </row>
     <row r="209" spans="1:16">
       <c r="A209" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="B209" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="C209" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="D209" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="E209" t="s">
         <v>20</v>
       </c>
       <c r="F209" t="s">
         <v>21</v>
       </c>
       <c r="G209" t="s">
         <v>108</v>
       </c>
       <c r="H209">
         <v>2018</v>
       </c>
       <c r="I209">
         <v>2018</v>
       </c>
       <c r="J209" t="s">
         <v>23</v>
       </c>
       <c r="K209" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="L209"/>
       <c r="M209" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="N209" t="s">
         <v>27</v>
       </c>
       <c r="O209" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="P209" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
     </row>
     <row r="210" spans="1:16">
       <c r="A210" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="B210" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="C210" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="D210" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="E210" t="s">
         <v>20</v>
       </c>
       <c r="F210" t="s">
         <v>21</v>
       </c>
       <c r="G210" t="s">
         <v>108</v>
       </c>
       <c r="H210">
         <v>2007</v>
       </c>
       <c r="I210">
         <v>2018</v>
       </c>
       <c r="J210" t="s">
         <v>23</v>
       </c>
       <c r="K210" t="s">
         <v>24</v>
       </c>
       <c r="L210" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="M210" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="N210" t="s">
         <v>27</v>
       </c>
       <c r="O210" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="P210" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
     </row>
     <row r="211" spans="1:16">
       <c r="A211" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="B211" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="C211" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="D211" t="s">
         <v>235</v>
       </c>
       <c r="E211" t="s">
         <v>20</v>
       </c>
       <c r="F211" t="s">
         <v>21</v>
       </c>
       <c r="G211" t="s">
         <v>108</v>
       </c>
       <c r="H211">
         <v>2007</v>
       </c>
       <c r="I211">
         <v>2018</v>
       </c>
       <c r="J211" t="s">
         <v>23</v>
       </c>
       <c r="K211" t="s">
         <v>24</v>
       </c>
       <c r="L211" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="M211" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="N211" t="s">
         <v>27</v>
       </c>
       <c r="O211" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="P211" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
     </row>
     <row r="212" spans="1:16">
       <c r="A212" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="B212" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="C212" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="D212" t="s">
         <v>180</v>
       </c>
       <c r="E212" t="s">
         <v>20</v>
       </c>
       <c r="F212" t="s">
         <v>21</v>
       </c>
       <c r="G212" t="s">
         <v>108</v>
       </c>
       <c r="H212">
         <v>2016</v>
       </c>
       <c r="I212">
         <v>2019</v>
       </c>
       <c r="J212" t="s">
         <v>23</v>
       </c>
       <c r="K212" t="s">
         <v>24</v>
       </c>
       <c r="L212"/>
       <c r="M212" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="N212" t="s">
         <v>27</v>
       </c>
       <c r="O212" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="P212" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
     </row>
     <row r="213" spans="1:16">
       <c r="A213" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="B213" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="C213" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="D213" t="s">
         <v>225</v>
       </c>
       <c r="E213" t="s">
         <v>20</v>
       </c>
       <c r="F213" t="s">
         <v>99</v>
       </c>
       <c r="G213" t="s">
         <v>22</v>
       </c>
       <c r="H213">
         <v>2016</v>
       </c>
       <c r="I213"/>
       <c r="J213" t="s">
         <v>36</v>
       </c>
       <c r="K213" t="s">
         <v>24</v>
       </c>
       <c r="L213" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="M213" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="N213" t="s">
         <v>27</v>
       </c>
       <c r="O213" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="P213" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
     </row>
     <row r="214" spans="1:16">
       <c r="A214" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="B214" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="C214" t="s">
         <v>224</v>
       </c>
       <c r="D214" t="s">
         <v>539</v>
       </c>
       <c r="E214" t="s">
         <v>20</v>
       </c>
       <c r="F214" t="s">
         <v>21</v>
       </c>
       <c r="G214" t="s">
         <v>108</v>
       </c>
       <c r="H214">
         <v>2007</v>
       </c>
       <c r="I214">
         <v>2011</v>
       </c>
       <c r="J214" t="s">
         <v>109</v>
       </c>
       <c r="K214" t="s">
         <v>24</v>
       </c>
       <c r="L214" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="M214" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="N214" t="s">
         <v>27</v>
       </c>
       <c r="O214" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="P214" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
     </row>
     <row r="215" spans="1:16">
       <c r="A215" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="B215" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="C215" t="s">
         <v>224</v>
       </c>
       <c r="D215" t="s">
         <v>269</v>
       </c>
       <c r="E215" t="s">
         <v>34</v>
       </c>
       <c r="F215" t="s">
         <v>99</v>
       </c>
       <c r="G215" t="s">
         <v>108</v>
       </c>
       <c r="H215">
         <v>2006</v>
       </c>
       <c r="I215">
         <v>2006</v>
       </c>
       <c r="J215" t="s">
         <v>109</v>
       </c>
       <c r="K215" t="s">
         <v>24</v>
       </c>
       <c r="L215"/>
       <c r="M215" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="N215" t="s">
         <v>273</v>
       </c>
       <c r="O215" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="P215"/>
     </row>
     <row r="216" spans="1:16">
       <c r="A216" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="B216" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="C216" t="s">
         <v>224</v>
       </c>
       <c r="D216" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="E216" t="s">
         <v>20</v>
       </c>
       <c r="F216" t="s">
         <v>21</v>
       </c>
       <c r="G216" t="s">
         <v>108</v>
       </c>
       <c r="H216">
         <v>2006</v>
       </c>
       <c r="I216">
         <v>2015</v>
       </c>
       <c r="J216" t="s">
         <v>109</v>
       </c>
       <c r="K216" t="s">
         <v>24</v>
       </c>
       <c r="L216"/>
       <c r="M216" t="s">
         <v>226</v>
       </c>
       <c r="N216" t="s">
         <v>27</v>
       </c>
       <c r="O216" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="P216" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
     </row>
     <row r="217" spans="1:16">
       <c r="A217" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="B217" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="C217" t="s">
         <v>224</v>
       </c>
       <c r="D217" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="E217" t="s">
         <v>20</v>
       </c>
       <c r="F217" t="s">
         <v>99</v>
       </c>
       <c r="G217" t="s">
         <v>22</v>
       </c>
       <c r="H217">
         <v>2016</v>
       </c>
       <c r="I217"/>
       <c r="J217" t="s">
         <v>109</v>
       </c>
       <c r="K217" t="s">
         <v>24</v>
       </c>
       <c r="L217"/>
       <c r="M217" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="N217" t="s">
         <v>27</v>
       </c>
       <c r="O217" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="P217" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
     </row>
     <row r="218" spans="1:16">
       <c r="A218" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="B218" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="C218" t="s">
         <v>224</v>
       </c>
       <c r="D218" t="s">
         <v>382</v>
       </c>
       <c r="E218" t="s">
         <v>20</v>
       </c>
       <c r="F218" t="s">
         <v>99</v>
       </c>
       <c r="G218" t="s">
         <v>108</v>
       </c>
       <c r="H218">
         <v>2016</v>
       </c>
       <c r="I218">
         <v>2016</v>
       </c>
       <c r="J218" t="s">
         <v>109</v>
       </c>
       <c r="K218" t="s">
         <v>24</v>
       </c>
       <c r="L218"/>
       <c r="M218" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="N218" t="s">
         <v>27</v>
       </c>
       <c r="O218" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="P218" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
     </row>
     <row r="219" spans="1:16">
       <c r="A219" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="B219" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="C219" t="s">
         <v>224</v>
       </c>
       <c r="D219" t="s">
         <v>448</v>
       </c>
       <c r="E219" t="s">
         <v>20</v>
       </c>
       <c r="F219" t="s">
         <v>116</v>
       </c>
       <c r="G219" t="s">
         <v>22</v>
       </c>
       <c r="H219">
         <v>2014</v>
       </c>
       <c r="I219"/>
       <c r="J219" t="s">
         <v>109</v>
       </c>
       <c r="K219" t="s">
         <v>24</v>
       </c>
       <c r="L219"/>
       <c r="M219" t="s">
         <v>226</v>
       </c>
       <c r="N219" t="s">
         <v>27</v>
       </c>
       <c r="O219" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="P219" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
     </row>
     <row r="220" spans="1:16">
       <c r="A220" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="B220" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="C220" t="s">
         <v>224</v>
       </c>
       <c r="D220" t="s">
         <v>550</v>
       </c>
       <c r="E220" t="s">
         <v>20</v>
       </c>
       <c r="F220" t="s">
         <v>99</v>
       </c>
       <c r="G220" t="s">
         <v>108</v>
       </c>
       <c r="H220">
         <v>2012</v>
       </c>
       <c r="I220">
         <v>2013</v>
       </c>
       <c r="J220" t="s">
         <v>109</v>
       </c>
       <c r="K220" t="s">
         <v>24</v>
       </c>
       <c r="L220" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="M220" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="N220" t="s">
         <v>27</v>
       </c>
       <c r="O220" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="P220" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
     </row>
     <row r="221" spans="1:16">
       <c r="A221" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="B221" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="C221" t="s">
         <v>224</v>
       </c>
       <c r="D221" t="s">
         <v>362</v>
       </c>
       <c r="E221" t="s">
         <v>20</v>
       </c>
       <c r="F221" t="s">
         <v>21</v>
       </c>
       <c r="G221" t="s">
         <v>108</v>
       </c>
       <c r="H221">
         <v>1986</v>
       </c>
       <c r="I221">
         <v>2012</v>
       </c>
       <c r="J221" t="s">
         <v>109</v>
       </c>
       <c r="K221" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="L221"/>
       <c r="M221" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="N221" t="s">
         <v>27</v>
       </c>
       <c r="O221" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="P221" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
     </row>
     <row r="222" spans="1:16">
       <c r="A222" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="B222" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="C222" t="s">
         <v>224</v>
       </c>
       <c r="D222" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="E222" t="s">
         <v>20</v>
       </c>
       <c r="F222" t="s">
         <v>99</v>
       </c>
       <c r="G222" t="s">
         <v>108</v>
       </c>
       <c r="H222">
         <v>1986</v>
       </c>
       <c r="I222">
         <v>2014</v>
       </c>
       <c r="J222" t="s">
         <v>109</v>
       </c>
       <c r="K222" t="s">
         <v>24</v>
       </c>
       <c r="L222"/>
       <c r="M222" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="N222" t="s">
         <v>27</v>
       </c>
       <c r="O222" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="P222" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
     </row>
     <row r="223" spans="1:16">
       <c r="A223" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="B223" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="C223" t="s">
         <v>224</v>
       </c>
       <c r="D223" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="E223" t="s">
         <v>20</v>
       </c>
       <c r="F223" t="s">
         <v>21</v>
       </c>
       <c r="G223" t="s">
         <v>22</v>
       </c>
       <c r="H223">
         <v>2004</v>
       </c>
       <c r="I223"/>
       <c r="J223" t="s">
         <v>109</v>
       </c>
       <c r="K223" t="s">
         <v>24</v>
       </c>
       <c r="L223"/>
       <c r="M223" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="N223" t="s">
         <v>27</v>
       </c>
       <c r="O223" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="P223" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
     </row>
     <row r="224" spans="1:16">
       <c r="A224" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="B224" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="C224" t="s">
         <v>106</v>
       </c>
       <c r="D224" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="E224" t="s">
         <v>34</v>
       </c>
       <c r="F224" t="s">
         <v>35</v>
       </c>
       <c r="G224" t="s">
         <v>22</v>
       </c>
       <c r="H224">
         <v>2012</v>
       </c>
       <c r="I224"/>
       <c r="J224" t="s">
         <v>36</v>
       </c>
       <c r="K224" t="s">
         <v>24</v>
       </c>
       <c r="L224"/>
       <c r="M224" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="N224" t="s">
         <v>27</v>
       </c>
       <c r="O224" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="P224" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
     </row>
     <row r="225" spans="1:16">
       <c r="A225" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="B225" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="C225" t="s">
         <v>106</v>
       </c>
       <c r="D225" t="s">
         <v>249</v>
       </c>
       <c r="E225" t="s">
         <v>34</v>
       </c>
       <c r="F225" t="s">
         <v>35</v>
       </c>
       <c r="G225" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="H225"/>
       <c r="I225"/>
       <c r="J225" t="s">
         <v>109</v>
       </c>
       <c r="K225" t="s">
         <v>24</v>
       </c>
       <c r="L225"/>
       <c r="M225" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="N225" t="s">
         <v>27</v>
       </c>
       <c r="O225" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="P225" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
     </row>
     <row r="226" spans="1:16">
       <c r="A226" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="B226" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="C226" t="s">
         <v>106</v>
       </c>
       <c r="D226" t="s">
         <v>70</v>
       </c>
       <c r="E226" t="s">
         <v>34</v>
       </c>
       <c r="F226" t="s">
         <v>35</v>
       </c>
       <c r="G226" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="H226"/>
       <c r="I226"/>
       <c r="J226" t="s">
         <v>109</v>
       </c>
       <c r="K226" t="s">
         <v>24</v>
       </c>
       <c r="L226"/>
       <c r="M226" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="N226" t="s">
         <v>27</v>
       </c>
       <c r="O226" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="P226" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
     </row>
     <row r="227" spans="1:16">
       <c r="A227" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="B227" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="C227" t="s">
         <v>106</v>
       </c>
       <c r="D227" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="E227" t="s">
         <v>34</v>
       </c>
       <c r="F227" t="s">
         <v>35</v>
       </c>
       <c r="G227" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="H227"/>
       <c r="I227"/>
       <c r="J227" t="s">
         <v>109</v>
       </c>
       <c r="K227" t="s">
         <v>24</v>
       </c>
       <c r="L227"/>
       <c r="M227" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="N227" t="s">
         <v>27</v>
       </c>
       <c r="O227" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="P227" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
     </row>
     <row r="228" spans="1:16">
       <c r="A228" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="B228" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="C228" t="s">
         <v>106</v>
       </c>
       <c r="D228" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="E228" t="s">
         <v>34</v>
       </c>
       <c r="F228" t="s">
         <v>35</v>
       </c>
       <c r="G228" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="H228"/>
       <c r="I228"/>
       <c r="J228" t="s">
         <v>109</v>
       </c>
       <c r="K228" t="s">
         <v>24</v>
       </c>
       <c r="L228"/>
       <c r="M228" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="N228" t="s">
         <v>27</v>
       </c>
       <c r="O228" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="P228" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
     </row>
     <row r="229" spans="1:16">
       <c r="A229" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="B229" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="C229" t="s">
         <v>106</v>
       </c>
       <c r="D229" t="s">
         <v>94</v>
       </c>
       <c r="E229" t="s">
         <v>34</v>
       </c>
       <c r="F229" t="s">
         <v>35</v>
       </c>
       <c r="G229" t="s">
         <v>108</v>
       </c>
       <c r="H229">
         <v>2012</v>
       </c>
       <c r="I229">
         <v>2012</v>
       </c>
       <c r="J229" t="s">
         <v>36</v>
       </c>
       <c r="K229" t="s">
         <v>24</v>
       </c>
       <c r="L229"/>
       <c r="M229" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="N229" t="s">
         <v>27</v>
       </c>
       <c r="O229" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="P229" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
     </row>
     <row r="230" spans="1:16">
       <c r="A230" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="B230" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="C230" t="s">
         <v>106</v>
       </c>
       <c r="D230" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="E230" t="s">
         <v>34</v>
       </c>
       <c r="F230" t="s">
         <v>35</v>
       </c>
       <c r="G230" t="s">
         <v>108</v>
       </c>
       <c r="H230">
         <v>2012</v>
       </c>
       <c r="I230">
         <v>2012</v>
       </c>
       <c r="J230" t="s">
         <v>36</v>
       </c>
       <c r="K230" t="s">
         <v>24</v>
       </c>
       <c r="L230"/>
       <c r="M230" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="N230" t="s">
         <v>27</v>
       </c>
       <c r="O230" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="P230" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
     </row>
     <row r="231" spans="1:16">
       <c r="A231" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="B231" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="C231" t="s">
         <v>106</v>
       </c>
       <c r="D231" t="s">
         <v>170</v>
       </c>
       <c r="E231" t="s">
         <v>34</v>
       </c>
       <c r="F231" t="s">
         <v>35</v>
       </c>
       <c r="G231" t="s">
         <v>22</v>
       </c>
       <c r="H231">
         <v>2013</v>
       </c>
       <c r="I231"/>
       <c r="J231" t="s">
         <v>36</v>
       </c>
       <c r="K231" t="s">
         <v>24</v>
       </c>
       <c r="L231"/>
       <c r="M231" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="N231" t="s">
         <v>27</v>
       </c>
       <c r="O231" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="P231" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
     </row>
     <row r="232" spans="1:16">
       <c r="A232" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="B232" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="C232" t="s">
         <v>106</v>
       </c>
       <c r="D232" t="s">
         <v>441</v>
       </c>
       <c r="E232" t="s">
         <v>34</v>
       </c>
       <c r="F232" t="s">
         <v>35</v>
       </c>
       <c r="G232" t="s">
         <v>22</v>
       </c>
       <c r="H232">
         <v>2017</v>
       </c>
       <c r="I232"/>
       <c r="J232" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="K232" t="s">
         <v>24</v>
       </c>
       <c r="L232"/>
       <c r="M232" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="N232" t="s">
         <v>27</v>
       </c>
       <c r="O232" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="P232" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="233" spans="1:16">
       <c r="A233" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="B233" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="C233" t="s">
         <v>106</v>
       </c>
       <c r="D233" t="s">
         <v>382</v>
       </c>
       <c r="E233" t="s">
         <v>34</v>
       </c>
       <c r="F233" t="s">
         <v>35</v>
       </c>
       <c r="G233" t="s">
         <v>22</v>
       </c>
       <c r="H233">
         <v>2017</v>
       </c>
       <c r="I233"/>
       <c r="J233" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="K233" t="s">
         <v>155</v>
       </c>
       <c r="L233"/>
       <c r="M233" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="N233" t="s">
         <v>27</v>
       </c>
       <c r="O233" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="P233" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="234" spans="1:16">
       <c r="A234" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="B234" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="C234" t="s">
         <v>106</v>
       </c>
       <c r="D234" t="s">
         <v>362</v>
       </c>
       <c r="E234" t="s">
         <v>34</v>
       </c>
       <c r="F234" t="s">
         <v>35</v>
       </c>
       <c r="G234" t="s">
         <v>22</v>
       </c>
       <c r="H234">
         <v>2017</v>
       </c>
       <c r="I234"/>
       <c r="J234" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="K234" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="L234"/>
       <c r="M234" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="N234" t="s">
         <v>27</v>
       </c>
       <c r="O234" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="P234" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="235" spans="1:16">
       <c r="A235" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="B235" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="C235" t="s">
         <v>106</v>
       </c>
       <c r="D235" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="E235" t="s">
         <v>34</v>
       </c>
       <c r="F235" t="s">
         <v>35</v>
       </c>
       <c r="G235" t="s">
         <v>108</v>
       </c>
       <c r="H235">
         <v>2012</v>
       </c>
       <c r="I235">
         <v>2017</v>
       </c>
       <c r="J235" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="K235" t="s">
         <v>24</v>
       </c>
       <c r="L235"/>
       <c r="M235" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="N235" t="s">
         <v>27</v>
       </c>
       <c r="O235" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="P235" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="236" spans="1:16">
       <c r="A236" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="B236" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="C236" t="s">
         <v>106</v>
       </c>
       <c r="D236" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="E236" t="s">
         <v>34</v>
       </c>
       <c r="F236" t="s">
         <v>35</v>
       </c>
       <c r="G236" t="s">
         <v>22</v>
       </c>
       <c r="H236">
         <v>2017</v>
       </c>
       <c r="I236"/>
       <c r="J236" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="K236" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="L236"/>
       <c r="M236" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="N236" t="s">
         <v>27</v>
       </c>
       <c r="O236" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="P236" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="237" spans="1:16">
       <c r="A237" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="B237" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="C237" t="s">
         <v>106</v>
       </c>
       <c r="D237" t="s">
         <v>165</v>
       </c>
       <c r="E237" t="s">
         <v>34</v>
       </c>
       <c r="F237" t="s">
         <v>35</v>
       </c>
       <c r="G237" t="s">
         <v>108</v>
       </c>
       <c r="H237">
         <v>2012</v>
       </c>
       <c r="I237">
         <v>2012</v>
       </c>
       <c r="J237" t="s">
         <v>36</v>
       </c>
       <c r="K237" t="s">
         <v>24</v>
       </c>
       <c r="L237"/>
       <c r="M237" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="N237" t="s">
         <v>27</v>
       </c>
       <c r="O237" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="P237" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
     </row>
     <row r="238" spans="1:16">
       <c r="A238" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="B238" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="C238" t="s">
         <v>106</v>
       </c>
       <c r="D238" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="E238" t="s">
         <v>34</v>
       </c>
       <c r="F238" t="s">
         <v>35</v>
       </c>
       <c r="G238" t="s">
         <v>22</v>
       </c>
       <c r="H238">
         <v>2017</v>
       </c>
       <c r="I238"/>
       <c r="J238" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="K238" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="L238"/>
       <c r="M238" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="N238" t="s">
         <v>27</v>
       </c>
       <c r="O238" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="P238" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="239" spans="1:16">
       <c r="A239" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="B239" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="C239" t="s">
         <v>97</v>
       </c>
       <c r="D239" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="E239" t="s">
         <v>20</v>
       </c>
       <c r="F239" t="s">
         <v>99</v>
       </c>
       <c r="G239" t="s">
         <v>22</v>
       </c>
       <c r="H239">
         <v>2019</v>
       </c>
       <c r="I239"/>
       <c r="J239" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="K239" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="L239"/>
       <c r="M239" t="s">
         <v>101</v>
       </c>
       <c r="N239" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="O239" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="P239" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="240" spans="1:16">
       <c r="A240" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="B240" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="C240" t="s">
         <v>224</v>
       </c>
       <c r="D240" t="s">
         <v>90</v>
       </c>
       <c r="E240" t="s">
         <v>20</v>
       </c>
       <c r="F240" t="s">
         <v>99</v>
       </c>
       <c r="G240" t="s">
         <v>108</v>
       </c>
       <c r="H240">
         <v>2011</v>
       </c>
       <c r="I240">
         <v>2011</v>
       </c>
       <c r="J240" t="s">
         <v>109</v>
       </c>
       <c r="K240" t="s">
         <v>24</v>
       </c>
       <c r="L240" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="M240" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="N240" t="s">
         <v>27</v>
       </c>
       <c r="O240" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="P240" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="241" spans="1:16">
       <c r="A241" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="B241" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="C241" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D241" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="E241" t="s">
         <v>34</v>
       </c>
       <c r="F241" t="s">
         <v>99</v>
       </c>
       <c r="G241" t="s">
         <v>22</v>
       </c>
       <c r="H241">
         <v>2021</v>
       </c>
       <c r="I241"/>
       <c r="J241" t="s">
         <v>593</v>
       </c>
       <c r="K241" t="s">
         <v>24</v>
       </c>
       <c r="L241" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="M241" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="N241" t="s">
         <v>27</v>
       </c>
       <c r="O241" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="P241"/>
     </row>
     <row r="242" spans="1:16">
       <c r="A242" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="B242" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="C242" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D242" t="s">
         <v>561</v>
       </c>
       <c r="E242" t="s">
         <v>34</v>
       </c>
       <c r="F242" t="s">
         <v>116</v>
       </c>
       <c r="G242" t="s">
         <v>108</v>
       </c>
       <c r="H242">
         <v>2002</v>
       </c>
       <c r="I242">
         <v>2015</v>
       </c>
       <c r="J242" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="K242" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="L242" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="M242" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="N242" t="s">
         <v>27</v>
       </c>
       <c r="O242" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="P242" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="243" spans="1:16">
       <c r="A243" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="B243" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="C243" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D243" t="s">
         <v>561</v>
       </c>
       <c r="E243" t="s">
         <v>34</v>
       </c>
       <c r="F243" t="s">
         <v>99</v>
       </c>
       <c r="G243" t="s">
         <v>108</v>
       </c>
       <c r="H243">
         <v>2013</v>
       </c>
       <c r="I243">
         <v>2015</v>
       </c>
       <c r="J243" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="K243" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="L243" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="M243" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="N243" t="s">
         <v>27</v>
       </c>
       <c r="O243" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="P243" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="244" spans="1:16">
       <c r="A244" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="B244" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="C244" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D244" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="E244" t="s">
         <v>34</v>
       </c>
       <c r="F244" t="s">
         <v>116</v>
       </c>
       <c r="G244" t="s">
         <v>22</v>
       </c>
       <c r="H244">
         <v>2006</v>
       </c>
       <c r="I244"/>
       <c r="J244" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="K244" t="s">
         <v>24</v>
       </c>
       <c r="L244" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="M244" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="N244" t="s">
         <v>27</v>
       </c>
       <c r="O244" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="P244" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="245" spans="1:16">
       <c r="A245" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="B245" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="C245" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D245" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="E245" t="s">
         <v>20</v>
       </c>
       <c r="F245" t="s">
         <v>116</v>
       </c>
       <c r="G245" t="s">
         <v>108</v>
       </c>
       <c r="H245">
         <v>2011</v>
       </c>
       <c r="I245">
         <v>2014</v>
       </c>
       <c r="J245" t="s">
         <v>593</v>
       </c>
       <c r="K245" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="L245" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="M245" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="N245" t="s">
         <v>27</v>
       </c>
       <c r="O245" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="P245" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="246" spans="1:16">
       <c r="A246" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="B246" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="C246" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D246" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="E246" t="s">
         <v>34</v>
       </c>
       <c r="F246" t="s">
         <v>99</v>
       </c>
       <c r="G246" t="s">
         <v>108</v>
       </c>
       <c r="H246">
         <v>2015</v>
       </c>
       <c r="I246">
         <v>2017</v>
       </c>
       <c r="J246" t="s">
         <v>593</v>
       </c>
       <c r="K246" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="L246" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="M246" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="N246" t="s">
         <v>27</v>
       </c>
       <c r="O246" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="P246" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="247" spans="1:16">
       <c r="A247" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="B247" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="C247" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D247" t="s">
         <v>214</v>
       </c>
       <c r="E247" t="s">
         <v>34</v>
       </c>
       <c r="F247" t="s">
         <v>99</v>
       </c>
       <c r="G247" t="s">
         <v>22</v>
       </c>
       <c r="H247">
         <v>2015</v>
       </c>
       <c r="I247"/>
       <c r="J247" t="s">
         <v>593</v>
       </c>
       <c r="K247" t="s">
         <v>24</v>
       </c>
       <c r="L247" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="M247" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="N247" t="s">
         <v>27</v>
       </c>
       <c r="O247" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="P247" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="248" spans="1:16">
       <c r="A248" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="B248" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="C248" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D248" t="s">
         <v>214</v>
       </c>
       <c r="E248" t="s">
         <v>34</v>
       </c>
       <c r="F248" t="s">
         <v>116</v>
       </c>
       <c r="G248" t="s">
         <v>22</v>
       </c>
       <c r="H248">
         <v>2015</v>
       </c>
       <c r="I248"/>
       <c r="J248" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="K248" t="s">
         <v>24</v>
       </c>
       <c r="L248" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="M248" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="N248" t="s">
         <v>27</v>
       </c>
       <c r="O248" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="P248" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="249" spans="1:16">
       <c r="A249" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="B249" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="C249" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D249" t="s">
         <v>170</v>
       </c>
       <c r="E249" t="s">
         <v>34</v>
       </c>
       <c r="F249" t="s">
         <v>99</v>
       </c>
       <c r="G249" t="s">
         <v>108</v>
       </c>
       <c r="H249">
         <v>2011</v>
       </c>
       <c r="I249">
         <v>2021</v>
       </c>
       <c r="J249" t="s">
         <v>593</v>
       </c>
       <c r="K249" t="s">
         <v>24</v>
       </c>
       <c r="L249" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="M249" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="N249" t="s">
         <v>27</v>
       </c>
       <c r="O249" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="P249" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="250" spans="1:16">
       <c r="A250" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="B250" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="C250" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D250" t="s">
         <v>235</v>
       </c>
       <c r="E250" t="s">
         <v>34</v>
       </c>
       <c r="F250" t="s">
         <v>116</v>
       </c>
       <c r="G250" t="s">
         <v>108</v>
       </c>
       <c r="H250">
         <v>2002</v>
       </c>
       <c r="I250">
         <v>2021</v>
       </c>
       <c r="J250" t="s">
         <v>593</v>
       </c>
       <c r="K250" t="s">
         <v>24</v>
       </c>
       <c r="L250" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="M250" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="N250" t="s">
         <v>27</v>
       </c>
       <c r="O250" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="P250" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="251" spans="1:16">
       <c r="A251" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="B251" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="C251" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D251" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="E251" t="s">
         <v>34</v>
       </c>
       <c r="F251" t="s">
         <v>116</v>
       </c>
       <c r="G251" t="s">
         <v>22</v>
       </c>
       <c r="H251">
         <v>2021</v>
       </c>
       <c r="I251"/>
       <c r="J251" t="s">
         <v>593</v>
       </c>
       <c r="K251" t="s">
         <v>24</v>
       </c>
       <c r="L251" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="M251" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="N251" t="s">
         <v>27</v>
       </c>
       <c r="O251" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="P251" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="252" spans="1:16">
       <c r="A252" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="B252" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="C252" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D252" t="s">
         <v>77</v>
       </c>
       <c r="E252" t="s">
         <v>34</v>
       </c>
       <c r="F252" t="s">
         <v>116</v>
       </c>
       <c r="G252" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="H252">
         <v>2021</v>
       </c>
       <c r="I252"/>
       <c r="J252" t="s">
         <v>593</v>
       </c>
       <c r="K252" t="s">
         <v>24</v>
       </c>
       <c r="L252" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="M252" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="N252" t="s">
         <v>27</v>
       </c>
       <c r="O252" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="P252" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="253" spans="1:16">
       <c r="A253" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="B253" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="C253" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D253" t="s">
         <v>133</v>
       </c>
       <c r="E253" t="s">
         <v>34</v>
       </c>
       <c r="F253" t="s">
         <v>99</v>
       </c>
       <c r="G253" t="s">
         <v>108</v>
       </c>
       <c r="H253">
         <v>2011</v>
       </c>
       <c r="I253">
         <v>2021</v>
       </c>
       <c r="J253" t="s">
         <v>593</v>
       </c>
       <c r="K253" t="s">
         <v>24</v>
       </c>
       <c r="L253" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="M253" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="N253" t="s">
         <v>27</v>
       </c>
       <c r="O253" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="P253" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="254" spans="1:16">
       <c r="A254" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="B254" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="C254" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D254" t="s">
         <v>235</v>
       </c>
       <c r="E254" t="s">
         <v>34</v>
       </c>
       <c r="F254" t="s">
         <v>99</v>
       </c>
       <c r="G254" t="s">
         <v>108</v>
       </c>
       <c r="H254">
         <v>2011</v>
       </c>
       <c r="I254">
         <v>2021</v>
       </c>
       <c r="J254" t="s">
         <v>593</v>
       </c>
       <c r="K254" t="s">
         <v>24</v>
       </c>
       <c r="L254" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="M254" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="N254" t="s">
         <v>27</v>
       </c>
       <c r="O254" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="P254" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="255" spans="1:16">
       <c r="A255" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="B255" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="C255" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D255" t="s">
         <v>332</v>
       </c>
       <c r="E255" t="s">
         <v>34</v>
       </c>
       <c r="F255" t="s">
         <v>99</v>
       </c>
       <c r="G255" t="s">
         <v>22</v>
       </c>
       <c r="H255">
         <v>2021</v>
       </c>
       <c r="I255"/>
       <c r="J255" t="s">
         <v>593</v>
       </c>
       <c r="K255" t="s">
         <v>24</v>
       </c>
       <c r="L255" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="M255" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="N255" t="s">
         <v>27</v>
       </c>
       <c r="O255" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="P255" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="256" spans="1:16">
       <c r="A256" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="B256" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="C256" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D256" t="s">
         <v>77</v>
       </c>
       <c r="E256" t="s">
         <v>34</v>
       </c>
       <c r="F256" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="G256" t="s">
         <v>22</v>
       </c>
       <c r="H256">
         <v>2021</v>
       </c>
       <c r="I256"/>
       <c r="J256" t="s">
         <v>593</v>
       </c>
       <c r="K256" t="s">
         <v>24</v>
       </c>
       <c r="L256" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="M256" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="N256" t="s">
         <v>27</v>
       </c>
       <c r="O256" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="P256" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="257" spans="1:16">
       <c r="A257" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="B257" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="C257" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D257" t="s">
         <v>170</v>
       </c>
       <c r="E257" t="s">
         <v>34</v>
       </c>
       <c r="F257" t="s">
         <v>116</v>
       </c>
       <c r="G257" t="s">
         <v>108</v>
       </c>
       <c r="H257">
         <v>2002</v>
       </c>
       <c r="I257">
         <v>2021</v>
       </c>
       <c r="J257" t="s">
         <v>593</v>
       </c>
       <c r="K257" t="s">
         <v>24</v>
       </c>
       <c r="L257" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="M257" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="N257" t="s">
         <v>27</v>
       </c>
       <c r="O257" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="P257" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="258" spans="1:16">
       <c r="A258" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="B258" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="C258" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D258" t="s">
         <v>133</v>
       </c>
       <c r="E258" t="s">
         <v>34</v>
       </c>
       <c r="F258" t="s">
         <v>116</v>
       </c>
       <c r="G258" t="s">
         <v>108</v>
       </c>
       <c r="H258">
         <v>2002</v>
       </c>
       <c r="I258">
         <v>2021</v>
       </c>
       <c r="J258" t="s">
         <v>593</v>
       </c>
       <c r="K258" t="s">
         <v>24</v>
       </c>
       <c r="L258" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="M258" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="N258" t="s">
         <v>27</v>
       </c>
       <c r="O258" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="P258" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="259" spans="1:16">
       <c r="A259" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="B259" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="C259" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D259" t="s">
         <v>193</v>
       </c>
       <c r="E259" t="s">
         <v>34</v>
       </c>
       <c r="F259" t="s">
         <v>116</v>
       </c>
       <c r="G259" t="s">
         <v>108</v>
       </c>
       <c r="H259">
         <v>2002</v>
       </c>
       <c r="I259">
         <v>2021</v>
       </c>
       <c r="J259" t="s">
         <v>593</v>
       </c>
       <c r="K259" t="s">
         <v>24</v>
       </c>
       <c r="L259" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="M259" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="N259" t="s">
         <v>27</v>
       </c>
       <c r="O259" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="P259" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="260" spans="1:16">
       <c r="A260" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="B260" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="C260" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D260" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="E260" t="s">
         <v>34</v>
       </c>
       <c r="F260" t="s">
         <v>99</v>
       </c>
       <c r="G260" t="s">
         <v>22</v>
       </c>
       <c r="H260">
         <v>2021</v>
       </c>
       <c r="I260"/>
       <c r="J260" t="s">
         <v>593</v>
       </c>
       <c r="K260" t="s">
         <v>24</v>
       </c>
       <c r="L260" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="M260" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="N260" t="s">
         <v>27</v>
       </c>
       <c r="O260" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="P260"/>
     </row>
     <row r="261" spans="1:16">
       <c r="A261" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="B261" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="C261" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D261" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="E261" t="s">
         <v>34</v>
       </c>
       <c r="F261" t="s">
         <v>99</v>
       </c>
       <c r="G261" t="s">
         <v>22</v>
       </c>
       <c r="H261">
         <v>2021</v>
       </c>
       <c r="I261"/>
       <c r="J261" t="s">
         <v>593</v>
       </c>
       <c r="K261" t="s">
         <v>24</v>
       </c>
       <c r="L261" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="M261" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="N261" t="s">
         <v>27</v>
       </c>
       <c r="O261" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="P261"/>
     </row>
     <row r="262" spans="1:16">
       <c r="A262" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="B262" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="C262" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D262" t="s">
         <v>188</v>
       </c>
       <c r="E262" t="s">
         <v>34</v>
       </c>
       <c r="F262" t="s">
         <v>116</v>
       </c>
       <c r="G262" t="s">
         <v>22</v>
       </c>
       <c r="H262">
         <v>2022</v>
       </c>
       <c r="I262"/>
       <c r="J262" t="s">
         <v>593</v>
       </c>
       <c r="K262" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="L262" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="M262" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="N262" t="s">
         <v>27</v>
       </c>
       <c r="O262" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="P262" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="263" spans="1:16">
       <c r="A263" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="B263" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="C263" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D263" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="E263" t="s">
         <v>34</v>
       </c>
       <c r="F263" t="s">
         <v>116</v>
       </c>
       <c r="G263" t="s">
         <v>22</v>
       </c>
       <c r="H263">
         <v>2022</v>
       </c>
       <c r="I263"/>
       <c r="J263" t="s">
         <v>593</v>
       </c>
       <c r="K263" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="L263"/>
       <c r="M263" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="N263" t="s">
         <v>27</v>
       </c>
       <c r="O263" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="P263" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="264" spans="1:16">
       <c r="A264" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="B264" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="C264" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D264" t="s">
         <v>188</v>
       </c>
       <c r="E264" t="s">
         <v>34</v>
       </c>
       <c r="F264" t="s">
         <v>99</v>
       </c>
       <c r="G264" t="s">
         <v>22</v>
       </c>
       <c r="H264">
         <v>2022</v>
       </c>
       <c r="I264"/>
       <c r="J264" t="s">
         <v>593</v>
       </c>
       <c r="K264" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="L264" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="M264" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="N264" t="s">
         <v>27</v>
       </c>
       <c r="O264" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="P264" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="265" spans="1:16">
       <c r="A265" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="B265" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="C265" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D265" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="E265" t="s">
         <v>34</v>
       </c>
       <c r="F265" t="s">
         <v>99</v>
       </c>
       <c r="G265" t="s">
         <v>22</v>
       </c>
       <c r="H265">
         <v>2022</v>
       </c>
       <c r="I265"/>
       <c r="J265" t="s">
         <v>593</v>
       </c>
       <c r="K265" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="L265" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="M265" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="N265" t="s">
         <v>27</v>
       </c>
       <c r="O265" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="P265" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="266" spans="1:16">
       <c r="A266" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="B266" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="C266" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D266" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="E266" t="s">
         <v>34</v>
       </c>
       <c r="F266" t="s">
         <v>99</v>
       </c>
       <c r="G266" t="s">
         <v>22</v>
       </c>
       <c r="H266">
         <v>2022</v>
       </c>
       <c r="I266"/>
       <c r="J266" t="s">
         <v>593</v>
       </c>
       <c r="K266" t="s">
         <v>24</v>
       </c>
       <c r="L266" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="M266" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="N266" t="s">
         <v>27</v>
       </c>
       <c r="O266" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="P266" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="267" spans="1:16">
       <c r="A267" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="B267" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="C267" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D267" t="s">
         <v>362</v>
       </c>
       <c r="E267" t="s">
         <v>34</v>
       </c>
       <c r="F267" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="G267" t="s">
         <v>22</v>
       </c>
       <c r="H267">
         <v>2008</v>
       </c>
       <c r="I267"/>
       <c r="J267" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="K267" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="L267" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="M267" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="N267" t="s">
         <v>27</v>
       </c>
       <c r="O267" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="P267" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="268" spans="1:16">
       <c r="A268" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="B268" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="C268" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D268" t="s">
         <v>94</v>
       </c>
       <c r="E268" t="s">
         <v>34</v>
       </c>
       <c r="F268" t="s">
         <v>116</v>
       </c>
       <c r="G268" t="s">
         <v>108</v>
       </c>
       <c r="H268">
         <v>2012</v>
       </c>
       <c r="I268">
         <v>2015</v>
       </c>
       <c r="J268" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="K268" t="s">
         <v>24</v>
       </c>
       <c r="L268" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="M268" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="N268" t="s">
         <v>27</v>
       </c>
       <c r="O268" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="P268" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="269" spans="1:16">
       <c r="A269" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="B269" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="C269" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="D269" t="s">
         <v>235</v>
       </c>
       <c r="E269" t="s">
         <v>20</v>
       </c>
       <c r="F269" t="s">
         <v>21</v>
       </c>
       <c r="G269" t="s">
         <v>108</v>
       </c>
       <c r="H269">
         <v>2013</v>
       </c>
       <c r="I269">
         <v>2020</v>
       </c>
       <c r="J269" t="s">
         <v>454</v>
       </c>
       <c r="K269" t="s">
         <v>24</v>
       </c>
       <c r="L269" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="M269" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="N269" t="s">
         <v>27</v>
       </c>
       <c r="O269" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="P269" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="270" spans="1:16">
       <c r="A270" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="B270" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="C270" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="D270" t="s">
         <v>19</v>
       </c>
       <c r="E270" t="s">
         <v>20</v>
       </c>
       <c r="F270" t="s">
         <v>21</v>
       </c>
       <c r="G270" t="s">
         <v>108</v>
       </c>
       <c r="H270">
         <v>2011</v>
       </c>
       <c r="I270">
         <v>2019</v>
       </c>
       <c r="J270" t="s">
         <v>454</v>
       </c>
       <c r="K270" t="s">
         <v>24</v>
       </c>
       <c r="L270" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="M270" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="N270" t="s">
         <v>27</v>
       </c>
       <c r="O270" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="P270" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="271" spans="1:16">
       <c r="A271" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="B271" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="C271" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="D271" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="E271" t="s">
         <v>20</v>
       </c>
       <c r="F271" t="s">
         <v>21</v>
       </c>
       <c r="G271" t="s">
         <v>22</v>
       </c>
       <c r="H271">
         <v>2013</v>
       </c>
       <c r="I271"/>
       <c r="J271" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="K271" t="s">
         <v>24</v>
       </c>
       <c r="L271" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="M271" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="N271" t="s">
         <v>27</v>
       </c>
       <c r="O271" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="P271" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="272" spans="1:16">
       <c r="A272" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="B272" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="C272" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="D272" t="s">
         <v>362</v>
       </c>
       <c r="E272" t="s">
         <v>20</v>
       </c>
       <c r="F272" t="s">
         <v>21</v>
       </c>
       <c r="G272" t="s">
         <v>108</v>
       </c>
       <c r="H272">
         <v>2014</v>
       </c>
       <c r="I272">
         <v>2015</v>
       </c>
       <c r="J272" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="K272" t="s">
         <v>24</v>
       </c>
       <c r="L272"/>
       <c r="M272" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="N272" t="s">
         <v>27</v>
       </c>
       <c r="O272" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="P272" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="273" spans="1:16">
       <c r="A273" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="B273" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="C273" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="D273" t="s">
         <v>357</v>
       </c>
       <c r="E273" t="s">
         <v>20</v>
       </c>
       <c r="F273" t="s">
         <v>21</v>
       </c>
       <c r="G273" t="s">
         <v>22</v>
       </c>
       <c r="H273">
         <v>2014</v>
       </c>
       <c r="I273">
         <v>2019</v>
       </c>
       <c r="J273" t="s">
         <v>454</v>
       </c>
       <c r="K273" t="s">
         <v>24</v>
       </c>
       <c r="L273"/>
       <c r="M273" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="N273" t="s">
         <v>27</v>
       </c>
       <c r="O273" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
       <c r="P273" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="274" spans="1:16">
       <c r="A274" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="B274" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="C274" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="D274" t="s">
         <v>170</v>
       </c>
       <c r="E274" t="s">
         <v>20</v>
       </c>
       <c r="F274" t="s">
         <v>21</v>
       </c>
       <c r="G274" t="s">
         <v>22</v>
       </c>
       <c r="H274">
         <v>2016</v>
       </c>
       <c r="I274">
         <v>2018</v>
       </c>
       <c r="J274" t="s">
         <v>454</v>
       </c>
       <c r="K274" t="s">
         <v>24</v>
       </c>
       <c r="L274"/>
       <c r="M274" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="N274" t="s">
         <v>27</v>
       </c>
       <c r="O274" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="P274" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="275" spans="1:16">
       <c r="A275" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="B275" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="C275" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="D275" t="s">
         <v>296</v>
       </c>
       <c r="E275" t="s">
         <v>20</v>
       </c>
       <c r="F275" t="s">
         <v>21</v>
       </c>
       <c r="G275" t="s">
         <v>22</v>
       </c>
       <c r="H275">
         <v>2017</v>
       </c>
       <c r="I275"/>
       <c r="J275" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="K275" t="s">
         <v>24</v>
       </c>
       <c r="L275"/>
       <c r="M275" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="N275" t="s">
         <v>27</v>
       </c>
       <c r="O275" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="P275" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="276" spans="1:16">
       <c r="A276" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="B276" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="C276" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="D276" t="s">
         <v>94</v>
       </c>
       <c r="E276" t="s">
         <v>20</v>
       </c>
       <c r="F276" t="s">
         <v>21</v>
       </c>
       <c r="G276" t="s">
         <v>108</v>
       </c>
       <c r="H276">
         <v>2016</v>
       </c>
       <c r="I276">
         <v>2019</v>
       </c>
       <c r="J276" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="K276" t="s">
         <v>24</v>
       </c>
       <c r="L276"/>
       <c r="M276" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="N276" t="s">
         <v>27</v>
       </c>
       <c r="O276" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="P276" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="277" spans="1:16">
       <c r="A277" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="B277" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="C277" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D277" t="s">
         <v>269</v>
       </c>
       <c r="E277" t="s">
         <v>34</v>
       </c>
       <c r="F277" t="s">
         <v>99</v>
       </c>
       <c r="G277" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="H277"/>
       <c r="I277"/>
       <c r="J277" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="K277" t="s">
         <v>24</v>
       </c>
       <c r="L277"/>
       <c r="M277" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="N277" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="O277" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="P277"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>