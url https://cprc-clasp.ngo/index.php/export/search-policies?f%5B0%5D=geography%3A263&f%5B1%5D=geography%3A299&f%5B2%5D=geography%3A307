--- v0 (2025-12-04)
+++ v1 (2026-02-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="857">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="859">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1938,50 +1938,53 @@
   <si>
     <t>https://vanbanphapluat.co/tcvn-8525-2015-may-bien-ap-phan-phoi-muc-hieu-suat-nang-luong-toi-thieu</t>
   </si>
   <si>
     <t>TCVN 8526:2013 Clothes washing machines for household use - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for clothes washing machines for household use.</t>
   </si>
   <si>
     <t>IEC 60456:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-85262013-clothes-washing-machines-household-use-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-8526-2013-may-giat-gia-dung-hieu-suat-nang-luong-phuong-phap-xac-dinh#toan-van</t>
   </si>
   <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
   </si>
   <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
     <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
 The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
 This standard does not apply to boilers used for electricity generation.
 It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
   <si>
     <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS and test methods for computer monitors.</t>
@@ -2020,50 +2023,53 @@
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95102012-copiers-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
     <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
 It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
 It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
 It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
   </si>
   <si>
     <t>TCVN 9536:2012 Television sets - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
+  </si>
+  <si>
+    <t>Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance standards for televisions.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9981:2020 - VRF/VRV air conditioners</t>
   </si>
   <si>
     <t>This policy specifies the method for determining the performance and energy efficiency of outdoor assemblies (outdoor units) for VRF/VRV air conditioners using three-phase power sources. This policy will enter into force on 1 January 2025.</t>
   </si>
@@ -8834,2348 +8840,2348 @@
       </c>
       <c r="P120" t="s">
         <v>623</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
         <v>624</v>
       </c>
       <c r="B121" t="s">
         <v>625</v>
       </c>
       <c r="C121" t="s">
         <v>32</v>
       </c>
       <c r="D121" t="s">
         <v>86</v>
       </c>
       <c r="E121" t="s">
         <v>20</v>
       </c>
       <c r="F121" t="s">
         <v>34</v>
       </c>
       <c r="G121" t="s">
-        <v>59</v>
+        <v>626</v>
       </c>
       <c r="H121">
         <v>2010</v>
       </c>
       <c r="I121">
         <v>2019</v>
       </c>
       <c r="J121" t="s">
         <v>60</v>
       </c>
       <c r="K121" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="L121"/>
       <c r="M121" t="s">
         <v>36</v>
       </c>
       <c r="N121" t="s">
         <v>27</v>
       </c>
       <c r="O121" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="P121" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="B122" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="C122" t="s">
         <v>32</v>
       </c>
       <c r="D122" t="s">
         <v>86</v>
       </c>
       <c r="E122" t="s">
         <v>20</v>
       </c>
       <c r="F122" t="s">
         <v>34</v>
       </c>
       <c r="G122" t="s">
         <v>59</v>
       </c>
       <c r="H122">
         <v>2010</v>
       </c>
       <c r="I122">
         <v>2019</v>
       </c>
       <c r="J122" t="s">
         <v>539</v>
       </c>
       <c r="K122" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="L122"/>
       <c r="M122" t="s">
         <v>36</v>
       </c>
       <c r="N122" t="s">
         <v>107</v>
       </c>
       <c r="O122" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="P122" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="B123" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="C123" t="s">
         <v>32</v>
       </c>
       <c r="D123" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="E123" t="s">
         <v>20</v>
       </c>
       <c r="F123" t="s">
         <v>34</v>
       </c>
       <c r="G123" t="s">
         <v>59</v>
       </c>
       <c r="H123">
         <v>2012</v>
       </c>
       <c r="I123">
         <v>2015</v>
       </c>
       <c r="J123" t="s">
         <v>60</v>
       </c>
       <c r="K123" t="s">
         <v>24</v>
       </c>
       <c r="L123" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="M123" t="s">
         <v>36</v>
       </c>
       <c r="N123" t="s">
         <v>27</v>
       </c>
       <c r="O123" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="P123" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="B124" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="C124" t="s">
         <v>32</v>
       </c>
       <c r="D124" t="s">
         <v>133</v>
       </c>
       <c r="E124" t="s">
         <v>20</v>
       </c>
       <c r="F124" t="s">
         <v>34</v>
       </c>
       <c r="G124" t="s">
         <v>59</v>
       </c>
       <c r="H124">
         <v>2012</v>
       </c>
       <c r="I124">
         <v>2015</v>
       </c>
       <c r="J124" t="s">
         <v>60</v>
       </c>
       <c r="K124" t="s">
         <v>24</v>
       </c>
       <c r="L124" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="M124" t="s">
         <v>36</v>
       </c>
       <c r="N124" t="s">
         <v>27</v>
       </c>
       <c r="O124" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="P124" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="B125" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="C125" t="s">
         <v>32</v>
       </c>
       <c r="D125" t="s">
         <v>133</v>
       </c>
       <c r="E125" t="s">
         <v>20</v>
       </c>
       <c r="F125" t="s">
         <v>34</v>
       </c>
       <c r="G125" t="s">
         <v>22</v>
       </c>
       <c r="H125">
         <v>2012</v>
       </c>
       <c r="I125"/>
       <c r="J125" t="s">
         <v>60</v>
       </c>
       <c r="K125" t="s">
         <v>24</v>
       </c>
       <c r="L125" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="M125" t="s">
         <v>36</v>
       </c>
       <c r="N125" t="s">
         <v>27</v>
       </c>
       <c r="O125" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="P125" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="B126" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="C126" t="s">
         <v>32</v>
       </c>
       <c r="D126" t="s">
         <v>398</v>
       </c>
       <c r="E126" t="s">
         <v>20</v>
       </c>
       <c r="F126" t="s">
         <v>34</v>
       </c>
       <c r="G126" t="s">
         <v>59</v>
       </c>
       <c r="H126">
         <v>2012</v>
       </c>
       <c r="I126">
         <v>2021</v>
       </c>
       <c r="J126" t="s">
         <v>539</v>
       </c>
       <c r="K126" t="s">
         <v>24</v>
       </c>
       <c r="L126"/>
       <c r="M126" t="s">
         <v>36</v>
       </c>
       <c r="N126" t="s">
         <v>27</v>
       </c>
       <c r="O126" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="P126" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="B127" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="C127" t="s">
         <v>32</v>
       </c>
       <c r="D127" t="s">
         <v>398</v>
       </c>
       <c r="E127" t="s">
         <v>20</v>
       </c>
       <c r="F127" t="s">
         <v>34</v>
       </c>
       <c r="G127" t="s">
-        <v>59</v>
+        <v>653</v>
       </c>
       <c r="H127">
         <v>2012</v>
       </c>
       <c r="I127">
         <v>2015</v>
       </c>
       <c r="J127" t="s">
         <v>35</v>
       </c>
       <c r="K127" t="s">
         <v>24</v>
       </c>
       <c r="L127"/>
       <c r="M127" t="s">
         <v>36</v>
       </c>
       <c r="N127" t="s">
         <v>27</v>
       </c>
       <c r="O127" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="P127" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="B128" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="C128" t="s">
         <v>32</v>
       </c>
       <c r="D128" t="s">
         <v>398</v>
       </c>
       <c r="E128" t="s">
         <v>20</v>
       </c>
       <c r="F128" t="s">
         <v>34</v>
       </c>
       <c r="G128" t="s">
         <v>22</v>
       </c>
       <c r="H128">
         <v>2012</v>
       </c>
       <c r="I128"/>
       <c r="J128" t="s">
         <v>60</v>
       </c>
       <c r="K128" t="s">
         <v>24</v>
       </c>
       <c r="L128"/>
       <c r="M128" t="s">
         <v>36</v>
       </c>
       <c r="N128" t="s">
         <v>27</v>
       </c>
       <c r="O128" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="P128" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="B129" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="C129" t="s">
         <v>32</v>
       </c>
       <c r="D129" t="s">
         <v>544</v>
       </c>
       <c r="E129" t="s">
         <v>20</v>
       </c>
       <c r="F129" t="s">
         <v>34</v>
       </c>
       <c r="G129" t="s">
         <v>413</v>
       </c>
       <c r="H129">
         <v>2021</v>
       </c>
       <c r="I129"/>
       <c r="J129" t="s">
         <v>60</v>
       </c>
       <c r="K129" t="s">
         <v>24</v>
       </c>
       <c r="L129" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="M129" t="s">
         <v>36</v>
       </c>
       <c r="N129" t="s">
         <v>107</v>
       </c>
       <c r="O129" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="P129" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="B130" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="C130" t="s">
         <v>78</v>
       </c>
       <c r="D130" t="s">
         <v>336</v>
       </c>
       <c r="E130" t="s">
         <v>20</v>
       </c>
       <c r="F130" t="s">
         <v>34</v>
       </c>
       <c r="G130" t="s">
         <v>59</v>
       </c>
       <c r="H130">
         <v>2011</v>
       </c>
       <c r="I130">
         <v>2011</v>
       </c>
       <c r="J130" t="s">
         <v>80</v>
       </c>
       <c r="K130" t="s">
         <v>24</v>
       </c>
       <c r="L130" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="M130" t="s">
         <v>473</v>
       </c>
       <c r="N130" t="s">
         <v>27</v>
       </c>
       <c r="O130" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="P130" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="B131" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="C131" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="D131" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="E131" t="s">
         <v>399</v>
       </c>
       <c r="F131" t="s">
         <v>34</v>
       </c>
       <c r="G131" t="s">
         <v>22</v>
       </c>
       <c r="H131">
         <v>2021</v>
       </c>
       <c r="I131"/>
       <c r="J131" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="K131" t="s">
         <v>24</v>
       </c>
       <c r="L131" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="M131" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="N131" t="s">
         <v>27</v>
       </c>
       <c r="O131" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="P131"/>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="B132" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="C132" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="D132" t="s">
         <v>364</v>
       </c>
       <c r="E132" t="s">
         <v>399</v>
       </c>
       <c r="F132" t="s">
         <v>87</v>
       </c>
       <c r="G132" t="s">
         <v>59</v>
       </c>
       <c r="H132">
         <v>2002</v>
       </c>
       <c r="I132">
         <v>2015</v>
       </c>
       <c r="J132" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="K132" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="L132" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="M132" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="N132" t="s">
         <v>27</v>
       </c>
       <c r="O132" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="P132" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="B133" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="C133" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="D133" t="s">
         <v>364</v>
       </c>
       <c r="E133" t="s">
         <v>399</v>
       </c>
       <c r="F133" t="s">
         <v>34</v>
       </c>
       <c r="G133" t="s">
         <v>59</v>
       </c>
       <c r="H133">
         <v>2013</v>
       </c>
       <c r="I133">
         <v>2015</v>
       </c>
       <c r="J133" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="K133" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="L133" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="M133" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="N133" t="s">
         <v>27</v>
       </c>
       <c r="O133" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="P133" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="B134" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="C134" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="D134" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="E134" t="s">
         <v>399</v>
       </c>
       <c r="F134" t="s">
         <v>87</v>
       </c>
       <c r="G134" t="s">
         <v>22</v>
       </c>
       <c r="H134">
         <v>2006</v>
       </c>
       <c r="I134"/>
       <c r="J134" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="K134" t="s">
         <v>24</v>
       </c>
       <c r="L134" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="M134" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="N134" t="s">
         <v>27</v>
       </c>
       <c r="O134" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="P134" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="B135" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="C135" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="D135" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="E135" t="s">
         <v>20</v>
       </c>
       <c r="F135" t="s">
         <v>87</v>
       </c>
       <c r="G135" t="s">
         <v>59</v>
       </c>
       <c r="H135">
         <v>2011</v>
       </c>
       <c r="I135">
         <v>2014</v>
       </c>
       <c r="J135" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="K135" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="L135" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="M135" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="N135" t="s">
         <v>27</v>
       </c>
       <c r="O135" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="P135" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="B136" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="C136" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="D136" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="E136" t="s">
         <v>399</v>
       </c>
       <c r="F136" t="s">
         <v>34</v>
       </c>
       <c r="G136" t="s">
         <v>59</v>
       </c>
       <c r="H136">
         <v>2015</v>
       </c>
       <c r="I136">
         <v>2017</v>
       </c>
       <c r="J136" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="K136" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="L136" t="s">
+        <v>702</v>
+      </c>
+      <c r="M136" t="s">
+        <v>676</v>
+      </c>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>703</v>
+      </c>
+      <c r="P136" t="s">
         <v>700</v>
-      </c>
-[...10 lines deleted...]
-        <v>698</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="B137" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="C137" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="D137" t="s">
         <v>138</v>
       </c>
       <c r="E137" t="s">
         <v>399</v>
       </c>
       <c r="F137" t="s">
         <v>34</v>
       </c>
       <c r="G137" t="s">
         <v>22</v>
       </c>
       <c r="H137">
         <v>2015</v>
       </c>
       <c r="I137"/>
       <c r="J137" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="K137" t="s">
         <v>24</v>
       </c>
       <c r="L137" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="M137" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="N137" t="s">
         <v>27</v>
       </c>
       <c r="O137" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="P137" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="B138" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="C138" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="D138" t="s">
         <v>138</v>
       </c>
       <c r="E138" t="s">
         <v>399</v>
       </c>
       <c r="F138" t="s">
         <v>87</v>
       </c>
       <c r="G138" t="s">
         <v>22</v>
       </c>
       <c r="H138">
         <v>2015</v>
       </c>
       <c r="I138"/>
       <c r="J138" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="K138" t="s">
         <v>24</v>
       </c>
       <c r="L138" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="M138" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="N138" t="s">
         <v>27</v>
       </c>
       <c r="O138" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="P138" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="B139" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="C139" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="D139" t="s">
         <v>188</v>
       </c>
       <c r="E139" t="s">
         <v>399</v>
       </c>
       <c r="F139" t="s">
         <v>34</v>
       </c>
       <c r="G139" t="s">
         <v>59</v>
       </c>
       <c r="H139">
         <v>2011</v>
       </c>
       <c r="I139">
         <v>2021</v>
       </c>
       <c r="J139" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="K139" t="s">
         <v>24</v>
       </c>
       <c r="L139" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="M139" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="N139" t="s">
         <v>27</v>
       </c>
       <c r="O139" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="P139" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="B140" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="C140" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="D140" t="s">
         <v>92</v>
       </c>
       <c r="E140" t="s">
         <v>399</v>
       </c>
       <c r="F140" t="s">
         <v>87</v>
       </c>
       <c r="G140" t="s">
         <v>59</v>
       </c>
       <c r="H140">
         <v>2002</v>
       </c>
       <c r="I140">
         <v>2021</v>
       </c>
       <c r="J140" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="K140" t="s">
         <v>24</v>
       </c>
       <c r="L140" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="M140" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="N140" t="s">
         <v>27</v>
       </c>
       <c r="O140" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="P140" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="B141" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="C141" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="D141" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="E141" t="s">
         <v>399</v>
       </c>
       <c r="F141" t="s">
         <v>87</v>
       </c>
       <c r="G141" t="s">
         <v>22</v>
       </c>
       <c r="H141">
         <v>2021</v>
       </c>
       <c r="I141"/>
       <c r="J141" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="K141" t="s">
         <v>24</v>
       </c>
       <c r="L141" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="M141" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="N141" t="s">
         <v>27</v>
       </c>
       <c r="O141" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="P141" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="B142" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="C142" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="D142" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="E142" t="s">
         <v>399</v>
       </c>
       <c r="F142" t="s">
         <v>87</v>
       </c>
       <c r="G142" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="H142">
         <v>2021</v>
       </c>
       <c r="I142"/>
       <c r="J142" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="K142" t="s">
         <v>24</v>
       </c>
       <c r="L142" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="M142" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="N142" t="s">
         <v>27</v>
       </c>
       <c r="O142" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="P142" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="B143" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="C143" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="D143" t="s">
         <v>197</v>
       </c>
       <c r="E143" t="s">
         <v>399</v>
       </c>
       <c r="F143" t="s">
         <v>34</v>
       </c>
       <c r="G143" t="s">
         <v>59</v>
       </c>
       <c r="H143">
         <v>2011</v>
       </c>
       <c r="I143">
         <v>2021</v>
       </c>
       <c r="J143" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="K143" t="s">
         <v>24</v>
       </c>
       <c r="L143" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="M143" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="N143" t="s">
         <v>27</v>
       </c>
       <c r="O143" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="P143" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="B144" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="C144" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="D144" t="s">
         <v>92</v>
       </c>
       <c r="E144" t="s">
         <v>399</v>
       </c>
       <c r="F144" t="s">
         <v>34</v>
       </c>
       <c r="G144" t="s">
         <v>59</v>
       </c>
       <c r="H144">
         <v>2011</v>
       </c>
       <c r="I144">
         <v>2021</v>
       </c>
       <c r="J144" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="K144" t="s">
         <v>24</v>
       </c>
       <c r="L144" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="M144" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="N144" t="s">
         <v>27</v>
       </c>
       <c r="O144" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="P144" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="B145" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="C145" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="D145" t="s">
         <v>120</v>
       </c>
       <c r="E145" t="s">
         <v>399</v>
       </c>
       <c r="F145" t="s">
         <v>34</v>
       </c>
       <c r="G145" t="s">
         <v>22</v>
       </c>
       <c r="H145">
         <v>2021</v>
       </c>
       <c r="I145"/>
       <c r="J145" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="K145" t="s">
         <v>24</v>
       </c>
       <c r="L145" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="M145" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="N145" t="s">
         <v>27</v>
       </c>
       <c r="O145" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="P145" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="B146" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="C146" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="D146" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="E146" t="s">
         <v>399</v>
       </c>
       <c r="F146" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="G146" t="s">
         <v>22</v>
       </c>
       <c r="H146">
         <v>2021</v>
       </c>
       <c r="I146"/>
       <c r="J146" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="K146" t="s">
         <v>24</v>
       </c>
       <c r="L146" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="M146" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="N146" t="s">
         <v>27</v>
       </c>
       <c r="O146" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="P146" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="B147" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="C147" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="D147" t="s">
         <v>188</v>
       </c>
       <c r="E147" t="s">
         <v>399</v>
       </c>
       <c r="F147" t="s">
         <v>87</v>
       </c>
       <c r="G147" t="s">
         <v>59</v>
       </c>
       <c r="H147">
         <v>2002</v>
       </c>
       <c r="I147">
         <v>2021</v>
       </c>
       <c r="J147" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="K147" t="s">
         <v>24</v>
       </c>
       <c r="L147" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="M147" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="N147" t="s">
         <v>27</v>
       </c>
       <c r="O147" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="P147" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="B148" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="C148" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="D148" t="s">
         <v>197</v>
       </c>
       <c r="E148" t="s">
         <v>399</v>
       </c>
       <c r="F148" t="s">
         <v>87</v>
       </c>
       <c r="G148" t="s">
         <v>59</v>
       </c>
       <c r="H148">
         <v>2002</v>
       </c>
       <c r="I148">
         <v>2021</v>
       </c>
       <c r="J148" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="K148" t="s">
         <v>24</v>
       </c>
       <c r="L148" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="M148" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="N148" t="s">
         <v>27</v>
       </c>
       <c r="O148" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="P148" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
     </row>
     <row r="149" spans="1:16">
       <c r="A149" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="B149" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="C149" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="D149" t="s">
         <v>212</v>
       </c>
       <c r="E149" t="s">
         <v>399</v>
       </c>
       <c r="F149" t="s">
         <v>87</v>
       </c>
       <c r="G149" t="s">
         <v>59</v>
       </c>
       <c r="H149">
         <v>2002</v>
       </c>
       <c r="I149">
         <v>2021</v>
       </c>
       <c r="J149" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="K149" t="s">
         <v>24</v>
       </c>
       <c r="L149" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="M149" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="N149" t="s">
         <v>27</v>
       </c>
       <c r="O149" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="P149" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
     </row>
     <row r="150" spans="1:16">
       <c r="A150" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="B150" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="C150" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="D150" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="E150" t="s">
         <v>399</v>
       </c>
       <c r="F150" t="s">
         <v>34</v>
       </c>
       <c r="G150" t="s">
         <v>22</v>
       </c>
       <c r="H150">
         <v>2021</v>
       </c>
       <c r="I150"/>
       <c r="J150" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="K150" t="s">
         <v>24</v>
       </c>
       <c r="L150" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="M150" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="N150" t="s">
         <v>27</v>
       </c>
       <c r="O150" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="P150"/>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="B151" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="C151" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="D151" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="E151" t="s">
         <v>399</v>
       </c>
       <c r="F151" t="s">
         <v>34</v>
       </c>
       <c r="G151" t="s">
         <v>22</v>
       </c>
       <c r="H151">
         <v>2021</v>
       </c>
       <c r="I151"/>
       <c r="J151" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="K151" t="s">
         <v>24</v>
       </c>
       <c r="L151" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="M151" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="N151" t="s">
         <v>27</v>
       </c>
       <c r="O151" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="P151"/>
     </row>
     <row r="152" spans="1:16">
       <c r="A152" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="B152" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="C152" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="D152" t="s">
         <v>86</v>
       </c>
       <c r="E152" t="s">
         <v>399</v>
       </c>
       <c r="F152" t="s">
         <v>87</v>
       </c>
       <c r="G152" t="s">
         <v>22</v>
       </c>
       <c r="H152">
         <v>2022</v>
       </c>
       <c r="I152"/>
       <c r="J152" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="K152" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="L152" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="M152" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="N152" t="s">
         <v>27</v>
       </c>
       <c r="O152" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="P152" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
     </row>
     <row r="153" spans="1:16">
       <c r="A153" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="B153" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="C153" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="D153" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="E153" t="s">
         <v>399</v>
       </c>
       <c r="F153" t="s">
         <v>87</v>
       </c>
       <c r="G153" t="s">
         <v>22</v>
       </c>
       <c r="H153">
         <v>2022</v>
       </c>
       <c r="I153"/>
       <c r="J153" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="K153" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="L153"/>
       <c r="M153" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="N153" t="s">
         <v>27</v>
       </c>
       <c r="O153" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="P153" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
     </row>
     <row r="154" spans="1:16">
       <c r="A154" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="B154" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="C154" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="D154" t="s">
         <v>86</v>
       </c>
       <c r="E154" t="s">
         <v>399</v>
       </c>
       <c r="F154" t="s">
         <v>34</v>
       </c>
       <c r="G154" t="s">
         <v>22</v>
       </c>
       <c r="H154">
         <v>2022</v>
       </c>
       <c r="I154"/>
       <c r="J154" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="K154" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="L154" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="M154" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="N154" t="s">
         <v>27</v>
       </c>
       <c r="O154" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="P154" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
     </row>
     <row r="155" spans="1:16">
       <c r="A155" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="B155" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="C155" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="D155" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="E155" t="s">
         <v>399</v>
       </c>
       <c r="F155" t="s">
         <v>34</v>
       </c>
       <c r="G155" t="s">
         <v>22</v>
       </c>
       <c r="H155">
         <v>2022</v>
       </c>
       <c r="I155"/>
       <c r="J155" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="K155" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="L155" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="M155" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="N155" t="s">
         <v>27</v>
       </c>
       <c r="O155" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="P155" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
     </row>
     <row r="156" spans="1:16">
       <c r="A156" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="B156" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="C156" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="D156" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="E156" t="s">
         <v>399</v>
       </c>
       <c r="F156" t="s">
         <v>34</v>
       </c>
       <c r="G156" t="s">
         <v>22</v>
       </c>
       <c r="H156">
         <v>2022</v>
       </c>
       <c r="I156"/>
       <c r="J156" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="K156" t="s">
         <v>24</v>
       </c>
       <c r="L156" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="M156" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="N156" t="s">
         <v>27</v>
       </c>
       <c r="O156" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="P156" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
     </row>
     <row r="157" spans="1:16">
       <c r="A157" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="B157" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="C157" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="D157" t="s">
         <v>153</v>
       </c>
       <c r="E157" t="s">
         <v>399</v>
       </c>
       <c r="F157" t="s">
         <v>400</v>
       </c>
       <c r="G157" t="s">
         <v>22</v>
       </c>
       <c r="H157">
         <v>2008</v>
       </c>
       <c r="I157"/>
       <c r="J157" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="K157" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="L157" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="M157" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="N157" t="s">
         <v>27</v>
       </c>
       <c r="O157" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="P157" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
     </row>
     <row r="158" spans="1:16">
       <c r="A158" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="B158" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="C158" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="D158" t="s">
         <v>398</v>
       </c>
       <c r="E158" t="s">
         <v>399</v>
       </c>
       <c r="F158" t="s">
         <v>87</v>
       </c>
       <c r="G158" t="s">
         <v>59</v>
       </c>
       <c r="H158">
         <v>2012</v>
       </c>
       <c r="I158">
         <v>2015</v>
       </c>
       <c r="J158" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="K158" t="s">
         <v>24</v>
       </c>
       <c r="L158" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="M158" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="N158" t="s">
         <v>27</v>
       </c>
       <c r="O158" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="P158" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
     </row>
     <row r="159" spans="1:16">
       <c r="A159" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="B159" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="C159" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="D159" t="s">
         <v>92</v>
       </c>
       <c r="E159" t="s">
         <v>20</v>
       </c>
       <c r="F159" t="s">
         <v>21</v>
       </c>
       <c r="G159" t="s">
         <v>59</v>
       </c>
       <c r="H159">
         <v>2013</v>
       </c>
       <c r="I159">
         <v>2020</v>
       </c>
       <c r="J159" t="s">
         <v>255</v>
       </c>
       <c r="K159" t="s">
         <v>24</v>
       </c>
       <c r="L159" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="M159" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="N159" t="s">
         <v>27</v>
       </c>
       <c r="O159" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="P159" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
     </row>
     <row r="160" spans="1:16">
       <c r="A160" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="B160" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="C160" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="D160" t="s">
         <v>49</v>
       </c>
       <c r="E160" t="s">
         <v>20</v>
       </c>
       <c r="F160" t="s">
         <v>21</v>
       </c>
       <c r="G160" t="s">
         <v>59</v>
       </c>
       <c r="H160">
         <v>2011</v>
       </c>
       <c r="I160">
         <v>2019</v>
       </c>
       <c r="J160" t="s">
         <v>255</v>
       </c>
       <c r="K160" t="s">
         <v>24</v>
       </c>
       <c r="L160" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="M160" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="N160" t="s">
         <v>27</v>
       </c>
       <c r="O160" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="P160" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
     </row>
     <row r="161" spans="1:16">
       <c r="A161" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="B161" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="C161" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="D161" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="E161" t="s">
         <v>20</v>
       </c>
       <c r="F161" t="s">
         <v>21</v>
       </c>
       <c r="G161" t="s">
         <v>22</v>
       </c>
       <c r="H161">
         <v>2013</v>
       </c>
       <c r="I161"/>
       <c r="J161" t="s">
         <v>35</v>
       </c>
       <c r="K161" t="s">
         <v>24</v>
       </c>
       <c r="L161" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="M161" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="N161" t="s">
         <v>27</v>
       </c>
       <c r="O161" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="P161" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
     </row>
     <row r="162" spans="1:16">
       <c r="A162" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="B162" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="C162" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="D162" t="s">
         <v>153</v>
       </c>
       <c r="E162" t="s">
         <v>20</v>
       </c>
       <c r="F162" t="s">
         <v>21</v>
       </c>
       <c r="G162" t="s">
         <v>59</v>
       </c>
       <c r="H162">
         <v>2014</v>
       </c>
       <c r="I162">
         <v>2015</v>
       </c>
       <c r="J162" t="s">
         <v>35</v>
       </c>
       <c r="K162" t="s">
         <v>24</v>
       </c>
       <c r="L162"/>
       <c r="M162" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="N162" t="s">
         <v>27</v>
       </c>
       <c r="O162" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="P162" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
     </row>
     <row r="163" spans="1:16">
       <c r="A163" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="B163" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="C163" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="D163" t="s">
         <v>148</v>
       </c>
       <c r="E163" t="s">
         <v>20</v>
       </c>
       <c r="F163" t="s">
         <v>21</v>
       </c>
       <c r="G163" t="s">
         <v>22</v>
       </c>
       <c r="H163">
         <v>2014</v>
       </c>
       <c r="I163">
         <v>2019</v>
       </c>
       <c r="J163" t="s">
         <v>255</v>
       </c>
       <c r="K163" t="s">
         <v>24</v>
       </c>
       <c r="L163"/>
       <c r="M163" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="N163" t="s">
         <v>27</v>
       </c>
       <c r="O163" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="P163" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
     </row>
     <row r="164" spans="1:16">
       <c r="A164" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="B164" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="C164" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="D164" t="s">
         <v>188</v>
       </c>
       <c r="E164" t="s">
         <v>20</v>
       </c>
       <c r="F164" t="s">
         <v>21</v>
       </c>
       <c r="G164" t="s">
         <v>22</v>
       </c>
       <c r="H164">
         <v>2016</v>
       </c>
       <c r="I164">
         <v>2018</v>
       </c>
       <c r="J164" t="s">
         <v>255</v>
       </c>
       <c r="K164" t="s">
         <v>24</v>
       </c>
       <c r="L164"/>
       <c r="M164" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="N164" t="s">
         <v>27</v>
       </c>
       <c r="O164" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="P164" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
     </row>
     <row r="165" spans="1:16">
       <c r="A165" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="B165" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="C165" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="D165" t="s">
         <v>228</v>
       </c>
       <c r="E165" t="s">
         <v>20</v>
       </c>
       <c r="F165" t="s">
         <v>21</v>
       </c>
       <c r="G165" t="s">
         <v>22</v>
       </c>
       <c r="H165">
         <v>2017</v>
       </c>
       <c r="I165"/>
       <c r="J165" t="s">
         <v>35</v>
       </c>
       <c r="K165" t="s">
         <v>24</v>
       </c>
       <c r="L165"/>
       <c r="M165" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="N165" t="s">
         <v>27</v>
       </c>
       <c r="O165" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="P165" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
     </row>
     <row r="166" spans="1:16">
       <c r="A166" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="B166" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="C166" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="D166" t="s">
         <v>398</v>
       </c>
       <c r="E166" t="s">
         <v>20</v>
       </c>
       <c r="F166" t="s">
         <v>21</v>
       </c>
       <c r="G166" t="s">
         <v>59</v>
       </c>
       <c r="H166">
         <v>2016</v>
       </c>
       <c r="I166">
         <v>2019</v>
       </c>
       <c r="J166" t="s">
         <v>35</v>
       </c>
       <c r="K166" t="s">
         <v>24</v>
       </c>
       <c r="L166"/>
       <c r="M166" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="N166" t="s">
         <v>27</v>
       </c>
       <c r="O166" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="P166" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
     </row>
     <row r="167" spans="1:16">
       <c r="A167" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="B167" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="C167" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="D167" t="s">
         <v>166</v>
       </c>
       <c r="E167" t="s">
         <v>399</v>
       </c>
       <c r="F167" t="s">
         <v>34</v>
       </c>
       <c r="G167" t="s">
         <v>370</v>
       </c>
       <c r="H167"/>
       <c r="I167"/>
       <c r="J167" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="K167" t="s">
         <v>24</v>
       </c>
       <c r="L167"/>
       <c r="M167" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="N167" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="O167" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="P167"/>
     </row>
     <row r="168" spans="1:16">
       <c r="A168" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="B168" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="C168" t="s">
         <v>32</v>
       </c>
       <c r="D168" t="s">
         <v>212</v>
       </c>
       <c r="E168" t="s">
         <v>20</v>
       </c>
       <c r="F168" t="s">
         <v>34</v>
       </c>
       <c r="G168" t="s">
         <v>59</v>
       </c>
       <c r="H168">
         <v>2011</v>
       </c>
       <c r="I168">
         <v>2013</v>
       </c>
       <c r="J168" t="s">
         <v>35</v>
       </c>
       <c r="K168" t="s">
         <v>24</v>
       </c>
       <c r="L168"/>
       <c r="M168" t="s">
         <v>36</v>
       </c>
       <c r="N168" t="s">
         <v>27</v>
       </c>
       <c r="O168" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="P168" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">