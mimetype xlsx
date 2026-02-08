--- v0 (2025-12-12)
+++ v1 (2026-02-08)
@@ -10348,51 +10348,51 @@
       </c>
       <c r="P115" t="s">
         <v>596</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
         <v>597</v>
       </c>
       <c r="B116" t="s">
         <v>598</v>
       </c>
       <c r="C116" t="s">
         <v>49</v>
       </c>
       <c r="D116" t="s">
         <v>599</v>
       </c>
       <c r="E116" t="s">
         <v>40</v>
       </c>
       <c r="F116" t="s">
         <v>41</v>
       </c>
       <c r="G116" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H116">
         <v>2021</v>
       </c>
       <c r="I116">
         <v>2024</v>
       </c>
       <c r="J116" t="s">
         <v>600</v>
       </c>
       <c r="K116" t="s">
         <v>24</v>
       </c>
       <c r="L116" t="s">
         <v>601</v>
       </c>
       <c r="M116" t="s">
         <v>52</v>
       </c>
       <c r="N116" t="s">
         <v>27</v>
       </c>
       <c r="O116" t="s">
         <v>602</v>
       </c>