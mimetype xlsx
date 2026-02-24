--- v0 (2025-10-10)
+++ v1 (2026-02-24)
@@ -12,2853 +12,4242 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="868">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1323">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Decision No. 107/2018 on the adoption of Gulf Standard 2530:2016 on Energy Labeling and Minimum Energy Performance Requirements For Air Conditioners as a mandatory Omani Standard</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for window single-package, split-system non-ducted air conditioners using air-cooled condensers, split-system ducted air-conditioners using air-cooled condensers, and heat pumps using air-cooled condensers for residential, commercial and industrial sector as applicable in accordance with GSO SASO Standards. It is applied to units designed to operate in AC single phase or three-phase circuits according to GSO 1899/2009 "GCC Standard voltages and frequencies for AC transmission and distribution systems". It covers units with capacities up to and including 70000 Btu/h (20 kW).</t>
+  </si>
+  <si>
     <t>Oman</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GSO 2530:2016</t>
   </si>
   <si>
     <t>Ministry of Commerce and Industry</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-1072018-adoption-gulf-standard-25302016-energy-labeling-and-minimum-energy</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/sultanate-oman-energy-efficiency-and-labeling-requirements-air-conditioners-0</t>
+  </si>
+  <si>
     <t>Electric Motors Minimum Energy Performance Standards</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/electric-motors-minimum-energy-performance-standards</t>
   </si>
   <si>
+    <t>https://clasp.ngo/updates/2021/pakistan-launches-first-efficiency-policy-for-electric-motors</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Air Purifiers</t>
   </si>
   <si>
+    <t>This program covers split-type air purifiers such as mechanical air cleaners, ionic air cleaners, and Combined Air Purifiers</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-3-2009 for evaluating the performance of air cleaners</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-purifiers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/#.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Cooktop</t>
+  </si>
+  <si>
+    <t>This program covers an electric induction cooker with 1 – 4 heads and the diameter of the cooker does not exceed 220 mm. Covers Portable type and built-in type all sizes (watts), single-phase AC, rated frequency 50 Hz and rated voltage does not exceed 250 V, manufactured locally or imported for sale in Thailand, and must not be a product that does not pass the random test of electric efficiency of the program within 1 year from the notification of the random test result.</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013)
 ,   
                     IEC 61817
 ,   
                     IEC 60350-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-cooktop</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/stove.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Electric Stoves</t>
   </si>
   <si>
+    <t>This program covers shallow bottoms pan type: heating type integrated with pan, separate heating with the pan.</t>
+  </si>
+  <si>
     <t>TIS 2673-2559 (2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-electric-stoves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pan.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Irons</t>
   </si>
   <si>
+    <t>This program covers electric irons types: dry types, steam types, and steam iron system types.</t>
+  </si>
+  <si>
     <t>Irons</t>
   </si>
   <si>
     <t>IEC 60311 Edition 4.1:2006-02</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-irons</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/iron.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for LEDs</t>
+  </si>
+  <si>
+    <t>This program covers all LED lamp types, including dimmable LEDs.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>IES LM-79-08
 ,   
                     IEC 62612: 2013
 ,   
                     IEC 62722-2-1: 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-leds</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/led.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Microwaves</t>
   </si>
   <si>
+    <t>This program covers microwave oven types: single and multi-functions</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IEC 60705</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-microwaves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/microwave.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Refrigerated Cabinet</t>
   </si>
   <si>
+    <t>This program covers vertical glass door type refrigerated cabinets. It defines efficiency levels for refrigerated cabinets with a net volume of 140L to 1,650L. The labeling criteria (Efficiency cost [unit/day]) are as followed: 
+-number5: 2.6767+0.0034V
+-number5*: 2.1414+0.0027V
+-number5**: 1.6060+0.0020V
+-number5***: 1.0707+0.0014V</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>TIS 1235 – 2556</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-refrigerated-cabinet</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/refd.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Short Pans</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency level criteria and testing requirements for electric pans. The criteria for energy efficiency levels (electricity cost [baht/year]) for electric pans are: 
+number5: 78.00-79.99
+number5*: 80.00-81.99 
+number5**: 82.00-83.99
+number5***: &gt;=84.00</t>
+  </si>
+  <si>
     <t>Electric Hot Pots</t>
   </si>
   <si>
     <t>TIS 2673-2016</t>
   </si>
   <si>
     <t>Electricity Generating Authority of Thailand</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-short-pans</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/wp-content/uploads/2022/10/short_pan.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for TVs</t>
+  </si>
+  <si>
+    <t>This program covers TV screen types: LCD, EDGE LED, FULL LED, DIRECT LED, OLED, UHD 4K, Plasma, etc.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301 Ed 2.0 (2011-01)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-tvs</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/tv.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Washing Machines</t>
   </si>
   <si>
+    <t>This program covers the following washing machine types: top load, twin tub, and front load.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>TIS 2537-2562 (or IEC 60456 : 2010)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-washing-machines</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wash.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Dispenser</t>
   </si>
   <si>
+    <t>This program covers hot and cold water dispensers with water tanks and drinking water coolers with water tanks.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>TIS 2746-2559</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-water-dispenser</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wv.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Pump</t>
   </si>
   <si>
+    <t>This program covers automatic electric water pumps - sprocket and normal blades types.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>TIS 2618-2557</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-water-pump</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pump.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
   </si>
   <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
     <t>Energy efficiency, functionality and labelling requirements for self-ballasted Light Emitting Diode (LED) lamps</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency, functionality, and product information requirements for self-ballasted LED lamps for general lighting services that works on single-phase alternating current supply up to and including 240V, 50Hz, being manufactured, imported or sold in Oman.
+The standard covers the following types of self-ballasted LED lamps:
+a. Both the directional and non-directional lamps.
+b. Lamps having a luminous flux above 60 lumens and below 12,000 lumens.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>October 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-functionality-and-labelling-requirements-self-ballasted-light-emitting</t>
   </si>
   <si>
+    <t>https://www.tuv.com/regulations-and-standards/en/oman-ministerial-decree-obligating-the-omani-standard-energy-efficiency-functionality-and.html</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy Efficiency of Electrical Induction Motors) 5764 - 2004 / SI 5289</t>
   </si>
   <si>
+    <t>It covers electric induction motors</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-electrical-induction-motors-5764-2004-si</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECInductionMotors.doc</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy labeling of electric heating furnaces), 5753 - 1993</t>
   </si>
   <si>
+    <t>Electric Heating Furnace</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-labeling-electric-heating-furnaces-5753-1993</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECElectricHeating.doc</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
   </si>
   <si>
+    <t>Electric refrigerators and food-freezers for household purposes</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-and-energy-information-cooling-appliances</t>
   </si>
   <si>
+    <t>https://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/1377_EN.pdf</t>
+  </si>
+  <si>
     <t>Green Label Scheme - TGL-23-R2-12 Electronic Ballasts</t>
   </si>
   <si>
+    <t>Electronic ballasts for fluorescent lamps</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>TIS 1506-2542; TIS 1449; TIS 623; CIE No. 25</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/green-label-scheme-tgl-23-r2-12-electronic-ballasts</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/application-electric.html</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for 1 phase motor</t>
   </si>
   <si>
+    <t>This scheme covers single-phase induction motors with a rated output power of not more than 7.5 kW and a rated voltage of not more than 250 V and a frequency of 50 Hz. Excluded - submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications, and induction motors used in electric cars or vehicles.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>IEC 60034-2-1</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-1-phase-motor</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/6_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for 3 phase motor</t>
   </si>
   <si>
+    <t>This scheme covers three-phase squirrel-cage induction motors with rated output power from 0.73-185.0 kW and for a power supply with a frequency of 50-60 Hz, rated voltage of 380 V. It excludes submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, 3-Phase Motors</t>
   </si>
   <si>
     <t>TIS 867-2550 or IEC 60034-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-3-phase-motor</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/5_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Aerated Concrete</t>
   </si>
   <si>
+    <t>This scheme covers aerated concrete components. Must be lightweight concrete than general concrete of the same size and suitable for building walls with a thickness of 75 or 100 millimeters.</t>
+  </si>
+  <si>
     <t>Building Materials, Envelopes</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>ASTM C177-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-aerated-concrete</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/15_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Electric Deep Fryer</t>
   </si>
   <si>
+    <t>This scheme covers electric deep fryers (electric and liquefied petroleum gas fryers type), with the characteristics of working in batches and the maximum mass of oil used for frying is not more than 27 kg or 30 liters.</t>
+  </si>
+  <si>
     <t>Fryers</t>
   </si>
   <si>
     <t>TIS 2717-2559</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-electric-deep-fryer</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/19_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Fiberglass Insulation</t>
   </si>
   <si>
+    <t>This scheme covers flat sheet fiberglass insulation.</t>
+  </si>
+  <si>
     <t>Building Materials, Insulations</t>
   </si>
   <si>
     <t>ISO 8301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-fiberglass-insulation</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/12_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Infrared gas stove</t>
   </si>
   <si>
+    <t>This scheme covers infrared gas stoves (high-pressure gas stoves)--cooking stoves that use liquefied petroleum gas as the fuel for heating power--that use gas pressures from 5 to 200 kPa and sizes of high-pressure gas furnaces from 8.0 to 16.5 centimeters.</t>
+  </si>
+  <si>
     <t>LPG Stoves</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>ref. A study project of energy efficiency standard for infrared gas stoves (DEDE)</t>
   </si>
   <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-infrared-gas-stove</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/2_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Liquefied petroleum gas (LPG) Cookstoves</t>
   </si>
   <si>
+    <t>This scheme covers household stoves (direct heating and flame types) with a maximum gas consumption of each burner that does not exceed 0.42 kg/h (or 5.78 kW) and the total gas consumption of all burners does not exceed 1. kg/h (or 13.76 kW) with one or more burners (without grill, oven or electric stove components). Household cooking stoves for liquefied petroleum gas must only be low-pressure gas stoves and must not be infrared stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, LPG Stoves</t>
   </si>
   <si>
     <t>TIS 2312-2549</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-liquefied-petroleum-gas-lpg-cookstoves</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/1_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Range Hood</t>
   </si>
   <si>
+    <t>This scheme covers domestic range hoods, operated by a motor which it controls, intended to collect contaminated air from above a hob, with a rated voltage not exceeding 250 volts. Excluded - Commercial fume hoods or intended to be used in locations with special conditions such as potentially corrosive or explosive atmospheres (dust, vapors, or gases).</t>
+  </si>
+  <si>
     <t>TIS 710–2530 or JIS C 9603:1988</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-range-hood</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/18_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Tile Roof</t>
   </si>
   <si>
+    <t>This scheme covers tile roofs including concrete tile, clay tile, and fiber cement tile.</t>
+  </si>
+  <si>
     <t>Building Materials, Roof Materials and Coatings</t>
   </si>
   <si>
     <t>ASTM E903</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-tile-roof</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/16_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Variable Speed Drive</t>
   </si>
   <si>
+    <t>This scheme covers variable speed drive for 2 types: 1. Motor speed adjustment device used for AC induction motors with a rated power output of more than 37.5 kW., and 2. Motor speed adjustment device used for AC induction motors with rated power output ranging from 0.37 to 37.5 kW (0.5 to 50 hp).</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, Variable Speed Drives</t>
   </si>
   <si>
     <t>IEC 61800-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-variable-speed-drive</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/4_01032565.pdf</t>
+  </si>
+  <si>
     <t>ISIR 14577, 1st Edition, Household refrigerating appliances - Determination of Criteria for energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Domestic refrigerator, freezer, refrigerator-freezer</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISO-8187</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isir-14577-1st-edition-household-refrigerating-appliances-determination-criteria-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10635: 2008, Wet Cooling Towers, Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Applicable to wet cooling towers with capacity of 800 tons. Does not include cooling towers with natural flow</t>
+  </si>
+  <si>
     <t>ISIRI 4514 (1998), BS EN 13741 (2003), BS 4485-part2 (1988), CTI ATC 105 (2000)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10635-2008-wet-cooling-towers-technical-specifications-and-test-methods-energy</t>
   </si>
   <si>
     <t>ISIRI 10636 Specification for Energy Consumption and Energy labeling of Fan coils and Ducted fan coils</t>
   </si>
   <si>
+    <t>Ducted and non-ducted fan coil room air conditioners</t>
+  </si>
+  <si>
     <t>ANSI/ASHRAE STANDARD 79-2002, ARI 440-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10636-specification-energy-consumption-and-energy-labeling-fan-coils-and-ducted-fan</t>
   </si>
   <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Refrigerated Display Cabinet. Does not include vending machines</t>
+  </si>
+  <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
     <t>ISIRI 10638 -Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Single package non ducted single and multi split Product sub-type is yet to be determined.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10638-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>ISIRI NS 4335</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
     <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>NS 5635 (2001)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 10759:2005, 1st Edition- technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers electric fluorescent ballast and tube fluorescent lamps 20-40 W, frequency 50hz, and 220-240 volts</t>
+  </si>
+  <si>
     <t>34C/682/INF: 2005, 34C/693/NP: 2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-107592005-1st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
     <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
   </si>
   <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
   </si>
   <si>
     <t>ISIRI 1219-2:2002- Test Method for Energy Consumption and Energy Labeling Instruction</t>
   </si>
   <si>
+    <t>Storage water heater</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1219-22002-test-method-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1220-2- Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Gas fired space heaters with chimney with maximum consumption less than 150 MegaJolt per hr</t>
+  </si>
+  <si>
     <t>AS 4553,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1220-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 12885, 1st Edition- technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired forced convection air heaters for space heating not exceeding a net heat input of 300 kW</t>
+  </si>
+  <si>
     <t>BS EN 1020 1998, AS 4553&amp; AG 103 2000:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-12885-1st-edition-technical-specification-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 13368 Energy Consumption Criteria for Oil Distribution Transformers</t>
   </si>
   <si>
+    <t>Three Phases oil transformers, less than 36kVA and 25kVA up to 2500kVA ,50Hz</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60071-1, 2011, IEC 60071-2, 2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13368-energy-consumption-criteria-oil-distribution-transformers</t>
   </si>
   <si>
     <t>ISIRI 13782, Amendment No.1 , Boilers - Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>BoilersTechnical Specifications and Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>ISIRI 4231 ,ASME PTC4</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13782-amendment-no1-boilers-technical-specifications-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
+  </si>
+  <si>
     <t>ISIRI 10335</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-14628-determination-criteria-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 14629:2011-determination of critera for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>centeral heating boilers  of nominal heat input not exceeeding 70 kw -nominal heat input not exceeding 70kW</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-146292011-determination-critera-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1563-2:2009, 1st Revision, Specification for energy consumption and energy labeling of electrical household water heaters</t>
   </si>
   <si>
+    <t>Standard includes electrical household water heaters. Does not include solar or coal water heaters. Does not include residential electric water heaters with capacity less than 50L and more than 120L.</t>
+  </si>
+  <si>
     <t>IEC 379: 1987</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1563-22009-1st-revision-specification-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 16163:2013-determination of criteria for energy consumption and labeling instruction</t>
   </si>
   <si>
+    <t>Residential electric dishwasher</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-161632013-determination-criteria-energy-consumption-and-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1828-2-Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Instantaneous gas water heaters with maximum consumtion less than 250MegaJolt per Hr</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>AG 102: 2000, EN 26: 2000, ISIRI 1828-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1828-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 3477-2, 1st Edition, Specification for energy consumption and energy labeling of electrical household washing machines</t>
   </si>
   <si>
+    <t>Fully automatic residential clothes washer</t>
+  </si>
+  <si>
     <t>95/12/EC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-3477-2-1st-edition-specification-energy-consumption-and-energy-labeling-electrical</t>
   </si>
   <si>
     <t>ISIRI 3678-2: 2002, 1st Edition- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>This policy applies to liquid chilling packages with water-cooled condenser and evaporator.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>NS 3678: 1995</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-3678-2-2002-1st-edition-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 4910-2, 1st Revision- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Evaporative air coolers -Direct and indirect types</t>
+  </si>
+  <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>AS 2913-1987 ,IS3315-1974</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-4910-2-1st-revision-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 5916 Self Ballasted Lamps for General Lighting Services-performance requirements</t>
   </si>
   <si>
+    <t>Covers multi sector self ballasted lamps (60W and 100-250V)</t>
+  </si>
+  <si>
     <t>IEC 60968 and IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-5916-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
   </si>
   <si>
     <t>ISIRI 6016-2</t>
   </si>
   <si>
+    <t>Split-system non-ducted air conditioners and heat pumps - method for measuring of energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
     <t>ISIRI 6016, ISIRI 6016-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-6016-2</t>
   </si>
   <si>
     <t>ISIRI 7268-2,Flueless gas room heaters - Technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired space heaters without chimney with maximum consumption 30MegaJolt/Hr.</t>
+  </si>
+  <si>
     <t>AS 4553, ISIRI 7268-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7268-2flueless-gas-room-heaters-technical-specification-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 7342-2, Specification for energy consumption and energy labeling of electric houshold room heaters</t>
   </si>
   <si>
+    <t>Residential electric space heater</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7342-2-specification-energy-consumption-and-energy-labeling-electric-houshold-room</t>
   </si>
   <si>
     <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Centrifugal, mixed flow and axial pumps</t>
+  </si>
+  <si>
     <t>ISO-2548 (Class C)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
   </si>
   <si>
     <t>ISIRI 7872:2009, 1st Rev, Household electric iron energy consumption requirements and energy labeling guideline</t>
   </si>
   <si>
+    <t>Covers residential steam and non-steam irons. Does not include residential press irons</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-78722009-1st-rev-household-electric-iron-energy-consumption-requirements-and-energy</t>
   </si>
   <si>
     <t>ISIRI 7874, 1st Edition, Specification for energy consumption and energy labeling of single phase electrical motors</t>
   </si>
   <si>
+    <t>Small 1-phase General Purpose</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>ISIRI 3772-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7874-1st-edition-specification-energy-consumption-and-energy-labeling-single-phase</t>
   </si>
   <si>
     <t>ISIRI 7875-1st edition- Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes electric kettles with capacity of minimum 4L and maximum 30L with 250 Va.c.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7875-1st-edition-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 7966, 1st Edition, Specification for energy consumption and energy labeling of three phase electrical motors</t>
   </si>
   <si>
+    <t>This policy covers all motors with 3 phase general purpose</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7966-1st-edition-specification-energy-consumption-and-energy-labeling-three-phase</t>
   </si>
   <si>
     <t>ISIRI NS 7341, 1st edition- Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Electric lamps - Tubular, double capped</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>NS687 (Double Capped), NS 2702 (High Pressure Mercury Vapor), NS 5191 (HPSI), NS 5211 (Single Capped), 98/11/EC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-ns-7341-1st-edition-technical-specifications-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>JS 2091:2013 Technical Regulation on eco-design - Requirements for non-directional household lamps</t>
   </si>
   <si>
+    <t>This policy establishes eco-design requirements for the placing on the market of non-directional household lamps, including when they are marketed for non-household use or when they are integrated into other products. It also establishes product information requirements for special purpose lamps.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20912013-technical-regulation-eco-design-requirements-non-directional-household-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5461</t>
+  </si>
+  <si>
     <t>JS 2092:2013 Energy efficiency labeling of household electric lamps</t>
   </si>
   <si>
+    <t>This policy covers household electric lamps supplied directly from the mains (filament and integral compact fluorescent lamps), and to household fluorescent lamps (including linear, and non-integral compact fluorescent lamps), even when marketed for non-household use.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20922013-energy-efficiency-labeling-household-electric-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5453</t>
+  </si>
+  <si>
     <t>JS 2093:2013 Technical regulation on eco-design requirements for fluorescent lamps without integrated ballast; for high intensity discharge lamps; and for ballasts and luminaires able to operate such lamps</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of fluorescent lamps without integrated ballast, of high intensity discharge lamps, and of ballasts and luminaires able to operate such lamps as defined in Article 3, even when they are integrated into other energy related products.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Drivers/ Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20932013-technical-regulation-eco-design-requirements-fluorescent-lamps-without</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5462</t>
+  </si>
+  <si>
     <t>JS 2094:2013 Technical Regulation on eco-design requirements for electric motors</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market and for putting into service of motors, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>JS 2094</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20942013-technical-regulation-eco-design-requirements-electric-motors</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5463</t>
+  </si>
+  <si>
     <t>JS 2095:2013 Technical regulation on eco-design requirements for Glandless standalone circulators and glandless circulators integrated in products</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of glandless standalone circulators and glandless circulators integrated in products.</t>
+  </si>
+  <si>
     <t>Building Circulator Pumps</t>
   </si>
   <si>
     <t>JS 2095</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20952013-technical-regulation-eco-design-requirements-glandless-standalone-circulators</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5464</t>
+  </si>
+  <si>
     <t>JS 2097:2013 Energy labeling of household combined washer-driers</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household combined washer-driers. Appliances that can also use other energy sources are excluded.</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>JS 2096</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20972013-energy-labeling-household-combined-washer-driers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5458</t>
+  </si>
+  <si>
     <t>JS 2098:2013 Energy labeling of household electric ovens</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household electric ovens including ovens being part of larger appliances.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>JS 2098</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20982013-energy-labeling-household-electric-ovens</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5454</t>
+  </si>
+  <si>
     <t>JS 2099:2013 Technical Regulation on eco-design requirements for household dishwashers</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries, including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>JS 2099</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20992013-technical-regulation-eco-design-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5465</t>
+  </si>
+  <si>
     <t>JS 2100:2013 Energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>This policy covers electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>JS 2100</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21002013-energy-labeling-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5452</t>
+  </si>
+  <si>
     <t>JS 2101:2013 Energy labeling for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy covers the labeling of and provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1,500 litres.</t>
+  </si>
+  <si>
     <t>JS 1749</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21012013-energy-labeling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5455</t>
+  </si>
+  <si>
     <t>JS 2102:2013 Technical Regulation on eco-design requirements for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21022013-technical-regulation-eco-design-requirements-household-refrigerating</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5466</t>
+  </si>
+  <si>
     <t>JS 2105:2013 Energy labeling of televisions</t>
   </si>
   <si>
+    <t>This policy covers labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>JS 2105</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21052013-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5456</t>
+  </si>
+  <si>
     <t>JS 2106:2013 Technical Regulation on eco-design requirements for televisions</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of televisions.</t>
+  </si>
+  <si>
     <t>JS 2106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21062013-technical-regulation-eco-design-requirements-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5468</t>
+  </si>
+  <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>JS 2108:2013 Energy efficiency labeling of air conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of 12 kW for cooling or heating if the product has no cooling function. This policy does not apply to: a) appliances that use non-electric energy sources; b) air conditioners of which the condensor- or evaporator-side do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21082013-energy-efficiency-labeling-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5451</t>
+  </si>
+  <si>
     <t>JS 2110:2013 Technical Regulation on eco-design requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for simple set-top boxes.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>JS 2110</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21102013-technical-regulation-eco-design-requirements-simple-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5470</t>
+  </si>
+  <si>
     <t>JS 2111:2013 Technical Regulation on eco-design requirements for no-load condition electric power consumption and average active efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21112013-technical-regulation-eco-design-requirements-no-load-condition-electric-power</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5471</t>
+  </si>
+  <si>
     <t>JS 2112:2013 Technical Regulation on eco-design requirements for fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market or putting into service of fans, including those integrated in other energy-related products as covered by the Framework Technical Regulation.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>JS 2112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21122013-technical-regulation-eco-design-requirements-fans</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5472</t>
+  </si>
+  <si>
     <t>JS 50564:2012 Electrical and electronic household and office equipment - Measurement of low power consumption</t>
   </si>
   <si>
+    <t>This policy specifies methods of measurement of electrical power consumption and the reporting of the results for a range of electrical and electronic household and office equipment, hereafter referred to as products.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>JS 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-505642012-electrical-and-electronic-household-and-office-equipment-measurement-low</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5279</t>
+  </si>
+  <si>
     <t>JS 60456:2012 Clothes washing machines for household use - Methods for measuring the performance (EN 60456:2001 + AC:2011)</t>
   </si>
   <si>
+    <t>This policy specifies methods for measuring the performance of clothes washing machines for household use, with or without heating devices utilising cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force (spin extractors) and is applicable to appliances for both washing and drying textiles (washer-dryers).</t>
+  </si>
+  <si>
     <t>JS 2103</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-604562012-clothes-washing-machines-household-use-methods-measuring-performance-en</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5305</t>
+  </si>
+  <si>
     <t>JS 61121:2012 Tumble dryers for household use - Methods for measuring the performance</t>
   </si>
   <si>
+    <t>This policy covers household electric tumble dryers of the automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-611212012-tumble-dryers-household-use-methods-measuring-performance</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5293</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for refrigerators</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-5</t>
   </si>
   <si>
+    <t>https://blog.complianceandrisks.com/news-resources/oman-to-draft-mandatory-energy-efficiency-specifications-for-four-electrical-appliances</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>The standard specifies the energy performance, capacity and labelling of household refrigerators, refrigerator-freezers and freezers. The requirements in this Standard are not applicable to electrically operated refrigerators employing an absorption refrigeration system and for commercial refrigerators, refrigerators-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>General Electricity &amp; Water Corporation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-refrigerator-freezers-and-freezers</t>
   </si>
   <si>
+    <t>https://docs.wto.org/dol2fe/Pages/FE_Search/FE_S_S009-DP.aspx?language=E&amp;HasEnglishRecord=True&amp;HasFrenchRecord=True&amp;HasSpanishRecord=False&amp;CatalogueIdList=234359,234362,227938,228303,231379,234295,234377,234291,234289,234290&amp;CurrentCatalogueIdIndex=9&amp;FullT</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-refrigerator-freezers-and-freezers-0</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for split unit air conditioners</t>
   </si>
   <si>
+    <t>Under new regulations, the energy efficiency ratio (EER) of split unit air-conditioners will be increased from existing 9.5 EER to 10.5 EER.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-split-unit-air-conditioners</t>
   </si>
   <si>
+    <t>https://thepeninsulaqatar.com/article/08/06/2019/New-regulations-to-make-electric-appliances-more-energy-efficient</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for storage water heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-storage-water-heaters</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-washing-machines-0</t>
   </si>
   <si>
     <t>MEPS schemes for non-directional lamps</t>
   </si>
   <si>
+    <t>This regulation is based on the European Union Commission regulation 244/2009 to phase out incandescent lamps.</t>
+  </si>
+  <si>
     <t>Bahrain</t>
   </si>
   <si>
     <t>Ministry of Industry and Commerce</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-schemes-non-directional-lamps</t>
   </si>
   <si>
+    <t>http://www.seu.gov.bh/wp-content/uploads/2018/04/02_NEEAP_full-report.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) and Energy Star Rating for Television Receivers</t>
+  </si>
+  <si>
+    <t>This standard establishes MEPS and labeling requirements for televisions in Pakistan. This standard shall apply to the following types and sizes of TVs covering display sizes from 24 inches to 42 inches commonly used in Pakistan, with a supply voltage of 230 V 50 Hz or range 220-240 V, 50 Hz. LCD TVs (Liquid Crystal Display TVs), Plasma TVs, and LED TVs (Light Emitting Diodes TVs). Minimum Values of annual power consumption shall not be less than Star-1. The performance of the TVs applicable to this standard shall meet the requirements as specified in the standards IEC 60107, IEC 62087, and IEC 62301.</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>IEC 5422/2018
 ,   
                     IEC 60107-1
 ,   
                     IEC 60107-2
 ,   
                     IEC 60107-3
 ,   
                     IEC 62301
 ,   
                     IEC 62087
 ,   
                     JIS C 6101-1
 ,   
                     JIS C 6101-2
 ,   
                     JIS C 6101-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-meps-and-energy-star-rating-television-receivers</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electronics/27-PS%205422-2018.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Fiberglass Insulation for Energy Conservation, B.E. 2561 (2018)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers fiberglass Insulation made by glass melting and natural raw materials.</t>
+  </si>
+  <si>
     <t>Insulations</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-fiberglass-insulation-energy-conservation-be-2561-2018</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063741</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Chiller, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a chiller for the air conditioning system that allows water to flow through. It includes air-cooled (piston type) and water-cooled (rotary type, screw type or scroll type, centrifugal type) systems.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-chiller-be-2552-2009</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=1776757</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Double-Capped Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers double-capped fluorescent lamps, which are straight cylindrical fluorescent lamps intended for general lighting use. It applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-double-capped-fluorescent-lamps-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048416</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Electric Fans of Table, Wall Mounted and Floor Standing Types, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers table fans, wall-mounted electric fans, and floor standing electric fans used for single-phase AC power. The rated voltage does not exceed 250 volts, the electric frequency is 50 hertz. Covers electric fan types and sizes: Table electric fan and wall-mounted electric fan size 300 and 400 mm. and Floor standing electric fan size 300 and 400 mm.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation, Portable Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-electric-fans-table-wall-mounted-and</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/32.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Electric Rice Cookers, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric rice cookers that automatically convert electricity into heat for cooking rice and maintaining a certain warming temperature range. It covers electric rice cookers with a wattage range from 400 to 800 watts.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-electric-rice-cookers-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/47.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Self-ballasted Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers self-ballasted lamps (with built-in ballast) which are pre-assembled by the manufacturer and applies to single-phase alternating current (AC) rated voltage of 220 volts, frequency of 50 hertz. The following self-ballasted lamps are not included: (1) lamps that provide a spectrum other than the visible; (2) color viewing lamps; (3) lamps used in industrial or agricultural; (4) medical lamps; and (5) lamps for specific use (not intended use as general)</t>
+  </si>
+  <si>
     <t>Lighting, Drivers/ Controls, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://www.dede.go.th/</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-self-ballasted-lamps-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048415</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Single Capped Fluorescent Lamp, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers single-capped fluorescent lamps intended for use in an external circuit and applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-single-capped-fluorescent-lamp-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048432</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Ballasts for Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers ballasts for fluorescent lamps which are used for fluorescent lamps or cylindrical fluorescent lamps (straight tube type) with a power of 18 watts or 36 watts or a circular tube with a power of 32 watts, which applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz. The following fluorescent lamps are not included: (1) fluorescent lamps used to provide a spectrum other than the visible; (2) fluorescent lamps used as an exit sign; and (3) fluorescent lamps used to illuminate hazardous areas.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-ballasts-fluorescent-lamps-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048413</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electric Kettles, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric kettles that automatically convert electrical energy into heat for use in boiling water (one-phase alternating current with a rated voltage that does not exceed 250 volts and an electric frequency is 50 hertz).</t>
+  </si>
+  <si>
     <t>Kitchen, Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-electric-kettles-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048431</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electric Thermo Pot, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric thermo pots that automatically convert electricity into heat for use in boiling water and maintains a certain heat temperature. Applicable capacities of the electric thermos include 1. less than 2.4 cubic decimeters, 2. 2.4 to 3.0 cubic decimeters, and 3. more than 3.0 cubic decimeters.</t>
+  </si>
+  <si>
     <t>Kitchen, Electric Hot Pots</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-electric-thermo-pot-be-2552-2009</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=1776761</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electronic Ballasts for Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electronic ballasts for fluorescent lamps or cylindrical fluorescent lamps (straight tube type) with a power of 18 watts or 36 watts or a circular tube with a power of 32 watts which applies to one-phase alternating current rated voltage of 220 volts, frequency 50 hertz. The following fluorescent lamps are not included:(1) fluorescent lamps used to provide a spectrum other than the visible; (2) fluorescent lamps used as an exit sign; and (3) fluorescent lamps used to illuminate hazardous areas.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-electronic-ballasts-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048414</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Home Audio Equipment of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers home audio equipment. It includes DVD players, mini component audio, micro component audio, and home theater audio that read or record data from a memory card or memory device or receives radio waves and produce audio or visual signals to provide entertainment or information and can operate with the power from the mains electricity supply. This does not include audio equipment for commercial use (professional audio system) and a public address (PA) system.</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-home-audio-equipment-standby-mode-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048427</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Scanner of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers scanners for office and home use that read data from images and record it on a computer.</t>
+  </si>
+  <si>
     <t>Electronics, Information Technology, Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-scanner-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048425</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Television of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers televisions (CRT, LCD, Plasma, LED, or other technologies) that can operate with the power from the mains electricity supply.</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-television-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048426</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Three-Phase Induction Motors, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a three-phase induction motor with rated output power and rated voltage not exceeding 1000 V.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-three-phase-induction-motors-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048418</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Variable Speed Drive, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a variable speed drive that is supplied to an AC electric motor. The scope includes 1. Applicable to one-phase or three-phase; 2. Applicable to an AC power supply with a frequency of 50 hertz or an increase or decrease from a frequency of 50 hertz by 5% and a rated voltage not exceeding 1,000 volts; 3. Harmonic quantity control shall be in accordance with IEC 61000-3-2 or IEC 61000-3-4 or equivalent standards; 4. It has a noise emission limit feature and the noise resistance complies with the IEC 61800-3 standard; 5. Withstand the sudden surge of current (surge) according to IEC 61800-3 standard; 6. Can be used with ambient temperature from 5 degrees Celsius; 7. Compatible with 85 percent relative humidity without condensation; and 8. It can be used in vibrating installation conditions as defined in IEC 61800-2.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-variable-speed-drive-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048428</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Determining High Efficiency Electric Stove, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric stoves that have a heat source under the surface of the cooking part for heating the container (one-phase alternating current, with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz). This policy covers hot plate electric stoves and induction stoves and excludes industrial electric stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-determining-high-efficiency-electric-stove-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048429</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Clothes Washers, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers clothes washing machines (top load, twin hub, and front load) with a rated voltage not exceeding 250 V for a single-phase AC supply and an electric frequency of 50 hertz.</t>
+  </si>
+  <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-clothes-washers-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063742</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers clothes washing machines (top load, twin tub, front load), with a rated voltage not exceeding 250 V for single-phase AC supply and an electric frequency of 50 hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-clothes-washers-be-2564-2021-0</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing High Efficiency Cold Water Dispenser and Hot-Cold Water Dispenser, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a drinking water dispenser that lowers the temperature of the water, with the size of the cold water tank inside the machine, not more than 6 liters and using a single-phase current with a voltage not exceeding 250 volts or using a 3-phase electric current with a voltage of not more than 480 volts and having Power frequency 50 hertz. It includes hot and cold water dispenser that raises the temperature of drinking water in the hot water section and lowers the temperature of drinking water in the cold water section, with the size of the hot water tank inside the machine, not more than 5 liters and the size of the cold water tank inside the machine not more than 6 liters and using single-phase electricity, voltage not more than 250 volts, or using type 3 electricity phase, voltage not more than 480 volts and electric frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-cold-water-dispenser-and-hot-cold</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2564/A/028/T_0016.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Electric Oven, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric ovens for heating food, beverages, and baking with a rated voltage not exceeding 250 volts and an electric frequency of 50 hertz. The volume of the electric oven must have a capacity of 12 liters or more.</t>
+  </si>
+  <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-electric-oven-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17162824</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Electric Water Heaters, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers an electric water heater means an appliance that instantly raises the temperature of the water flowing through it without retaining water. Power size of the electric water heater (watts): 1. less than 4,000 watts, 2. 4,000 to 5,500 watts, and 3. more than 5,500 watts.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-electric-water-heaters-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/43.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Household Water Pump, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers single-stage suction centrifugal pumps that are used to pump water with temperatures from 5 to 40 °C. Maximum working pressure 1 MPa, inlet diameter not more than 32 mm. Single-phase induction motors, the maximum voltage does not exceed 250 volts, frequency of 50 hertz. The power is not more than 746 watts. It excludes submersible pumps and special pumps.</t>
+  </si>
+  <si>
     <t>Pumps, Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-household-water-pump-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063743</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Refrigerators, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers refrigerators for household use that are insulated with heat and have an electric cooler with equipment and volume suitable for use in the residence.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-refrigerators-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/28.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Air Conditioners, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers an air conditioner split type, which is designed to be separated into two working parts: a condensing unit and a fan-coil unit. Alternating current (AC) power at a frequency of 50 Hz for use to reduce the temperature and humidity of the air flowing through the fan coil unit. Size categories of an air conditioner (watts): 1. Not more than 8,000 watts and 2. More than 8,000 but not more than 12,000 watts.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-air-conditioners-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/25.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Computers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers desktop and notebook computers that perform processing functions for general use, consisting of a central processing unit and a monitor.</t>
+  </si>
+  <si>
     <t>Electronics, Information Technology, Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-computers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048421</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Fans - Ceiling and Orbital Types, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers ceiling electric fans and orbit electric fans used for single-phase AC power with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz. It covers the following electric fan types and sizes: ceiling electric fans (1,200 and 1,400 mm) and orbit electric fans (400 mm).</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-electric-fans-ceiling-and-orbital</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/17.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Pans, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric shallow frying pans, which include pans with built-in and separate heating systems (single-phase AC, a rated frequency of 50 Hz, and a rated voltage that does not exceed 250 V).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-electric-pans-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=17162822</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Liquefied petroleum gas (LPG) Cookstoves, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers household stoves that use liquefied petroleum gas.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-liquefied-petroleum-gas-lpg</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048419</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Microwave Oven, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers domestic microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages. The voltage is not more than 250 volts and the electric frequency is 50 hertz.</t>
+  </si>
+  <si>
     <t>Kitchen, Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-microwave-oven-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048430</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Monitors in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers monitors with a size of 12 inches or more that are manufactured to be used as a display for a computer (excluding the monitor integrated into the processor and the monitor used to receive TV signals).</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-monitors-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048422</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Multi-Functional Devices in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers multi-functional devices that can print, copy, and scan documents in the same device and can be operated using power from the mains power supply. It covers ink-injected multi-function devices and laser multifunction devices or black LED multifunction devices.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-multi-functional-devices-standby-and</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048424</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Printers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers printers that print documents and use them with computers. Included types: 1. Ink-jet printers and, 2. black laser printers or LED printers and color laser printers or LED printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-printers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048423</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>Pakistan MEPS and labeling for CFLs</t>
   </si>
   <si>
+    <t>This standard shall apply to self-ballasted compact fluorescent lamps -CFLs; generally known as Energy Savers of all commonly used shapes|sizes: U-shaped &amp; Spiral shaped, Edison screw holder or bayonet|pin type adopter; in Pakistan, with nominal power rating from 3Watt to 60 Watt at rated supply voltage of 230 V, 50 Hz or voltage range 220 240 V, 50 Hz as marked on the lamp. The standard does not apply to self-ballasted fluorescent lamps used with covers.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>PS-IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-meps-and-labeling-cfls</t>
   </si>
   <si>
+    <t>https://drive.google.com/file/d/0B_Ht8Q1cIEovQW5CZlF0VTRRZHM/view</t>
+  </si>
+  <si>
     <t>Pakistan Standard: Household Microwave Oven - Methods for Measuring Performance</t>
   </si>
   <si>
+    <t>This standard applies to microwave ovens for household use and combination microwave ovens. Microwave ovens are defined as appliances using electromagnetic energy in the ISM frequency band of 2,450 MHz for heating food and beverages in the cavity. Combination microwave ovens are microwave ovens in which the microwave energy is combined with thermal energy.</t>
+  </si>
+  <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 60705:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-standard-household-microwave-oven-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electrotechnical/56-PS%205254%20based%20on%2060705.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Labelling and Minimum Energy Performance Requirements for Air-Conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the placing on Bahraini market the energy labelling requirements and Minimum Energy Performance Standard (MEPS) requirements for single-package and split-system non ducted air conditioners using air and water-cooled condensers and ducted air-conditioners using air-to air heat pumps for residential, commercial and industrial sector as applicable in accordance with Bahraini Standards.</t>
+  </si>
+  <si>
     <t>GSO ISO 5151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-labelling-and-minimum-energy-performance-requirements-air-conditioners</t>
   </si>
   <si>
+    <t>https://ec.europa.eu/growth/tools-databases/tbt/en/search/?tbtaction=search.detail&amp;Country_ID=BHR&amp;num=397&amp;dspLang=en&amp;basdatedeb=&amp;basdatefin=&amp;baspays=BHR&amp;basnotifnum=&amp;basnotifnum2=&amp;bastypepays=ANY&amp;baskeywords=</t>
+  </si>
+  <si>
     <t>SASO 2663:2018 MEPS and labeling schemes for small air conditioners</t>
   </si>
   <si>
+    <t>This standard applies to single-package window type, single split-system non-ducted air conditioners using air-cooled condensers, single split-system ducted airconditioners using air-cooled condensers, and heat pumps using aircooled condensers or using electric resistance for residential, commercial and industrial sector as applicable.</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>SASO 2681 / 2013 (based on ISO 5151) SASO 2682/2013 SASO 2763/2008</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-26632018-meps-and-labeling-schemes-small-air-conditioners</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>SASO 2870:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to: 
+Incandescent lamps
+Halogen lamps
+Compact flourescent lamps with integrated ballast (CFLi)
+Light-emitting diode (LED) lamps (Incandescent retrofit types)
+Light-emitting diode (LED) lamps (Halogen retrofit types)</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28702018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/saudi-arabia-market-access-new-requirements-lighting-products-saso-iecee-and-saso-ee</t>
+  </si>
+  <si>
     <t>SASO 2874:2016 MEPS for large air conditioners</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing requirements for electrically operated air conditioners, condensing units, chillers, absorption chillers, electrically operated variable refrigerant flow (VRF) air conditioners, close control air conditioners and condensing units serving computer rooms.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28742016-meps-large-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.intertek.com.cn/Uploadfile/File/SASO-2874_2016.pdf</t>
+  </si>
+  <si>
     <t>SASO 2883:2017 MEPS and labeling schemes for clothes dryers</t>
   </si>
   <si>
+    <t>This standard applies to clothes dryers with capacities up to 25 kg (condenser and airvented). Household spin extractors are excluded from this standard</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28832017-meps-and-labeling-schemes-clothes-dryers</t>
   </si>
   <si>
     <t>SASO 2884:2017 MEPS and labeling schemes for water heaters</t>
   </si>
   <si>
+    <t>This standard applies to:</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28842017-meps-and-labeling-schemes-water-heaters</t>
   </si>
   <si>
     <t>SASO 2885:2018 MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
+    <t>This standards applies to:</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>SASO 2693/2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28852018-meps-and-labeling-schemes-washing-machines</t>
   </si>
   <si>
     <t>SASO 2892:2018 MEPS and labeling schemes for refrigerating appliances</t>
   </si>
   <si>
     <t>SASO-IEC-60335-2-24</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28922018-meps-and-labeling-schemes-refrigerating-appliances</t>
   </si>
   <si>
     <t>SASO 2902:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to:
+Incandescent lamps with a luminous flux above or equal 12,000 lumens
+Halogen lamps with a luminous flux above or equal 12.000 lumens
+Compact fluorescent lamps with integrated ballast (CLFi) with a luminous flux above or equal 12,000 Lumens
+Compact fluorescent lamps without integrated ballast (CFLni)
+Fluorescent Lamps (all types)
+High-Intensity Discharge Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-29022018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
     <t>SASO IEC 60034-30:2013</t>
   </si>
   <si>
+    <t>This part of IEC 60034 specifies efficiency classes for single-speed; three-phase; 50 Hz and 60 Hz cage-induction motors</t>
+  </si>
+  <si>
     <t>SASO IEC 60034-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-iec-60034-302013</t>
   </si>
   <si>
+    <t>http://www.saso.gov.sa/en/mediacenter/events/Pages/saso_events_127.aspx</t>
+  </si>
+  <si>
     <t>SI 4665-2 PERFORMANCE OF EXTERNAL POWER SUPPLIES: MINIMUM ENERGY PERFORMANCE STANDARD (MEPS) REQUIREMENTS</t>
   </si>
   <si>
+    <t>Power converters covered under this standard include all single-voltage EPSs with nameplate output power up to 250 watts. Notable exclusions are devices with batteries that attach directly, replacements, and medical devices.</t>
+  </si>
+  <si>
     <t>SI 4665-1</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=98e117b6-728e-4ade-95e3-47864f20c486</t>
+  </si>
+  <si>
     <t>SI 5484 DISTRIBUTION TRANSFORMERS - REQUIREMENTS FOR ENERGY EFFICIENCY AND LABELLING</t>
   </si>
   <si>
+    <t>It covers distribution transformers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5484-distribution-transformers-requirements-energy-efficiency-and-labelling</t>
   </si>
   <si>
     <t>SI 5485 - Fluorescent light bulbs - requirements for efficiency</t>
   </si>
   <si>
+    <t>It covers fluorescent light bulbs</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5485-fluorescent-light-bulbs-requirements-efficiency</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=8694f934-fc8e-46b6-8eea-5ee7b34539ae</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 1: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - ovens</t>
+  </si>
+  <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-1-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - hobs</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
     <t>SI 60968</t>
   </si>
   <si>
+    <t>Self-ballasted lamps for general lighting services</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60968</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=f176cda1-c392-4f0e-8c7d-e062df37c908</t>
+  </si>
+  <si>
     <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-62301-home-appliances-power-measurement-standby-mode</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=42cf5977-833f-4556-81d1-3f739af9bad8</t>
+  </si>
+  <si>
     <t>SI 69 Electric water heaters</t>
   </si>
   <si>
+    <t>This policy applies to thermostatically controlled and thermally insulated heaters.</t>
+  </si>
+  <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-69-electric-water-heaters</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=cf61e979-6101-4ea0-958f-a9e4c998a5a5</t>
+  </si>
+  <si>
     <t>SI 900 part 2.24 (APPLIANCES, ICE-CREAM APPLIANCES AND ICE-MAKERS)</t>
   </si>
   <si>
     <t>Ice Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-900-part-224-appliances-ice-cream-appliances-and-ice-makers</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/eng/standardization/teken/?tid=9b4cfa12-0ed5-41ab-8a01-af70108e1e90</t>
+  </si>
+  <si>
     <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
   </si>
   <si>
+    <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Air Cleaners TGL-91-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to air purifiers for residential or similar purposes with a rated voltage not exceeding 250 V for single-phase alternating current (AC).</t>
+  </si>
+  <si>
     <t>Electronics, Other-Electronics, Air Cleaners</t>
   </si>
   <si>
     <t>TIS 1516 (or IEC 60335-2-65)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-air-cleaners-tgl-91-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-91-14.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Building Materials: Thermal Insulation TGL-14-R1-11</t>
   </si>
   <si>
+    <t>These criteria shall apply to thermal insulation, including glass wool and foam plastic insulation for use in office, residential, commercial, and industrial buildings.</t>
+  </si>
+  <si>
     <t>TIS 486</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-building-materials-thermal-insulation-tgl-14-r1-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-14-R1-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Clothes Washing Machines for Household Use TGL-13-R2-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to washing machines for residential and similar applications with AC power supply characteristics.</t>
+  </si>
+  <si>
     <t>TIS 1462-2540</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-clothes-washing-machines-household-use-tgl-13-r2-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-13-R2-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Computer TGL-12-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal computers (PC) and computers that can be portable and can be divided into 4 types.</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>TIS 1561
 ,   
                     TIS 1956
 ,   
                     TIS 1448
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-computer-tgl-12-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-12-R2-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Digital Projectors TGL-81-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to digital projectors with display technology such as Liquid Crystal Display (LCD), Digital Light Processing (DLP), Liquid Crystal on Silicon (LCOS), or Silicon X‐tal Reflective Display (SXRD).</t>
   </si>
   <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>TIS 1195
 ,   
                     TIS 1956 (or CISPR 32, EN 55032)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-digital-projectors-tgl-81-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-81-R1-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Dishwashers TGL-83-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to dishwashers used in housing.</t>
   </si>
   <si>
     <t>TIS 1838 (or IEC 60335-2-5, EN 60335-2-5), Household dishwashers
 ,   
                     TIS 1839 (or IEC 60335-2-5, EN 60335-2-5), Commercial dishwashers
 ,   
                     IEC 62321
 ,   
                     IEC 60436
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2 (or EN 55014-1)
 ,   
                     EN 55014-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-dishwashers-tgl-83-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-83-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Doors and windows TGL-70-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to finished products of door sets, window sets, and frames made of composite wood, interlocking wood, plastic, metal, mirror, and insulators.</t>
   </si>
   <si>
     <t>Doors, Windows</t>
   </si>
   <si>
     <t>TIS 1288, TIS 1651, TIS 504, TIS 744, TIS 829 (Doors and Windows)
 ,   
                     TIS 1013, TIS 1220, TIS 1568, TIS 1569, TIS 192 (Doors)
 ,   
                     TIS 1043 (Windows)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-doors-and-windows-tgl-70-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-70-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fans TGL-51-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to A.C. electric fans: table and wall types, pedestal types, ceiling types, double-oscillating types, and ventilating types used in housing.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>TIS 934 (AC electric fans, safety requirements)
 ,   
                     TIS 92 (AC electric fans, table and wall type)
 ,   
                     TIS 127 (AC electric fans, pedestal type)
 ,   
                     TIS 205 (AC electric fans, ceiling type)
 ,   
                     TIS 572 (AC electric fans, oscillating type)
 ,   
                     TIS 710 (AC electric fans, electric ventilating type)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-fans-tgl-51-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-51-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fryers TGL-82-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to an electric pan that uses electricity to heat.</t>
   </si>
   <si>
     <t>TIS 1509
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2 (or EN 55014-1)
 ,   
                     EN 55014-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-fryers-tgl-82-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-82-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric irons TGL-87-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to dry electric irons and electric steam irons, including electric irons with separate water containers or boilers with a capacity of no more than 5 liters for home use and similar purposes and a rated voltage that does not exceed 250 volts.</t>
   </si>
   <si>
     <t>TIS 366 
 ,   
                     IEC 60311</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-irons-tgl-87-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-87-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric rice-cookers TGL-73-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to electric rice cookers with a rated voltage not exceeding 250 V and with a capacity not exceeding 10 liters for residential use or similar purposes.</t>
+  </si>
+  <si>
     <t>TIS 1039</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-rice-cookers-tgl-73-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-73-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Thermo Pot TGL-63-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to electric thermo pots for residential use (single-phase alternating current (AC), frequency 50 Hz, rated voltage not more than 250 V, rated water capacity not more than 10 liters)</t>
+  </si>
+  <si>
     <t>TIS 2062</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-thermo-pot-tgl-63-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-63-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Facsimile machine TGL-36-R1-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to a stand-alone fax machine, a combined printer/facsimile, a multi-purpose fax machine. (multifunctional units).</t>
   </si>
   <si>
     <t>IEC 60950-1 (or TIS 1561)
 ,   
                     CISPR 22 (or TIS 1956, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-facsimile-machine-tgl-36-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-36-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Faucets and water saving equipment TGL-11-R3-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to faucets and water-saving equipment including faucets for sinks, faucets for washbasins, self-closing faucets for washbasins, automatic faucets for sanitary wares, shower units, rinsing sprays, flush valves for urinals, and flush valves for toilets.</t>
   </si>
   <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>TIS 2067, TIS 1277 (faucets for sinks)
 ,   
                     TIS 2067, TIS 1278 (faucets for wash basins)
 ,   
                     TIS 2067, TIS 1377 (self-closing faucets for wash basins)
 ,   
                     TIS 2147 (automatic faucets for sanitary wares)
 ,   
                     TIS 2066, TIS 1187 (shower units)
 ,   
                     TIS 1497 (rinsing sprays)
 ,   
                     TIS 1094 (flush valves for urinals)
 ,   
                     TIS 1093 (flush valves for toilets)</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-faucets-and-water-saving-equipment-tgl-11-r3-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-11-R3-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Fluorescent Lamps TGL-2-R4-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to fluorescent lamps consisting of single-capped fluorescent lamps, double-capped fluorescent lamps, and self-ballasted lamps for general lighting purposes.</t>
   </si>
   <si>
     <t>Double–capped fluorescent lamps: TIS 236, TIS 956, TIS 2309, TIS 2310
 ,   
                     Single–capped fluorescent lamps: TIS 1713, TIS 2235, TIS 2334 ,TIS 2310</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-fluorescent-lamps-tgl-2-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-02-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Hair Dryers TGL-84-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal or animal hair dryers with a rated voltage not exceeding 250 V for home, shop, industrial, farm use, or similar purposes.</t>
   </si>
   <si>
     <t>Hair Dryers</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     IEC 61855
 ,   
                     IEC 60704-1
 ,   
                     IEC 60704-2-9
 ,   
                     IEC 60704-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-hair-dryers-tgl-84-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-84-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Hand dryers TGL-65-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to automatic sensor-based hand dryers for residential and similar purposes with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-hand-dryers-tgl-65-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-65-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Heat Pumps TGL-57-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to heat pumps for residential use including heat pumps operated at a rated voltage up to 250 V for single-phase appliances and not more than 600 V for three-phase appliances.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Space Heating, Heat Pumps</t>
   </si>
   <si>
     <t>TIS 1529
 ,   
                     BS EN 255-4
 ,   
                     TIS 2368</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-heat-pumps-tgl-57-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-57-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Instantaneous Water Heater TGL-95-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to single-point and multi-point instantaneous electric water heaters. The rated single-phase AC voltage does not exceed 250 V.</t>
+  </si>
+  <si>
     <t>TIS 1693</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-instantaneous-water-heater-tgl-95-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-95-14.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - LED lighting TGL-86-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to LED lamps and LED luminaires for general lighting purposes.</t>
   </si>
   <si>
     <t>TIS 1955
 ,   
                     TIS 2624 P2 (1) (or IEC 62722-2-1)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-led-lighting-tgl-86-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-86-R1-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Microwave oven TGL-38-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages.</t>
   </si>
   <si>
     <t>TIS 1773
 ,   
                     TIS 2238 (or IEC 62301)
 ,   
                     IEC 60705
 ,   
                     TIS 2368</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-microwave-oven-tgl-38-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-38-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Motors TGL-15-98</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to three-phase induction motors which have a rated output and a voltage not exceeding 375 kW or 500 horsepower and 1,000 volts, respectively.</t>
   </si>
   <si>
     <t>TIS 867
 ,   
                     IEEE-112 (test method B)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-motors-tgl-15-98</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-15-98.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Photocopiers TGL-27-R4-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to all sizes of dry system copiers and multifunction copiers for both color and monochrome copies, which are operated manually and/or automatically (exclude copiers without photoreceptor drums).</t>
+  </si>
+  <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-photocopiers-tgl-27-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-27-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Product Printer TGL-37-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to products that create pictures, texts and graphics on paper, and receives information from a single user or networked computer or other equipment (such as a digital camera).</t>
   </si>
   <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)
 ,   
                     TIS 1956 (or CISPR 22, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-product-printer-tgl-37-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-37-R2-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Refrigerated display cabinet TGL-85-R2-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to refrigerated display cabinets with vertical glass door types.</t>
+  </si>
+  <si>
     <t>TIS 1235 (or ISO 23953-2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-refrigerated-display-cabinet-tgl-85-r2-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-85-R2-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Refrigerators TGL-3-R4-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to refrigerators and fridge freezers for residential use.</t>
+  </si>
+  <si>
     <t>TIS 2214</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-refrigerators-tgl-3-r4-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-03-R4-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Room Air Conditioner TGL-7-R4-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to air conditioning products (including motor-compressor) with a rated voltage of up to 250 V for single-phase air conditioners and 600 V for multi-phase air conditioners with a total cooling capacity of not more than 18,000 watts.</t>
+  </si>
+  <si>
     <t>TIS 1529</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-room-air-conditioner-tgl-7-r4-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-07-R4-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Secondary Batteries for Portable Applications TGL-67-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to secondary batteries containing alkaline or other non-acid electrolytes for portable use by categorizing secondary batteries into two systems: 1. Nickel systems (covers only nickel-cadmium batteries and nickel-metal hydride batteries), and 2. Lithium systems.</t>
   </si>
   <si>
     <t>TIS 2217 (Secondary batteries)
 ,   
                     TIS 2218 or IEC 61960 (or EN 61960, JIS C 8711) (Lithium)
 ,   
                     IEC 61951-1 (or EN 61951-1) (Nickel-Cadmium)
 ,   
                     IEC 61951-2 (or EN 61951-2) (Nickel-metal hydride)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-secondary-batteries-portable-applications-tgl-67-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-67-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Televisions TGL-34-R1-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to a television set that is powered by the mains power and is a device that serves to receive displays images and sounds transmission (e.g. analogue or digital), with display methods such as Liquid Crystal Display (LCD), Plasma Display Panel (PDP), Light-emitting-diode (LED), or LED-backdrop LCD or Organic Light-Emitting Devices (OLED), excluding Cathode Ray Tube (CRT) display systems and battery-operated portable television set.</t>
+  </si>
+  <si>
     <t>TIS 1195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-televisions-tgl-34-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-34-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Toaster TGL-92-14</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to automatic pop-up toasters.</t>
   </si>
   <si>
     <t>Kitchen, Toasters</t>
   </si>
   <si>
     <t>TIS 1641
 ,   
                     IEC 60335-2-9
 ,   
                     TIS 2238</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-toaster-tgl-92-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-92-14.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Uninterruptible Power System TGL-106-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to uninterrupted power system (UPS) products that have electrical energy storage devices in the DC connection.</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>TIS 1291 P 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-uninterruptible-power-system-tgl-106-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-106-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Vacuum TGL-64-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to horizontal canister vacuum cleaners for residential use or similar purpose with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>TIS 1522
 ,   
                     IEC 60335-2-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-vacuum-tgl-64-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-64-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Video Media Players / Recorders TGL-39-04</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to mains-powered electronic equipment designed to reproduce video-audio signals recorded in data storage media video cassette tape, VCD, DVD, etc. in connection with other visual display units and sound speaker units such as TVs.</t>
   </si>
   <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>Certificate of conformity and test results. (with quality and environmental requirements).
 ,   
                     Standby power consumption of the applied product shall comply with the following requirements: The power consumption of the applied product in on-mode not exceeded 15W. Exempted from this are audio-DVD combination units.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-video-media-players-recorders-tgl-39-04</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-39-04.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Water Dispenser TGL-97-R1-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to hot and cold water dispensers and compressed cold water dispensers (compression type) with a cold water tank capacity of no more than 6 liters, a hot water tank capacity of no more than 5 liters, and voltage that does not exceed 250 V.</t>
+  </si>
+  <si>
     <t>TIS 2461</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-water-dispenser-tgl-97-r1-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-97-R1-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Water Pump TGL-94-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to pumps for pumping liquids with a temperature not exceeding 90°C intended for use in residential and similar purposes with a rated voltage that does not exceed 250 V for single-phase pumps and 480 V for other pumps.</t>
+  </si>
+  <si>
     <t>TIS 1548 (or IEC 60335-2-41)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-water-pump-tgl-94-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/application.html</t>
+  </si>
+  <si>
     <t>The Energy Efficiency for No. 5 Label for CFLs</t>
+  </si>
+  <si>
+    <t>This program covers compact fluorescent lamp - screw cap type (E27), internal electronic ballast with a lifetime of 6,000 hours.</t>
   </si>
   <si>
     <t>TIS 2233-2548
 ,   
                     TIS 2310-2556
 ,   
                     TIS 1955-2551</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-no-5-label-cfls</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/cfl.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Air Conditioners</t>
+  </si>
+  <si>
+    <t>This program covers split type air conditioners - floor/ceiling type, wall type, concealed/duct type, cassette type, and floor standing type.</t>
   </si>
   <si>
     <t>TIS 2710–2015 or ISO 5151 : 2010
 ,   
                     TIS 2711-2015 or ISO 13253 : 2011
 ,   
                     TIS 2714, Volume 1–2015 or ISO 16358-1 : 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-conditioners</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/wp-content/uploads/2022/11/short_air.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Air Purifiers</t>
+  </si>
+  <si>
+    <t>This policy defines energy efficiency level criteria and test standards for air purifiers. The scope of air purifiers includes air purifiers, split type, cooled with air, according to the following types: mechanical air cleaners, ion air purifiers (ionic air cleaners), and combined air purifiers. The policy applies to air purifiers intended for use in homes or places with similar purposes such as offices, and shops. The number 5 efficiency criteria for an air cleaner with an area of use less than or equal to 50m2 is set at greater than or equal to 7.5 baht/year (annual electricity cost).</t>
   </si>
   <si>
     <t>TIS 3061-2020
 ,   
                     ANSI/AHAM AC-3-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-purifiers-0</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/%e0%b9%80%e0%b8%81%e0%b8%93%e0%b8%91%e0%b9%8c%e0%b8%9b%e0%b8%a3%e0%b8%b0%e0%b8%aa%e0%b8%b4%e0%b8%97%e0%b8%98%e0%b8%b4%e0%b8%a0%e0%b8%b2%e0%b8%9e%e0%b8%9e%e0%b8%a5%e0%b8%b1%e0%b8%87%e0%b8%87%e0%b8%b2/</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Electric Kettle</t>
   </si>
   <si>
+    <t>This program covers electric kettles with internal or external heating types, single-phase alternating current</t>
+  </si>
+  <si>
     <t>TIS 2588-2556</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-electric-kettle</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ele_kettle.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for electric water heaters</t>
+  </si>
+  <si>
+    <t>This program covers electric water heater types: instantaneous water heaters -- single point, and multipoint.</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>TIS 1693-2547
 ,   
                     TIS 1375-2547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-electric-water-heaters</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wh.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for fans</t>
+  </si>
+  <si>
+    <t>This program covers the following fan types: table fans, floor fans, wall fans, orbit fans, and ventilation fans.</t>
   </si>
   <si>
     <t>TIS 92 - 2536 (Table Fans and Wall Fans)
 ,   
                     TIS 127 - 2536 (Floor Fans)
 ,   
                     TIS 572 - 2528 (Orbit Fans)
 ,   
                     TIS 710 - 2530 (Ventilating Fans)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-fans</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/fan.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Refrigerators</t>
+  </si>
+  <si>
+    <t>This program covers refrigerators and refrigerators with freezer compartments. The policy contains energy efficiency criteria and labeling requirements for the following products: refrigerators with a calibrated volume of less than 100L, refrigerators with a calibrated volume of greater than or equal to 100L, refrigerator-freezers with a calibrated volume of less than 450L and refrigerator-freezers with a calibrated volume of greater than or equal to 450L.</t>
   </si>
   <si>
     <t>TIS 455 Lem. 1-2017
 ,   
                     TIS 455 Volume 3-2017
 ,   
                     TIS 2186-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-refrigerators</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ref.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for rice cooker</t>
+  </si>
+  <si>
+    <t>This program covers the following rice cooker types: normal rice cookers (rice cooker), cook/warm rice cookers (jar type), digital rice cookers (computerized)</t>
   </si>
   <si>
     <t>TIS 2545-2555
 ,   
                     TIS 1039 - 2547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-rice-cooker</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ek.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Rice Cookers</t>
   </si>
   <si>
+    <t>This program covers electric thermos pot types (classified by the operation of work) - normal type and auto warm.</t>
+  </si>
+  <si>
     <t>JIS C 9213-1988</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-rice-cookers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/rc.pdf</t>
+  </si>
+  <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECTV.doc</t>
+  </si>
+  <si>
     <t>TIS 1462-2562 (2019) Clothes washing machines for household use - Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines the minimum energy efficiency requirements of clothes washing machines for household and similar purposes with a rated voltage not exceeding 250 V for single-phase AC supply, with or without heating devices, and for cold and/or hot water supply, and having standard washing capacity not exceeding 30 kg.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-1462-2562-2019-clothes-washing-machines-household-use-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS1462-2562p.pdf</t>
+  </si>
+  <si>
     <t>TIS 2134-2553 Thai Industrial Standard for Room Air Conditioners</t>
   </si>
   <si>
+    <t>This standard defines minimum energy efficiency requirements of split-type room air conditioners that use alternating current single phase at a frequency of 50 Hz, with a cooling capacity of less than 12000 W. This standard also covers condenser units and/or fan-coil units.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2134-2553-thai-industrial-standard-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2134-2553m.pdf</t>
+  </si>
+  <si>
     <t>TIS 2134-2565 air conditioner for room Energy efficiency</t>
   </si>
   <si>
+    <t>This industrial product standard contains the energy efficiency requirements for room air conditioners with a total cooling capacity that does not exceed 18,000 W and a maximum rated voltage that does not exceed 250 V for air conditioners with single-phase electrical systems and no more than 600 V for air conditioner with multi-phase electrical system. This policy covers air conditioners with air ducts with a total cooling capacity of less than 8,000 W intended to operate at static pressure. </t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2134-2565-air-conditioner-room-energy-efficiency</t>
   </si>
   <si>
+    <t>https://a.tisi.go.th/t/?n=7393</t>
+  </si>
+  <si>
     <t>TIS 2186-2547 Thai Industrial Standard for Household Refrigerators</t>
   </si>
   <si>
+    <t>The standard specifies the energy efficiency of compression-type refrigerators for household and similar use. It covers only compression types. It includes requirements, marks and labels, sampling, and criteria for conformity and testing. It's been replaced by TIS 2186-2561(2018).</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>TIS 455-2537</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2186-2547-thai-industrial-standard-household-refrigerators</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/fulltext/2186_2547.pdf</t>
+  </si>
+  <si>
     <t>TIS 2186-2561 (2018) :  Household Refrigerators and Refrigerator-Freezer: Environmental Requirements : Energy Ffficiency</t>
   </si>
   <si>
+    <t>The standard mandates energy efficiency of compression-type refrigerators for household and similar use. Covers only compression type.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2186-2561-2018-household-refrigerators-and-refrigerator-freezer-environmental</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/fulltext/TIS2186-2561p.pdf</t>
+  </si>
+  <si>
     <t>TIS 23-2521 Thai Industrial Standard for Ballast for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This standard specifies safety requirements for ballasts, excluding resistance types, for use on A.C. supplies up to 1000 V at 50 Hz or 60 Hz, associated with fluorescent lamps with or without pre-heated cathodes operated with or without a starter or starting device and having rated wattages, dimensions and characteristics.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-23-2521-thai-industrial-standard-ballast-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-23-2558p.pdf</t>
+  </si>
+  <si>
     <t>TIS 2309-2556 (2013) double-capped fluorescent lamps: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies requirements for minimum energy efficiency for double capped fluorescent lamps with a rated wattage of 14 W to 80 W and a diameter of 16 mm and 26 mm (T5 and T8), in accordance with the scope of TIS 236. This standard specifies requirements for lamps intended for general lighting purposes used in the luminaires and ballast is connected to a single-phase electric power supply having a rated voltage 220 V 50 Hz and applied to lamp intended for use with high-frequency ballast (electronic ballast).</t>
+  </si>
+  <si>
     <t>Lighting, Lamps, Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2309-2556-2013-double-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/13.PDF</t>
+  </si>
+  <si>
     <t>TIS 2310-2556 (2013) self-ballasted lamps for general lighting services: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency requirements of self­ ballasted lamps for general lighting services with a rated voltage of 220 V to 240 V 50 Hz, in accordance with the scope of TIS 2233. This standard specifies requirements for lamps intended for use indoor and similar general lighting purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2310-2556-2013-self-ballasted-lamps-general-lighting-services-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/188/9.PDF</t>
+  </si>
+  <si>
     <t>TIS 2334-2556 (2013) single - capped fluorescent lamps : energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements and the measurement of the power consumption of ballasts for fluorescent lamps and determines the energy efficiency index, which is generally shown on the ballast. 
+This standard also specifies the minimum energy performance standards (MEPS) requirements of ballasts for fluorescent lamps. The ballasts covered by this standard are the ferromagnetic or electronic types used with fluorescent lamps with a rated lamp power from 10 W to 70 W, for use on 50 Hz supplies of 220/230/240 V. This standard covers ballasts that are supplied as separate components or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Lighting, Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2334-2556-2013-single-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/65.PDF</t>
+  </si>
+  <si>
     <t>TIS 2337-2557 (2014) Ballasts for tubular fluorescent lamps: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements and the measurement of the power consumption of ballasts for fluorescent lamps and determines the energy efficiency index, which is generally shown on the ballast. This standard also specifies the minimum energy performance standards (MEPS) requirements of ballasts for fluorescent lamps. The ballasts covered by this standard are the ferromagnetic or electronic types, that are used with fluorescent lamps with a rated lamp power from 10 W to 70 W, for use on 50 Hz supplies of 220/230/240V. This standard covers ballasts that are supplied as separate components or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2337-2557-2014-ballasts-tubular-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2337-2557.pdf</t>
+  </si>
+  <si>
     <t>TIS 2432-2555 (2012) Plugs and socket-outlets for household and similar purposes: cord extension sets</t>
   </si>
   <si>
+    <t>This standard applies to cord extension sets (rewirable and non-rewirable) with a rated voltage greater than 50 V but not exceeding 440 V and a rated current not exceeding 16 A, intended for household and similar purposes, either indoors or outdoors. This standard does not apply to cord extension sets with means for reeling.</t>
+  </si>
+  <si>
     <t>Electronics, Power Supply and Power Conversion, Power strips</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2432-2555-2012-plugs-and-socket-outlets-household-and-similar-purposes-cord-extension</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/fulltext/TIS-2432-2555m_Auto1849.pdf</t>
+  </si>
+  <si>
     <t>TIS 2545-2555 (2012) Electric rice-cookers : energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies heat efficiency requirements for household electric rice cookers. Covers only single-phase electric rice cookers with a rated frequency of 50 Hz, a rated voltage not exceeding 250 volts, a rated power supply not exceeding 2 kW, and a rated capacity not exceeding 5 Litres. This policy prescribes the general requirements, mark, sampling, and criteria for conformity and testing.</t>
+  </si>
+  <si>
     <t>Kitchen, Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2545-2555-2012-electric-rice-cookers-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/006/16.PDF</t>
+  </si>
+  <si>
     <t>TIS 2578-2555 (2012) Microwave ovens: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies the size, general requirement, mark and labeling, sampling, and criteria for conformity and testing for microwaves for household use and similar purposes (single-phase, with a frequency of 50 Hz, a rated voltage that does not exceed 250 V).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2578-2555-2012-microwave-ovens-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/050/2.PDF</t>
+  </si>
+  <si>
     <t>TIS 2588-2556 (2013) Electric kettles: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of electric kettles used for single-phase AC power, frequency 50 Hz, rated voltage not more than 250 V and rated capacity not more than 2.5 liters, for boiling water for residential and general use with similar purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2588-2556-2013-electric-kettles-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://law.industry.go.th/laws/file/61091</t>
+  </si>
+  <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
+  </si>
+  <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
+  </si>
+  <si>
     <t>Laundry, Irons</t>
   </si>
   <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://a.tisi.go.th/t/?n=2590-2557</t>
+  </si>
+  <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
+    <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
+  </si>
+  <si>
     <t>TIS 2618-2557 (2014) Single suction centrifugal electric pumps: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of single-suction centrifugal electric pumps (sprocket blades type) for household and similar purposes with a rated voltage of no more than 250 V for single-phase appliances and 480 V for three-phase appliances with 50Hz and three-phase induction motor.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2618-2557-2014-single-suction-centrifugal-electric-pumps-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2557/E/079/6.PDF</t>
+  </si>
+  <si>
     <t>TIS 2673-2559 (2016) Electric fryers: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric fryers intended for household and similar purposes use for alternating current single phase with a rated voltage not exceeding 250 V and 50 Hz.</t>
+  </si>
+  <si>
     <t>Kitchen, Fryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2673-2559-2016-electric-fryers-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://siamvip.com/managefiles/fileUploads/cnkconsultant/imgUploads/indu_370.PDF</t>
+  </si>
+  <si>
     <t>TIS 2674-2559 (2016) Electric ovens: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric ovens intended for household and similar purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2674-2559-2016-electric-ovens-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://siamvip.com/managefiles/fileUploads/cnkconsultant/imgUploads/indu_371.PDF</t>
+  </si>
+  <si>
     <t>TIS 2746-2559 (2016) Hot and Cool water dispenser and Cool water dispenser: Energy efficiency</t>
   </si>
   <si>
+    <t>This standard defines the energy efficiency requirements for hot and cool water dispensers and compression type cool water dispensers with a cold water tank capacity of no more than 6 L, a hot water tank capacity of no more than 5 L, and a rated voltage of no more than 250 V.</t>
+  </si>
+  <si>
     <t>Refrigeration, Water Coolers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2746-2559-2016-hot-and-cool-water-dispenser-and-cool-water-dispenser-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2559/E/291/6.PDF</t>
+  </si>
+  <si>
     <t>TIS 3623-2566 Air-to-water heat pump water heaters: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This draft policy determines the size, required characteristics, marks and labels, sampling, judging criteria, and testing requirements of air-to-water heat pump water heaters. This policy covers water heaters and air-to-water heat pump systems with a net hot water heating capacity of no more than 36 kW. Note: This industrial product standard only includes water heaters and excludes circulation systems and hot water storage tanks.</t>
+  </si>
+  <si>
     <t>Water Heating</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-3623-2566-air-water-heat-pump-water-heaters-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://a.tisi.go.th/t/?n=7490</t>
+  </si>
+  <si>
     <t>TIS 867-2550 (2007) Three-Phase Induction Motor: Minimum Efficiency</t>
   </si>
   <si>
+    <t>This standard defines the minimum efficiency requirements of squirrel cage rotor three-phase induction motors with an output power ranging from 0.73 kW to less than 185 kW and a nominal voltage that does not exceed 1000 Volts.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-867-2550-2007-three-phase-induction-motor-minimum-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2550/E/073/8.PDF</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | Environmentally Friendly Design Requirements for Servers and Data Storage Products (2019/424/EU) (SGM:2021/15)</t>
   </si>
   <si>
+    <t>This policy applies to servers and covers online data storage products. It does not cover: servers used in embedded applications; servers with Computers and Computer Servers Communiqué on Relevant Environmentally Friendly Design Requirements (2013/617/EU) Classified as small-scale servers according to (SGM:2021/14) servers; servers with more than four processor sockets; server devices; large servers; fully fault tolerant servers; network servers; small data storage products; big data storage products. This policy is a transposition of Commission Regulation (EU) 2019/424.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Servers</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/424</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-environmentally-friendly-design-requirements-servers-and</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 392-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EC 392-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-transposition-ec-392-2012</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/EV%20T%C4%B0P%C4%B0%20FIRINLARIN%20VE%20ASP%C4%B0RAT%C3%96RLER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 932-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>EC 932-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-transposition-ec-932-2012</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 28861 (Transposition of EC 626-2011)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of less than or equal to 12 kW for cooling; or heating; if the product has no cooling function.  This Regulation shall not apply to: appliances that use non-electric energy sources; or  air conditioners of which the condensor- or evaporator-side or both do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>EC 626-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28861-transposition-ec-626-2011</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2017/02/U4E_Policy-Assessment_TUR.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
   </si>
   <si>
+    <t>Domestic electric and gas ovens including when incorporated into cookers and for domestic electric range hoods including when sold for non-domestic purposes. This Regulation shall not apply to:  a. ovens that use energy sources other than electricity or gas; b. ovens which offer a microwave heating function;  c. small ovens;  d. portable ovens;  e. heat storage ovens</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>EU 65-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens including when incorporated in cookers; domestic hobs and domestic electric range hoods including when sold for non-domestic purposes. This Regulation does not apply to:  a. appliances that use energy sources other than electricity or gas;   b. appliances which offer microwave heating function;   c. small ovens;   d. portable ovens;    e. heat storage ovens;   f. ovens which are heated with steam as a primary heating function;   g. covered gas burners in hobs;   h. outdoor cooking appliances;   i. appliances designed for use only with gases of the third family propane and butane; and    j. grills.</t>
+  </si>
+  <si>
     <t>EU 66-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017-0</t>
   </si>
   <si>
-    <t>EU 65-2014</t>
-[...4 lines deleted...]
-  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 666-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 666-2013 of 8 July 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-666-2013</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 29564 - Amending No 29236 | transposition of EC 665-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 665-2013 of 3 May 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29564-amending-no-29236-transposition-ec-665-2013</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/ELEKTR%C4%B0KL%C4%B0%20S%C3%9CP%C3%9CRGELER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Comminique on Ecodesign Requirements for Household Dishwashers (2019/2022/EU) (SGM:2021/1)</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-comminique-ecodesign-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-1.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices (2019/2016/EU) (SGM:2021/8)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. This Regulation shall apply to electric mains-operated household refrigerating appliances including those sold for non-household use or for the refrigeration of items other than foodstuffs and including built-in appliances. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated. This Regulation shall not apply to:    a. refrigerating appliances that are primarily powered by energy sources other than electricity such as liquefied petroleum gas LPG kerosene and bio-diesel fuels;   b. battery-operated refrigerating appliances that can be connected to the mains through an AC|DC converter purchased separately;    c. custom-made refrigerating appliances made on a one-off basis and not equivalent to other refrigerating appliance models;   d. refrigerating appliances for tertiary sector application where the removal of refrigerated foodstuffs is electronically sensed and that information can be automatically transmitted through a network connection to a remote control system for accounting;    e. appliances where the primary function is not the storage of foodstuffs through refrigeration such as stand-alone ice-makers or chilled drinks dispensers.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-20192016eu-sgm20218</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices with Direct Sales Function (2019/2018/EU) (SGM:2021/10)</t>
+  </si>
+  <si>
+    <t>This policy defines energy labeling requirements for refrigerating appliances with a direct sales function, including supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, small ice-cream freezers, gelato-scooping cabinets, and refrigerated vending machines. It does not apply to Minibars and wine storage appliances with sales functions. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council about energy labelling of refrigerating appliances with a direct sales function.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>EN 16901
 ,   
                     EN 16902
 ,   
                     EN 50597
 ,   
                     EN ISO 23953-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-direct-sales-function</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 |  Energy Labeling of Electronic Displays (2019/2013/EU) (SGM:2021/6)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on electronic displays, including televisions, monitors, and digital signage displays. This policy applies to electronic displays with a screen area greater than 100 square centimeters. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2013 .</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-electronic-displays-20192013eu-sgm20216</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design of Household Washing Machines with Dryers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-household-washing-0</t>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-household-washing</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-3.htm</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices (2019/2019/EU) (SGM:2021/7)</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices with Direct Sales Function (2019/2024/EU) (SGM:2021/9)</t>
   </si>
   <si>
+    <t>This policy applies to the following refrigerating appliances with a direct sales function: supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, ice-cream freezers, gelato-scooping cabinets and refrigerated vending machines.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-9.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Electronic Displays (2019/2021/EU) (SGM:2021/5)</t>
   </si>
   <si>
+    <t>This policy establishes a minimum energy performance standard for electronic displays, including televisions, monitors, and digital signage displays with a liquid crystal screen (LCD) and a screen area greater than 100 square centimeters. This policy is a transposition of Commission Regulation (EU) 2019/2021.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-electronic</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-5.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Home Type Dishwasher Energy of Machines Notification on Labeling (2019/2017/EU) (SGM:2021/2)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.  This policy is a transposition of (EU) 2019/2017.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-home-type-dishwasher-energy-machines-notification</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-2.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Household Laundry Environmentally Friendly Design of Household Washing Machines and Dryers Communiqué on Requirements (2019/2023/EU) (SGM:2021/3)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-household-laundry-environmentally-friendly-design</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-4.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Energy Labeling of Light Sources (2019/2015/EU) (SGM:2021/12)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on, light sources with or without integrated control gear. The requirements also apply to light sources placed on the market in a containing product. This policy does not apply to light sources specified in points 1 and 2 of Annex IV of Commission Delegated Regulation (EU) 2019/2015. Light sources specified in point 3 of Annex IV must comply only with the requirements in point 4 of Annex V of Commission Delegated Regulation (EU) 2019/2015. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2015.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-energy-labeling-light-sources-20192015eu-sgm202112</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/08/20210806-16.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
+  </si>
+  <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Solid Fuel Boilers and Packages of Solid Fuel Boilers, Additional Heaters, Temperature Control Devices and Solar Energy Devices (2015/1187/EU) (SGM: 2022/31)</t>
   </si>
   <si>
+    <t>This policy defines the energy labeling of and the provision of supplementary product information on solid fuel boilers with a rated heat output of 70 kW or less and packages of a solid fuel boiler with a rated heat output of 70 kW or less, supplementary heaters, temperature controls, and solar devices. It does not apply to boilers generating heat only for hot drinking or sanitary water; boilers for heating and distributing gaseous heat transfer media such as vapor or air; solid fuel cogeneration boilers with a maximum electrical capacity of 50 kW or more; non-woody biomass boilers. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1187.</t>
+  </si>
+  <si>
     <t>Electricity, Solar, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-energy-labeling-solid-fuel-boilers-and-packages-solid</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Space Heaters (2015/1186/EU) (SGM: 2022/30)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the energy labeling of, and the provision of supplementary product information on local space heaters with a nominal heat output of 50 kW or less. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1186.</t>
+  </si>
+  <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-energy-labeling-space-heaters-20151186eu-sgm-202230</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Boilers (2015/1189/EU) (SGM: 2022/33)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel boilers with a rated heat output of 500 kilowatts (‘kW’) or less, including those integrated in packages of a solid fuel boiler, supplementary heaters, temperature controls, and solar devices as defined in Article 2 of Delegated Regulation (EU) 2015/1187. This policy is a transposition of Commission Regulation (EU) 2015/1189.</t>
+  </si>
+  <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1189</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Space Heaters (2015/1185/EU) (SGM: 2022/29)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. It does not apply to solid fuel local space heaters that are specified for the combustion of non-woody biomass only; solid fuel local space heaters that are specified for outdoor use only; solid fuel local space heaters of which the direct heat output is less than 6 % of the combined direct and indirect heat output at nominal heat output; solid fuel local space heaters that are not factory assembled, or are not provided as prefabricated components or parts by a single manufacturer which are to be assembled on site; air heating products; or sauna stoves. This policy is a transposition of Commission Regulation (EU) 2015/1185.</t>
+  </si>
+  <si>
     <t>Biomass, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1185</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-fuel</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Space Heaters (2015/1188/EU) (SGM: 2022/32)</t>
   </si>
   <si>
+    <t>This policy applies to local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less. This policy is a transposition of Commission Regulation (EU) 2015/1188.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-space</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-9.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 26897</t>
   </si>
   <si>
+    <t>This Regulation provides minimum energy efficiency and labeling for new hot water boilers with nominal output power less than 4 kW and not more than 400 kW</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>Council Directive 92/42/EEC of 21 May 1992</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-26897</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/verimlilik/document/Sicaksu_Kazanlarinin_Verimlilik_Yonetmeligi.doc</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 29564 - Energy Labeling of Televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor</t>
+  </si>
+  <si>
     <t>EC 1062-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29564-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/TELEV%C4%B0ZYONLARIN%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010 3: 2020 – Labeling – Energy Efficiency Label for Electrical Appliances Part 3: Household Refrigerating Appliances.</t>
   </si>
   <si>
+    <t>This regulation covers brand new household refrigerators, freezers and refrigerator-freezers with a capacity of less than 1,500 liters imported to or manufactured in the UAE. This regulation applies to electric mains-operated household refrigerating appliances, stand-alone or built-in configuration.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>UAE.S IEC 62552:2013</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-3-2020-labeling-energy-efficiency-label-electrical-appliances-part-3-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2020/TBT/ARE/20_4362_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-1: 2019 – Labeling – Energy efficiency label for electrical appliances Part 1: household air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels requirements for residential single package and split-system non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>UAE.S ISO 5151:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-1-2019-labeling-energy-efficiency-label-electrical-appliances-part-1-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1431_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-2:2013 – Labeling – Energy efficiency label for electrical appliances Part 2: Washing Machines and Dryers</t>
   </si>
   <si>
+    <t>This regulation deals with methods for measuring the energy and water consumption of clothes washing machines for household use, with or without heating devices and for cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force and is applicable to appliances for both washing and drying textiles (washer-dryers). This standard also applies to household electric tumble dryers, automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60456 /2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-22013-labeling-energy-efficiency-label-electrical-appliances-part-2-washing</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/are119_t.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-4: 2014 – Labeling – Energy Efficiency Label for Electrical Appliances Part 4: Storage Water Heaters.</t>
   </si>
   <si>
+    <t>This regulation establishes requirements for electrical safety and energy efficiency labeling of electric water heater types listed in Annex A. This regulation does not apply to instantaneous water heaters and water heaters that use gas, solid or liquid fuels, solar water heaters and water heaters designed for making hot drinks only.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-4-2014-labeling-energy-efficiency-label-electrical-appliances-part-4-storage</t>
   </si>
   <si>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
+  </si>
+  <si>
     <t>UAE.S 5010-5: 2019 – Labeling – Energy efficiency label for electrical appliances - Part 5: commercial and central air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels and the minimum energy performance standard (MEPS) requirements for factory-made residential, commercial and industrial.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-5-2019-labeling-energy-efficiency-label-electrical-appliances-part-5-commercial</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1430_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-6: 2018 – Labeling – Energy efficiency label for electrical appliances Part 6: Dishwashers.</t>
   </si>
   <si>
+    <t>This regulation is developed to ensure that dishwasher are registered and monitored for their continuous compliance to the set specifications. Includes energy consumption and water consumption.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-6-2018-labeling-energy-efficiency-label-electrical-appliances-part-6-dishwashers</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2018/TBT/ARE/18_1779_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-7: 2017 – Labeling – Energy Efficiency Label for Electrical Appliances - Part: 7 Minimum Energy Efficiency Limits for Rotodynamic Water Pumps.</t>
   </si>
   <si>
+    <t>This standard covers brand new rotodynamic water pumps for pumping clean water, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-7-2017-labeling-energy-efficiency-label-electrical-appliances-part-7-minimum</t>
   </si>
   <si>
     <t>UAE.S 5010-8:2018 – Labeling – Energy Efficiency Label for Electrical Appliances – Part 8: Television Sets</t>
   </si>
   <si>
+    <t>This regulation covers televisions or television sets. It is developed to ensure that television sets are registered and monitored for their continuous compliance to the set specifications.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-82018-labeling-energy-efficiency-label-electrical-appliances-part-8-television</t>
   </si>
   <si>
+    <t>https://www.tuvsud.com/en/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-11-2019/uae-mandatory-standard-for-tv-energy-efficiency-labelling-in-force</t>
+  </si>
+  <si>
     <t>UEVEP-E5 - implementing minimum performance standards for transformers</t>
+  </si>
+  <si>
+    <t>power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications</t>
   </si>
   <si>
     <t>Industrial Sector, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uevep-e5-implementing-minimum-performance-standards-transformers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -3122,10889 +4511,12416 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N256"/>
+  <dimension ref="A1:P256"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1702.156" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="182.813" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2019</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2020</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H4">
+        <v>2021</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G5" t="s">
+        <v>44</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>47</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>40</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>42</v>
+      </c>
+      <c r="F6" t="s">
+        <v>43</v>
+      </c>
+      <c r="G6" t="s">
+        <v>44</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>45</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>47</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>64</v>
+      </c>
+      <c r="E7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" t="s">
+        <v>43</v>
+      </c>
+      <c r="G7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>45</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>65</v>
+      </c>
+      <c r="M7" t="s">
+        <v>47</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>40</v>
+      </c>
+      <c r="D8" t="s">
+        <v>70</v>
+      </c>
+      <c r="E8" t="s">
+        <v>42</v>
+      </c>
+      <c r="F8" t="s">
+        <v>43</v>
+      </c>
+      <c r="G8" t="s">
+        <v>44</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>53</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>71</v>
+      </c>
+      <c r="M8" t="s">
+        <v>47</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>40</v>
+      </c>
+      <c r="D9" t="s">
+        <v>76</v>
+      </c>
+      <c r="E9" t="s">
+        <v>42</v>
+      </c>
+      <c r="F9" t="s">
+        <v>43</v>
+      </c>
+      <c r="G9" t="s">
+        <v>44</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>53</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>77</v>
+      </c>
+      <c r="M9" t="s">
+        <v>47</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>78</v>
+      </c>
+      <c r="P9" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>80</v>
+      </c>
+      <c r="B10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C10" t="s">
+        <v>40</v>
+      </c>
+      <c r="D10" t="s">
+        <v>82</v>
+      </c>
+      <c r="E10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F10" t="s">
+        <v>43</v>
+      </c>
+      <c r="G10" t="s">
+        <v>44</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>53</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>83</v>
+      </c>
+      <c r="M10" t="s">
+        <v>47</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>84</v>
+      </c>
+      <c r="P10" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>86</v>
+      </c>
+      <c r="B11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C11" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" t="s">
+        <v>88</v>
+      </c>
+      <c r="E11" t="s">
+        <v>42</v>
+      </c>
+      <c r="F11" t="s">
+        <v>43</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>53</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>89</v>
+      </c>
+      <c r="M11" t="s">
+        <v>90</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>91</v>
+      </c>
+      <c r="P11" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>93</v>
+      </c>
+      <c r="B12" t="s">
+        <v>94</v>
+      </c>
+      <c r="C12" t="s">
+        <v>40</v>
+      </c>
+      <c r="D12" t="s">
+        <v>95</v>
+      </c>
+      <c r="E12" t="s">
+        <v>42</v>
+      </c>
+      <c r="F12" t="s">
+        <v>43</v>
+      </c>
+      <c r="G12" t="s">
+        <v>44</v>
+      </c>
+      <c r="H12">
+        <v>2014</v>
+      </c>
+      <c r="I12">
+        <v>2019</v>
+      </c>
+      <c r="J12" t="s">
+        <v>45</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>96</v>
+      </c>
+      <c r="M12" t="s">
+        <v>47</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D13" t="s">
+        <v>101</v>
+      </c>
+      <c r="E13" t="s">
+        <v>42</v>
+      </c>
+      <c r="F13" t="s">
+        <v>43</v>
+      </c>
+      <c r="G13" t="s">
+        <v>44</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13">
+        <v>2019</v>
+      </c>
+      <c r="J13" t="s">
+        <v>53</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>102</v>
+      </c>
+      <c r="M13" t="s">
+        <v>47</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>103</v>
+      </c>
+      <c r="P13" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>105</v>
+      </c>
+      <c r="B14" t="s">
+        <v>106</v>
+      </c>
+      <c r="C14" t="s">
+        <v>40</v>
+      </c>
+      <c r="D14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E14" t="s">
+        <v>42</v>
+      </c>
+      <c r="F14" t="s">
+        <v>43</v>
+      </c>
+      <c r="G14" t="s">
+        <v>44</v>
+      </c>
+      <c r="H14">
+        <v>2017</v>
+      </c>
+      <c r="I14">
+        <v>2019</v>
+      </c>
+      <c r="J14" t="s">
+        <v>53</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>108</v>
+      </c>
+      <c r="M14" t="s">
+        <v>47</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>109</v>
+      </c>
+      <c r="P14" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>111</v>
+      </c>
+      <c r="B15" t="s">
+        <v>112</v>
+      </c>
+      <c r="C15" t="s">
+        <v>40</v>
+      </c>
+      <c r="D15" t="s">
+        <v>113</v>
+      </c>
+      <c r="E15" t="s">
+        <v>42</v>
+      </c>
+      <c r="F15" t="s">
+        <v>43</v>
+      </c>
+      <c r="G15" t="s">
+        <v>44</v>
+      </c>
+      <c r="H15">
+        <v>2016</v>
+      </c>
+      <c r="I15">
+        <v>2019</v>
+      </c>
+      <c r="J15" t="s">
+        <v>53</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>114</v>
+      </c>
+      <c r="M15" t="s">
+        <v>47</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>115</v>
+      </c>
+      <c r="P15" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>117</v>
+      </c>
+      <c r="B16" t="s">
+        <v>118</v>
+      </c>
+      <c r="C16" t="s">
+        <v>119</v>
+      </c>
+      <c r="D16" t="s">
+        <v>120</v>
+      </c>
+      <c r="E16" t="s">
+        <v>42</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2017</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>121</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>122</v>
+      </c>
+      <c r="M16" t="s">
+        <v>123</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>124</v>
+      </c>
+      <c r="P16" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>126</v>
+      </c>
+      <c r="B17" t="s">
+        <v>127</v>
+      </c>
+      <c r="C17" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D17" t="s">
+        <v>128</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>33</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2020</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>129</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>130</v>
+      </c>
+      <c r="P17" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>132</v>
+      </c>
+      <c r="B18" t="s">
+        <v>133</v>
+      </c>
+      <c r="C18" t="s">
+        <v>134</v>
+      </c>
+      <c r="D18" t="s">
+        <v>135</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2006</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>136</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>137</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>138</v>
+      </c>
+      <c r="P18" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>140</v>
+      </c>
+      <c r="B19" t="s">
+        <v>141</v>
+      </c>
+      <c r="C19" t="s">
+        <v>134</v>
+      </c>
+      <c r="D19" t="s">
+        <v>142</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>43</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>1993</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>136</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>137</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>143</v>
+      </c>
+      <c r="P19" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>145</v>
+      </c>
+      <c r="B20" t="s">
+        <v>146</v>
+      </c>
+      <c r="C20" t="s">
+        <v>134</v>
+      </c>
+      <c r="D20" t="s">
+        <v>147</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>44</v>
+      </c>
+      <c r="H20">
+        <v>1986</v>
+      </c>
+      <c r="I20">
+        <v>2004</v>
+      </c>
+      <c r="J20" t="s">
+        <v>136</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>137</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>148</v>
+      </c>
+      <c r="P20" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>150</v>
+      </c>
+      <c r="B21" t="s">
+        <v>151</v>
+      </c>
+      <c r="C21" t="s">
+        <v>40</v>
+      </c>
+      <c r="D21" t="s">
+        <v>152</v>
+      </c>
+      <c r="E21" t="s">
+        <v>42</v>
+      </c>
+      <c r="F21" t="s">
+        <v>153</v>
+      </c>
+      <c r="G21" t="s">
+        <v>44</v>
+      </c>
+      <c r="H21">
+        <v>2003</v>
+      </c>
+      <c r="I21">
+        <v>2012</v>
+      </c>
+      <c r="J21" t="s">
+        <v>154</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>155</v>
+      </c>
+      <c r="M21" t="s">
+        <v>156</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>157</v>
+      </c>
+      <c r="P21" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>159</v>
+      </c>
+      <c r="B22" t="s">
+        <v>160</v>
+      </c>
+      <c r="C22" t="s">
+        <v>40</v>
+      </c>
+      <c r="D22" t="s">
+        <v>161</v>
+      </c>
+      <c r="E22" t="s">
+        <v>42</v>
+      </c>
+      <c r="F22" t="s">
+        <v>43</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2022</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>162</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>163</v>
+      </c>
+      <c r="M22" t="s">
+        <v>164</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>165</v>
+      </c>
+      <c r="P22" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>167</v>
+      </c>
+      <c r="B23" t="s">
+        <v>168</v>
+      </c>
+      <c r="C23" t="s">
+        <v>40</v>
+      </c>
+      <c r="D23" t="s">
+        <v>169</v>
+      </c>
+      <c r="E23" t="s">
+        <v>42</v>
+      </c>
+      <c r="F23" t="s">
+        <v>43</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2022</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>162</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>170</v>
+      </c>
+      <c r="M23" t="s">
+        <v>164</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>171</v>
+      </c>
+      <c r="P23" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>173</v>
+      </c>
+      <c r="B24" t="s">
+        <v>174</v>
+      </c>
+      <c r="C24" t="s">
+        <v>40</v>
+      </c>
+      <c r="D24" t="s">
+        <v>175</v>
+      </c>
+      <c r="E24" t="s">
+        <v>42</v>
+      </c>
+      <c r="F24" t="s">
+        <v>43</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2022</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>162</v>
+      </c>
+      <c r="K24" t="s">
+        <v>176</v>
+      </c>
+      <c r="L24" t="s">
+        <v>177</v>
+      </c>
+      <c r="M24" t="s">
+        <v>164</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>178</v>
+      </c>
+      <c r="P24" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>180</v>
+      </c>
+      <c r="B25" t="s">
+        <v>181</v>
+      </c>
+      <c r="C25" t="s">
+        <v>40</v>
+      </c>
+      <c r="D25" t="s">
+        <v>182</v>
+      </c>
+      <c r="E25" t="s">
+        <v>42</v>
+      </c>
+      <c r="F25" t="s">
+        <v>43</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2022</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>162</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>183</v>
+      </c>
+      <c r="M25" t="s">
+        <v>164</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>184</v>
+      </c>
+      <c r="P25" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>186</v>
+      </c>
+      <c r="B26" t="s">
+        <v>187</v>
+      </c>
+      <c r="C26" t="s">
+        <v>40</v>
+      </c>
+      <c r="D26" t="s">
+        <v>188</v>
+      </c>
+      <c r="E26" t="s">
+        <v>42</v>
+      </c>
+      <c r="F26" t="s">
+        <v>43</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2022</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>162</v>
+      </c>
+      <c r="K26" t="s">
+        <v>176</v>
+      </c>
+      <c r="L26" t="s">
+        <v>189</v>
+      </c>
+      <c r="M26" t="s">
+        <v>164</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>190</v>
+      </c>
+      <c r="P26" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>192</v>
+      </c>
+      <c r="B27" t="s">
+        <v>193</v>
+      </c>
+      <c r="C27" t="s">
+        <v>40</v>
+      </c>
+      <c r="D27" t="s">
+        <v>194</v>
+      </c>
+      <c r="E27" t="s">
+        <v>42</v>
+      </c>
+      <c r="F27" t="s">
+        <v>43</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2022</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>162</v>
+      </c>
+      <c r="K27" t="s">
+        <v>195</v>
+      </c>
+      <c r="L27" t="s">
+        <v>196</v>
+      </c>
+      <c r="M27" t="s">
+        <v>164</v>
+      </c>
+      <c r="N27" t="s">
+        <v>197</v>
+      </c>
+      <c r="O27" t="s">
+        <v>198</v>
+      </c>
+      <c r="P27" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>200</v>
+      </c>
+      <c r="B28" t="s">
+        <v>201</v>
+      </c>
+      <c r="C28" t="s">
+        <v>40</v>
+      </c>
+      <c r="D28" t="s">
+        <v>202</v>
+      </c>
+      <c r="E28" t="s">
+        <v>42</v>
+      </c>
+      <c r="F28" t="s">
+        <v>43</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2022</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>162</v>
+      </c>
+      <c r="K28" t="s">
+        <v>195</v>
+      </c>
+      <c r="L28" t="s">
+        <v>203</v>
+      </c>
+      <c r="M28" t="s">
+        <v>164</v>
+      </c>
+      <c r="N28" t="s">
+        <v>197</v>
+      </c>
+      <c r="O28" t="s">
+        <v>204</v>
+      </c>
+      <c r="P28" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>206</v>
+      </c>
+      <c r="B29" t="s">
+        <v>207</v>
+      </c>
+      <c r="C29" t="s">
+        <v>40</v>
+      </c>
+      <c r="D29" t="s">
+        <v>52</v>
+      </c>
+      <c r="E29" t="s">
+        <v>42</v>
+      </c>
+      <c r="F29" t="s">
+        <v>43</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2022</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>162</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>208</v>
+      </c>
+      <c r="M29" t="s">
+        <v>164</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>209</v>
+      </c>
+      <c r="P29" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>211</v>
+      </c>
+      <c r="B30" t="s">
+        <v>212</v>
+      </c>
+      <c r="C30" t="s">
+        <v>40</v>
+      </c>
+      <c r="D30" t="s">
+        <v>213</v>
+      </c>
+      <c r="E30" t="s">
+        <v>42</v>
+      </c>
+      <c r="F30" t="s">
+        <v>43</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2022</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>162</v>
+      </c>
+      <c r="K30" t="s">
+        <v>176</v>
+      </c>
+      <c r="L30" t="s">
+        <v>214</v>
+      </c>
+      <c r="M30" t="s">
+        <v>164</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>215</v>
+      </c>
+      <c r="P30" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>217</v>
+      </c>
+      <c r="B31" t="s">
+        <v>218</v>
+      </c>
+      <c r="C31" t="s">
+        <v>40</v>
+      </c>
+      <c r="D31" t="s">
+        <v>219</v>
+      </c>
+      <c r="E31" t="s">
+        <v>42</v>
+      </c>
+      <c r="F31" t="s">
+        <v>43</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2022</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>162</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>220</v>
+      </c>
+      <c r="M31" t="s">
+        <v>164</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>221</v>
+      </c>
+      <c r="P31" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>223</v>
+      </c>
+      <c r="B32" t="s">
+        <v>224</v>
+      </c>
+      <c r="C32" t="s">
+        <v>225</v>
+      </c>
+      <c r="D32" t="s">
+        <v>147</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>44</v>
+      </c>
+      <c r="H32">
+        <v>1998</v>
+      </c>
+      <c r="I32">
+        <v>2012</v>
+      </c>
+      <c r="J32" t="s">
+        <v>226</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>227</v>
+      </c>
+      <c r="M32" t="s">
+        <v>228</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>229</v>
+      </c>
+      <c r="P32" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>231</v>
+      </c>
+      <c r="B33" t="s">
+        <v>232</v>
+      </c>
+      <c r="C33" t="s">
+        <v>225</v>
+      </c>
+      <c r="D33" t="s">
+        <v>233</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>44</v>
+      </c>
+      <c r="H33">
+        <v>2008</v>
+      </c>
+      <c r="I33">
+        <v>2010</v>
+      </c>
+      <c r="J33" t="s">
+        <v>226</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>234</v>
+      </c>
+      <c r="M33" t="s">
+        <v>228</v>
+      </c>
+      <c r="N33" t="s">
+        <v>235</v>
+      </c>
+      <c r="O33" t="s">
+        <v>236</v>
+      </c>
+      <c r="P33" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>237</v>
+      </c>
+      <c r="B34" t="s">
+        <v>238</v>
+      </c>
+      <c r="C34" t="s">
+        <v>225</v>
+      </c>
+      <c r="D34" t="s">
+        <v>107</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>44</v>
+      </c>
+      <c r="H34">
+        <v>2002</v>
+      </c>
+      <c r="I34">
+        <v>2008</v>
+      </c>
+      <c r="J34" t="s">
+        <v>226</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>239</v>
+      </c>
+      <c r="M34" t="s">
+        <v>228</v>
+      </c>
+      <c r="N34" t="s">
+        <v>235</v>
+      </c>
+      <c r="O34" t="s">
+        <v>240</v>
+      </c>
+      <c r="P34" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>241</v>
+      </c>
+      <c r="B35" t="s">
+        <v>242</v>
+      </c>
+      <c r="C35" t="s">
+        <v>225</v>
+      </c>
+      <c r="D35" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E35" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F35" t="s">
+        <v>33</v>
+      </c>
+      <c r="G35" t="s">
+        <v>44</v>
+      </c>
+      <c r="H35">
+        <v>2008</v>
+      </c>
+      <c r="I35">
+        <v>2006</v>
+      </c>
+      <c r="J35" t="s">
+        <v>226</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>243</v>
+      </c>
+      <c r="M35" t="s">
+        <v>228</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>244</v>
+      </c>
+      <c r="P35" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>245</v>
+      </c>
+      <c r="B36" t="s">
+        <v>246</v>
+      </c>
+      <c r="C36" t="s">
+        <v>225</v>
+      </c>
+      <c r="D36" t="s">
+        <v>82</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G36" t="s">
+        <v>44</v>
+      </c>
+      <c r="H36">
+        <v>2007</v>
+      </c>
+      <c r="I36">
+        <v>2012</v>
+      </c>
+      <c r="J36" t="s">
+        <v>226</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>247</v>
+      </c>
+      <c r="M36" t="s">
+        <v>228</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>248</v>
+      </c>
+      <c r="P36" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>249</v>
+      </c>
+      <c r="B37" t="s">
+        <v>250</v>
+      </c>
+      <c r="C37" t="s">
+        <v>225</v>
+      </c>
+      <c r="D37" t="s">
+        <v>19</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>43</v>
+      </c>
+      <c r="G37" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...35 lines deleted...]
-      <c r="J3" t="s">
+      <c r="H37">
+        <v>2009</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>226</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>228</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>251</v>
+      </c>
+      <c r="P37" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>252</v>
+      </c>
+      <c r="B38" t="s">
+        <v>253</v>
+      </c>
+      <c r="C38" t="s">
+        <v>225</v>
+      </c>
+      <c r="D38" t="s">
+        <v>254</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...11 lines deleted...]
-      <c r="A4" t="s">
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2013</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>226</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>255</v>
+      </c>
+      <c r="M38" t="s">
+        <v>228</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>256</v>
+      </c>
+      <c r="P38" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>257</v>
+      </c>
+      <c r="B39" t="s">
+        <v>258</v>
+      </c>
+      <c r="C39" t="s">
+        <v>225</v>
+      </c>
+      <c r="D39" t="s">
+        <v>259</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>44</v>
+      </c>
+      <c r="H39">
+        <v>2012</v>
+      </c>
+      <c r="I39">
+        <v>2010</v>
+      </c>
+      <c r="J39" t="s">
+        <v>226</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>260</v>
+      </c>
+      <c r="M39" t="s">
+        <v>228</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>261</v>
+      </c>
+      <c r="P39" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>262</v>
+      </c>
+      <c r="B40" t="s">
+        <v>263</v>
+      </c>
+      <c r="C40" t="s">
+        <v>225</v>
+      </c>
+      <c r="D40" t="s">
+        <v>264</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>44</v>
+      </c>
+      <c r="H40">
+        <v>2012</v>
+      </c>
+      <c r="I40">
+        <v>2014</v>
+      </c>
+      <c r="J40" t="s">
+        <v>226</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>265</v>
+      </c>
+      <c r="M40" t="s">
+        <v>228</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>266</v>
+      </c>
+      <c r="P40" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>267</v>
+      </c>
+      <c r="B41" t="s">
+        <v>268</v>
+      </c>
+      <c r="C41" t="s">
+        <v>225</v>
+      </c>
+      <c r="D41" t="s">
+        <v>152</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2009</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>226</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>269</v>
+      </c>
+      <c r="M41" t="s">
+        <v>228</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>270</v>
+      </c>
+      <c r="P41" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>271</v>
+      </c>
+      <c r="B42" t="s">
+        <v>272</v>
+      </c>
+      <c r="C42" t="s">
+        <v>225</v>
+      </c>
+      <c r="D42" t="s">
+        <v>273</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
         <v>33</v>
       </c>
-      <c r="B4" t="s">
-[...23 lines deleted...]
-      <c r="J4" t="s">
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2009</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>226</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>274</v>
+      </c>
+      <c r="M42" t="s">
+        <v>228</v>
+      </c>
+      <c r="N42" t="s">
+        <v>235</v>
+      </c>
+      <c r="O42" t="s">
+        <v>275</v>
+      </c>
+      <c r="P42" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>276</v>
+      </c>
+      <c r="B43" t="s">
+        <v>277</v>
+      </c>
+      <c r="C43" t="s">
+        <v>225</v>
+      </c>
+      <c r="D43" t="s">
+        <v>278</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...13 lines deleted...]
-      <c r="A5" t="s">
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2013</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>226</v>
+      </c>
+      <c r="K43" t="s">
+        <v>279</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>228</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>280</v>
+      </c>
+      <c r="P43" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>281</v>
+      </c>
+      <c r="B44" t="s">
+        <v>282</v>
+      </c>
+      <c r="C44" t="s">
+        <v>225</v>
+      </c>
+      <c r="D44" t="s">
+        <v>142</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
         <v>43</v>
       </c>
-      <c r="B5" t="s">
-[...2 lines deleted...]
-      <c r="C5" t="s">
+      <c r="G44" t="s">
         <v>44</v>
-      </c>
-[...1674 lines deleted...]
-        <v>2002</v>
       </c>
       <c r="H44">
         <v>2002</v>
       </c>
-      <c r="I44" t="s">
-        <v>164</v>
+      <c r="I44">
+        <v>2002</v>
       </c>
       <c r="J44" t="s">
-        <v>205</v>
+        <v>226</v>
       </c>
       <c r="K44" t="s">
-        <v>208</v>
+        <v>279</v>
       </c>
       <c r="L44" t="s">
-        <v>166</v>
+        <v>283</v>
       </c>
       <c r="M44" t="s">
-        <v>24</v>
+        <v>228</v>
       </c>
       <c r="N44" t="s">
-        <v>209</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>284</v>
+      </c>
+      <c r="P44" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>210</v>
+        <v>285</v>
       </c>
       <c r="B45" t="s">
-        <v>163</v>
+        <v>286</v>
       </c>
       <c r="C45" t="s">
-        <v>106</v>
+        <v>225</v>
       </c>
       <c r="D45" t="s">
-        <v>17</v>
+        <v>142</v>
       </c>
       <c r="E45" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="G45">
+        <v>33</v>
+      </c>
+      <c r="G45" t="s">
+        <v>44</v>
+      </c>
+      <c r="H45">
         <v>1998</v>
       </c>
-      <c r="H45">
+      <c r="I45">
         <v>2009</v>
       </c>
-      <c r="I45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J45" t="s">
-        <v>205</v>
+        <v>226</v>
       </c>
       <c r="K45" t="s">
-        <v>211</v>
+        <v>279</v>
       </c>
       <c r="L45" t="s">
-        <v>166</v>
+        <v>287</v>
       </c>
       <c r="M45" t="s">
-        <v>171</v>
+        <v>228</v>
       </c>
       <c r="N45" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:14">
+        <v>235</v>
+      </c>
+      <c r="O45" t="s">
+        <v>288</v>
+      </c>
+      <c r="P45" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>213</v>
+        <v>289</v>
       </c>
       <c r="B46" t="s">
-        <v>163</v>
+        <v>290</v>
       </c>
       <c r="C46" t="s">
-        <v>214</v>
+        <v>225</v>
       </c>
       <c r="D46" t="s">
-        <v>17</v>
+        <v>291</v>
       </c>
       <c r="E46" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>33</v>
+      </c>
+      <c r="G46" t="s">
+        <v>44</v>
       </c>
       <c r="H46">
         <v>2012</v>
       </c>
-      <c r="I46" t="s">
-        <v>164</v>
+      <c r="I46">
+        <v>2012</v>
       </c>
       <c r="J46" t="s">
+        <v>226</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>292</v>
+      </c>
+      <c r="M46" t="s">
+        <v>228</v>
+      </c>
+      <c r="N46" t="s">
+        <v>235</v>
+      </c>
+      <c r="O46" t="s">
+        <v>293</v>
+      </c>
+      <c r="P46" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>294</v>
+      </c>
+      <c r="B47" t="s">
+        <v>295</v>
+      </c>
+      <c r="C47" t="s">
+        <v>225</v>
+      </c>
+      <c r="D47" t="s">
+        <v>142</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
         <v>21</v>
       </c>
-      <c r="K46" t="s">
-[...31 lines deleted...]
-      <c r="G47">
+      <c r="G47" t="s">
+        <v>44</v>
+      </c>
+      <c r="H47">
         <v>2011</v>
       </c>
-      <c r="H47">
+      <c r="I47">
         <v>2015</v>
       </c>
-      <c r="I47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J47" t="s">
+        <v>296</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>297</v>
+      </c>
+      <c r="M47" t="s">
+        <v>228</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>298</v>
+      </c>
+      <c r="P47" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>299</v>
+      </c>
+      <c r="B48" t="s">
+        <v>300</v>
+      </c>
+      <c r="C48" t="s">
+        <v>225</v>
+      </c>
+      <c r="D48" t="s">
+        <v>52</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>33</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2013</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>226</v>
+      </c>
+      <c r="K48" t="s">
+        <v>279</v>
+      </c>
+      <c r="L48" t="s">
+        <v>301</v>
+      </c>
+      <c r="M48" t="s">
+        <v>228</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>302</v>
+      </c>
+      <c r="P48" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>303</v>
+      </c>
+      <c r="B49" t="s">
+        <v>304</v>
+      </c>
+      <c r="C49" t="s">
+        <v>225</v>
+      </c>
+      <c r="D49" t="s">
+        <v>142</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>33</v>
+      </c>
+      <c r="G49" t="s">
+        <v>44</v>
+      </c>
+      <c r="H49">
+        <v>2011</v>
+      </c>
+      <c r="I49">
+        <v>2013</v>
+      </c>
+      <c r="J49" t="s">
+        <v>226</v>
+      </c>
+      <c r="K49" t="s">
+        <v>279</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>228</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>305</v>
+      </c>
+      <c r="P49" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>306</v>
+      </c>
+      <c r="B50" t="s">
+        <v>307</v>
+      </c>
+      <c r="C50" t="s">
+        <v>225</v>
+      </c>
+      <c r="D50" t="s">
+        <v>278</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
         <v>21</v>
       </c>
-      <c r="K47" t="s">
-[...19 lines deleted...]
-      <c r="C48" t="s">
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2009</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>226</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>308</v>
+      </c>
+      <c r="M50" t="s">
+        <v>228</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>309</v>
+      </c>
+      <c r="P50" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>310</v>
+      </c>
+      <c r="B51" t="s">
+        <v>311</v>
+      </c>
+      <c r="C51" t="s">
+        <v>225</v>
+      </c>
+      <c r="D51" t="s">
+        <v>312</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>33</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2013</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>226</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>228</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>313</v>
+      </c>
+      <c r="P51" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>314</v>
+      </c>
+      <c r="B52" t="s">
+        <v>315</v>
+      </c>
+      <c r="C52" t="s">
+        <v>225</v>
+      </c>
+      <c r="D52" t="s">
+        <v>316</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
         <v>44</v>
       </c>
-      <c r="D48" t="s">
-[...69 lines deleted...]
-      <c r="N49" t="s">
+      <c r="H52">
+        <v>2003</v>
+      </c>
+      <c r="I52">
+        <v>2010</v>
+      </c>
+      <c r="J52" t="s">
+        <v>226</v>
+      </c>
+      <c r="K52" t="s">
+        <v>279</v>
+      </c>
+      <c r="L52" t="s">
+        <v>317</v>
+      </c>
+      <c r="M52" t="s">
+        <v>228</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>318</v>
+      </c>
+      <c r="P52" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>319</v>
+      </c>
+      <c r="B53" t="s">
+        <v>320</v>
+      </c>
+      <c r="C53" t="s">
         <v>225</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A50" t="s">
+      <c r="D53" t="s">
+        <v>101</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2002</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
         <v>226</v>
       </c>
-      <c r="B50" t="s">
-[...21 lines deleted...]
-      <c r="J50" t="s">
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>321</v>
+      </c>
+      <c r="M53" t="s">
+        <v>228</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>322</v>
+      </c>
+      <c r="P53" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>323</v>
+      </c>
+      <c r="B54" t="s">
+        <v>324</v>
+      </c>
+      <c r="C54" t="s">
+        <v>225</v>
+      </c>
+      <c r="D54" t="s">
+        <v>325</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
         <v>21</v>
       </c>
-      <c r="K50" t="s">
-[...158 lines deleted...]
-        <v>2002</v>
+      <c r="G54" t="s">
+        <v>44</v>
       </c>
       <c r="H54">
         <v>2002</v>
       </c>
-      <c r="I54" t="s">
-        <v>164</v>
+      <c r="I54">
+        <v>2002</v>
       </c>
       <c r="J54" t="s">
+        <v>226</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>326</v>
+      </c>
+      <c r="M54" t="s">
+        <v>228</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>327</v>
+      </c>
+      <c r="P54" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>328</v>
+      </c>
+      <c r="B55" t="s">
+        <v>329</v>
+      </c>
+      <c r="C55" t="s">
+        <v>225</v>
+      </c>
+      <c r="D55" t="s">
+        <v>330</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
         <v>21</v>
       </c>
-      <c r="K54" t="s">
-[...31 lines deleted...]
-      <c r="G55">
+      <c r="G55" t="s">
+        <v>44</v>
+      </c>
+      <c r="H55">
         <v>1999</v>
       </c>
-      <c r="H55">
+      <c r="I55">
         <v>2009</v>
       </c>
-      <c r="I55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J55" t="s">
+        <v>226</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>331</v>
+      </c>
+      <c r="M55" t="s">
+        <v>228</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>332</v>
+      </c>
+      <c r="P55" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>333</v>
+      </c>
+      <c r="B56" t="s">
+        <v>334</v>
+      </c>
+      <c r="C56" t="s">
+        <v>225</v>
+      </c>
+      <c r="D56" t="s">
+        <v>70</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
         <v>21</v>
       </c>
-      <c r="K55" t="s">
-[...28 lines deleted...]
-      <c r="F56" t="s">
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2004</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>226</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>335</v>
+      </c>
+      <c r="M56" t="s">
+        <v>228</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>336</v>
+      </c>
+      <c r="P56" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>337</v>
+      </c>
+      <c r="B57" t="s">
+        <v>338</v>
+      </c>
+      <c r="C57" t="s">
+        <v>225</v>
+      </c>
+      <c r="D57" t="s">
         <v>19</v>
       </c>
-      <c r="G56">
-[...6 lines deleted...]
-      <c r="J56" t="s">
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
         <v>21</v>
       </c>
-      <c r="K56" t="s">
-[...31 lines deleted...]
-      <c r="G57">
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
         <v>2002</v>
       </c>
-      <c r="H57"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I57"/>
       <c r="J57" t="s">
+        <v>226</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>339</v>
+      </c>
+      <c r="M57" t="s">
+        <v>228</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>340</v>
+      </c>
+      <c r="P57" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>341</v>
+      </c>
+      <c r="B58" t="s">
+        <v>342</v>
+      </c>
+      <c r="C58" t="s">
+        <v>225</v>
+      </c>
+      <c r="D58" t="s">
+        <v>142</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>43</v>
+      </c>
+      <c r="G58" t="s">
+        <v>44</v>
+      </c>
+      <c r="H58">
+        <v>2002</v>
+      </c>
+      <c r="I58">
+        <v>2010</v>
+      </c>
+      <c r="J58" t="s">
+        <v>226</v>
+      </c>
+      <c r="K58" t="s">
+        <v>279</v>
+      </c>
+      <c r="L58" t="s">
+        <v>343</v>
+      </c>
+      <c r="M58" t="s">
+        <v>228</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>344</v>
+      </c>
+      <c r="P58" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>345</v>
+      </c>
+      <c r="B59" t="s">
+        <v>346</v>
+      </c>
+      <c r="C59" t="s">
+        <v>225</v>
+      </c>
+      <c r="D59" t="s">
+        <v>142</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>43</v>
+      </c>
+      <c r="G59" t="s">
+        <v>44</v>
+      </c>
+      <c r="H59">
+        <v>2002</v>
+      </c>
+      <c r="I59">
+        <v>2012</v>
+      </c>
+      <c r="J59" t="s">
+        <v>226</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>228</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>347</v>
+      </c>
+      <c r="P59" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>348</v>
+      </c>
+      <c r="B60" t="s">
+        <v>349</v>
+      </c>
+      <c r="C60" t="s">
+        <v>225</v>
+      </c>
+      <c r="D60" t="s">
+        <v>113</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
         <v>21</v>
       </c>
-      <c r="K57" t="s">
-[...118 lines deleted...]
-        <v>2002</v>
+      <c r="G60" t="s">
+        <v>44</v>
       </c>
       <c r="H60">
         <v>2002</v>
       </c>
-      <c r="I60" t="s">
-        <v>164</v>
+      <c r="I60">
+        <v>2002</v>
       </c>
       <c r="J60" t="s">
+        <v>226</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>350</v>
+      </c>
+      <c r="M60" t="s">
+        <v>228</v>
+      </c>
+      <c r="N60" t="s">
+        <v>235</v>
+      </c>
+      <c r="O60" t="s">
+        <v>351</v>
+      </c>
+      <c r="P60" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>352</v>
+      </c>
+      <c r="B61" t="s">
+        <v>353</v>
+      </c>
+      <c r="C61" t="s">
+        <v>225</v>
+      </c>
+      <c r="D61" t="s">
+        <v>64</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
         <v>21</v>
       </c>
-      <c r="K60" t="s">
-[...8 lines deleted...]
-      <c r="N60" t="s">
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2009</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>226</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
         <v>260</v>
       </c>
-    </row>
-[...26 lines deleted...]
-      <c r="J61" t="s">
+      <c r="M61" t="s">
+        <v>228</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>354</v>
+      </c>
+      <c r="P61" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>355</v>
+      </c>
+      <c r="B62" t="s">
+        <v>356</v>
+      </c>
+      <c r="C62" t="s">
+        <v>225</v>
+      </c>
+      <c r="D62" t="s">
+        <v>357</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
         <v>21</v>
       </c>
-      <c r="K61" t="s">
-[...32 lines deleted...]
-        <v>2012</v>
+      <c r="G62" t="s">
+        <v>44</v>
       </c>
       <c r="H62">
         <v>2012</v>
       </c>
-      <c r="I62" t="s">
-        <v>164</v>
+      <c r="I62">
+        <v>2012</v>
       </c>
       <c r="J62" t="s">
+        <v>226</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>358</v>
+      </c>
+      <c r="M62" t="s">
+        <v>228</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>359</v>
+      </c>
+      <c r="P62" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>360</v>
+      </c>
+      <c r="B63" t="s">
+        <v>361</v>
+      </c>
+      <c r="C63" t="s">
+        <v>225</v>
+      </c>
+      <c r="D63" t="s">
+        <v>362</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
         <v>21</v>
       </c>
-      <c r="K62" t="s">
-[...32 lines deleted...]
-        <v>2012</v>
+      <c r="G63" t="s">
+        <v>44</v>
       </c>
       <c r="H63">
         <v>2012</v>
       </c>
-      <c r="I63" t="s">
-        <v>164</v>
+      <c r="I63">
+        <v>2012</v>
       </c>
       <c r="J63" t="s">
+        <v>226</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>228</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>363</v>
+      </c>
+      <c r="P63" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>364</v>
+      </c>
+      <c r="B64" t="s">
+        <v>365</v>
+      </c>
+      <c r="C64" t="s">
+        <v>225</v>
+      </c>
+      <c r="D64" t="s">
+        <v>135</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
         <v>21</v>
       </c>
-      <c r="K63"/>
-[...30 lines deleted...]
-        <v>2012</v>
+      <c r="G64" t="s">
+        <v>44</v>
       </c>
       <c r="H64">
         <v>2012</v>
       </c>
-      <c r="I64" t="s">
+      <c r="I64">
+        <v>2012</v>
+      </c>
+      <c r="J64" t="s">
+        <v>226</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>228</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>366</v>
+      </c>
+      <c r="P64" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>367</v>
+      </c>
+      <c r="B65" t="s">
+        <v>368</v>
+      </c>
+      <c r="C65" t="s">
+        <v>225</v>
+      </c>
+      <c r="D65" t="s">
+        <v>369</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>21</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2004</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>226</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65" t="s">
+        <v>370</v>
+      </c>
+      <c r="M65" t="s">
+        <v>228</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>371</v>
+      </c>
+      <c r="P65" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>372</v>
+      </c>
+      <c r="B66" t="s">
+        <v>373</v>
+      </c>
+      <c r="C66" t="s">
+        <v>374</v>
+      </c>
+      <c r="D66" t="s">
+        <v>70</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>33</v>
+      </c>
+      <c r="G66" t="s">
+        <v>44</v>
+      </c>
+      <c r="H66">
+        <v>2013</v>
+      </c>
+      <c r="I66">
+        <v>2014</v>
+      </c>
+      <c r="J66" t="s">
+        <v>375</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66" t="s">
+        <v>376</v>
+      </c>
+      <c r="M66" t="s">
+        <v>377</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>378</v>
+      </c>
+      <c r="P66" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>380</v>
+      </c>
+      <c r="B67" t="s">
+        <v>381</v>
+      </c>
+      <c r="C67" t="s">
+        <v>374</v>
+      </c>
+      <c r="D67" t="s">
+        <v>382</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>43</v>
+      </c>
+      <c r="G67" t="s">
+        <v>44</v>
+      </c>
+      <c r="H67">
+        <v>2013</v>
+      </c>
+      <c r="I67">
+        <v>2014</v>
+      </c>
+      <c r="J67" t="s">
+        <v>375</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67" t="s">
+        <v>376</v>
+      </c>
+      <c r="M67" t="s">
+        <v>377</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>383</v>
+      </c>
+      <c r="P67" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>385</v>
+      </c>
+      <c r="B68" t="s">
+        <v>386</v>
+      </c>
+      <c r="C68" t="s">
+        <v>374</v>
+      </c>
+      <c r="D68" t="s">
+        <v>387</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>33</v>
+      </c>
+      <c r="G68" t="s">
+        <v>44</v>
+      </c>
+      <c r="H68">
+        <v>2013</v>
+      </c>
+      <c r="I68">
+        <v>2014</v>
+      </c>
+      <c r="J68" t="s">
+        <v>375</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68" t="s">
+        <v>376</v>
+      </c>
+      <c r="M68" t="s">
+        <v>377</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>388</v>
+      </c>
+      <c r="P68" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>390</v>
+      </c>
+      <c r="B69" t="s">
+        <v>391</v>
+      </c>
+      <c r="C69" t="s">
+        <v>374</v>
+      </c>
+      <c r="D69" t="s">
+        <v>135</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>33</v>
+      </c>
+      <c r="G69" t="s">
+        <v>44</v>
+      </c>
+      <c r="H69">
+        <v>2013</v>
+      </c>
+      <c r="I69">
+        <v>2014</v>
+      </c>
+      <c r="J69" t="s">
+        <v>375</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69" t="s">
+        <v>392</v>
+      </c>
+      <c r="M69" t="s">
+        <v>377</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>393</v>
+      </c>
+      <c r="P69" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>395</v>
+      </c>
+      <c r="B70" t="s">
+        <v>396</v>
+      </c>
+      <c r="C70" t="s">
+        <v>374</v>
+      </c>
+      <c r="D70" t="s">
+        <v>397</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>33</v>
+      </c>
+      <c r="G70" t="s">
+        <v>44</v>
+      </c>
+      <c r="H70">
+        <v>2013</v>
+      </c>
+      <c r="I70">
+        <v>2014</v>
+      </c>
+      <c r="J70" t="s">
+        <v>375</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
+        <v>398</v>
+      </c>
+      <c r="M70" t="s">
+        <v>377</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>399</v>
+      </c>
+      <c r="P70" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>401</v>
+      </c>
+      <c r="B71" t="s">
+        <v>402</v>
+      </c>
+      <c r="C71" t="s">
+        <v>374</v>
+      </c>
+      <c r="D71" t="s">
+        <v>403</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>43</v>
+      </c>
+      <c r="G71" t="s">
+        <v>44</v>
+      </c>
+      <c r="H71">
+        <v>2013</v>
+      </c>
+      <c r="I71">
+        <v>2014</v>
+      </c>
+      <c r="J71" t="s">
+        <v>375</v>
+      </c>
+      <c r="K71" t="s">
+        <v>404</v>
+      </c>
+      <c r="L71" t="s">
+        <v>405</v>
+      </c>
+      <c r="M71" t="s">
+        <v>377</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>406</v>
+      </c>
+      <c r="P71" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>408</v>
+      </c>
+      <c r="B72" t="s">
+        <v>409</v>
+      </c>
+      <c r="C72" t="s">
+        <v>374</v>
+      </c>
+      <c r="D72" t="s">
+        <v>410</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>43</v>
+      </c>
+      <c r="G72" t="s">
+        <v>44</v>
+      </c>
+      <c r="H72">
+        <v>2013</v>
+      </c>
+      <c r="I72">
+        <v>2014</v>
+      </c>
+      <c r="J72" t="s">
+        <v>375</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72" t="s">
+        <v>411</v>
+      </c>
+      <c r="M72" t="s">
+        <v>377</v>
+      </c>
+      <c r="N72" t="s">
+        <v>412</v>
+      </c>
+      <c r="O72" t="s">
+        <v>413</v>
+      </c>
+      <c r="P72" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>415</v>
+      </c>
+      <c r="B73" t="s">
+        <v>416</v>
+      </c>
+      <c r="C73" t="s">
+        <v>374</v>
+      </c>
+      <c r="D73" t="s">
+        <v>312</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>33</v>
+      </c>
+      <c r="G73" t="s">
+        <v>44</v>
+      </c>
+      <c r="H73">
+        <v>2013</v>
+      </c>
+      <c r="I73">
+        <v>2014</v>
+      </c>
+      <c r="J73" t="s">
+        <v>375</v>
+      </c>
+      <c r="K73" t="s">
+        <v>404</v>
+      </c>
+      <c r="L73" t="s">
+        <v>417</v>
+      </c>
+      <c r="M73" t="s">
+        <v>377</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>418</v>
+      </c>
+      <c r="P73" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>420</v>
+      </c>
+      <c r="B74" t="s">
+        <v>421</v>
+      </c>
+      <c r="C74" t="s">
+        <v>374</v>
+      </c>
+      <c r="D74" t="s">
+        <v>312</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>43</v>
+      </c>
+      <c r="G74" t="s">
+        <v>44</v>
+      </c>
+      <c r="H74">
+        <v>2013</v>
+      </c>
+      <c r="I74">
+        <v>2014</v>
+      </c>
+      <c r="J74" t="s">
+        <v>375</v>
+      </c>
+      <c r="K74" t="s">
+        <v>404</v>
+      </c>
+      <c r="L74" t="s">
+        <v>422</v>
+      </c>
+      <c r="M74" t="s">
+        <v>377</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>423</v>
+      </c>
+      <c r="P74" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>425</v>
+      </c>
+      <c r="B75" t="s">
+        <v>426</v>
+      </c>
+      <c r="C75" t="s">
+        <v>374</v>
+      </c>
+      <c r="D75" t="s">
+        <v>147</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>43</v>
+      </c>
+      <c r="G75" t="s">
+        <v>44</v>
+      </c>
+      <c r="H75">
+        <v>2013</v>
+      </c>
+      <c r="I75">
+        <v>2014</v>
+      </c>
+      <c r="J75" t="s">
+        <v>375</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75" t="s">
+        <v>427</v>
+      </c>
+      <c r="M75" t="s">
+        <v>377</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>428</v>
+      </c>
+      <c r="P75" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>430</v>
+      </c>
+      <c r="B76" t="s">
+        <v>431</v>
+      </c>
+      <c r="C76" t="s">
+        <v>374</v>
+      </c>
+      <c r="D76" t="s">
+        <v>147</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>33</v>
+      </c>
+      <c r="G76" t="s">
+        <v>44</v>
+      </c>
+      <c r="H76">
+        <v>2013</v>
+      </c>
+      <c r="I76">
+        <v>2014</v>
+      </c>
+      <c r="J76" t="s">
+        <v>375</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76" t="s">
+        <v>427</v>
+      </c>
+      <c r="M76" t="s">
+        <v>377</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>432</v>
+      </c>
+      <c r="P76" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>434</v>
+      </c>
+      <c r="B77" t="s">
+        <v>435</v>
+      </c>
+      <c r="C77" t="s">
+        <v>374</v>
+      </c>
+      <c r="D77" t="s">
+        <v>436</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>43</v>
+      </c>
+      <c r="G77" t="s">
+        <v>44</v>
+      </c>
+      <c r="H77">
+        <v>2013</v>
+      </c>
+      <c r="I77">
+        <v>2014</v>
+      </c>
+      <c r="J77" t="s">
+        <v>375</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77" t="s">
+        <v>437</v>
+      </c>
+      <c r="M77" t="s">
+        <v>377</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>438</v>
+      </c>
+      <c r="P77" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>440</v>
+      </c>
+      <c r="B78" t="s">
+        <v>441</v>
+      </c>
+      <c r="C78" t="s">
+        <v>374</v>
+      </c>
+      <c r="D78" t="s">
+        <v>436</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>33</v>
+      </c>
+      <c r="G78" t="s">
+        <v>44</v>
+      </c>
+      <c r="H78">
+        <v>2013</v>
+      </c>
+      <c r="I78">
+        <v>2014</v>
+      </c>
+      <c r="J78" t="s">
+        <v>375</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78" t="s">
+        <v>442</v>
+      </c>
+      <c r="M78" t="s">
+        <v>377</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>443</v>
+      </c>
+      <c r="P78" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>445</v>
+      </c>
+      <c r="B79" t="s">
+        <v>446</v>
+      </c>
+      <c r="C79" t="s">
+        <v>374</v>
+      </c>
+      <c r="D79" t="s">
+        <v>447</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>33</v>
+      </c>
+      <c r="G79" t="s">
+        <v>44</v>
+      </c>
+      <c r="H79">
+        <v>2013</v>
+      </c>
+      <c r="I79">
+        <v>2014</v>
+      </c>
+      <c r="J79" t="s">
+        <v>375</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79" t="s">
+        <v>448</v>
+      </c>
+      <c r="M79" t="s">
+        <v>377</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>449</v>
+      </c>
+      <c r="P79"/>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>450</v>
+      </c>
+      <c r="B80" t="s">
+        <v>451</v>
+      </c>
+      <c r="C80" t="s">
+        <v>374</v>
+      </c>
+      <c r="D80" t="s">
+        <v>19</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>43</v>
+      </c>
+      <c r="G80" t="s">
+        <v>44</v>
+      </c>
+      <c r="H80">
+        <v>2012</v>
+      </c>
+      <c r="I80">
+        <v>2013</v>
+      </c>
+      <c r="J80" t="s">
+        <v>375</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80" t="s">
+        <v>448</v>
+      </c>
+      <c r="M80" t="s">
+        <v>377</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>452</v>
+      </c>
+      <c r="P80" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>454</v>
+      </c>
+      <c r="B81" t="s">
+        <v>455</v>
+      </c>
+      <c r="C81" t="s">
+        <v>374</v>
+      </c>
+      <c r="D81" t="s">
+        <v>456</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>33</v>
+      </c>
+      <c r="G81" t="s">
+        <v>44</v>
+      </c>
+      <c r="H81">
+        <v>2013</v>
+      </c>
+      <c r="I81">
+        <v>2014</v>
+      </c>
+      <c r="J81" t="s">
+        <v>375</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81" t="s">
+        <v>457</v>
+      </c>
+      <c r="M81" t="s">
+        <v>377</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>458</v>
+      </c>
+      <c r="P81" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>460</v>
+      </c>
+      <c r="B82" t="s">
+        <v>461</v>
+      </c>
+      <c r="C82" t="s">
+        <v>374</v>
+      </c>
+      <c r="D82" t="s">
+        <v>462</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>33</v>
+      </c>
+      <c r="G82" t="s">
+        <v>44</v>
+      </c>
+      <c r="H82">
+        <v>2013</v>
+      </c>
+      <c r="I82">
+        <v>2014</v>
+      </c>
+      <c r="J82" t="s">
+        <v>375</v>
+      </c>
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82" t="s">
+        <v>376</v>
+      </c>
+      <c r="M82" t="s">
+        <v>377</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>463</v>
+      </c>
+      <c r="P82" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>465</v>
+      </c>
+      <c r="B83" t="s">
+        <v>466</v>
+      </c>
+      <c r="C83" t="s">
+        <v>374</v>
+      </c>
+      <c r="D83" t="s">
+        <v>467</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>33</v>
+      </c>
+      <c r="G83" t="s">
+        <v>44</v>
+      </c>
+      <c r="H83">
+        <v>2013</v>
+      </c>
+      <c r="I83">
+        <v>2014</v>
+      </c>
+      <c r="J83" t="s">
+        <v>375</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83" t="s">
+        <v>468</v>
+      </c>
+      <c r="M83" t="s">
+        <v>377</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>469</v>
+      </c>
+      <c r="P83" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>471</v>
+      </c>
+      <c r="B84" t="s">
+        <v>472</v>
+      </c>
+      <c r="C84" t="s">
+        <v>374</v>
+      </c>
+      <c r="D84" t="s">
+        <v>473</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>33</v>
+      </c>
+      <c r="G84" t="s">
+        <v>44</v>
+      </c>
+      <c r="H84">
+        <v>2012</v>
+      </c>
+      <c r="I84">
+        <v>2013</v>
+      </c>
+      <c r="J84" t="s">
+        <v>375</v>
+      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84" t="s">
+        <v>474</v>
+      </c>
+      <c r="M84" t="s">
+        <v>377</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>475</v>
+      </c>
+      <c r="P84" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>477</v>
+      </c>
+      <c r="B85" t="s">
+        <v>478</v>
+      </c>
+      <c r="C85" t="s">
+        <v>374</v>
+      </c>
+      <c r="D85" t="s">
+        <v>403</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>33</v>
+      </c>
+      <c r="G85" t="s">
+        <v>44</v>
+      </c>
+      <c r="H85">
+        <v>2012</v>
+      </c>
+      <c r="I85">
+        <v>2013</v>
+      </c>
+      <c r="J85" t="s">
+        <v>375</v>
+      </c>
+      <c r="K85" t="s">
+        <v>404</v>
+      </c>
+      <c r="L85" t="s">
+        <v>479</v>
+      </c>
+      <c r="M85" t="s">
+        <v>377</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>480</v>
+      </c>
+      <c r="P85" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>482</v>
+      </c>
+      <c r="B86" t="s">
+        <v>483</v>
+      </c>
+      <c r="C86" t="s">
+        <v>374</v>
+      </c>
+      <c r="D86" t="s">
+        <v>484</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>43</v>
+      </c>
+      <c r="G86" t="s">
+        <v>44</v>
+      </c>
+      <c r="H86">
+        <v>2012</v>
+      </c>
+      <c r="I86">
+        <v>2013</v>
+      </c>
+      <c r="J86" t="s">
+        <v>375</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86" t="s">
+        <v>405</v>
+      </c>
+      <c r="M86" t="s">
+        <v>377</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>485</v>
+      </c>
+      <c r="P86" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>487</v>
+      </c>
+      <c r="B87" t="s">
+        <v>488</v>
+      </c>
+      <c r="C87" t="s">
+        <v>18</v>
+      </c>
+      <c r="D87" t="s">
+        <v>489</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>33</v>
+      </c>
+      <c r="G87" t="s">
+        <v>490</v>
+      </c>
+      <c r="H87"/>
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>23</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87"/>
+      <c r="M87" t="s">
+        <v>26</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>491</v>
+      </c>
+      <c r="P87" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>493</v>
+      </c>
+      <c r="B88" t="s">
+        <v>494</v>
+      </c>
+      <c r="C88" t="s">
+        <v>495</v>
+      </c>
+      <c r="D88" t="s">
+        <v>496</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>21</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
+        <v>2016</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>497</v>
+      </c>
+      <c r="K88" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88"/>
+      <c r="M88" t="s">
+        <v>498</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>499</v>
+      </c>
+      <c r="P88" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>493</v>
+      </c>
+      <c r="B89" t="s">
+        <v>494</v>
+      </c>
+      <c r="C89" t="s">
+        <v>495</v>
+      </c>
+      <c r="D89" t="s">
+        <v>489</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>21</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
+        <v>2016</v>
+      </c>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>497</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89"/>
+      <c r="M89" t="s">
+        <v>498</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>501</v>
+      </c>
+      <c r="P89" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>502</v>
+      </c>
+      <c r="B90" t="s">
+        <v>503</v>
+      </c>
+      <c r="C90" t="s">
+        <v>495</v>
+      </c>
+      <c r="D90" t="s">
+        <v>19</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>21</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>2016</v>
+      </c>
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>497</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90"/>
+      <c r="M90" t="s">
+        <v>498</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>504</v>
+      </c>
+      <c r="P90" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>506</v>
+      </c>
+      <c r="B91" t="s">
+        <v>488</v>
+      </c>
+      <c r="C91" t="s">
+        <v>18</v>
+      </c>
+      <c r="D91" t="s">
+        <v>278</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>33</v>
+      </c>
+      <c r="G91" t="s">
+        <v>490</v>
+      </c>
+      <c r="H91"/>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>23</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91"/>
+      <c r="M91" t="s">
+        <v>26</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>507</v>
+      </c>
+      <c r="P91" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>508</v>
+      </c>
+      <c r="B92" t="s">
+        <v>488</v>
+      </c>
+      <c r="C92" t="s">
+        <v>18</v>
+      </c>
+      <c r="D92" t="s">
+        <v>101</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>33</v>
+      </c>
+      <c r="G92" t="s">
+        <v>490</v>
+      </c>
+      <c r="H92"/>
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>23</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92"/>
+      <c r="M92" t="s">
+        <v>26</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>509</v>
+      </c>
+      <c r="P92" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>510</v>
+      </c>
+      <c r="B93" t="s">
+        <v>511</v>
+      </c>
+      <c r="C93" t="s">
+        <v>512</v>
+      </c>
+      <c r="D93" t="s">
+        <v>70</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>33</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>2015</v>
+      </c>
+      <c r="I93"/>
+      <c r="J93" t="s">
+        <v>497</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93"/>
+      <c r="M93" t="s">
+        <v>513</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>514</v>
+      </c>
+      <c r="P93" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>516</v>
+      </c>
+      <c r="B94" t="s">
+        <v>517</v>
+      </c>
+      <c r="C94" t="s">
+        <v>31</v>
+      </c>
+      <c r="D94" t="s">
+        <v>95</v>
+      </c>
+      <c r="E94" t="s">
+        <v>42</v>
+      </c>
+      <c r="F94" t="s">
+        <v>518</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
+        <v>2017</v>
+      </c>
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>519</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94" t="s">
+        <v>520</v>
+      </c>
+      <c r="M94" t="s">
+        <v>35</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>521</v>
+      </c>
+      <c r="P94" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>523</v>
+      </c>
+      <c r="B95" t="s">
+        <v>524</v>
+      </c>
+      <c r="C95" t="s">
+        <v>40</v>
+      </c>
+      <c r="D95" t="s">
+        <v>525</v>
+      </c>
+      <c r="E95" t="s">
+        <v>42</v>
+      </c>
+      <c r="F95" t="s">
+        <v>526</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>2018</v>
+      </c>
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>45</v>
+      </c>
+      <c r="K95" t="s">
+        <v>176</v>
+      </c>
+      <c r="L95"/>
+      <c r="M95" t="s">
         <v>164</v>
       </c>
-      <c r="J64" t="s">
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>527</v>
+      </c>
+      <c r="P95" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>529</v>
+      </c>
+      <c r="B96" t="s">
+        <v>530</v>
+      </c>
+      <c r="C96" t="s">
+        <v>40</v>
+      </c>
+      <c r="D96" t="s">
+        <v>531</v>
+      </c>
+      <c r="E96" t="s">
+        <v>42</v>
+      </c>
+      <c r="F96" t="s">
+        <v>526</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2009</v>
+      </c>
+      <c r="I96"/>
+      <c r="J96" t="s">
+        <v>162</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96"/>
+      <c r="M96" t="s">
+        <v>164</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>532</v>
+      </c>
+      <c r="P96" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>534</v>
+      </c>
+      <c r="B97" t="s">
+        <v>535</v>
+      </c>
+      <c r="C97" t="s">
+        <v>40</v>
+      </c>
+      <c r="D97" t="s">
+        <v>369</v>
+      </c>
+      <c r="E97" t="s">
+        <v>42</v>
+      </c>
+      <c r="F97" t="s">
+        <v>526</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2015</v>
+      </c>
+      <c r="I97"/>
+      <c r="J97" t="s">
+        <v>162</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97"/>
+      <c r="M97" t="s">
+        <v>164</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>536</v>
+      </c>
+      <c r="P97" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>538</v>
+      </c>
+      <c r="B98" t="s">
+        <v>539</v>
+      </c>
+      <c r="C98" t="s">
+        <v>40</v>
+      </c>
+      <c r="D98" t="s">
+        <v>540</v>
+      </c>
+      <c r="E98" t="s">
+        <v>42</v>
+      </c>
+      <c r="F98" t="s">
+        <v>526</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
+        <v>2009</v>
+      </c>
+      <c r="I98"/>
+      <c r="J98" t="s">
+        <v>162</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98"/>
+      <c r="M98" t="s">
+        <v>164</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>541</v>
+      </c>
+      <c r="P98" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>543</v>
+      </c>
+      <c r="B99" t="s">
+        <v>544</v>
+      </c>
+      <c r="C99" t="s">
+        <v>40</v>
+      </c>
+      <c r="D99" t="s">
+        <v>545</v>
+      </c>
+      <c r="E99" t="s">
+        <v>42</v>
+      </c>
+      <c r="F99" t="s">
+        <v>526</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>2009</v>
+      </c>
+      <c r="I99"/>
+      <c r="J99" t="s">
+        <v>45</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99"/>
+      <c r="M99" t="s">
+        <v>164</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>546</v>
+      </c>
+      <c r="P99" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>548</v>
+      </c>
+      <c r="B100" t="s">
+        <v>549</v>
+      </c>
+      <c r="C100" t="s">
+        <v>40</v>
+      </c>
+      <c r="D100" t="s">
+        <v>550</v>
+      </c>
+      <c r="E100" t="s">
+        <v>42</v>
+      </c>
+      <c r="F100" t="s">
+        <v>526</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>2015</v>
+      </c>
+      <c r="I100"/>
+      <c r="J100" t="s">
+        <v>162</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100"/>
+      <c r="M100" t="s">
+        <v>551</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>552</v>
+      </c>
+      <c r="P100" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>554</v>
+      </c>
+      <c r="B101" t="s">
+        <v>555</v>
+      </c>
+      <c r="C101" t="s">
+        <v>40</v>
+      </c>
+      <c r="D101" t="s">
+        <v>70</v>
+      </c>
+      <c r="E101" t="s">
+        <v>42</v>
+      </c>
+      <c r="F101" t="s">
+        <v>33</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>2015</v>
+      </c>
+      <c r="I101"/>
+      <c r="J101" t="s">
+        <v>162</v>
+      </c>
+      <c r="K101" t="s">
+        <v>24</v>
+      </c>
+      <c r="L101"/>
+      <c r="M101" t="s">
+        <v>164</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>556</v>
+      </c>
+      <c r="P101" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>558</v>
+      </c>
+      <c r="B102" t="s">
+        <v>559</v>
+      </c>
+      <c r="C102" t="s">
+        <v>40</v>
+      </c>
+      <c r="D102" t="s">
+        <v>550</v>
+      </c>
+      <c r="E102" t="s">
+        <v>42</v>
+      </c>
+      <c r="F102" t="s">
+        <v>526</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
+        <v>2015</v>
+      </c>
+      <c r="I102"/>
+      <c r="J102" t="s">
+        <v>162</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102"/>
+      <c r="M102" t="s">
+        <v>164</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>560</v>
+      </c>
+      <c r="P102" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>562</v>
+      </c>
+      <c r="B103" t="s">
+        <v>563</v>
+      </c>
+      <c r="C103" t="s">
+        <v>40</v>
+      </c>
+      <c r="D103" t="s">
+        <v>564</v>
+      </c>
+      <c r="E103" t="s">
+        <v>42</v>
+      </c>
+      <c r="F103" t="s">
+        <v>526</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2015</v>
+      </c>
+      <c r="I103"/>
+      <c r="J103" t="s">
+        <v>162</v>
+      </c>
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103"/>
+      <c r="M103" t="s">
+        <v>164</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>565</v>
+      </c>
+      <c r="P103" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>567</v>
+      </c>
+      <c r="B104" t="s">
+        <v>568</v>
+      </c>
+      <c r="C104" t="s">
+        <v>40</v>
+      </c>
+      <c r="D104" t="s">
+        <v>569</v>
+      </c>
+      <c r="E104" t="s">
+        <v>42</v>
+      </c>
+      <c r="F104" t="s">
+        <v>526</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>2009</v>
+      </c>
+      <c r="I104"/>
+      <c r="J104" t="s">
+        <v>162</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104"/>
+      <c r="M104" t="s">
+        <v>164</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>570</v>
+      </c>
+      <c r="P104" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>572</v>
+      </c>
+      <c r="B105" t="s">
+        <v>573</v>
+      </c>
+      <c r="C105" t="s">
+        <v>40</v>
+      </c>
+      <c r="D105" t="s">
+        <v>550</v>
+      </c>
+      <c r="E105" t="s">
+        <v>42</v>
+      </c>
+      <c r="F105" t="s">
+        <v>526</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
+        <v>2015</v>
+      </c>
+      <c r="I105"/>
+      <c r="J105" t="s">
+        <v>162</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105"/>
+      <c r="M105" t="s">
+        <v>164</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>574</v>
+      </c>
+      <c r="P105" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>576</v>
+      </c>
+      <c r="B106" t="s">
+        <v>577</v>
+      </c>
+      <c r="C106" t="s">
+        <v>40</v>
+      </c>
+      <c r="D106" t="s">
+        <v>578</v>
+      </c>
+      <c r="E106" t="s">
+        <v>42</v>
+      </c>
+      <c r="F106" t="s">
+        <v>526</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
+        <v>2015</v>
+      </c>
+      <c r="I106"/>
+      <c r="J106" t="s">
+        <v>162</v>
+      </c>
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106"/>
+      <c r="M106" t="s">
+        <v>164</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>579</v>
+      </c>
+      <c r="P106" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>581</v>
+      </c>
+      <c r="B107" t="s">
+        <v>582</v>
+      </c>
+      <c r="C107" t="s">
+        <v>40</v>
+      </c>
+      <c r="D107" t="s">
+        <v>583</v>
+      </c>
+      <c r="E107" t="s">
+        <v>42</v>
+      </c>
+      <c r="F107" t="s">
+        <v>526</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
+        <v>2015</v>
+      </c>
+      <c r="I107"/>
+      <c r="J107" t="s">
+        <v>162</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107"/>
+      <c r="M107" t="s">
+        <v>164</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>584</v>
+      </c>
+      <c r="P107" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>586</v>
+      </c>
+      <c r="B108" t="s">
+        <v>587</v>
+      </c>
+      <c r="C108" t="s">
+        <v>40</v>
+      </c>
+      <c r="D108" t="s">
+        <v>588</v>
+      </c>
+      <c r="E108" t="s">
+        <v>42</v>
+      </c>
+      <c r="F108" t="s">
+        <v>526</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
+        <v>2015</v>
+      </c>
+      <c r="I108"/>
+      <c r="J108" t="s">
+        <v>162</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108"/>
+      <c r="M108" t="s">
+        <v>164</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>589</v>
+      </c>
+      <c r="P108" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>591</v>
+      </c>
+      <c r="B109" t="s">
+        <v>592</v>
+      </c>
+      <c r="C109" t="s">
+        <v>40</v>
+      </c>
+      <c r="D109" t="s">
+        <v>135</v>
+      </c>
+      <c r="E109" t="s">
+        <v>42</v>
+      </c>
+      <c r="F109" t="s">
+        <v>526</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
+        <v>2015</v>
+      </c>
+      <c r="I109"/>
+      <c r="J109" t="s">
+        <v>162</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109"/>
+      <c r="M109" t="s">
+        <v>164</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>593</v>
+      </c>
+      <c r="P109" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>595</v>
+      </c>
+      <c r="B110" t="s">
+        <v>596</v>
+      </c>
+      <c r="C110" t="s">
+        <v>40</v>
+      </c>
+      <c r="D110" t="s">
+        <v>219</v>
+      </c>
+      <c r="E110" t="s">
+        <v>42</v>
+      </c>
+      <c r="F110" t="s">
+        <v>526</v>
+      </c>
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
+        <v>2015</v>
+      </c>
+      <c r="I110"/>
+      <c r="J110" t="s">
+        <v>162</v>
+      </c>
+      <c r="K110" t="s">
+        <v>24</v>
+      </c>
+      <c r="L110"/>
+      <c r="M110" t="s">
+        <v>164</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>597</v>
+      </c>
+      <c r="P110" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>599</v>
+      </c>
+      <c r="B111" t="s">
+        <v>600</v>
+      </c>
+      <c r="C111" t="s">
+        <v>40</v>
+      </c>
+      <c r="D111" t="s">
+        <v>601</v>
+      </c>
+      <c r="E111" t="s">
+        <v>42</v>
+      </c>
+      <c r="F111" t="s">
+        <v>526</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111">
+        <v>2015</v>
+      </c>
+      <c r="I111"/>
+      <c r="J111" t="s">
+        <v>162</v>
+      </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111"/>
+      <c r="M111" t="s">
+        <v>164</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>602</v>
+      </c>
+      <c r="P111" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>604</v>
+      </c>
+      <c r="B112" t="s">
+        <v>605</v>
+      </c>
+      <c r="C112" t="s">
+        <v>40</v>
+      </c>
+      <c r="D112" t="s">
+        <v>606</v>
+      </c>
+      <c r="E112" t="s">
+        <v>607</v>
+      </c>
+      <c r="F112" t="s">
+        <v>526</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
+        <v>2021</v>
+      </c>
+      <c r="I112"/>
+      <c r="J112" t="s">
+        <v>162</v>
+      </c>
+      <c r="K112" t="s">
+        <v>24</v>
+      </c>
+      <c r="L112"/>
+      <c r="M112" t="s">
+        <v>164</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>608</v>
+      </c>
+      <c r="P112" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>604</v>
+      </c>
+      <c r="B113" t="s">
+        <v>610</v>
+      </c>
+      <c r="C113" t="s">
+        <v>40</v>
+      </c>
+      <c r="D113" t="s">
+        <v>606</v>
+      </c>
+      <c r="E113" t="s">
+        <v>42</v>
+      </c>
+      <c r="F113" t="s">
+        <v>526</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
+        <v>2021</v>
+      </c>
+      <c r="I113"/>
+      <c r="J113" t="s">
+        <v>162</v>
+      </c>
+      <c r="K113" t="s">
+        <v>24</v>
+      </c>
+      <c r="L113"/>
+      <c r="M113" t="s">
+        <v>164</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>611</v>
+      </c>
+      <c r="P113" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>612</v>
+      </c>
+      <c r="B114" t="s">
+        <v>613</v>
+      </c>
+      <c r="C114" t="s">
+        <v>40</v>
+      </c>
+      <c r="D114" t="s">
+        <v>107</v>
+      </c>
+      <c r="E114" t="s">
+        <v>42</v>
+      </c>
+      <c r="F114" t="s">
+        <v>526</v>
+      </c>
+      <c r="G114" t="s">
+        <v>22</v>
+      </c>
+      <c r="H114">
+        <v>2021</v>
+      </c>
+      <c r="I114"/>
+      <c r="J114" t="s">
+        <v>45</v>
+      </c>
+      <c r="K114" t="s">
+        <v>24</v>
+      </c>
+      <c r="L114"/>
+      <c r="M114" t="s">
+        <v>164</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>614</v>
+      </c>
+      <c r="P114" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>616</v>
+      </c>
+      <c r="B115" t="s">
+        <v>617</v>
+      </c>
+      <c r="C115" t="s">
+        <v>40</v>
+      </c>
+      <c r="D115" t="s">
+        <v>618</v>
+      </c>
+      <c r="E115" t="s">
+        <v>42</v>
+      </c>
+      <c r="F115" t="s">
+        <v>526</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
+      </c>
+      <c r="H115">
+        <v>2021</v>
+      </c>
+      <c r="I115"/>
+      <c r="J115" t="s">
+        <v>162</v>
+      </c>
+      <c r="K115" t="s">
+        <v>24</v>
+      </c>
+      <c r="L115"/>
+      <c r="M115" t="s">
+        <v>164</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>619</v>
+      </c>
+      <c r="P115" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>621</v>
+      </c>
+      <c r="B116" t="s">
+        <v>622</v>
+      </c>
+      <c r="C116" t="s">
+        <v>40</v>
+      </c>
+      <c r="D116" t="s">
+        <v>142</v>
+      </c>
+      <c r="E116" t="s">
+        <v>42</v>
+      </c>
+      <c r="F116" t="s">
+        <v>526</v>
+      </c>
+      <c r="G116" t="s">
+        <v>22</v>
+      </c>
+      <c r="H116">
+        <v>2009</v>
+      </c>
+      <c r="I116"/>
+      <c r="J116" t="s">
+        <v>45</v>
+      </c>
+      <c r="K116" t="s">
+        <v>24</v>
+      </c>
+      <c r="L116"/>
+      <c r="M116" t="s">
+        <v>164</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>623</v>
+      </c>
+      <c r="P116" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>625</v>
+      </c>
+      <c r="B117" t="s">
+        <v>626</v>
+      </c>
+      <c r="C117" t="s">
+        <v>40</v>
+      </c>
+      <c r="D117" t="s">
+        <v>627</v>
+      </c>
+      <c r="E117" t="s">
+        <v>42</v>
+      </c>
+      <c r="F117" t="s">
+        <v>526</v>
+      </c>
+      <c r="G117" t="s">
+        <v>22</v>
+      </c>
+      <c r="H117">
+        <v>2021</v>
+      </c>
+      <c r="I117"/>
+      <c r="J117" t="s">
+        <v>162</v>
+      </c>
+      <c r="K117" t="s">
+        <v>24</v>
+      </c>
+      <c r="L117"/>
+      <c r="M117" t="s">
+        <v>164</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>628</v>
+      </c>
+      <c r="P117" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>630</v>
+      </c>
+      <c r="B118" t="s">
+        <v>631</v>
+      </c>
+      <c r="C118" t="s">
+        <v>40</v>
+      </c>
+      <c r="D118" t="s">
+        <v>489</v>
+      </c>
+      <c r="E118" t="s">
+        <v>42</v>
+      </c>
+      <c r="F118" t="s">
+        <v>526</v>
+      </c>
+      <c r="G118" t="s">
+        <v>22</v>
+      </c>
+      <c r="H118">
+        <v>2009</v>
+      </c>
+      <c r="I118"/>
+      <c r="J118" t="s">
+        <v>162</v>
+      </c>
+      <c r="K118" t="s">
+        <v>24</v>
+      </c>
+      <c r="L118"/>
+      <c r="M118" t="s">
+        <v>164</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>632</v>
+      </c>
+      <c r="P118" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>634</v>
+      </c>
+      <c r="B119" t="s">
+        <v>635</v>
+      </c>
+      <c r="C119" t="s">
+        <v>40</v>
+      </c>
+      <c r="D119" t="s">
+        <v>19</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>526</v>
+      </c>
+      <c r="G119" t="s">
+        <v>22</v>
+      </c>
+      <c r="H119">
+        <v>2009</v>
+      </c>
+      <c r="I119"/>
+      <c r="J119" t="s">
+        <v>45</v>
+      </c>
+      <c r="K119" t="s">
+        <v>24</v>
+      </c>
+      <c r="L119"/>
+      <c r="M119" t="s">
+        <v>164</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>636</v>
+      </c>
+      <c r="P119" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>638</v>
+      </c>
+      <c r="B120" t="s">
+        <v>639</v>
+      </c>
+      <c r="C120" t="s">
+        <v>40</v>
+      </c>
+      <c r="D120" t="s">
+        <v>640</v>
+      </c>
+      <c r="E120" t="s">
+        <v>42</v>
+      </c>
+      <c r="F120" t="s">
+        <v>526</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
+      </c>
+      <c r="H120">
+        <v>2015</v>
+      </c>
+      <c r="I120"/>
+      <c r="J120" t="s">
+        <v>162</v>
+      </c>
+      <c r="K120" t="s">
+        <v>24</v>
+      </c>
+      <c r="L120"/>
+      <c r="M120" t="s">
+        <v>164</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>641</v>
+      </c>
+      <c r="P120" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>643</v>
+      </c>
+      <c r="B121" t="s">
+        <v>644</v>
+      </c>
+      <c r="C121" t="s">
+        <v>40</v>
+      </c>
+      <c r="D121" t="s">
+        <v>645</v>
+      </c>
+      <c r="E121" t="s">
+        <v>42</v>
+      </c>
+      <c r="F121" t="s">
+        <v>526</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
+        <v>2015</v>
+      </c>
+      <c r="I121"/>
+      <c r="J121" t="s">
+        <v>162</v>
+      </c>
+      <c r="K121" t="s">
+        <v>24</v>
+      </c>
+      <c r="L121"/>
+      <c r="M121" t="s">
+        <v>164</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>646</v>
+      </c>
+      <c r="P121" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>648</v>
+      </c>
+      <c r="B122" t="s">
+        <v>649</v>
+      </c>
+      <c r="C122" t="s">
+        <v>40</v>
+      </c>
+      <c r="D122" t="s">
+        <v>601</v>
+      </c>
+      <c r="E122" t="s">
+        <v>42</v>
+      </c>
+      <c r="F122" t="s">
+        <v>526</v>
+      </c>
+      <c r="G122" t="s">
+        <v>22</v>
+      </c>
+      <c r="H122">
+        <v>2015</v>
+      </c>
+      <c r="I122"/>
+      <c r="J122" t="s">
+        <v>162</v>
+      </c>
+      <c r="K122" t="s">
+        <v>24</v>
+      </c>
+      <c r="L122"/>
+      <c r="M122" t="s">
+        <v>164</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>650</v>
+      </c>
+      <c r="P122" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>652</v>
+      </c>
+      <c r="B123" t="s">
+        <v>653</v>
+      </c>
+      <c r="C123" t="s">
+        <v>40</v>
+      </c>
+      <c r="D123" t="s">
+        <v>52</v>
+      </c>
+      <c r="E123" t="s">
+        <v>42</v>
+      </c>
+      <c r="F123" t="s">
+        <v>526</v>
+      </c>
+      <c r="G123" t="s">
+        <v>22</v>
+      </c>
+      <c r="H123">
+        <v>2015</v>
+      </c>
+      <c r="I123"/>
+      <c r="J123" t="s">
+        <v>45</v>
+      </c>
+      <c r="K123" t="s">
+        <v>195</v>
+      </c>
+      <c r="L123"/>
+      <c r="M123" t="s">
+        <v>164</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>654</v>
+      </c>
+      <c r="P123" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>656</v>
+      </c>
+      <c r="B124" t="s">
+        <v>657</v>
+      </c>
+      <c r="C124" t="s">
+        <v>40</v>
+      </c>
+      <c r="D124" t="s">
+        <v>658</v>
+      </c>
+      <c r="E124" t="s">
+        <v>42</v>
+      </c>
+      <c r="F124" t="s">
+        <v>526</v>
+      </c>
+      <c r="G124" t="s">
+        <v>22</v>
+      </c>
+      <c r="H124">
+        <v>2015</v>
+      </c>
+      <c r="I124"/>
+      <c r="J124" t="s">
+        <v>162</v>
+      </c>
+      <c r="K124" t="s">
+        <v>24</v>
+      </c>
+      <c r="L124"/>
+      <c r="M124" t="s">
+        <v>164</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>659</v>
+      </c>
+      <c r="P124" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>661</v>
+      </c>
+      <c r="B125" t="s">
+        <v>662</v>
+      </c>
+      <c r="C125" t="s">
+        <v>40</v>
+      </c>
+      <c r="D125" t="s">
+        <v>663</v>
+      </c>
+      <c r="E125" t="s">
+        <v>42</v>
+      </c>
+      <c r="F125" t="s">
+        <v>33</v>
+      </c>
+      <c r="G125" t="s">
+        <v>22</v>
+      </c>
+      <c r="H125">
+        <v>2015</v>
+      </c>
+      <c r="I125"/>
+      <c r="J125" t="s">
+        <v>162</v>
+      </c>
+      <c r="K125" t="s">
+        <v>24</v>
+      </c>
+      <c r="L125"/>
+      <c r="M125" t="s">
+        <v>164</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>664</v>
+      </c>
+      <c r="P125" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>666</v>
+      </c>
+      <c r="B126" t="s">
+        <v>667</v>
+      </c>
+      <c r="C126" t="s">
+        <v>40</v>
+      </c>
+      <c r="D126" t="s">
+        <v>583</v>
+      </c>
+      <c r="E126" t="s">
+        <v>607</v>
+      </c>
+      <c r="F126" t="s">
+        <v>526</v>
+      </c>
+      <c r="G126" t="s">
+        <v>22</v>
+      </c>
+      <c r="H126">
+        <v>2015</v>
+      </c>
+      <c r="I126"/>
+      <c r="J126" t="s">
+        <v>162</v>
+      </c>
+      <c r="K126" t="s">
+        <v>24</v>
+      </c>
+      <c r="L126"/>
+      <c r="M126" t="s">
+        <v>164</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>668</v>
+      </c>
+      <c r="P126" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>670</v>
+      </c>
+      <c r="B127" t="s">
+        <v>671</v>
+      </c>
+      <c r="C127" t="s">
+        <v>40</v>
+      </c>
+      <c r="D127" t="s">
+        <v>583</v>
+      </c>
+      <c r="E127" t="s">
+        <v>42</v>
+      </c>
+      <c r="F127" t="s">
+        <v>526</v>
+      </c>
+      <c r="G127" t="s">
+        <v>22</v>
+      </c>
+      <c r="H127">
+        <v>2015</v>
+      </c>
+      <c r="I127"/>
+      <c r="J127" t="s">
+        <v>162</v>
+      </c>
+      <c r="K127" t="s">
+        <v>24</v>
+      </c>
+      <c r="L127"/>
+      <c r="M127" t="s">
+        <v>164</v>
+      </c>
+      <c r="N127" t="s">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>672</v>
+      </c>
+      <c r="P127" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>674</v>
+      </c>
+      <c r="B128" t="s">
+        <v>675</v>
+      </c>
+      <c r="C128" t="s">
+        <v>31</v>
+      </c>
+      <c r="D128" t="s">
+        <v>676</v>
+      </c>
+      <c r="E128" t="s">
+        <v>607</v>
+      </c>
+      <c r="F128" t="s">
+        <v>518</v>
+      </c>
+      <c r="G128" t="s">
+        <v>22</v>
+      </c>
+      <c r="H128">
+        <v>2023</v>
+      </c>
+      <c r="I128"/>
+      <c r="J128" t="s">
+        <v>519</v>
+      </c>
+      <c r="K128" t="s">
+        <v>677</v>
+      </c>
+      <c r="L128"/>
+      <c r="M128" t="s">
+        <v>35</v>
+      </c>
+      <c r="N128" t="s">
+        <v>235</v>
+      </c>
+      <c r="O128" t="s">
+        <v>678</v>
+      </c>
+      <c r="P128" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>680</v>
+      </c>
+      <c r="B129" t="s">
+        <v>681</v>
+      </c>
+      <c r="C129" t="s">
+        <v>31</v>
+      </c>
+      <c r="D129" t="s">
+        <v>682</v>
+      </c>
+      <c r="E129" t="s">
+        <v>42</v>
+      </c>
+      <c r="F129" t="s">
+        <v>518</v>
+      </c>
+      <c r="G129" t="s">
+        <v>683</v>
+      </c>
+      <c r="H129">
+        <v>2014</v>
+      </c>
+      <c r="I129"/>
+      <c r="J129" t="s">
+        <v>519</v>
+      </c>
+      <c r="K129" t="s">
+        <v>24</v>
+      </c>
+      <c r="L129" t="s">
+        <v>684</v>
+      </c>
+      <c r="M129" t="s">
+        <v>35</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>685</v>
+      </c>
+      <c r="P129" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>687</v>
+      </c>
+      <c r="B130" t="s">
+        <v>688</v>
+      </c>
+      <c r="C130" t="s">
+        <v>31</v>
+      </c>
+      <c r="D130" t="s">
+        <v>76</v>
+      </c>
+      <c r="E130" t="s">
+        <v>42</v>
+      </c>
+      <c r="F130" t="s">
+        <v>689</v>
+      </c>
+      <c r="G130" t="s">
+        <v>22</v>
+      </c>
+      <c r="H130"/>
+      <c r="I130"/>
+      <c r="J130" t="s">
+        <v>519</v>
+      </c>
+      <c r="K130" t="s">
+        <v>24</v>
+      </c>
+      <c r="L130" t="s">
+        <v>690</v>
+      </c>
+      <c r="M130" t="s">
+        <v>35</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>691</v>
+      </c>
+      <c r="P130" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>693</v>
+      </c>
+      <c r="B131" t="s">
+        <v>694</v>
+      </c>
+      <c r="C131" t="s">
+        <v>512</v>
+      </c>
+      <c r="D131" t="s">
+        <v>19</v>
+      </c>
+      <c r="E131" t="s">
+        <v>20</v>
+      </c>
+      <c r="F131" t="s">
         <v>21</v>
       </c>
-      <c r="K64"/>
-[...26 lines deleted...]
-      <c r="F65" t="s">
+      <c r="G131" t="s">
+        <v>44</v>
+      </c>
+      <c r="H131">
+        <v>2015</v>
+      </c>
+      <c r="I131">
+        <v>2018</v>
+      </c>
+      <c r="J131" t="s">
+        <v>121</v>
+      </c>
+      <c r="K131" t="s">
+        <v>24</v>
+      </c>
+      <c r="L131" t="s">
+        <v>695</v>
+      </c>
+      <c r="M131" t="s">
+        <v>513</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>696</v>
+      </c>
+      <c r="P131" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>698</v>
+      </c>
+      <c r="B132" t="s">
+        <v>699</v>
+      </c>
+      <c r="C132" t="s">
+        <v>700</v>
+      </c>
+      <c r="D132" t="s">
         <v>19</v>
       </c>
-      <c r="G65">
-[...6 lines deleted...]
-      <c r="J65" t="s">
+      <c r="E132" t="s">
+        <v>20</v>
+      </c>
+      <c r="F132" t="s">
         <v>21</v>
       </c>
-      <c r="K65" t="s">
-[...31 lines deleted...]
-      <c r="G66">
+      <c r="G132" t="s">
+        <v>44</v>
+      </c>
+      <c r="H132">
         <v>2013</v>
       </c>
-      <c r="H66">
-[...5 lines deleted...]
-      <c r="J66" t="s">
+      <c r="I132">
+        <v>2018</v>
+      </c>
+      <c r="J132" t="s">
+        <v>23</v>
+      </c>
+      <c r="K132" t="s">
+        <v>24</v>
+      </c>
+      <c r="L132" t="s">
+        <v>701</v>
+      </c>
+      <c r="M132" t="s">
+        <v>702</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>703</v>
+      </c>
+      <c r="P132" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>705</v>
+      </c>
+      <c r="B133" t="s">
+        <v>706</v>
+      </c>
+      <c r="C133" t="s">
+        <v>700</v>
+      </c>
+      <c r="D133" t="s">
+        <v>707</v>
+      </c>
+      <c r="E133" t="s">
+        <v>20</v>
+      </c>
+      <c r="F133" t="s">
         <v>21</v>
       </c>
-      <c r="K66" t="s">
-[...40 lines deleted...]
-      <c r="J67" t="s">
+      <c r="G133" t="s">
+        <v>44</v>
+      </c>
+      <c r="H133">
+        <v>2016</v>
+      </c>
+      <c r="I133">
+        <v>2019</v>
+      </c>
+      <c r="J133" t="s">
+        <v>23</v>
+      </c>
+      <c r="K133" t="s">
+        <v>24</v>
+      </c>
+      <c r="L133"/>
+      <c r="M133" t="s">
+        <v>702</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>708</v>
+      </c>
+      <c r="P133" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>710</v>
+      </c>
+      <c r="B134" t="s">
+        <v>711</v>
+      </c>
+      <c r="C134" t="s">
+        <v>700</v>
+      </c>
+      <c r="D134" t="s">
+        <v>712</v>
+      </c>
+      <c r="E134" t="s">
+        <v>20</v>
+      </c>
+      <c r="F134" t="s">
+        <v>33</v>
+      </c>
+      <c r="G134" t="s">
+        <v>22</v>
+      </c>
+      <c r="H134">
+        <v>2016</v>
+      </c>
+      <c r="I134"/>
+      <c r="J134" t="s">
+        <v>23</v>
+      </c>
+      <c r="K134" t="s">
+        <v>24</v>
+      </c>
+      <c r="L134"/>
+      <c r="M134" t="s">
+        <v>702</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>713</v>
+      </c>
+      <c r="P134" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>715</v>
+      </c>
+      <c r="B135" t="s">
+        <v>716</v>
+      </c>
+      <c r="C135" t="s">
+        <v>700</v>
+      </c>
+      <c r="D135" t="s">
+        <v>484</v>
+      </c>
+      <c r="E135" t="s">
+        <v>20</v>
+      </c>
+      <c r="F135" t="s">
         <v>21</v>
       </c>
-      <c r="K67" t="s">
-[...2291 lines deleted...]
-      <c r="C123" t="s">
+      <c r="G135" t="s">
         <v>44</v>
-      </c>
-[...502 lines deleted...]
-        <v>2018</v>
       </c>
       <c r="H135">
         <v>2018</v>
       </c>
-      <c r="I135" t="s">
+      <c r="I135">
+        <v>2018</v>
+      </c>
+      <c r="J135" t="s">
+        <v>23</v>
+      </c>
+      <c r="K135" t="s">
+        <v>24</v>
+      </c>
+      <c r="L135"/>
+      <c r="M135" t="s">
+        <v>702</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>717</v>
+      </c>
+      <c r="P135" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>718</v>
+      </c>
+      <c r="B136" t="s">
+        <v>719</v>
+      </c>
+      <c r="C136" t="s">
+        <v>700</v>
+      </c>
+      <c r="D136" t="s">
+        <v>720</v>
+      </c>
+      <c r="E136" t="s">
         <v>20</v>
       </c>
-      <c r="J135" t="s">
+      <c r="F136" t="s">
         <v>21</v>
       </c>
-      <c r="K135"/>
-[...30 lines deleted...]
-        <v>2018</v>
+      <c r="G136" t="s">
+        <v>44</v>
       </c>
       <c r="H136">
         <v>2018</v>
       </c>
-      <c r="I136" t="s">
+      <c r="I136">
+        <v>2018</v>
+      </c>
+      <c r="J136" t="s">
+        <v>23</v>
+      </c>
+      <c r="K136" t="s">
+        <v>721</v>
+      </c>
+      <c r="L136"/>
+      <c r="M136" t="s">
+        <v>702</v>
+      </c>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>722</v>
+      </c>
+      <c r="P136" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>723</v>
+      </c>
+      <c r="B137" t="s">
+        <v>724</v>
+      </c>
+      <c r="C137" t="s">
+        <v>700</v>
+      </c>
+      <c r="D137" t="s">
+        <v>725</v>
+      </c>
+      <c r="E137" t="s">
         <v>20</v>
       </c>
-      <c r="J136" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="F137" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="G137">
+        <v>21</v>
+      </c>
+      <c r="G137" t="s">
+        <v>44</v>
+      </c>
+      <c r="H137">
         <v>2007</v>
       </c>
-      <c r="H137">
+      <c r="I137">
         <v>2018</v>
       </c>
-      <c r="I137" t="s">
+      <c r="J137" t="s">
+        <v>23</v>
+      </c>
+      <c r="K137" t="s">
+        <v>24</v>
+      </c>
+      <c r="L137" t="s">
+        <v>726</v>
+      </c>
+      <c r="M137" t="s">
+        <v>702</v>
+      </c>
+      <c r="N137" t="s">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>727</v>
+      </c>
+      <c r="P137" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>728</v>
+      </c>
+      <c r="B138" t="s">
+        <v>719</v>
+      </c>
+      <c r="C138" t="s">
+        <v>700</v>
+      </c>
+      <c r="D138" t="s">
+        <v>147</v>
+      </c>
+      <c r="E138" t="s">
         <v>20</v>
       </c>
-      <c r="J137" t="s">
+      <c r="F138" t="s">
         <v>21</v>
       </c>
-      <c r="K137" t="s">
-[...31 lines deleted...]
-      <c r="G138">
+      <c r="G138" t="s">
+        <v>44</v>
+      </c>
+      <c r="H138">
         <v>2007</v>
       </c>
-      <c r="H138">
+      <c r="I138">
         <v>2018</v>
       </c>
-      <c r="I138" t="s">
+      <c r="J138" t="s">
+        <v>23</v>
+      </c>
+      <c r="K138" t="s">
+        <v>24</v>
+      </c>
+      <c r="L138" t="s">
+        <v>729</v>
+      </c>
+      <c r="M138" t="s">
+        <v>702</v>
+      </c>
+      <c r="N138" t="s">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>730</v>
+      </c>
+      <c r="P138" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>731</v>
+      </c>
+      <c r="B139" t="s">
+        <v>732</v>
+      </c>
+      <c r="C139" t="s">
+        <v>700</v>
+      </c>
+      <c r="D139" t="s">
+        <v>707</v>
+      </c>
+      <c r="E139" t="s">
         <v>20</v>
       </c>
-      <c r="J138" t="s">
+      <c r="F139" t="s">
         <v>21</v>
       </c>
-      <c r="K138" t="s">
-[...31 lines deleted...]
-      <c r="G139">
+      <c r="G139" t="s">
+        <v>44</v>
+      </c>
+      <c r="H139">
         <v>2016</v>
       </c>
-      <c r="H139">
+      <c r="I139">
         <v>2019</v>
       </c>
-      <c r="I139" t="s">
+      <c r="J139" t="s">
+        <v>23</v>
+      </c>
+      <c r="K139" t="s">
+        <v>24</v>
+      </c>
+      <c r="L139"/>
+      <c r="M139" t="s">
+        <v>702</v>
+      </c>
+      <c r="N139" t="s">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>733</v>
+      </c>
+      <c r="P139" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>734</v>
+      </c>
+      <c r="B140" t="s">
+        <v>735</v>
+      </c>
+      <c r="C140" t="s">
+        <v>700</v>
+      </c>
+      <c r="D140" t="s">
+        <v>135</v>
+      </c>
+      <c r="E140" t="s">
         <v>20</v>
       </c>
-      <c r="J139" t="s">
+      <c r="F140" t="s">
+        <v>33</v>
+      </c>
+      <c r="G140" t="s">
+        <v>22</v>
+      </c>
+      <c r="H140">
+        <v>2016</v>
+      </c>
+      <c r="I140"/>
+      <c r="J140" t="s">
+        <v>226</v>
+      </c>
+      <c r="K140" t="s">
+        <v>24</v>
+      </c>
+      <c r="L140" t="s">
+        <v>736</v>
+      </c>
+      <c r="M140" t="s">
+        <v>702</v>
+      </c>
+      <c r="N140" t="s">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>737</v>
+      </c>
+      <c r="P140" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>739</v>
+      </c>
+      <c r="B141" t="s">
+        <v>740</v>
+      </c>
+      <c r="C141" t="s">
+        <v>134</v>
+      </c>
+      <c r="D141" t="s">
+        <v>462</v>
+      </c>
+      <c r="E141" t="s">
+        <v>20</v>
+      </c>
+      <c r="F141" t="s">
         <v>21</v>
       </c>
-      <c r="K139"/>
-[...71 lines deleted...]
-      <c r="G141">
+      <c r="G141" t="s">
+        <v>44</v>
+      </c>
+      <c r="H141">
         <v>2007</v>
       </c>
-      <c r="H141">
+      <c r="I141">
         <v>2011</v>
       </c>
-      <c r="I141" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J141" t="s">
-        <v>21</v>
+        <v>136</v>
       </c>
       <c r="K141" t="s">
-        <v>507</v>
+        <v>24</v>
       </c>
       <c r="L141" t="s">
-        <v>508</v>
+        <v>741</v>
       </c>
       <c r="M141" t="s">
-        <v>24</v>
+        <v>742</v>
       </c>
       <c r="N141" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>743</v>
+      </c>
+      <c r="P141" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>510</v>
+        <v>745</v>
       </c>
       <c r="B142" t="s">
-        <v>100</v>
+        <v>746</v>
       </c>
       <c r="C142" t="s">
-        <v>214</v>
+        <v>134</v>
       </c>
       <c r="D142" t="s">
-        <v>36</v>
+        <v>291</v>
       </c>
       <c r="E142" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="F142" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>33</v>
+      </c>
+      <c r="G142" t="s">
+        <v>44</v>
       </c>
       <c r="H142">
         <v>2006</v>
       </c>
-      <c r="I142" t="s">
-        <v>102</v>
+      <c r="I142">
+        <v>2006</v>
       </c>
       <c r="J142" t="s">
+        <v>136</v>
+      </c>
+      <c r="K142" t="s">
+        <v>24</v>
+      </c>
+      <c r="L142"/>
+      <c r="M142" t="s">
+        <v>742</v>
+      </c>
+      <c r="N142" t="s">
+        <v>235</v>
+      </c>
+      <c r="O142" t="s">
+        <v>747</v>
+      </c>
+      <c r="P142"/>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>748</v>
+      </c>
+      <c r="B143" t="s">
+        <v>749</v>
+      </c>
+      <c r="C143" t="s">
+        <v>134</v>
+      </c>
+      <c r="D143" t="s">
+        <v>682</v>
+      </c>
+      <c r="E143" t="s">
+        <v>20</v>
+      </c>
+      <c r="F143" t="s">
         <v>21</v>
       </c>
-      <c r="K142"/>
-[...29 lines deleted...]
-      <c r="G143">
+      <c r="G143" t="s">
+        <v>44</v>
+      </c>
+      <c r="H143">
         <v>2006</v>
       </c>
-      <c r="H143">
+      <c r="I143">
         <v>2015</v>
       </c>
-      <c r="I143" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J143" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>136</v>
+      </c>
+      <c r="K143" t="s">
+        <v>24</v>
+      </c>
+      <c r="L143"/>
       <c r="M143" t="s">
-        <v>24</v>
+        <v>137</v>
       </c>
       <c r="N143" t="s">
-        <v>513</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>750</v>
+      </c>
+      <c r="P143" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>514</v>
+        <v>752</v>
       </c>
       <c r="B144" t="s">
-        <v>100</v>
+        <v>753</v>
       </c>
       <c r="C144" t="s">
-        <v>515</v>
+        <v>134</v>
       </c>
       <c r="D144" t="s">
-        <v>17</v>
+        <v>754</v>
       </c>
       <c r="E144" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F144" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G144">
+        <v>33</v>
+      </c>
+      <c r="G144" t="s">
+        <v>22</v>
+      </c>
+      <c r="H144">
         <v>2016</v>
       </c>
-      <c r="H144"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I144"/>
       <c r="J144" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>136</v>
+      </c>
+      <c r="K144" t="s">
+        <v>24</v>
+      </c>
+      <c r="L144"/>
       <c r="M144" t="s">
-        <v>24</v>
+        <v>742</v>
       </c>
       <c r="N144" t="s">
-        <v>516</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>755</v>
+      </c>
+      <c r="P144" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>517</v>
+        <v>757</v>
       </c>
       <c r="B145" t="s">
-        <v>100</v>
+        <v>758</v>
       </c>
       <c r="C145" t="s">
+        <v>134</v>
+      </c>
+      <c r="D145" t="s">
+        <v>52</v>
+      </c>
+      <c r="E145" t="s">
+        <v>20</v>
+      </c>
+      <c r="F145" t="s">
+        <v>33</v>
+      </c>
+      <c r="G145" t="s">
         <v>44</v>
-      </c>
-[...10 lines deleted...]
-        <v>2016</v>
       </c>
       <c r="H145">
         <v>2016</v>
       </c>
-      <c r="I145" t="s">
-        <v>102</v>
+      <c r="I145">
+        <v>2016</v>
       </c>
       <c r="J145" t="s">
+        <v>136</v>
+      </c>
+      <c r="K145" t="s">
+        <v>24</v>
+      </c>
+      <c r="L145"/>
+      <c r="M145" t="s">
+        <v>742</v>
+      </c>
+      <c r="N145" t="s">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>759</v>
+      </c>
+      <c r="P145" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>760</v>
+      </c>
+      <c r="B146" t="s">
+        <v>761</v>
+      </c>
+      <c r="C146" t="s">
+        <v>134</v>
+      </c>
+      <c r="D146" t="s">
+        <v>369</v>
+      </c>
+      <c r="E146" t="s">
+        <v>20</v>
+      </c>
+      <c r="F146" t="s">
+        <v>43</v>
+      </c>
+      <c r="G146" t="s">
+        <v>22</v>
+      </c>
+      <c r="H146">
+        <v>2014</v>
+      </c>
+      <c r="I146"/>
+      <c r="J146" t="s">
+        <v>136</v>
+      </c>
+      <c r="K146" t="s">
+        <v>24</v>
+      </c>
+      <c r="L146"/>
+      <c r="M146" t="s">
+        <v>137</v>
+      </c>
+      <c r="N146" t="s">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>762</v>
+      </c>
+      <c r="P146" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>764</v>
+      </c>
+      <c r="B147" t="s">
+        <v>765</v>
+      </c>
+      <c r="C147" t="s">
+        <v>134</v>
+      </c>
+      <c r="D147" t="s">
+        <v>473</v>
+      </c>
+      <c r="E147" t="s">
+        <v>20</v>
+      </c>
+      <c r="F147" t="s">
+        <v>33</v>
+      </c>
+      <c r="G147" t="s">
+        <v>44</v>
+      </c>
+      <c r="H147">
+        <v>2012</v>
+      </c>
+      <c r="I147">
+        <v>2013</v>
+      </c>
+      <c r="J147" t="s">
+        <v>136</v>
+      </c>
+      <c r="K147" t="s">
+        <v>24</v>
+      </c>
+      <c r="L147" t="s">
+        <v>766</v>
+      </c>
+      <c r="M147" t="s">
+        <v>742</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>767</v>
+      </c>
+      <c r="P147" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>769</v>
+      </c>
+      <c r="B148" t="s">
+        <v>770</v>
+      </c>
+      <c r="C148" t="s">
+        <v>134</v>
+      </c>
+      <c r="D148" t="s">
+        <v>278</v>
+      </c>
+      <c r="E148" t="s">
+        <v>20</v>
+      </c>
+      <c r="F148" t="s">
         <v>21</v>
       </c>
-      <c r="K145"/>
-[...26 lines deleted...]
-      <c r="F146" t="s">
+      <c r="G148" t="s">
+        <v>44</v>
+      </c>
+      <c r="H148">
+        <v>1986</v>
+      </c>
+      <c r="I148">
+        <v>2012</v>
+      </c>
+      <c r="J148" t="s">
+        <v>136</v>
+      </c>
+      <c r="K148" t="s">
+        <v>771</v>
+      </c>
+      <c r="L148"/>
+      <c r="M148" t="s">
+        <v>772</v>
+      </c>
+      <c r="N148" t="s">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>773</v>
+      </c>
+      <c r="P148" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>775</v>
+      </c>
+      <c r="B149" t="s">
+        <v>765</v>
+      </c>
+      <c r="C149" t="s">
+        <v>134</v>
+      </c>
+      <c r="D149" t="s">
+        <v>776</v>
+      </c>
+      <c r="E149" t="s">
+        <v>20</v>
+      </c>
+      <c r="F149" t="s">
+        <v>33</v>
+      </c>
+      <c r="G149" t="s">
+        <v>44</v>
+      </c>
+      <c r="H149">
+        <v>1986</v>
+      </c>
+      <c r="I149">
+        <v>2014</v>
+      </c>
+      <c r="J149" t="s">
+        <v>136</v>
+      </c>
+      <c r="K149" t="s">
+        <v>24</v>
+      </c>
+      <c r="L149"/>
+      <c r="M149" t="s">
+        <v>742</v>
+      </c>
+      <c r="N149" t="s">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>777</v>
+      </c>
+      <c r="P149" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>779</v>
+      </c>
+      <c r="B150" t="s">
+        <v>780</v>
+      </c>
+      <c r="C150" t="s">
+        <v>134</v>
+      </c>
+      <c r="D150" t="s">
+        <v>781</v>
+      </c>
+      <c r="E150" t="s">
+        <v>20</v>
+      </c>
+      <c r="F150" t="s">
+        <v>21</v>
+      </c>
+      <c r="G150" t="s">
+        <v>22</v>
+      </c>
+      <c r="H150">
+        <v>2004</v>
+      </c>
+      <c r="I150"/>
+      <c r="J150" t="s">
+        <v>136</v>
+      </c>
+      <c r="K150" t="s">
+        <v>24</v>
+      </c>
+      <c r="L150"/>
+      <c r="M150" t="s">
+        <v>772</v>
+      </c>
+      <c r="N150" t="s">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>782</v>
+      </c>
+      <c r="P150" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>784</v>
+      </c>
+      <c r="B151" t="s">
+        <v>785</v>
+      </c>
+      <c r="C151" t="s">
+        <v>31</v>
+      </c>
+      <c r="D151" t="s">
+        <v>786</v>
+      </c>
+      <c r="E151" t="s">
+        <v>20</v>
+      </c>
+      <c r="F151" t="s">
+        <v>33</v>
+      </c>
+      <c r="G151" t="s">
+        <v>22</v>
+      </c>
+      <c r="H151">
+        <v>2019</v>
+      </c>
+      <c r="I151"/>
+      <c r="J151" t="s">
+        <v>497</v>
+      </c>
+      <c r="K151" t="s">
+        <v>787</v>
+      </c>
+      <c r="L151"/>
+      <c r="M151" t="s">
+        <v>35</v>
+      </c>
+      <c r="N151" t="s">
+        <v>788</v>
+      </c>
+      <c r="O151" t="s">
+        <v>789</v>
+      </c>
+      <c r="P151" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>791</v>
+      </c>
+      <c r="B152" t="s">
+        <v>792</v>
+      </c>
+      <c r="C152" t="s">
+        <v>40</v>
+      </c>
+      <c r="D152" t="s">
+        <v>793</v>
+      </c>
+      <c r="E152" t="s">
+        <v>42</v>
+      </c>
+      <c r="F152" t="s">
+        <v>153</v>
+      </c>
+      <c r="G152" t="s">
+        <v>22</v>
+      </c>
+      <c r="H152">
+        <v>2014</v>
+      </c>
+      <c r="I152"/>
+      <c r="J152" t="s">
+        <v>162</v>
+      </c>
+      <c r="K152" t="s">
+        <v>24</v>
+      </c>
+      <c r="L152" t="s">
+        <v>794</v>
+      </c>
+      <c r="M152" t="s">
+        <v>156</v>
+      </c>
+      <c r="N152" t="s">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>795</v>
+      </c>
+      <c r="P152" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>797</v>
+      </c>
+      <c r="B153" t="s">
+        <v>798</v>
+      </c>
+      <c r="C153" t="s">
+        <v>40</v>
+      </c>
+      <c r="D153" t="s">
+        <v>525</v>
+      </c>
+      <c r="E153" t="s">
+        <v>42</v>
+      </c>
+      <c r="F153" t="s">
+        <v>153</v>
+      </c>
+      <c r="G153" t="s">
+        <v>22</v>
+      </c>
+      <c r="H153">
+        <v>1997</v>
+      </c>
+      <c r="I153">
+        <v>2011</v>
+      </c>
+      <c r="J153" t="s">
+        <v>45</v>
+      </c>
+      <c r="K153" t="s">
+        <v>176</v>
+      </c>
+      <c r="L153" t="s">
+        <v>799</v>
+      </c>
+      <c r="M153" t="s">
+        <v>156</v>
+      </c>
+      <c r="N153" t="s">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>800</v>
+      </c>
+      <c r="P153" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" t="s">
+        <v>802</v>
+      </c>
+      <c r="B154" t="s">
+        <v>803</v>
+      </c>
+      <c r="C154" t="s">
+        <v>40</v>
+      </c>
+      <c r="D154" t="s">
+        <v>101</v>
+      </c>
+      <c r="E154" t="s">
+        <v>42</v>
+      </c>
+      <c r="F154" t="s">
+        <v>153</v>
+      </c>
+      <c r="G154" t="s">
+        <v>44</v>
+      </c>
+      <c r="H154">
+        <v>2007</v>
+      </c>
+      <c r="I154">
+        <v>2012</v>
+      </c>
+      <c r="J154" t="s">
+        <v>45</v>
+      </c>
+      <c r="K154" t="s">
+        <v>24</v>
+      </c>
+      <c r="L154" t="s">
+        <v>804</v>
+      </c>
+      <c r="M154" t="s">
+        <v>156</v>
+      </c>
+      <c r="N154" t="s">
+        <v>27</v>
+      </c>
+      <c r="O154" t="s">
+        <v>805</v>
+      </c>
+      <c r="P154" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>807</v>
+      </c>
+      <c r="B155" t="s">
+        <v>808</v>
+      </c>
+      <c r="C155" t="s">
+        <v>40</v>
+      </c>
+      <c r="D155" t="s">
+        <v>809</v>
+      </c>
+      <c r="E155" t="s">
+        <v>42</v>
+      </c>
+      <c r="F155" t="s">
+        <v>153</v>
+      </c>
+      <c r="G155" t="s">
+        <v>44</v>
+      </c>
+      <c r="H155">
+        <v>1997</v>
+      </c>
+      <c r="I155">
+        <v>2015</v>
+      </c>
+      <c r="J155" t="s">
+        <v>154</v>
+      </c>
+      <c r="K155" t="s">
+        <v>24</v>
+      </c>
+      <c r="L155" t="s">
+        <v>810</v>
+      </c>
+      <c r="M155" t="s">
+        <v>156</v>
+      </c>
+      <c r="N155" t="s">
+        <v>27</v>
+      </c>
+      <c r="O155" t="s">
+        <v>811</v>
+      </c>
+      <c r="P155" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>813</v>
+      </c>
+      <c r="B156" t="s">
+        <v>814</v>
+      </c>
+      <c r="C156" t="s">
+        <v>40</v>
+      </c>
+      <c r="D156" t="s">
+        <v>815</v>
+      </c>
+      <c r="E156" t="s">
+        <v>42</v>
+      </c>
+      <c r="F156" t="s">
+        <v>153</v>
+      </c>
+      <c r="G156" t="s">
+        <v>44</v>
+      </c>
+      <c r="H156">
+        <v>2013</v>
+      </c>
+      <c r="I156">
+        <v>2018</v>
+      </c>
+      <c r="J156" t="s">
+        <v>45</v>
+      </c>
+      <c r="K156" t="s">
+        <v>24</v>
+      </c>
+      <c r="L156" t="s">
+        <v>816</v>
+      </c>
+      <c r="M156" t="s">
+        <v>156</v>
+      </c>
+      <c r="N156" t="s">
+        <v>27</v>
+      </c>
+      <c r="O156" t="s">
+        <v>817</v>
+      </c>
+      <c r="P156" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" t="s">
+        <v>819</v>
+      </c>
+      <c r="B157" t="s">
+        <v>820</v>
+      </c>
+      <c r="C157" t="s">
+        <v>40</v>
+      </c>
+      <c r="D157" t="s">
+        <v>312</v>
+      </c>
+      <c r="E157" t="s">
+        <v>42</v>
+      </c>
+      <c r="F157" t="s">
+        <v>153</v>
+      </c>
+      <c r="G157" t="s">
+        <v>22</v>
+      </c>
+      <c r="H157">
+        <v>2013</v>
+      </c>
+      <c r="I157"/>
+      <c r="J157" t="s">
+        <v>154</v>
+      </c>
+      <c r="K157" t="s">
+        <v>24</v>
+      </c>
+      <c r="L157" t="s">
+        <v>821</v>
+      </c>
+      <c r="M157" t="s">
+        <v>156</v>
+      </c>
+      <c r="N157" t="s">
+        <v>27</v>
+      </c>
+      <c r="O157" t="s">
+        <v>822</v>
+      </c>
+      <c r="P157" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>824</v>
+      </c>
+      <c r="B158" t="s">
+        <v>825</v>
+      </c>
+      <c r="C158" t="s">
+        <v>40</v>
+      </c>
+      <c r="D158" t="s">
+        <v>826</v>
+      </c>
+      <c r="E158" t="s">
+        <v>42</v>
+      </c>
+      <c r="F158" t="s">
+        <v>153</v>
+      </c>
+      <c r="G158" t="s">
+        <v>22</v>
+      </c>
+      <c r="H158">
+        <v>2012</v>
+      </c>
+      <c r="I158"/>
+      <c r="J158" t="s">
+        <v>45</v>
+      </c>
+      <c r="K158" t="s">
+        <v>176</v>
+      </c>
+      <c r="L158" t="s">
+        <v>827</v>
+      </c>
+      <c r="M158" t="s">
+        <v>156</v>
+      </c>
+      <c r="N158" t="s">
+        <v>27</v>
+      </c>
+      <c r="O158" t="s">
+        <v>828</v>
+      </c>
+      <c r="P158" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>830</v>
+      </c>
+      <c r="B159" t="s">
+        <v>831</v>
+      </c>
+      <c r="C159" t="s">
+        <v>40</v>
+      </c>
+      <c r="D159" t="s">
+        <v>832</v>
+      </c>
+      <c r="E159" t="s">
+        <v>42</v>
+      </c>
+      <c r="F159" t="s">
+        <v>153</v>
+      </c>
+      <c r="G159" t="s">
+        <v>22</v>
+      </c>
+      <c r="H159">
+        <v>2011</v>
+      </c>
+      <c r="I159"/>
+      <c r="J159" t="s">
+        <v>45</v>
+      </c>
+      <c r="K159" t="s">
+        <v>24</v>
+      </c>
+      <c r="L159" t="s">
+        <v>833</v>
+      </c>
+      <c r="M159" t="s">
+        <v>156</v>
+      </c>
+      <c r="N159" t="s">
+        <v>27</v>
+      </c>
+      <c r="O159" t="s">
+        <v>834</v>
+      </c>
+      <c r="P159" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>836</v>
+      </c>
+      <c r="B160" t="s">
+        <v>837</v>
+      </c>
+      <c r="C160" t="s">
+        <v>40</v>
+      </c>
+      <c r="D160" t="s">
+        <v>182</v>
+      </c>
+      <c r="E160" t="s">
+        <v>42</v>
+      </c>
+      <c r="F160" t="s">
+        <v>153</v>
+      </c>
+      <c r="G160" t="s">
+        <v>22</v>
+      </c>
+      <c r="H160">
+        <v>2013</v>
+      </c>
+      <c r="I160"/>
+      <c r="J160" t="s">
+        <v>154</v>
+      </c>
+      <c r="K160" t="s">
+        <v>24</v>
+      </c>
+      <c r="L160" t="s">
+        <v>838</v>
+      </c>
+      <c r="M160" t="s">
+        <v>156</v>
+      </c>
+      <c r="N160" t="s">
+        <v>27</v>
+      </c>
+      <c r="O160" t="s">
+        <v>839</v>
+      </c>
+      <c r="P160" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
+      <c r="A161" t="s">
+        <v>841</v>
+      </c>
+      <c r="B161" t="s">
+        <v>842</v>
+      </c>
+      <c r="C161" t="s">
+        <v>40</v>
+      </c>
+      <c r="D161" t="s">
+        <v>64</v>
+      </c>
+      <c r="E161" t="s">
+        <v>42</v>
+      </c>
+      <c r="F161" t="s">
+        <v>153</v>
+      </c>
+      <c r="G161" t="s">
+        <v>22</v>
+      </c>
+      <c r="H161">
+        <v>2013</v>
+      </c>
+      <c r="I161"/>
+      <c r="J161" t="s">
+        <v>45</v>
+      </c>
+      <c r="K161" t="s">
+        <v>24</v>
+      </c>
+      <c r="L161" t="s">
+        <v>843</v>
+      </c>
+      <c r="M161" t="s">
+        <v>156</v>
+      </c>
+      <c r="N161" t="s">
+        <v>27</v>
+      </c>
+      <c r="O161" t="s">
+        <v>844</v>
+      </c>
+      <c r="P161" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
+      <c r="A162" t="s">
+        <v>846</v>
+      </c>
+      <c r="B162" t="s">
+        <v>847</v>
+      </c>
+      <c r="C162" t="s">
+        <v>40</v>
+      </c>
+      <c r="D162" t="s">
+        <v>545</v>
+      </c>
+      <c r="E162" t="s">
+        <v>42</v>
+      </c>
+      <c r="F162" t="s">
+        <v>153</v>
+      </c>
+      <c r="G162" t="s">
+        <v>22</v>
+      </c>
+      <c r="H162">
+        <v>2012</v>
+      </c>
+      <c r="I162"/>
+      <c r="J162" t="s">
+        <v>45</v>
+      </c>
+      <c r="K162" t="s">
+        <v>24</v>
+      </c>
+      <c r="L162" t="s">
+        <v>848</v>
+      </c>
+      <c r="M162" t="s">
+        <v>156</v>
+      </c>
+      <c r="N162" t="s">
+        <v>27</v>
+      </c>
+      <c r="O162" t="s">
+        <v>849</v>
+      </c>
+      <c r="P162" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" t="s">
+        <v>851</v>
+      </c>
+      <c r="B163" t="s">
+        <v>852</v>
+      </c>
+      <c r="C163" t="s">
+        <v>40</v>
+      </c>
+      <c r="D163" t="s">
+        <v>569</v>
+      </c>
+      <c r="E163" t="s">
+        <v>42</v>
+      </c>
+      <c r="F163" t="s">
+        <v>153</v>
+      </c>
+      <c r="G163" t="s">
+        <v>22</v>
+      </c>
+      <c r="H163">
+        <v>2012</v>
+      </c>
+      <c r="I163"/>
+      <c r="J163" t="s">
+        <v>162</v>
+      </c>
+      <c r="K163" t="s">
+        <v>24</v>
+      </c>
+      <c r="L163" t="s">
+        <v>853</v>
+      </c>
+      <c r="M163" t="s">
+        <v>156</v>
+      </c>
+      <c r="N163" t="s">
+        <v>27</v>
+      </c>
+      <c r="O163" t="s">
+        <v>854</v>
+      </c>
+      <c r="P163" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>856</v>
+      </c>
+      <c r="B164" t="s">
+        <v>857</v>
+      </c>
+      <c r="C164" t="s">
+        <v>40</v>
+      </c>
+      <c r="D164" t="s">
+        <v>259</v>
+      </c>
+      <c r="E164" t="s">
+        <v>42</v>
+      </c>
+      <c r="F164" t="s">
+        <v>153</v>
+      </c>
+      <c r="G164" t="s">
+        <v>44</v>
+      </c>
+      <c r="H164">
+        <v>2003</v>
+      </c>
+      <c r="I164">
+        <v>2012</v>
+      </c>
+      <c r="J164" t="s">
+        <v>45</v>
+      </c>
+      <c r="K164" t="s">
+        <v>24</v>
+      </c>
+      <c r="L164" t="s">
+        <v>858</v>
+      </c>
+      <c r="M164" t="s">
+        <v>156</v>
+      </c>
+      <c r="N164" t="s">
+        <v>27</v>
+      </c>
+      <c r="O164" t="s">
+        <v>859</v>
+      </c>
+      <c r="P164" t="s">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>861</v>
+      </c>
+      <c r="B165" t="s">
+        <v>862</v>
+      </c>
+      <c r="C165" t="s">
+        <v>40</v>
+      </c>
+      <c r="D165" t="s">
+        <v>863</v>
+      </c>
+      <c r="E165" t="s">
+        <v>42</v>
+      </c>
+      <c r="F165" t="s">
+        <v>153</v>
+      </c>
+      <c r="G165" t="s">
+        <v>44</v>
+      </c>
+      <c r="H165">
+        <v>2011</v>
+      </c>
+      <c r="I165">
+        <v>2017</v>
+      </c>
+      <c r="J165" t="s">
+        <v>45</v>
+      </c>
+      <c r="K165" t="s">
+        <v>864</v>
+      </c>
+      <c r="L165" t="s">
+        <v>865</v>
+      </c>
+      <c r="M165" t="s">
+        <v>156</v>
+      </c>
+      <c r="N165" t="s">
+        <v>866</v>
+      </c>
+      <c r="O165" t="s">
+        <v>867</v>
+      </c>
+      <c r="P165" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
+      <c r="A166" t="s">
+        <v>869</v>
+      </c>
+      <c r="B166" t="s">
+        <v>870</v>
+      </c>
+      <c r="C166" t="s">
+        <v>40</v>
+      </c>
+      <c r="D166" t="s">
+        <v>369</v>
+      </c>
+      <c r="E166" t="s">
+        <v>42</v>
+      </c>
+      <c r="F166" t="s">
+        <v>153</v>
+      </c>
+      <c r="G166" t="s">
+        <v>44</v>
+      </c>
+      <c r="H166">
+        <v>2002</v>
+      </c>
+      <c r="I166">
+        <v>2015</v>
+      </c>
+      <c r="J166" t="s">
+        <v>45</v>
+      </c>
+      <c r="K166" t="s">
+        <v>24</v>
+      </c>
+      <c r="L166" t="s">
+        <v>871</v>
+      </c>
+      <c r="M166" t="s">
+        <v>156</v>
+      </c>
+      <c r="N166" t="s">
+        <v>27</v>
+      </c>
+      <c r="O166" t="s">
+        <v>872</v>
+      </c>
+      <c r="P166" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" t="s">
+        <v>874</v>
+      </c>
+      <c r="B167" t="s">
+        <v>875</v>
+      </c>
+      <c r="C167" t="s">
+        <v>40</v>
+      </c>
+      <c r="D167" t="s">
+        <v>876</v>
+      </c>
+      <c r="E167" t="s">
+        <v>42</v>
+      </c>
+      <c r="F167" t="s">
+        <v>153</v>
+      </c>
+      <c r="G167" t="s">
+        <v>22</v>
+      </c>
+      <c r="H167">
+        <v>2013</v>
+      </c>
+      <c r="I167"/>
+      <c r="J167" t="s">
+        <v>877</v>
+      </c>
+      <c r="K167" t="s">
+        <v>24</v>
+      </c>
+      <c r="L167" t="s">
+        <v>878</v>
+      </c>
+      <c r="M167" t="s">
+        <v>156</v>
+      </c>
+      <c r="N167" t="s">
+        <v>27</v>
+      </c>
+      <c r="O167" t="s">
+        <v>879</v>
+      </c>
+      <c r="P167" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="168" spans="1:16">
+      <c r="A168" t="s">
+        <v>881</v>
+      </c>
+      <c r="B168" t="s">
+        <v>882</v>
+      </c>
+      <c r="C168" t="s">
+        <v>40</v>
+      </c>
+      <c r="D168" t="s">
+        <v>883</v>
+      </c>
+      <c r="E168" t="s">
+        <v>42</v>
+      </c>
+      <c r="F168" t="s">
+        <v>153</v>
+      </c>
+      <c r="G168" t="s">
+        <v>22</v>
+      </c>
+      <c r="H168">
+        <v>2012</v>
+      </c>
+      <c r="I168"/>
+      <c r="J168" t="s">
+        <v>45</v>
+      </c>
+      <c r="K168" t="s">
+        <v>24</v>
+      </c>
+      <c r="L168" t="s">
+        <v>884</v>
+      </c>
+      <c r="M168" t="s">
+        <v>156</v>
+      </c>
+      <c r="N168" t="s">
+        <v>27</v>
+      </c>
+      <c r="O168" t="s">
+        <v>885</v>
+      </c>
+      <c r="P168" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16">
+      <c r="A169" t="s">
+        <v>887</v>
+      </c>
+      <c r="B169" t="s">
+        <v>888</v>
+      </c>
+      <c r="C169" t="s">
+        <v>40</v>
+      </c>
+      <c r="D169" t="s">
+        <v>889</v>
+      </c>
+      <c r="E169" t="s">
+        <v>42</v>
+      </c>
+      <c r="F169" t="s">
+        <v>153</v>
+      </c>
+      <c r="G169" t="s">
+        <v>44</v>
+      </c>
+      <c r="H169">
+        <v>2001</v>
+      </c>
+      <c r="I169"/>
+      <c r="J169" t="s">
+        <v>45</v>
+      </c>
+      <c r="K169" t="s">
+        <v>24</v>
+      </c>
+      <c r="L169" t="s">
+        <v>890</v>
+      </c>
+      <c r="M169" t="s">
+        <v>156</v>
+      </c>
+      <c r="N169" t="s">
+        <v>27</v>
+      </c>
+      <c r="O169" t="s">
+        <v>891</v>
+      </c>
+      <c r="P169" t="s">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="170" spans="1:16">
+      <c r="A170" t="s">
+        <v>893</v>
+      </c>
+      <c r="B170" t="s">
+        <v>894</v>
+      </c>
+      <c r="C170" t="s">
+        <v>40</v>
+      </c>
+      <c r="D170" t="s">
+        <v>316</v>
+      </c>
+      <c r="E170" t="s">
+        <v>42</v>
+      </c>
+      <c r="F170" t="s">
+        <v>153</v>
+      </c>
+      <c r="G170" t="s">
+        <v>22</v>
+      </c>
+      <c r="H170">
+        <v>2014</v>
+      </c>
+      <c r="I170"/>
+      <c r="J170" t="s">
+        <v>45</v>
+      </c>
+      <c r="K170" t="s">
+        <v>24</v>
+      </c>
+      <c r="L170" t="s">
+        <v>895</v>
+      </c>
+      <c r="M170" t="s">
+        <v>156</v>
+      </c>
+      <c r="N170" t="s">
+        <v>27</v>
+      </c>
+      <c r="O170" t="s">
+        <v>896</v>
+      </c>
+      <c r="P170" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16">
+      <c r="A171" t="s">
+        <v>898</v>
+      </c>
+      <c r="B171" t="s">
+        <v>899</v>
+      </c>
+      <c r="C171" t="s">
+        <v>40</v>
+      </c>
+      <c r="D171" t="s">
+        <v>70</v>
+      </c>
+      <c r="E171" t="s">
+        <v>42</v>
+      </c>
+      <c r="F171" t="s">
+        <v>153</v>
+      </c>
+      <c r="G171" t="s">
+        <v>44</v>
+      </c>
+      <c r="H171">
+        <v>2013</v>
+      </c>
+      <c r="I171">
+        <v>2017</v>
+      </c>
+      <c r="J171" t="s">
+        <v>45</v>
+      </c>
+      <c r="K171" t="s">
+        <v>24</v>
+      </c>
+      <c r="L171" t="s">
+        <v>900</v>
+      </c>
+      <c r="M171" t="s">
+        <v>156</v>
+      </c>
+      <c r="N171" t="s">
+        <v>27</v>
+      </c>
+      <c r="O171" t="s">
+        <v>901</v>
+      </c>
+      <c r="P171" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16">
+      <c r="A172" t="s">
+        <v>903</v>
+      </c>
+      <c r="B172" t="s">
+        <v>904</v>
+      </c>
+      <c r="C172" t="s">
+        <v>40</v>
+      </c>
+      <c r="D172" t="s">
+        <v>76</v>
+      </c>
+      <c r="E172" t="s">
+        <v>42</v>
+      </c>
+      <c r="F172" t="s">
+        <v>153</v>
+      </c>
+      <c r="G172" t="s">
+        <v>44</v>
+      </c>
+      <c r="H172">
+        <v>2011</v>
+      </c>
+      <c r="I172"/>
+      <c r="J172" t="s">
+        <v>45</v>
+      </c>
+      <c r="K172" t="s">
+        <v>24</v>
+      </c>
+      <c r="L172" t="s">
+        <v>905</v>
+      </c>
+      <c r="M172" t="s">
+        <v>156</v>
+      </c>
+      <c r="N172" t="s">
+        <v>27</v>
+      </c>
+      <c r="O172" t="s">
+        <v>906</v>
+      </c>
+      <c r="P172" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16">
+      <c r="A173" t="s">
+        <v>908</v>
+      </c>
+      <c r="B173" t="s">
+        <v>909</v>
+      </c>
+      <c r="C173" t="s">
+        <v>40</v>
+      </c>
+      <c r="D173" t="s">
+        <v>135</v>
+      </c>
+      <c r="E173" t="s">
+        <v>42</v>
+      </c>
+      <c r="F173" t="s">
+        <v>153</v>
+      </c>
+      <c r="G173" t="s">
+        <v>22</v>
+      </c>
+      <c r="H173">
+        <v>1998</v>
+      </c>
+      <c r="I173"/>
+      <c r="J173" t="s">
+        <v>45</v>
+      </c>
+      <c r="K173" t="s">
+        <v>24</v>
+      </c>
+      <c r="L173" t="s">
+        <v>910</v>
+      </c>
+      <c r="M173" t="s">
+        <v>156</v>
+      </c>
+      <c r="N173" t="s">
+        <v>235</v>
+      </c>
+      <c r="O173" t="s">
+        <v>911</v>
+      </c>
+      <c r="P173" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16">
+      <c r="A174" t="s">
+        <v>913</v>
+      </c>
+      <c r="B174" t="s">
+        <v>914</v>
+      </c>
+      <c r="C174" t="s">
+        <v>40</v>
+      </c>
+      <c r="D174" t="s">
+        <v>259</v>
+      </c>
+      <c r="E174" t="s">
+        <v>42</v>
+      </c>
+      <c r="F174" t="s">
+        <v>153</v>
+      </c>
+      <c r="G174" t="s">
+        <v>22</v>
+      </c>
+      <c r="H174">
+        <v>2018</v>
+      </c>
+      <c r="I174"/>
+      <c r="J174" t="s">
+        <v>45</v>
+      </c>
+      <c r="K174" t="s">
+        <v>24</v>
+      </c>
+      <c r="L174" t="s">
+        <v>915</v>
+      </c>
+      <c r="M174" t="s">
+        <v>156</v>
+      </c>
+      <c r="N174" t="s">
+        <v>27</v>
+      </c>
+      <c r="O174" t="s">
+        <v>916</v>
+      </c>
+      <c r="P174" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="175" spans="1:16">
+      <c r="A175" t="s">
+        <v>918</v>
+      </c>
+      <c r="B175" t="s">
+        <v>919</v>
+      </c>
+      <c r="C175" t="s">
+        <v>40</v>
+      </c>
+      <c r="D175" t="s">
+        <v>259</v>
+      </c>
+      <c r="E175" t="s">
+        <v>42</v>
+      </c>
+      <c r="F175" t="s">
+        <v>153</v>
+      </c>
+      <c r="G175" t="s">
+        <v>22</v>
+      </c>
+      <c r="H175">
+        <v>2018</v>
+      </c>
+      <c r="I175"/>
+      <c r="J175" t="s">
+        <v>45</v>
+      </c>
+      <c r="K175" t="s">
+        <v>24</v>
+      </c>
+      <c r="L175" t="s">
+        <v>920</v>
+      </c>
+      <c r="M175" t="s">
+        <v>156</v>
+      </c>
+      <c r="N175" t="s">
+        <v>27</v>
+      </c>
+      <c r="O175" t="s">
+        <v>921</v>
+      </c>
+      <c r="P175" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16">
+      <c r="A176" t="s">
+        <v>923</v>
+      </c>
+      <c r="B176" t="s">
+        <v>924</v>
+      </c>
+      <c r="C176" t="s">
+        <v>40</v>
+      </c>
+      <c r="D176" t="s">
+        <v>82</v>
+      </c>
+      <c r="E176" t="s">
+        <v>42</v>
+      </c>
+      <c r="F176" t="s">
+        <v>153</v>
+      </c>
+      <c r="G176" t="s">
+        <v>44</v>
+      </c>
+      <c r="H176">
+        <v>2013</v>
+      </c>
+      <c r="I176">
+        <v>2021</v>
+      </c>
+      <c r="J176" t="s">
+        <v>45</v>
+      </c>
+      <c r="K176" t="s">
+        <v>24</v>
+      </c>
+      <c r="L176" t="s">
+        <v>925</v>
+      </c>
+      <c r="M176" t="s">
+        <v>156</v>
+      </c>
+      <c r="N176" t="s">
+        <v>27</v>
+      </c>
+      <c r="O176" t="s">
+        <v>926</v>
+      </c>
+      <c r="P176" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16">
+      <c r="A177" t="s">
+        <v>928</v>
+      </c>
+      <c r="B177" t="s">
+        <v>929</v>
+      </c>
+      <c r="C177" t="s">
+        <v>40</v>
+      </c>
+      <c r="D177" t="s">
+        <v>489</v>
+      </c>
+      <c r="E177" t="s">
+        <v>42</v>
+      </c>
+      <c r="F177" t="s">
+        <v>153</v>
+      </c>
+      <c r="G177" t="s">
+        <v>44</v>
+      </c>
+      <c r="H177">
+        <v>2002</v>
+      </c>
+      <c r="I177">
+        <v>2021</v>
+      </c>
+      <c r="J177" t="s">
+        <v>45</v>
+      </c>
+      <c r="K177" t="s">
+        <v>24</v>
+      </c>
+      <c r="L177" t="s">
+        <v>930</v>
+      </c>
+      <c r="M177" t="s">
+        <v>156</v>
+      </c>
+      <c r="N177" t="s">
+        <v>27</v>
+      </c>
+      <c r="O177" t="s">
+        <v>931</v>
+      </c>
+      <c r="P177" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16">
+      <c r="A178" t="s">
+        <v>933</v>
+      </c>
+      <c r="B178" t="s">
+        <v>934</v>
+      </c>
+      <c r="C178" t="s">
+        <v>40</v>
+      </c>
+      <c r="D178" t="s">
         <v>19</v>
       </c>
-      <c r="G146">
+      <c r="E178" t="s">
+        <v>42</v>
+      </c>
+      <c r="F178" t="s">
+        <v>153</v>
+      </c>
+      <c r="G178" t="s">
+        <v>44</v>
+      </c>
+      <c r="H178">
+        <v>2003</v>
+      </c>
+      <c r="I178">
+        <v>2021</v>
+      </c>
+      <c r="J178" t="s">
+        <v>45</v>
+      </c>
+      <c r="K178" t="s">
+        <v>24</v>
+      </c>
+      <c r="L178" t="s">
+        <v>935</v>
+      </c>
+      <c r="M178" t="s">
+        <v>156</v>
+      </c>
+      <c r="N178" t="s">
+        <v>27</v>
+      </c>
+      <c r="O178" t="s">
+        <v>936</v>
+      </c>
+      <c r="P178" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="179" spans="1:16">
+      <c r="A179" t="s">
+        <v>938</v>
+      </c>
+      <c r="B179" t="s">
+        <v>939</v>
+      </c>
+      <c r="C179" t="s">
+        <v>40</v>
+      </c>
+      <c r="D179" t="s">
+        <v>462</v>
+      </c>
+      <c r="E179" t="s">
+        <v>42</v>
+      </c>
+      <c r="F179" t="s">
+        <v>153</v>
+      </c>
+      <c r="G179" t="s">
+        <v>22</v>
+      </c>
+      <c r="H179">
+        <v>2012</v>
+      </c>
+      <c r="I179"/>
+      <c r="J179" t="s">
+        <v>45</v>
+      </c>
+      <c r="K179" t="s">
+        <v>24</v>
+      </c>
+      <c r="L179" t="s">
+        <v>940</v>
+      </c>
+      <c r="M179" t="s">
+        <v>156</v>
+      </c>
+      <c r="N179" t="s">
+        <v>27</v>
+      </c>
+      <c r="O179" t="s">
+        <v>941</v>
+      </c>
+      <c r="P179" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="180" spans="1:16">
+      <c r="A180" t="s">
+        <v>943</v>
+      </c>
+      <c r="B180" t="s">
+        <v>944</v>
+      </c>
+      <c r="C180" t="s">
+        <v>40</v>
+      </c>
+      <c r="D180" t="s">
+        <v>95</v>
+      </c>
+      <c r="E180" t="s">
+        <v>42</v>
+      </c>
+      <c r="F180" t="s">
+        <v>153</v>
+      </c>
+      <c r="G180" t="s">
+        <v>44</v>
+      </c>
+      <c r="H180">
+        <v>2004</v>
+      </c>
+      <c r="I180">
+        <v>2012</v>
+      </c>
+      <c r="J180" t="s">
+        <v>45</v>
+      </c>
+      <c r="K180" t="s">
+        <v>24</v>
+      </c>
+      <c r="L180" t="s">
+        <v>945</v>
+      </c>
+      <c r="M180" t="s">
+        <v>156</v>
+      </c>
+      <c r="N180" t="s">
+        <v>27</v>
+      </c>
+      <c r="O180" t="s">
+        <v>946</v>
+      </c>
+      <c r="P180" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="181" spans="1:16">
+      <c r="A181" t="s">
+        <v>948</v>
+      </c>
+      <c r="B181" t="s">
+        <v>949</v>
+      </c>
+      <c r="C181" t="s">
+        <v>40</v>
+      </c>
+      <c r="D181" t="s">
+        <v>950</v>
+      </c>
+      <c r="E181" t="s">
+        <v>42</v>
+      </c>
+      <c r="F181" t="s">
+        <v>153</v>
+      </c>
+      <c r="G181" t="s">
+        <v>22</v>
+      </c>
+      <c r="H181">
         <v>2014</v>
       </c>
-      <c r="H146"/>
-[...36 lines deleted...]
-      <c r="G147">
+      <c r="I181"/>
+      <c r="J181" t="s">
+        <v>162</v>
+      </c>
+      <c r="K181" t="s">
+        <v>24</v>
+      </c>
+      <c r="L181" t="s">
+        <v>951</v>
+      </c>
+      <c r="M181" t="s">
+        <v>156</v>
+      </c>
+      <c r="N181" t="s">
+        <v>27</v>
+      </c>
+      <c r="O181" t="s">
+        <v>952</v>
+      </c>
+      <c r="P181" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="182" spans="1:16">
+      <c r="A182" t="s">
+        <v>954</v>
+      </c>
+      <c r="B182" t="s">
+        <v>955</v>
+      </c>
+      <c r="C182" t="s">
+        <v>40</v>
+      </c>
+      <c r="D182" t="s">
+        <v>956</v>
+      </c>
+      <c r="E182" t="s">
+        <v>42</v>
+      </c>
+      <c r="F182" t="s">
+        <v>153</v>
+      </c>
+      <c r="G182" t="s">
+        <v>22</v>
+      </c>
+      <c r="H182">
+        <v>2015</v>
+      </c>
+      <c r="I182"/>
+      <c r="J182" t="s">
+        <v>45</v>
+      </c>
+      <c r="K182" t="s">
+        <v>24</v>
+      </c>
+      <c r="L182" t="s">
+        <v>957</v>
+      </c>
+      <c r="M182" t="s">
+        <v>156</v>
+      </c>
+      <c r="N182" t="s">
+        <v>27</v>
+      </c>
+      <c r="O182" t="s">
+        <v>958</v>
+      </c>
+      <c r="P182" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="183" spans="1:16">
+      <c r="A183" t="s">
+        <v>960</v>
+      </c>
+      <c r="B183" t="s">
+        <v>961</v>
+      </c>
+      <c r="C183" t="s">
+        <v>40</v>
+      </c>
+      <c r="D183" t="s">
+        <v>264</v>
+      </c>
+      <c r="E183" t="s">
+        <v>42</v>
+      </c>
+      <c r="F183" t="s">
+        <v>153</v>
+      </c>
+      <c r="G183" t="s">
+        <v>22</v>
+      </c>
+      <c r="H183">
         <v>2012</v>
       </c>
-      <c r="H147">
-[...43 lines deleted...]
-      <c r="H148">
+      <c r="I183"/>
+      <c r="J183" t="s">
+        <v>45</v>
+      </c>
+      <c r="K183" t="s">
+        <v>24</v>
+      </c>
+      <c r="L183" t="s">
+        <v>962</v>
+      </c>
+      <c r="M183" t="s">
+        <v>156</v>
+      </c>
+      <c r="N183" t="s">
+        <v>27</v>
+      </c>
+      <c r="O183" t="s">
+        <v>963</v>
+      </c>
+      <c r="P183" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="184" spans="1:16">
+      <c r="A184" t="s">
+        <v>965</v>
+      </c>
+      <c r="B184" t="s">
+        <v>966</v>
+      </c>
+      <c r="C184" t="s">
+        <v>40</v>
+      </c>
+      <c r="D184" t="s">
+        <v>967</v>
+      </c>
+      <c r="E184" t="s">
+        <v>42</v>
+      </c>
+      <c r="F184" t="s">
+        <v>153</v>
+      </c>
+      <c r="G184" t="s">
+        <v>22</v>
+      </c>
+      <c r="H184">
+        <v>2004</v>
+      </c>
+      <c r="I184"/>
+      <c r="J184" t="s">
+        <v>45</v>
+      </c>
+      <c r="K184" t="s">
+        <v>24</v>
+      </c>
+      <c r="L184" t="s">
+        <v>968</v>
+      </c>
+      <c r="M184" t="s">
+        <v>156</v>
+      </c>
+      <c r="N184" t="s">
+        <v>27</v>
+      </c>
+      <c r="O184" t="s">
+        <v>969</v>
+      </c>
+      <c r="P184" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="185" spans="1:16">
+      <c r="A185" t="s">
+        <v>971</v>
+      </c>
+      <c r="B185" t="s">
+        <v>972</v>
+      </c>
+      <c r="C185" t="s">
+        <v>40</v>
+      </c>
+      <c r="D185" t="s">
+        <v>107</v>
+      </c>
+      <c r="E185" t="s">
+        <v>42</v>
+      </c>
+      <c r="F185" t="s">
+        <v>153</v>
+      </c>
+      <c r="G185" t="s">
+        <v>44</v>
+      </c>
+      <c r="H185">
+        <v>2015</v>
+      </c>
+      <c r="I185">
+        <v>2021</v>
+      </c>
+      <c r="J185" t="s">
+        <v>45</v>
+      </c>
+      <c r="K185" t="s">
+        <v>24</v>
+      </c>
+      <c r="L185" t="s">
+        <v>973</v>
+      </c>
+      <c r="M185" t="s">
+        <v>156</v>
+      </c>
+      <c r="N185" t="s">
+        <v>27</v>
+      </c>
+      <c r="O185" t="s">
+        <v>974</v>
+      </c>
+      <c r="P185" t="s">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="186" spans="1:16">
+      <c r="A186" t="s">
+        <v>976</v>
+      </c>
+      <c r="B186" t="s">
+        <v>977</v>
+      </c>
+      <c r="C186" t="s">
+        <v>40</v>
+      </c>
+      <c r="D186" t="s">
+        <v>113</v>
+      </c>
+      <c r="E186" t="s">
+        <v>42</v>
+      </c>
+      <c r="F186" t="s">
+        <v>153</v>
+      </c>
+      <c r="G186" t="s">
+        <v>22</v>
+      </c>
+      <c r="H186">
+        <v>2014</v>
+      </c>
+      <c r="I186"/>
+      <c r="J186" t="s">
+        <v>45</v>
+      </c>
+      <c r="K186" t="s">
+        <v>24</v>
+      </c>
+      <c r="L186" t="s">
+        <v>978</v>
+      </c>
+      <c r="M186" t="s">
+        <v>156</v>
+      </c>
+      <c r="N186" t="s">
+        <v>27</v>
+      </c>
+      <c r="O186" t="s">
+        <v>979</v>
+      </c>
+      <c r="P186" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="187" spans="1:16">
+      <c r="A187" t="s">
+        <v>981</v>
+      </c>
+      <c r="B187" t="s">
+        <v>982</v>
+      </c>
+      <c r="C187" t="s">
+        <v>40</v>
+      </c>
+      <c r="D187" t="s">
+        <v>70</v>
+      </c>
+      <c r="E187" t="s">
+        <v>42</v>
+      </c>
+      <c r="F187" t="s">
+        <v>43</v>
+      </c>
+      <c r="G187" t="s">
+        <v>44</v>
+      </c>
+      <c r="H187">
+        <v>2001</v>
+      </c>
+      <c r="I187">
+        <v>2019</v>
+      </c>
+      <c r="J187" t="s">
+        <v>45</v>
+      </c>
+      <c r="K187" t="s">
+        <v>24</v>
+      </c>
+      <c r="L187" t="s">
+        <v>983</v>
+      </c>
+      <c r="M187" t="s">
+        <v>47</v>
+      </c>
+      <c r="N187" t="s">
+        <v>27</v>
+      </c>
+      <c r="O187" t="s">
+        <v>984</v>
+      </c>
+      <c r="P187" t="s">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="188" spans="1:16">
+      <c r="A188" t="s">
+        <v>986</v>
+      </c>
+      <c r="B188" t="s">
+        <v>987</v>
+      </c>
+      <c r="C188" t="s">
+        <v>40</v>
+      </c>
+      <c r="D188" t="s">
+        <v>19</v>
+      </c>
+      <c r="E188" t="s">
+        <v>42</v>
+      </c>
+      <c r="F188" t="s">
+        <v>43</v>
+      </c>
+      <c r="G188" t="s">
+        <v>44</v>
+      </c>
+      <c r="H188">
+        <v>1995</v>
+      </c>
+      <c r="I188">
+        <v>2019</v>
+      </c>
+      <c r="J188" t="s">
+        <v>53</v>
+      </c>
+      <c r="K188" t="s">
+        <v>24</v>
+      </c>
+      <c r="L188" t="s">
+        <v>988</v>
+      </c>
+      <c r="M188" t="s">
+        <v>47</v>
+      </c>
+      <c r="N188" t="s">
+        <v>27</v>
+      </c>
+      <c r="O188" t="s">
+        <v>989</v>
+      </c>
+      <c r="P188" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="189" spans="1:16">
+      <c r="A189" t="s">
+        <v>991</v>
+      </c>
+      <c r="B189" t="s">
+        <v>992</v>
+      </c>
+      <c r="C189" t="s">
+        <v>40</v>
+      </c>
+      <c r="D189" t="s">
+        <v>41</v>
+      </c>
+      <c r="E189" t="s">
+        <v>42</v>
+      </c>
+      <c r="F189" t="s">
+        <v>43</v>
+      </c>
+      <c r="G189" t="s">
+        <v>683</v>
+      </c>
+      <c r="H189">
+        <v>2021</v>
+      </c>
+      <c r="I189"/>
+      <c r="J189" t="s">
+        <v>53</v>
+      </c>
+      <c r="K189" t="s">
+        <v>24</v>
+      </c>
+      <c r="L189" t="s">
+        <v>993</v>
+      </c>
+      <c r="M189" t="s">
+        <v>90</v>
+      </c>
+      <c r="N189" t="s">
+        <v>27</v>
+      </c>
+      <c r="O189" t="s">
+        <v>994</v>
+      </c>
+      <c r="P189" t="s">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="190" spans="1:16">
+      <c r="A190" t="s">
+        <v>996</v>
+      </c>
+      <c r="B190" t="s">
+        <v>997</v>
+      </c>
+      <c r="C190" t="s">
+        <v>40</v>
+      </c>
+      <c r="D190" t="s">
+        <v>362</v>
+      </c>
+      <c r="E190" t="s">
+        <v>42</v>
+      </c>
+      <c r="F190" t="s">
+        <v>43</v>
+      </c>
+      <c r="G190" t="s">
+        <v>44</v>
+      </c>
+      <c r="H190">
+        <v>2014</v>
+      </c>
+      <c r="I190">
+        <v>2019</v>
+      </c>
+      <c r="J190" t="s">
+        <v>53</v>
+      </c>
+      <c r="K190" t="s">
+        <v>24</v>
+      </c>
+      <c r="L190" t="s">
+        <v>998</v>
+      </c>
+      <c r="M190" t="s">
+        <v>47</v>
+      </c>
+      <c r="N190" t="s">
+        <v>27</v>
+      </c>
+      <c r="O190" t="s">
+        <v>999</v>
+      </c>
+      <c r="P190" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="191" spans="1:16">
+      <c r="A191" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B191" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C191" t="s">
+        <v>40</v>
+      </c>
+      <c r="D191" t="s">
+        <v>316</v>
+      </c>
+      <c r="E191" t="s">
+        <v>42</v>
+      </c>
+      <c r="F191" t="s">
+        <v>43</v>
+      </c>
+      <c r="G191" t="s">
+        <v>44</v>
+      </c>
+      <c r="H191">
         <v>2012</v>
       </c>
-      <c r="I148" t="s">
-[...77 lines deleted...]
-      <c r="G150">
+      <c r="I191">
+        <v>2019</v>
+      </c>
+      <c r="J191" t="s">
+        <v>1003</v>
+      </c>
+      <c r="K191" t="s">
+        <v>24</v>
+      </c>
+      <c r="L191" t="s">
+        <v>1004</v>
+      </c>
+      <c r="M191" t="s">
+        <v>47</v>
+      </c>
+      <c r="N191" t="s">
+        <v>27</v>
+      </c>
+      <c r="O191" t="s">
+        <v>1005</v>
+      </c>
+      <c r="P191" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="192" spans="1:16">
+      <c r="A192" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B192" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C192" t="s">
+        <v>40</v>
+      </c>
+      <c r="D192" t="s">
+        <v>832</v>
+      </c>
+      <c r="E192" t="s">
+        <v>42</v>
+      </c>
+      <c r="F192" t="s">
+        <v>43</v>
+      </c>
+      <c r="G192" t="s">
+        <v>44</v>
+      </c>
+      <c r="H192">
+        <v>2001</v>
+      </c>
+      <c r="I192">
+        <v>2019</v>
+      </c>
+      <c r="J192" t="s">
+        <v>53</v>
+      </c>
+      <c r="K192" t="s">
+        <v>24</v>
+      </c>
+      <c r="L192" t="s">
+        <v>1009</v>
+      </c>
+      <c r="M192" t="s">
+        <v>47</v>
+      </c>
+      <c r="N192" t="s">
+        <v>27</v>
+      </c>
+      <c r="O192" t="s">
+        <v>1010</v>
+      </c>
+      <c r="P192" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="193" spans="1:16">
+      <c r="A193" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B193" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C193" t="s">
+        <v>40</v>
+      </c>
+      <c r="D193" t="s">
+        <v>489</v>
+      </c>
+      <c r="E193" t="s">
+        <v>42</v>
+      </c>
+      <c r="F193" t="s">
+        <v>43</v>
+      </c>
+      <c r="G193" t="s">
+        <v>44</v>
+      </c>
+      <c r="H193">
+        <v>1995</v>
+      </c>
+      <c r="I193">
+        <v>2019</v>
+      </c>
+      <c r="J193" t="s">
+        <v>53</v>
+      </c>
+      <c r="K193" t="s">
+        <v>24</v>
+      </c>
+      <c r="L193" t="s">
+        <v>1014</v>
+      </c>
+      <c r="M193" t="s">
+        <v>47</v>
+      </c>
+      <c r="N193" t="s">
+        <v>27</v>
+      </c>
+      <c r="O193" t="s">
+        <v>1015</v>
+      </c>
+      <c r="P193" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="194" spans="1:16">
+      <c r="A194" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B194" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C194" t="s">
+        <v>40</v>
+      </c>
+      <c r="D194" t="s">
+        <v>88</v>
+      </c>
+      <c r="E194" t="s">
+        <v>42</v>
+      </c>
+      <c r="F194" t="s">
+        <v>43</v>
+      </c>
+      <c r="G194" t="s">
+        <v>44</v>
+      </c>
+      <c r="H194">
         <v>2004</v>
       </c>
-      <c r="H150"/>
-[...36 lines deleted...]
-      <c r="G151">
+      <c r="I194">
         <v>2019</v>
       </c>
-      <c r="H151"/>
-[...81 lines deleted...]
-      <c r="H153">
+      <c r="J194" t="s">
+        <v>53</v>
+      </c>
+      <c r="K194" t="s">
+        <v>24</v>
+      </c>
+      <c r="L194" t="s">
+        <v>1019</v>
+      </c>
+      <c r="M194" t="s">
+        <v>47</v>
+      </c>
+      <c r="N194" t="s">
+        <v>27</v>
+      </c>
+      <c r="O194" t="s">
+        <v>1020</v>
+      </c>
+      <c r="P194" t="s">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="195" spans="1:16">
+      <c r="A195" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B195" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C195" t="s">
+        <v>40</v>
+      </c>
+      <c r="D195" t="s">
+        <v>545</v>
+      </c>
+      <c r="E195" t="s">
+        <v>42</v>
+      </c>
+      <c r="F195" t="s">
+        <v>43</v>
+      </c>
+      <c r="G195" t="s">
+        <v>44</v>
+      </c>
+      <c r="H195">
         <v>2011</v>
       </c>
-      <c r="I153" t="s">
-[...283 lines deleted...]
-      <c r="C160" t="s">
+      <c r="I195">
+        <v>2019</v>
+      </c>
+      <c r="J195" t="s">
+        <v>53</v>
+      </c>
+      <c r="K195" t="s">
+        <v>24</v>
+      </c>
+      <c r="L195" t="s">
+        <v>1024</v>
+      </c>
+      <c r="M195" t="s">
+        <v>47</v>
+      </c>
+      <c r="N195" t="s">
+        <v>27</v>
+      </c>
+      <c r="O195" t="s">
+        <v>1025</v>
+      </c>
+      <c r="P195" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="196" spans="1:16">
+      <c r="A196" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B196" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C196" t="s">
         <v>134</v>
       </c>
-      <c r="D160" t="s">
-[...1544 lines deleted...]
-      </c>
       <c r="D196" t="s">
-        <v>17</v>
+        <v>456</v>
       </c>
       <c r="E196" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F196" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>33</v>
+      </c>
+      <c r="G196" t="s">
+        <v>44</v>
       </c>
       <c r="H196">
         <v>2011</v>
       </c>
-      <c r="I196" t="s">
-        <v>102</v>
+      <c r="I196">
+        <v>2011</v>
       </c>
       <c r="J196" t="s">
+        <v>136</v>
+      </c>
+      <c r="K196" t="s">
+        <v>24</v>
+      </c>
+      <c r="L196" t="s">
+        <v>1029</v>
+      </c>
+      <c r="M196" t="s">
+        <v>742</v>
+      </c>
+      <c r="N196" t="s">
+        <v>27</v>
+      </c>
+      <c r="O196" t="s">
+        <v>1030</v>
+      </c>
+      <c r="P196" t="s">
+        <v>1031</v>
+      </c>
+    </row>
+    <row r="197" spans="1:16">
+      <c r="A197" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B197" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C197" t="s">
+        <v>40</v>
+      </c>
+      <c r="D197" t="s">
+        <v>606</v>
+      </c>
+      <c r="E197" t="s">
+        <v>20</v>
+      </c>
+      <c r="F197" t="s">
+        <v>33</v>
+      </c>
+      <c r="G197" t="s">
+        <v>44</v>
+      </c>
+      <c r="H197">
+        <v>1997</v>
+      </c>
+      <c r="I197">
+        <v>2022</v>
+      </c>
+      <c r="J197" t="s">
+        <v>53</v>
+      </c>
+      <c r="K197" t="s">
+        <v>24</v>
+      </c>
+      <c r="L197"/>
+      <c r="M197" t="s">
+        <v>1034</v>
+      </c>
+      <c r="N197" t="s">
+        <v>27</v>
+      </c>
+      <c r="O197" t="s">
+        <v>1035</v>
+      </c>
+      <c r="P197" t="s">
+        <v>1036</v>
+      </c>
+    </row>
+    <row r="198" spans="1:16">
+      <c r="A198" t="s">
+        <v>1037</v>
+      </c>
+      <c r="B198" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C198" t="s">
+        <v>40</v>
+      </c>
+      <c r="D198" t="s">
+        <v>19</v>
+      </c>
+      <c r="E198" t="s">
+        <v>20</v>
+      </c>
+      <c r="F198" t="s">
+        <v>33</v>
+      </c>
+      <c r="G198" t="s">
+        <v>44</v>
+      </c>
+      <c r="H198">
+        <v>2003</v>
+      </c>
+      <c r="I198">
+        <v>2013</v>
+      </c>
+      <c r="J198" t="s">
+        <v>45</v>
+      </c>
+      <c r="K198" t="s">
+        <v>24</v>
+      </c>
+      <c r="L198"/>
+      <c r="M198" t="s">
+        <v>1034</v>
+      </c>
+      <c r="N198" t="s">
+        <v>27</v>
+      </c>
+      <c r="O198" t="s">
+        <v>1039</v>
+      </c>
+      <c r="P198" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="199" spans="1:16">
+      <c r="A199" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B199" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C199" t="s">
+        <v>40</v>
+      </c>
+      <c r="D199" t="s">
+        <v>19</v>
+      </c>
+      <c r="E199" t="s">
+        <v>20</v>
+      </c>
+      <c r="F199" t="s">
+        <v>33</v>
+      </c>
+      <c r="G199" t="s">
+        <v>22</v>
+      </c>
+      <c r="H199">
+        <v>2023</v>
+      </c>
+      <c r="I199"/>
+      <c r="J199" t="s">
+        <v>53</v>
+      </c>
+      <c r="K199" t="s">
+        <v>24</v>
+      </c>
+      <c r="L199"/>
+      <c r="M199" t="s">
+        <v>1043</v>
+      </c>
+      <c r="N199" t="s">
+        <v>27</v>
+      </c>
+      <c r="O199" t="s">
+        <v>1044</v>
+      </c>
+      <c r="P199" t="s">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="200" spans="1:16">
+      <c r="A200" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B200" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C200" t="s">
+        <v>40</v>
+      </c>
+      <c r="D200" t="s">
+        <v>489</v>
+      </c>
+      <c r="E200" t="s">
+        <v>20</v>
+      </c>
+      <c r="F200" t="s">
+        <v>33</v>
+      </c>
+      <c r="G200" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H200">
+        <v>2004</v>
+      </c>
+      <c r="I200"/>
+      <c r="J200" t="s">
+        <v>1049</v>
+      </c>
+      <c r="K200" t="s">
+        <v>24</v>
+      </c>
+      <c r="L200" t="s">
+        <v>1050</v>
+      </c>
+      <c r="M200" t="s">
+        <v>1034</v>
+      </c>
+      <c r="N200" t="s">
+        <v>27</v>
+      </c>
+      <c r="O200" t="s">
+        <v>1051</v>
+      </c>
+      <c r="P200" t="s">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="201" spans="1:16">
+      <c r="A201" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B201" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C201" t="s">
+        <v>40</v>
+      </c>
+      <c r="D201" t="s">
+        <v>489</v>
+      </c>
+      <c r="E201" t="s">
+        <v>20</v>
+      </c>
+      <c r="F201" t="s">
         <v>21</v>
       </c>
-      <c r="K196" t="s">
-[...34 lines deleted...]
-      <c r="H197">
+      <c r="G201" t="s">
+        <v>44</v>
+      </c>
+      <c r="H201">
+        <v>2004</v>
+      </c>
+      <c r="I201">
+        <v>2021</v>
+      </c>
+      <c r="J201" t="s">
+        <v>1049</v>
+      </c>
+      <c r="K201" t="s">
+        <v>24</v>
+      </c>
+      <c r="L201"/>
+      <c r="M201" t="s">
+        <v>1034</v>
+      </c>
+      <c r="N201" t="s">
+        <v>27</v>
+      </c>
+      <c r="O201" t="s">
+        <v>1055</v>
+      </c>
+      <c r="P201" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="202" spans="1:16">
+      <c r="A202" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B202" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C202" t="s">
+        <v>40</v>
+      </c>
+      <c r="D202" t="s">
+        <v>152</v>
+      </c>
+      <c r="E202" t="s">
+        <v>20</v>
+      </c>
+      <c r="F202" t="s">
+        <v>33</v>
+      </c>
+      <c r="G202" t="s">
+        <v>44</v>
+      </c>
+      <c r="H202">
+        <v>1978</v>
+      </c>
+      <c r="I202">
+        <v>2017</v>
+      </c>
+      <c r="J202" t="s">
+        <v>53</v>
+      </c>
+      <c r="K202" t="s">
+        <v>24</v>
+      </c>
+      <c r="L202"/>
+      <c r="M202" t="s">
+        <v>1034</v>
+      </c>
+      <c r="N202" t="s">
+        <v>27</v>
+      </c>
+      <c r="O202" t="s">
+        <v>1059</v>
+      </c>
+      <c r="P202" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="203" spans="1:16">
+      <c r="A203" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B203" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C203" t="s">
+        <v>40</v>
+      </c>
+      <c r="D203" t="s">
+        <v>1063</v>
+      </c>
+      <c r="E203" t="s">
+        <v>42</v>
+      </c>
+      <c r="F203" t="s">
+        <v>33</v>
+      </c>
+      <c r="G203" t="s">
+        <v>22</v>
+      </c>
+      <c r="H203">
+        <v>2013</v>
+      </c>
+      <c r="I203"/>
+      <c r="J203" t="s">
+        <v>162</v>
+      </c>
+      <c r="K203" t="s">
+        <v>24</v>
+      </c>
+      <c r="L203"/>
+      <c r="M203" t="s">
+        <v>1034</v>
+      </c>
+      <c r="N203" t="s">
+        <v>27</v>
+      </c>
+      <c r="O203" t="s">
+        <v>1064</v>
+      </c>
+      <c r="P203" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="204" spans="1:16">
+      <c r="A204" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B204" t="s">
+        <v>1067</v>
+      </c>
+      <c r="C204" t="s">
+        <v>40</v>
+      </c>
+      <c r="D204" t="s">
+        <v>550</v>
+      </c>
+      <c r="E204" t="s">
+        <v>42</v>
+      </c>
+      <c r="F204" t="s">
+        <v>33</v>
+      </c>
+      <c r="G204" t="s">
+        <v>22</v>
+      </c>
+      <c r="H204">
+        <v>2014</v>
+      </c>
+      <c r="I204"/>
+      <c r="J204" t="s">
+        <v>162</v>
+      </c>
+      <c r="K204" t="s">
+        <v>24</v>
+      </c>
+      <c r="L204"/>
+      <c r="M204" t="s">
+        <v>1034</v>
+      </c>
+      <c r="N204" t="s">
+        <v>27</v>
+      </c>
+      <c r="O204" t="s">
+        <v>1068</v>
+      </c>
+      <c r="P204" t="s">
+        <v>1069</v>
+      </c>
+    </row>
+    <row r="205" spans="1:16">
+      <c r="A205" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B205" t="s">
+        <v>1071</v>
+      </c>
+      <c r="C205" t="s">
+        <v>40</v>
+      </c>
+      <c r="D205" t="s">
+        <v>1072</v>
+      </c>
+      <c r="E205" t="s">
+        <v>42</v>
+      </c>
+      <c r="F205" t="s">
+        <v>33</v>
+      </c>
+      <c r="G205" t="s">
+        <v>44</v>
+      </c>
+      <c r="H205">
+        <v>2007</v>
+      </c>
+      <c r="I205">
+        <v>2014</v>
+      </c>
+      <c r="J205" t="s">
+        <v>162</v>
+      </c>
+      <c r="K205" t="s">
+        <v>24</v>
+      </c>
+      <c r="L205"/>
+      <c r="M205" t="s">
+        <v>1034</v>
+      </c>
+      <c r="N205" t="s">
+        <v>27</v>
+      </c>
+      <c r="O205" t="s">
+        <v>1073</v>
+      </c>
+      <c r="P205" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="206" spans="1:16">
+      <c r="A206" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B206" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C206" t="s">
+        <v>40</v>
+      </c>
+      <c r="D206" t="s">
+        <v>550</v>
+      </c>
+      <c r="E206" t="s">
+        <v>20</v>
+      </c>
+      <c r="F206" t="s">
+        <v>33</v>
+      </c>
+      <c r="G206" t="s">
+        <v>22</v>
+      </c>
+      <c r="H206">
+        <v>2017</v>
+      </c>
+      <c r="I206"/>
+      <c r="J206" t="s">
+        <v>162</v>
+      </c>
+      <c r="K206" t="s">
+        <v>24</v>
+      </c>
+      <c r="L206"/>
+      <c r="M206" t="s">
+        <v>1034</v>
+      </c>
+      <c r="N206" t="s">
+        <v>27</v>
+      </c>
+      <c r="O206" t="s">
+        <v>1077</v>
+      </c>
+      <c r="P206" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="207" spans="1:16">
+      <c r="A207" t="s">
+        <v>1079</v>
+      </c>
+      <c r="B207" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C207" t="s">
+        <v>40</v>
+      </c>
+      <c r="D207" t="s">
+        <v>1081</v>
+      </c>
+      <c r="E207" t="s">
+        <v>42</v>
+      </c>
+      <c r="F207" t="s">
+        <v>33</v>
+      </c>
+      <c r="G207" t="s">
+        <v>22</v>
+      </c>
+      <c r="H207">
+        <v>2012</v>
+      </c>
+      <c r="I207"/>
+      <c r="J207" t="s">
+        <v>162</v>
+      </c>
+      <c r="K207" t="s">
+        <v>24</v>
+      </c>
+      <c r="L207"/>
+      <c r="M207" t="s">
+        <v>1034</v>
+      </c>
+      <c r="N207" t="s">
+        <v>27</v>
+      </c>
+      <c r="O207" t="s">
+        <v>1082</v>
+      </c>
+      <c r="P207" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="208" spans="1:16">
+      <c r="A208" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B208" t="s">
+        <v>1085</v>
+      </c>
+      <c r="C208" t="s">
+        <v>40</v>
+      </c>
+      <c r="D208" t="s">
+        <v>1086</v>
+      </c>
+      <c r="E208" t="s">
+        <v>42</v>
+      </c>
+      <c r="F208" t="s">
+        <v>33</v>
+      </c>
+      <c r="G208" t="s">
+        <v>22</v>
+      </c>
+      <c r="H208">
+        <v>2013</v>
+      </c>
+      <c r="I208"/>
+      <c r="J208" t="s">
+        <v>53</v>
+      </c>
+      <c r="K208" t="s">
+        <v>24</v>
+      </c>
+      <c r="L208"/>
+      <c r="M208" t="s">
+        <v>1034</v>
+      </c>
+      <c r="N208" t="s">
+        <v>27</v>
+      </c>
+      <c r="O208" t="s">
+        <v>1087</v>
+      </c>
+      <c r="P208" t="s">
+        <v>1088</v>
+      </c>
+    </row>
+    <row r="209" spans="1:16">
+      <c r="A209" t="s">
+        <v>1089</v>
+      </c>
+      <c r="B209" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C209" t="s">
+        <v>40</v>
+      </c>
+      <c r="D209" t="s">
+        <v>658</v>
+      </c>
+      <c r="E209" t="s">
+        <v>42</v>
+      </c>
+      <c r="F209" t="s">
+        <v>33</v>
+      </c>
+      <c r="G209" t="s">
+        <v>22</v>
+      </c>
+      <c r="H209">
+        <v>2013</v>
+      </c>
+      <c r="I209"/>
+      <c r="J209" t="s">
+        <v>162</v>
+      </c>
+      <c r="K209" t="s">
+        <v>24</v>
+      </c>
+      <c r="L209"/>
+      <c r="M209" t="s">
+        <v>1034</v>
+      </c>
+      <c r="N209" t="s">
+        <v>27</v>
+      </c>
+      <c r="O209" t="s">
+        <v>1091</v>
+      </c>
+      <c r="P209" t="s">
+        <v>1092</v>
+      </c>
+    </row>
+    <row r="210" spans="1:16">
+      <c r="A210" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B210" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C210" t="s">
+        <v>40</v>
+      </c>
+      <c r="D210" t="s">
+        <v>564</v>
+      </c>
+      <c r="E210" t="s">
+        <v>42</v>
+      </c>
+      <c r="F210" t="s">
+        <v>33</v>
+      </c>
+      <c r="G210" t="s">
+        <v>22</v>
+      </c>
+      <c r="H210">
+        <v>2013</v>
+      </c>
+      <c r="I210"/>
+      <c r="J210" t="s">
+        <v>162</v>
+      </c>
+      <c r="K210" t="s">
+        <v>24</v>
+      </c>
+      <c r="L210"/>
+      <c r="M210" t="s">
+        <v>1034</v>
+      </c>
+      <c r="N210" t="s">
+        <v>27</v>
+      </c>
+      <c r="O210" t="s">
+        <v>1095</v>
+      </c>
+      <c r="P210" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="211" spans="1:16">
+      <c r="A211" t="s">
+        <v>1097</v>
+      </c>
+      <c r="B211" t="s">
+        <v>1098</v>
+      </c>
+      <c r="C211" t="s">
+        <v>40</v>
+      </c>
+      <c r="D211" t="s">
+        <v>601</v>
+      </c>
+      <c r="E211" t="s">
+        <v>42</v>
+      </c>
+      <c r="F211" t="s">
+        <v>33</v>
+      </c>
+      <c r="G211" t="s">
+        <v>22</v>
+      </c>
+      <c r="H211">
+        <v>2013</v>
+      </c>
+      <c r="I211"/>
+      <c r="J211" t="s">
+        <v>162</v>
+      </c>
+      <c r="K211" t="s">
+        <v>24</v>
+      </c>
+      <c r="L211"/>
+      <c r="M211" t="s">
+        <v>1034</v>
+      </c>
+      <c r="N211" t="s">
+        <v>27</v>
+      </c>
+      <c r="O211" t="s">
+        <v>1099</v>
+      </c>
+      <c r="P211" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="212" spans="1:16">
+      <c r="A212" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B212" t="s">
+        <v>1102</v>
+      </c>
+      <c r="C212" t="s">
+        <v>40</v>
+      </c>
+      <c r="D212" t="s">
+        <v>1103</v>
+      </c>
+      <c r="E212" t="s">
+        <v>42</v>
+      </c>
+      <c r="F212" t="s">
+        <v>33</v>
+      </c>
+      <c r="G212" t="s">
+        <v>1104</v>
+      </c>
+      <c r="H212">
+        <v>2014</v>
+      </c>
+      <c r="I212"/>
+      <c r="J212" t="s">
+        <v>1049</v>
+      </c>
+      <c r="K212" t="s">
+        <v>24</v>
+      </c>
+      <c r="L212"/>
+      <c r="M212" t="s">
+        <v>1034</v>
+      </c>
+      <c r="N212" t="s">
+        <v>27</v>
+      </c>
+      <c r="O212" t="s">
+        <v>1105</v>
+      </c>
+      <c r="P212" t="s">
+        <v>1106</v>
+      </c>
+    </row>
+    <row r="213" spans="1:16">
+      <c r="A213" t="s">
+        <v>1107</v>
+      </c>
+      <c r="B213" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C213" t="s">
+        <v>40</v>
+      </c>
+      <c r="D213" t="s">
+        <v>64</v>
+      </c>
+      <c r="E213" t="s">
+        <v>42</v>
+      </c>
+      <c r="F213" t="s">
+        <v>33</v>
+      </c>
+      <c r="G213" t="s">
+        <v>44</v>
+      </c>
+      <c r="H213">
+        <v>2014</v>
+      </c>
+      <c r="I213">
+        <v>2024</v>
+      </c>
+      <c r="J213" t="s">
+        <v>1049</v>
+      </c>
+      <c r="K213" t="s">
+        <v>24</v>
+      </c>
+      <c r="L213"/>
+      <c r="M213" t="s">
+        <v>1034</v>
+      </c>
+      <c r="N213" t="s">
+        <v>27</v>
+      </c>
+      <c r="O213" t="s">
+        <v>1109</v>
+      </c>
+      <c r="P213" t="s">
+        <v>1110</v>
+      </c>
+    </row>
+    <row r="214" spans="1:16">
+      <c r="A214" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B214" t="s">
+        <v>1112</v>
+      </c>
+      <c r="C214" t="s">
+        <v>40</v>
+      </c>
+      <c r="D214" t="s">
+        <v>627</v>
+      </c>
+      <c r="E214" t="s">
+        <v>42</v>
+      </c>
+      <c r="F214" t="s">
+        <v>33</v>
+      </c>
+      <c r="G214" t="s">
+        <v>22</v>
+      </c>
+      <c r="H214">
+        <v>2014</v>
+      </c>
+      <c r="I214"/>
+      <c r="J214" t="s">
+        <v>162</v>
+      </c>
+      <c r="K214" t="s">
+        <v>24</v>
+      </c>
+      <c r="L214"/>
+      <c r="M214" t="s">
+        <v>1034</v>
+      </c>
+      <c r="N214" t="s">
+        <v>27</v>
+      </c>
+      <c r="O214" t="s">
+        <v>1113</v>
+      </c>
+      <c r="P214" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="215" spans="1:16">
+      <c r="A215" t="s">
+        <v>1115</v>
+      </c>
+      <c r="B215" t="s">
+        <v>1116</v>
+      </c>
+      <c r="C215" t="s">
+        <v>40</v>
+      </c>
+      <c r="D215" t="s">
+        <v>1117</v>
+      </c>
+      <c r="E215" t="s">
+        <v>42</v>
+      </c>
+      <c r="F215" t="s">
+        <v>33</v>
+      </c>
+      <c r="G215" t="s">
+        <v>22</v>
+      </c>
+      <c r="H215">
+        <v>2016</v>
+      </c>
+      <c r="I215"/>
+      <c r="J215" t="s">
+        <v>162</v>
+      </c>
+      <c r="K215" t="s">
+        <v>24</v>
+      </c>
+      <c r="L215"/>
+      <c r="M215" t="s">
+        <v>1034</v>
+      </c>
+      <c r="N215" t="s">
+        <v>27</v>
+      </c>
+      <c r="O215" t="s">
+        <v>1118</v>
+      </c>
+      <c r="P215" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="216" spans="1:16">
+      <c r="A216" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B216" t="s">
+        <v>1121</v>
+      </c>
+      <c r="C216" t="s">
+        <v>40</v>
+      </c>
+      <c r="D216" t="s">
+        <v>618</v>
+      </c>
+      <c r="E216" t="s">
+        <v>42</v>
+      </c>
+      <c r="F216" t="s">
+        <v>33</v>
+      </c>
+      <c r="G216" t="s">
+        <v>22</v>
+      </c>
+      <c r="H216">
+        <v>2016</v>
+      </c>
+      <c r="I216"/>
+      <c r="J216" t="s">
+        <v>162</v>
+      </c>
+      <c r="K216" t="s">
+        <v>24</v>
+      </c>
+      <c r="L216"/>
+      <c r="M216" t="s">
+        <v>1034</v>
+      </c>
+      <c r="N216" t="s">
+        <v>27</v>
+      </c>
+      <c r="O216" t="s">
+        <v>1122</v>
+      </c>
+      <c r="P216" t="s">
+        <v>1123</v>
+      </c>
+    </row>
+    <row r="217" spans="1:16">
+      <c r="A217" t="s">
+        <v>1124</v>
+      </c>
+      <c r="B217" t="s">
+        <v>1125</v>
+      </c>
+      <c r="C217" t="s">
+        <v>40</v>
+      </c>
+      <c r="D217" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E217" t="s">
+        <v>42</v>
+      </c>
+      <c r="F217" t="s">
+        <v>33</v>
+      </c>
+      <c r="G217" t="s">
+        <v>22</v>
+      </c>
+      <c r="H217">
+        <v>2016</v>
+      </c>
+      <c r="I217"/>
+      <c r="J217" t="s">
+        <v>162</v>
+      </c>
+      <c r="K217" t="s">
+        <v>24</v>
+      </c>
+      <c r="L217"/>
+      <c r="M217" t="s">
+        <v>1034</v>
+      </c>
+      <c r="N217" t="s">
+        <v>27</v>
+      </c>
+      <c r="O217" t="s">
+        <v>1127</v>
+      </c>
+      <c r="P217" t="s">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="218" spans="1:16">
+      <c r="A218" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B218" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C218" t="s">
+        <v>40</v>
+      </c>
+      <c r="D218" t="s">
+        <v>1131</v>
+      </c>
+      <c r="E218" t="s">
+        <v>607</v>
+      </c>
+      <c r="F218" t="s">
+        <v>33</v>
+      </c>
+      <c r="G218" t="s">
+        <v>490</v>
+      </c>
+      <c r="H218"/>
+      <c r="I218"/>
+      <c r="J218" t="s">
+        <v>53</v>
+      </c>
+      <c r="K218" t="s">
+        <v>24</v>
+      </c>
+      <c r="L218"/>
+      <c r="M218" t="s">
+        <v>1043</v>
+      </c>
+      <c r="N218" t="s">
+        <v>27</v>
+      </c>
+      <c r="O218" t="s">
+        <v>1132</v>
+      </c>
+      <c r="P218" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="219" spans="1:16">
+      <c r="A219" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B219" t="s">
+        <v>1135</v>
+      </c>
+      <c r="C219" t="s">
+        <v>40</v>
+      </c>
+      <c r="D219" t="s">
+        <v>169</v>
+      </c>
+      <c r="E219" t="s">
+        <v>42</v>
+      </c>
+      <c r="F219" t="s">
+        <v>33</v>
+      </c>
+      <c r="G219" t="s">
+        <v>22</v>
+      </c>
+      <c r="H219">
+        <v>2007</v>
+      </c>
+      <c r="I219"/>
+      <c r="J219" t="s">
+        <v>162</v>
+      </c>
+      <c r="K219" t="s">
+        <v>24</v>
+      </c>
+      <c r="L219"/>
+      <c r="M219" t="s">
+        <v>1034</v>
+      </c>
+      <c r="N219" t="s">
+        <v>27</v>
+      </c>
+      <c r="O219" t="s">
+        <v>1136</v>
+      </c>
+      <c r="P219" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="220" spans="1:16">
+      <c r="A220" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B220" t="s">
+        <v>1139</v>
+      </c>
+      <c r="C220" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D220" t="s">
+        <v>1141</v>
+      </c>
+      <c r="E220" t="s">
+        <v>42</v>
+      </c>
+      <c r="F220" t="s">
+        <v>33</v>
+      </c>
+      <c r="G220" t="s">
+        <v>22</v>
+      </c>
+      <c r="H220">
+        <v>2021</v>
+      </c>
+      <c r="I220"/>
+      <c r="J220" t="s">
+        <v>53</v>
+      </c>
+      <c r="K220" t="s">
+        <v>24</v>
+      </c>
+      <c r="L220" t="s">
+        <v>1142</v>
+      </c>
+      <c r="M220" t="s">
+        <v>1143</v>
+      </c>
+      <c r="N220" t="s">
+        <v>27</v>
+      </c>
+      <c r="O220" t="s">
+        <v>1144</v>
+      </c>
+      <c r="P220"/>
+    </row>
+    <row r="221" spans="1:16">
+      <c r="A221" t="s">
+        <v>1145</v>
+      </c>
+      <c r="B221" t="s">
+        <v>1146</v>
+      </c>
+      <c r="C221" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D221" t="s">
+        <v>484</v>
+      </c>
+      <c r="E221" t="s">
+        <v>42</v>
+      </c>
+      <c r="F221" t="s">
+        <v>43</v>
+      </c>
+      <c r="G221" t="s">
+        <v>44</v>
+      </c>
+      <c r="H221">
+        <v>2002</v>
+      </c>
+      <c r="I221">
+        <v>2015</v>
+      </c>
+      <c r="J221" t="s">
+        <v>1147</v>
+      </c>
+      <c r="K221" t="s">
+        <v>1148</v>
+      </c>
+      <c r="L221" t="s">
+        <v>1149</v>
+      </c>
+      <c r="M221" t="s">
+        <v>1143</v>
+      </c>
+      <c r="N221" t="s">
+        <v>27</v>
+      </c>
+      <c r="O221" t="s">
+        <v>1150</v>
+      </c>
+      <c r="P221" t="s">
+        <v>1151</v>
+      </c>
+    </row>
+    <row r="222" spans="1:16">
+      <c r="A222" t="s">
+        <v>1152</v>
+      </c>
+      <c r="B222" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C222" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D222" t="s">
+        <v>484</v>
+      </c>
+      <c r="E222" t="s">
+        <v>42</v>
+      </c>
+      <c r="F222" t="s">
+        <v>33</v>
+      </c>
+      <c r="G222" t="s">
+        <v>44</v>
+      </c>
+      <c r="H222">
+        <v>2013</v>
+      </c>
+      <c r="I222">
+        <v>2015</v>
+      </c>
+      <c r="J222" t="s">
+        <v>1147</v>
+      </c>
+      <c r="K222" t="s">
+        <v>1148</v>
+      </c>
+      <c r="L222" t="s">
+        <v>1154</v>
+      </c>
+      <c r="M222" t="s">
+        <v>1143</v>
+      </c>
+      <c r="N222" t="s">
+        <v>27</v>
+      </c>
+      <c r="O222" t="s">
+        <v>1155</v>
+      </c>
+      <c r="P222" t="s">
+        <v>1151</v>
+      </c>
+    </row>
+    <row r="223" spans="1:16">
+      <c r="A223" t="s">
+        <v>1156</v>
+      </c>
+      <c r="B223" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C223" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D223" t="s">
+        <v>1158</v>
+      </c>
+      <c r="E223" t="s">
+        <v>42</v>
+      </c>
+      <c r="F223" t="s">
+        <v>43</v>
+      </c>
+      <c r="G223" t="s">
+        <v>22</v>
+      </c>
+      <c r="H223">
+        <v>2006</v>
+      </c>
+      <c r="I223"/>
+      <c r="J223" t="s">
+        <v>1147</v>
+      </c>
+      <c r="K223" t="s">
+        <v>24</v>
+      </c>
+      <c r="L223" t="s">
+        <v>1159</v>
+      </c>
+      <c r="M223" t="s">
+        <v>1143</v>
+      </c>
+      <c r="N223" t="s">
+        <v>27</v>
+      </c>
+      <c r="O223" t="s">
+        <v>1160</v>
+      </c>
+      <c r="P223" t="s">
+        <v>1161</v>
+      </c>
+    </row>
+    <row r="224" spans="1:16">
+      <c r="A224" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B224" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C224" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D224" t="s">
+        <v>1164</v>
+      </c>
+      <c r="E224" t="s">
+        <v>20</v>
+      </c>
+      <c r="F224" t="s">
+        <v>43</v>
+      </c>
+      <c r="G224" t="s">
+        <v>44</v>
+      </c>
+      <c r="H224">
+        <v>2011</v>
+      </c>
+      <c r="I224">
+        <v>2014</v>
+      </c>
+      <c r="J224" t="s">
+        <v>53</v>
+      </c>
+      <c r="K224" t="s">
+        <v>1148</v>
+      </c>
+      <c r="L224" t="s">
+        <v>1165</v>
+      </c>
+      <c r="M224" t="s">
+        <v>1143</v>
+      </c>
+      <c r="N224" t="s">
+        <v>27</v>
+      </c>
+      <c r="O224" t="s">
+        <v>1166</v>
+      </c>
+      <c r="P224" t="s">
+        <v>1167</v>
+      </c>
+    </row>
+    <row r="225" spans="1:16">
+      <c r="A225" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B225" t="s">
+        <v>1168</v>
+      </c>
+      <c r="C225" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D225" t="s">
+        <v>1164</v>
+      </c>
+      <c r="E225" t="s">
+        <v>42</v>
+      </c>
+      <c r="F225" t="s">
+        <v>33</v>
+      </c>
+      <c r="G225" t="s">
+        <v>44</v>
+      </c>
+      <c r="H225">
+        <v>2015</v>
+      </c>
+      <c r="I225">
+        <v>2017</v>
+      </c>
+      <c r="J225" t="s">
+        <v>53</v>
+      </c>
+      <c r="K225" t="s">
+        <v>1148</v>
+      </c>
+      <c r="L225" t="s">
+        <v>1169</v>
+      </c>
+      <c r="M225" t="s">
+        <v>1143</v>
+      </c>
+      <c r="N225" t="s">
+        <v>27</v>
+      </c>
+      <c r="O225" t="s">
+        <v>1170</v>
+      </c>
+      <c r="P225" t="s">
+        <v>1167</v>
+      </c>
+    </row>
+    <row r="226" spans="1:16">
+      <c r="A226" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B226" t="s">
+        <v>1172</v>
+      </c>
+      <c r="C226" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D226" t="s">
+        <v>264</v>
+      </c>
+      <c r="E226" t="s">
+        <v>42</v>
+      </c>
+      <c r="F226" t="s">
+        <v>33</v>
+      </c>
+      <c r="G226" t="s">
+        <v>22</v>
+      </c>
+      <c r="H226">
+        <v>2015</v>
+      </c>
+      <c r="I226"/>
+      <c r="J226" t="s">
+        <v>53</v>
+      </c>
+      <c r="K226" t="s">
+        <v>24</v>
+      </c>
+      <c r="L226" t="s">
+        <v>1173</v>
+      </c>
+      <c r="M226" t="s">
+        <v>1143</v>
+      </c>
+      <c r="N226" t="s">
+        <v>27</v>
+      </c>
+      <c r="O226" t="s">
+        <v>1174</v>
+      </c>
+      <c r="P226" t="s">
+        <v>1167</v>
+      </c>
+    </row>
+    <row r="227" spans="1:16">
+      <c r="A227" t="s">
+        <v>1175</v>
+      </c>
+      <c r="B227" t="s">
+        <v>1176</v>
+      </c>
+      <c r="C227" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D227" t="s">
+        <v>264</v>
+      </c>
+      <c r="E227" t="s">
+        <v>42</v>
+      </c>
+      <c r="F227" t="s">
+        <v>43</v>
+      </c>
+      <c r="G227" t="s">
+        <v>22</v>
+      </c>
+      <c r="H227">
+        <v>2015</v>
+      </c>
+      <c r="I227"/>
+      <c r="J227" t="s">
+        <v>1147</v>
+      </c>
+      <c r="K227" t="s">
+        <v>24</v>
+      </c>
+      <c r="L227" t="s">
+        <v>1177</v>
+      </c>
+      <c r="M227" t="s">
+        <v>1143</v>
+      </c>
+      <c r="N227" t="s">
+        <v>27</v>
+      </c>
+      <c r="O227" t="s">
+        <v>1178</v>
+      </c>
+      <c r="P227" t="s">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="228" spans="1:16">
+      <c r="A228" t="s">
+        <v>1180</v>
+      </c>
+      <c r="B228" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C228" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D228" t="s">
+        <v>312</v>
+      </c>
+      <c r="E228" t="s">
+        <v>42</v>
+      </c>
+      <c r="F228" t="s">
+        <v>33</v>
+      </c>
+      <c r="G228" t="s">
+        <v>44</v>
+      </c>
+      <c r="H228">
+        <v>2011</v>
+      </c>
+      <c r="I228">
+        <v>2021</v>
+      </c>
+      <c r="J228" t="s">
+        <v>53</v>
+      </c>
+      <c r="K228" t="s">
+        <v>24</v>
+      </c>
+      <c r="L228" t="s">
+        <v>1182</v>
+      </c>
+      <c r="M228" t="s">
+        <v>1143</v>
+      </c>
+      <c r="N228" t="s">
+        <v>27</v>
+      </c>
+      <c r="O228" t="s">
+        <v>1183</v>
+      </c>
+      <c r="P228" t="s">
+        <v>1184</v>
+      </c>
+    </row>
+    <row r="229" spans="1:16">
+      <c r="A229" t="s">
+        <v>1185</v>
+      </c>
+      <c r="B229" t="s">
+        <v>1186</v>
+      </c>
+      <c r="C229" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D229" t="s">
+        <v>147</v>
+      </c>
+      <c r="E229" t="s">
+        <v>42</v>
+      </c>
+      <c r="F229" t="s">
+        <v>43</v>
+      </c>
+      <c r="G229" t="s">
+        <v>44</v>
+      </c>
+      <c r="H229">
+        <v>2002</v>
+      </c>
+      <c r="I229">
+        <v>2021</v>
+      </c>
+      <c r="J229" t="s">
+        <v>53</v>
+      </c>
+      <c r="K229" t="s">
+        <v>24</v>
+      </c>
+      <c r="L229" t="s">
+        <v>1187</v>
+      </c>
+      <c r="M229" t="s">
+        <v>1143</v>
+      </c>
+      <c r="N229" t="s">
+        <v>27</v>
+      </c>
+      <c r="O229" t="s">
+        <v>1188</v>
+      </c>
+      <c r="P229" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="230" spans="1:16">
+      <c r="A230" t="s">
+        <v>1190</v>
+      </c>
+      <c r="B230" t="s">
+        <v>1191</v>
+      </c>
+      <c r="C230" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D230" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E230" t="s">
+        <v>42</v>
+      </c>
+      <c r="F230" t="s">
+        <v>43</v>
+      </c>
+      <c r="G230" t="s">
+        <v>22</v>
+      </c>
+      <c r="H230">
+        <v>2021</v>
+      </c>
+      <c r="I230"/>
+      <c r="J230" t="s">
+        <v>53</v>
+      </c>
+      <c r="K230" t="s">
+        <v>24</v>
+      </c>
+      <c r="L230" t="s">
+        <v>1193</v>
+      </c>
+      <c r="M230" t="s">
+        <v>1143</v>
+      </c>
+      <c r="N230" t="s">
+        <v>27</v>
+      </c>
+      <c r="O230" t="s">
+        <v>1194</v>
+      </c>
+      <c r="P230" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="231" spans="1:16">
+      <c r="A231" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B231" t="s">
+        <v>1197</v>
+      </c>
+      <c r="C231" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D231" t="s">
+        <v>1198</v>
+      </c>
+      <c r="E231" t="s">
+        <v>42</v>
+      </c>
+      <c r="F231" t="s">
+        <v>43</v>
+      </c>
+      <c r="G231" t="s">
+        <v>1199</v>
+      </c>
+      <c r="H231">
+        <v>2021</v>
+      </c>
+      <c r="I231"/>
+      <c r="J231" t="s">
+        <v>53</v>
+      </c>
+      <c r="K231" t="s">
+        <v>24</v>
+      </c>
+      <c r="L231" t="s">
+        <v>1200</v>
+      </c>
+      <c r="M231" t="s">
+        <v>1143</v>
+      </c>
+      <c r="N231" t="s">
+        <v>27</v>
+      </c>
+      <c r="O231" t="s">
+        <v>1201</v>
+      </c>
+      <c r="P231" t="s">
+        <v>1202</v>
+      </c>
+    </row>
+    <row r="232" spans="1:16">
+      <c r="A232" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B232" t="s">
+        <v>1204</v>
+      </c>
+      <c r="C232" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D232" t="s">
+        <v>101</v>
+      </c>
+      <c r="E232" t="s">
+        <v>42</v>
+      </c>
+      <c r="F232" t="s">
+        <v>33</v>
+      </c>
+      <c r="G232" t="s">
+        <v>44</v>
+      </c>
+      <c r="H232">
+        <v>2011</v>
+      </c>
+      <c r="I232">
+        <v>2021</v>
+      </c>
+      <c r="J232" t="s">
+        <v>53</v>
+      </c>
+      <c r="K232" t="s">
+        <v>24</v>
+      </c>
+      <c r="L232" t="s">
+        <v>1182</v>
+      </c>
+      <c r="M232" t="s">
+        <v>1143</v>
+      </c>
+      <c r="N232" t="s">
+        <v>27</v>
+      </c>
+      <c r="O232" t="s">
+        <v>1205</v>
+      </c>
+      <c r="P232" t="s">
+        <v>1206</v>
+      </c>
+    </row>
+    <row r="233" spans="1:16">
+      <c r="A233" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B233" t="s">
+        <v>1208</v>
+      </c>
+      <c r="C233" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D233" t="s">
+        <v>147</v>
+      </c>
+      <c r="E233" t="s">
+        <v>42</v>
+      </c>
+      <c r="F233" t="s">
+        <v>33</v>
+      </c>
+      <c r="G233" t="s">
+        <v>44</v>
+      </c>
+      <c r="H233">
+        <v>2011</v>
+      </c>
+      <c r="I233">
+        <v>2021</v>
+      </c>
+      <c r="J233" t="s">
+        <v>53</v>
+      </c>
+      <c r="K233" t="s">
+        <v>24</v>
+      </c>
+      <c r="L233" t="s">
+        <v>1209</v>
+      </c>
+      <c r="M233" t="s">
+        <v>1143</v>
+      </c>
+      <c r="N233" t="s">
+        <v>27</v>
+      </c>
+      <c r="O233" t="s">
+        <v>1210</v>
+      </c>
+      <c r="P233" t="s">
+        <v>1211</v>
+      </c>
+    </row>
+    <row r="234" spans="1:16">
+      <c r="A234" t="s">
+        <v>1212</v>
+      </c>
+      <c r="B234" t="s">
+        <v>1213</v>
+      </c>
+      <c r="C234" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D234" t="s">
+        <v>82</v>
+      </c>
+      <c r="E234" t="s">
+        <v>42</v>
+      </c>
+      <c r="F234" t="s">
+        <v>33</v>
+      </c>
+      <c r="G234" t="s">
+        <v>22</v>
+      </c>
+      <c r="H234">
+        <v>2021</v>
+      </c>
+      <c r="I234"/>
+      <c r="J234" t="s">
+        <v>53</v>
+      </c>
+      <c r="K234" t="s">
+        <v>24</v>
+      </c>
+      <c r="L234" t="s">
+        <v>1214</v>
+      </c>
+      <c r="M234" t="s">
+        <v>1143</v>
+      </c>
+      <c r="N234" t="s">
+        <v>27</v>
+      </c>
+      <c r="O234" t="s">
+        <v>1215</v>
+      </c>
+      <c r="P234" t="s">
+        <v>1216</v>
+      </c>
+    </row>
+    <row r="235" spans="1:16">
+      <c r="A235" t="s">
+        <v>1217</v>
+      </c>
+      <c r="B235" t="s">
+        <v>1218</v>
+      </c>
+      <c r="C235" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D235" t="s">
+        <v>1198</v>
+      </c>
+      <c r="E235" t="s">
+        <v>42</v>
+      </c>
+      <c r="F235" t="s">
+        <v>526</v>
+      </c>
+      <c r="G235" t="s">
+        <v>22</v>
+      </c>
+      <c r="H235">
+        <v>2021</v>
+      </c>
+      <c r="I235"/>
+      <c r="J235" t="s">
+        <v>53</v>
+      </c>
+      <c r="K235" t="s">
+        <v>24</v>
+      </c>
+      <c r="L235" t="s">
+        <v>1200</v>
+      </c>
+      <c r="M235" t="s">
+        <v>1143</v>
+      </c>
+      <c r="N235" t="s">
+        <v>27</v>
+      </c>
+      <c r="O235" t="s">
+        <v>1219</v>
+      </c>
+      <c r="P235" t="s">
+        <v>1220</v>
+      </c>
+    </row>
+    <row r="236" spans="1:16">
+      <c r="A236" t="s">
+        <v>1221</v>
+      </c>
+      <c r="B236" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C236" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D236" t="s">
+        <v>312</v>
+      </c>
+      <c r="E236" t="s">
+        <v>42</v>
+      </c>
+      <c r="F236" t="s">
+        <v>43</v>
+      </c>
+      <c r="G236" t="s">
+        <v>44</v>
+      </c>
+      <c r="H236">
+        <v>2002</v>
+      </c>
+      <c r="I236">
+        <v>2021</v>
+      </c>
+      <c r="J236" t="s">
+        <v>53</v>
+      </c>
+      <c r="K236" t="s">
+        <v>24</v>
+      </c>
+      <c r="L236" t="s">
+        <v>1223</v>
+      </c>
+      <c r="M236" t="s">
+        <v>1143</v>
+      </c>
+      <c r="N236" t="s">
+        <v>27</v>
+      </c>
+      <c r="O236" t="s">
+        <v>1224</v>
+      </c>
+      <c r="P236" t="s">
+        <v>1225</v>
+      </c>
+    </row>
+    <row r="237" spans="1:16">
+      <c r="A237" t="s">
+        <v>1226</v>
+      </c>
+      <c r="B237" t="s">
+        <v>1227</v>
+      </c>
+      <c r="C237" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D237" t="s">
+        <v>101</v>
+      </c>
+      <c r="E237" t="s">
+        <v>42</v>
+      </c>
+      <c r="F237" t="s">
+        <v>43</v>
+      </c>
+      <c r="G237" t="s">
+        <v>44</v>
+      </c>
+      <c r="H237">
+        <v>2002</v>
+      </c>
+      <c r="I237">
+        <v>2021</v>
+      </c>
+      <c r="J237" t="s">
+        <v>53</v>
+      </c>
+      <c r="K237" t="s">
+        <v>24</v>
+      </c>
+      <c r="L237" t="s">
+        <v>1228</v>
+      </c>
+      <c r="M237" t="s">
+        <v>1143</v>
+      </c>
+      <c r="N237" t="s">
+        <v>27</v>
+      </c>
+      <c r="O237" t="s">
+        <v>1229</v>
+      </c>
+      <c r="P237" t="s">
+        <v>1230</v>
+      </c>
+    </row>
+    <row r="238" spans="1:16">
+      <c r="A238" t="s">
+        <v>1231</v>
+      </c>
+      <c r="B238" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C238" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D238" t="s">
+        <v>70</v>
+      </c>
+      <c r="E238" t="s">
+        <v>42</v>
+      </c>
+      <c r="F238" t="s">
+        <v>43</v>
+      </c>
+      <c r="G238" t="s">
+        <v>44</v>
+      </c>
+      <c r="H238">
+        <v>2002</v>
+      </c>
+      <c r="I238">
+        <v>2021</v>
+      </c>
+      <c r="J238" t="s">
+        <v>53</v>
+      </c>
+      <c r="K238" t="s">
+        <v>24</v>
+      </c>
+      <c r="L238" t="s">
+        <v>1233</v>
+      </c>
+      <c r="M238" t="s">
+        <v>1143</v>
+      </c>
+      <c r="N238" t="s">
+        <v>27</v>
+      </c>
+      <c r="O238" t="s">
+        <v>1234</v>
+      </c>
+      <c r="P238" t="s">
+        <v>1235</v>
+      </c>
+    </row>
+    <row r="239" spans="1:16">
+      <c r="A239" t="s">
+        <v>1236</v>
+      </c>
+      <c r="B239" t="s">
+        <v>1237</v>
+      </c>
+      <c r="C239" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D239" t="s">
+        <v>1238</v>
+      </c>
+      <c r="E239" t="s">
+        <v>42</v>
+      </c>
+      <c r="F239" t="s">
+        <v>33</v>
+      </c>
+      <c r="G239" t="s">
+        <v>22</v>
+      </c>
+      <c r="H239">
+        <v>2021</v>
+      </c>
+      <c r="I239"/>
+      <c r="J239" t="s">
+        <v>53</v>
+      </c>
+      <c r="K239" t="s">
+        <v>24</v>
+      </c>
+      <c r="L239" t="s">
+        <v>1239</v>
+      </c>
+      <c r="M239" t="s">
+        <v>1143</v>
+      </c>
+      <c r="N239" t="s">
+        <v>27</v>
+      </c>
+      <c r="O239" t="s">
+        <v>1240</v>
+      </c>
+      <c r="P239"/>
+    </row>
+    <row r="240" spans="1:16">
+      <c r="A240" t="s">
+        <v>1236</v>
+      </c>
+      <c r="B240" t="s">
+        <v>1237</v>
+      </c>
+      <c r="C240" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D240" t="s">
+        <v>1238</v>
+      </c>
+      <c r="E240" t="s">
+        <v>42</v>
+      </c>
+      <c r="F240" t="s">
+        <v>33</v>
+      </c>
+      <c r="G240" t="s">
+        <v>22</v>
+      </c>
+      <c r="H240">
+        <v>2021</v>
+      </c>
+      <c r="I240"/>
+      <c r="J240" t="s">
+        <v>53</v>
+      </c>
+      <c r="K240" t="s">
+        <v>24</v>
+      </c>
+      <c r="L240" t="s">
+        <v>1239</v>
+      </c>
+      <c r="M240" t="s">
+        <v>1143</v>
+      </c>
+      <c r="N240" t="s">
+        <v>27</v>
+      </c>
+      <c r="O240" t="s">
+        <v>1241</v>
+      </c>
+      <c r="P240"/>
+    </row>
+    <row r="241" spans="1:16">
+      <c r="A241" t="s">
+        <v>1242</v>
+      </c>
+      <c r="B241" t="s">
+        <v>1243</v>
+      </c>
+      <c r="C241" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D241" t="s">
+        <v>142</v>
+      </c>
+      <c r="E241" t="s">
+        <v>42</v>
+      </c>
+      <c r="F241" t="s">
+        <v>43</v>
+      </c>
+      <c r="G241" t="s">
+        <v>22</v>
+      </c>
+      <c r="H241">
         <v>2022</v>
       </c>
-      <c r="I197" t="s">
-[...2 lines deleted...]
-      <c r="J197" t="s">
+      <c r="I241"/>
+      <c r="J241" t="s">
+        <v>53</v>
+      </c>
+      <c r="K241" t="s">
+        <v>1244</v>
+      </c>
+      <c r="L241" t="s">
+        <v>1245</v>
+      </c>
+      <c r="M241" t="s">
+        <v>1143</v>
+      </c>
+      <c r="N241" t="s">
+        <v>27</v>
+      </c>
+      <c r="O241" t="s">
+        <v>1246</v>
+      </c>
+      <c r="P241" t="s">
+        <v>1247</v>
+      </c>
+    </row>
+    <row r="242" spans="1:16">
+      <c r="A242" t="s">
+        <v>1248</v>
+      </c>
+      <c r="B242" t="s">
+        <v>1249</v>
+      </c>
+      <c r="C242" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D242" t="s">
+        <v>1250</v>
+      </c>
+      <c r="E242" t="s">
+        <v>42</v>
+      </c>
+      <c r="F242" t="s">
+        <v>43</v>
+      </c>
+      <c r="G242" t="s">
+        <v>22</v>
+      </c>
+      <c r="H242">
+        <v>2022</v>
+      </c>
+      <c r="I242"/>
+      <c r="J242" t="s">
+        <v>53</v>
+      </c>
+      <c r="K242" t="s">
+        <v>1251</v>
+      </c>
+      <c r="L242"/>
+      <c r="M242" t="s">
+        <v>1143</v>
+      </c>
+      <c r="N242" t="s">
+        <v>27</v>
+      </c>
+      <c r="O242" t="s">
+        <v>1252</v>
+      </c>
+      <c r="P242" t="s">
+        <v>1253</v>
+      </c>
+    </row>
+    <row r="243" spans="1:16">
+      <c r="A243" t="s">
+        <v>1254</v>
+      </c>
+      <c r="B243" t="s">
+        <v>1255</v>
+      </c>
+      <c r="C243" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D243" t="s">
+        <v>142</v>
+      </c>
+      <c r="E243" t="s">
+        <v>42</v>
+      </c>
+      <c r="F243" t="s">
+        <v>33</v>
+      </c>
+      <c r="G243" t="s">
+        <v>22</v>
+      </c>
+      <c r="H243">
+        <v>2022</v>
+      </c>
+      <c r="I243"/>
+      <c r="J243" t="s">
+        <v>53</v>
+      </c>
+      <c r="K243" t="s">
+        <v>1256</v>
+      </c>
+      <c r="L243" t="s">
+        <v>1257</v>
+      </c>
+      <c r="M243" t="s">
+        <v>1143</v>
+      </c>
+      <c r="N243" t="s">
+        <v>27</v>
+      </c>
+      <c r="O243" t="s">
+        <v>1258</v>
+      </c>
+      <c r="P243" t="s">
+        <v>1259</v>
+      </c>
+    </row>
+    <row r="244" spans="1:16">
+      <c r="A244" t="s">
+        <v>1260</v>
+      </c>
+      <c r="B244" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C244" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D244" t="s">
+        <v>1250</v>
+      </c>
+      <c r="E244" t="s">
+        <v>42</v>
+      </c>
+      <c r="F244" t="s">
+        <v>33</v>
+      </c>
+      <c r="G244" t="s">
+        <v>22</v>
+      </c>
+      <c r="H244">
+        <v>2022</v>
+      </c>
+      <c r="I244"/>
+      <c r="J244" t="s">
+        <v>53</v>
+      </c>
+      <c r="K244" t="s">
+        <v>1262</v>
+      </c>
+      <c r="L244" t="s">
+        <v>1263</v>
+      </c>
+      <c r="M244" t="s">
+        <v>1143</v>
+      </c>
+      <c r="N244" t="s">
+        <v>27</v>
+      </c>
+      <c r="O244" t="s">
+        <v>1264</v>
+      </c>
+      <c r="P244" t="s">
+        <v>1265</v>
+      </c>
+    </row>
+    <row r="245" spans="1:16">
+      <c r="A245" t="s">
+        <v>1266</v>
+      </c>
+      <c r="B245" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C245" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D245" t="s">
+        <v>1250</v>
+      </c>
+      <c r="E245" t="s">
+        <v>42</v>
+      </c>
+      <c r="F245" t="s">
+        <v>33</v>
+      </c>
+      <c r="G245" t="s">
+        <v>22</v>
+      </c>
+      <c r="H245">
+        <v>2022</v>
+      </c>
+      <c r="I245"/>
+      <c r="J245" t="s">
+        <v>53</v>
+      </c>
+      <c r="K245" t="s">
+        <v>24</v>
+      </c>
+      <c r="L245" t="s">
+        <v>1268</v>
+      </c>
+      <c r="M245" t="s">
+        <v>1143</v>
+      </c>
+      <c r="N245" t="s">
+        <v>27</v>
+      </c>
+      <c r="O245" t="s">
+        <v>1269</v>
+      </c>
+      <c r="P245" t="s">
+        <v>1270</v>
+      </c>
+    </row>
+    <row r="246" spans="1:16">
+      <c r="A246" t="s">
+        <v>1271</v>
+      </c>
+      <c r="B246" t="s">
+        <v>1272</v>
+      </c>
+      <c r="C246" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D246" t="s">
+        <v>278</v>
+      </c>
+      <c r="E246" t="s">
+        <v>42</v>
+      </c>
+      <c r="F246" t="s">
+        <v>518</v>
+      </c>
+      <c r="G246" t="s">
+        <v>22</v>
+      </c>
+      <c r="H246">
+        <v>2008</v>
+      </c>
+      <c r="I246"/>
+      <c r="J246" t="s">
+        <v>1147</v>
+      </c>
+      <c r="K246" t="s">
+        <v>1273</v>
+      </c>
+      <c r="L246" t="s">
+        <v>1274</v>
+      </c>
+      <c r="M246" t="s">
+        <v>1143</v>
+      </c>
+      <c r="N246" t="s">
+        <v>27</v>
+      </c>
+      <c r="O246" t="s">
+        <v>1275</v>
+      </c>
+      <c r="P246" t="s">
+        <v>1276</v>
+      </c>
+    </row>
+    <row r="247" spans="1:16">
+      <c r="A247" t="s">
+        <v>1277</v>
+      </c>
+      <c r="B247" t="s">
+        <v>1278</v>
+      </c>
+      <c r="C247" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D247" t="s">
+        <v>95</v>
+      </c>
+      <c r="E247" t="s">
+        <v>42</v>
+      </c>
+      <c r="F247" t="s">
+        <v>43</v>
+      </c>
+      <c r="G247" t="s">
+        <v>44</v>
+      </c>
+      <c r="H247">
+        <v>2012</v>
+      </c>
+      <c r="I247">
+        <v>2015</v>
+      </c>
+      <c r="J247" t="s">
+        <v>1147</v>
+      </c>
+      <c r="K247" t="s">
+        <v>24</v>
+      </c>
+      <c r="L247" t="s">
+        <v>1279</v>
+      </c>
+      <c r="M247" t="s">
+        <v>1143</v>
+      </c>
+      <c r="N247" t="s">
+        <v>27</v>
+      </c>
+      <c r="O247" t="s">
+        <v>1280</v>
+      </c>
+      <c r="P247" t="s">
+        <v>1281</v>
+      </c>
+    </row>
+    <row r="248" spans="1:16">
+      <c r="A248" t="s">
+        <v>1282</v>
+      </c>
+      <c r="B248" t="s">
+        <v>1283</v>
+      </c>
+      <c r="C248" t="s">
+        <v>1284</v>
+      </c>
+      <c r="D248" t="s">
+        <v>147</v>
+      </c>
+      <c r="E248" t="s">
+        <v>20</v>
+      </c>
+      <c r="F248" t="s">
         <v>21</v>
       </c>
-      <c r="K197"/>
-[...32 lines deleted...]
-      <c r="H198">
+      <c r="G248" t="s">
+        <v>44</v>
+      </c>
+      <c r="H248">
         <v>2013</v>
       </c>
-      <c r="I198" t="s">
-[...2 lines deleted...]
-      <c r="J198" t="s">
+      <c r="I248">
+        <v>2020</v>
+      </c>
+      <c r="J248" t="s">
+        <v>375</v>
+      </c>
+      <c r="K248" t="s">
+        <v>24</v>
+      </c>
+      <c r="L248" t="s">
+        <v>1285</v>
+      </c>
+      <c r="M248" t="s">
+        <v>1286</v>
+      </c>
+      <c r="N248" t="s">
+        <v>27</v>
+      </c>
+      <c r="O248" t="s">
+        <v>1287</v>
+      </c>
+      <c r="P248" t="s">
+        <v>1288</v>
+      </c>
+    </row>
+    <row r="249" spans="1:16">
+      <c r="A249" t="s">
+        <v>1289</v>
+      </c>
+      <c r="B249" t="s">
+        <v>1290</v>
+      </c>
+      <c r="C249" t="s">
+        <v>1284</v>
+      </c>
+      <c r="D249" t="s">
+        <v>19</v>
+      </c>
+      <c r="E249" t="s">
+        <v>20</v>
+      </c>
+      <c r="F249" t="s">
         <v>21</v>
       </c>
-      <c r="K198"/>
-[...36 lines deleted...]
-      <c r="J199" t="s">
+      <c r="G249" t="s">
+        <v>44</v>
+      </c>
+      <c r="H249">
+        <v>2011</v>
+      </c>
+      <c r="I249">
+        <v>2019</v>
+      </c>
+      <c r="J249" t="s">
+        <v>375</v>
+      </c>
+      <c r="K249" t="s">
+        <v>24</v>
+      </c>
+      <c r="L249" t="s">
+        <v>1291</v>
+      </c>
+      <c r="M249" t="s">
+        <v>1286</v>
+      </c>
+      <c r="N249" t="s">
+        <v>27</v>
+      </c>
+      <c r="O249" t="s">
+        <v>1292</v>
+      </c>
+      <c r="P249" t="s">
+        <v>1293</v>
+      </c>
+    </row>
+    <row r="250" spans="1:16">
+      <c r="A250" t="s">
+        <v>1294</v>
+      </c>
+      <c r="B250" t="s">
+        <v>1295</v>
+      </c>
+      <c r="C250" t="s">
+        <v>1284</v>
+      </c>
+      <c r="D250" t="s">
+        <v>1296</v>
+      </c>
+      <c r="E250" t="s">
+        <v>20</v>
+      </c>
+      <c r="F250" t="s">
         <v>21</v>
       </c>
-      <c r="K199"/>
-[...36 lines deleted...]
-      <c r="J200" t="s">
+      <c r="G250" t="s">
+        <v>22</v>
+      </c>
+      <c r="H250">
+        <v>2013</v>
+      </c>
+      <c r="I250"/>
+      <c r="J250" t="s">
+        <v>121</v>
+      </c>
+      <c r="K250" t="s">
+        <v>24</v>
+      </c>
+      <c r="L250" t="s">
+        <v>1297</v>
+      </c>
+      <c r="M250" t="s">
+        <v>1286</v>
+      </c>
+      <c r="N250" t="s">
+        <v>27</v>
+      </c>
+      <c r="O250" t="s">
+        <v>1298</v>
+      </c>
+      <c r="P250" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="251" spans="1:16">
+      <c r="A251" t="s">
+        <v>1300</v>
+      </c>
+      <c r="B251" t="s">
+        <v>1301</v>
+      </c>
+      <c r="C251" t="s">
+        <v>1284</v>
+      </c>
+      <c r="D251" t="s">
+        <v>278</v>
+      </c>
+      <c r="E251" t="s">
+        <v>20</v>
+      </c>
+      <c r="F251" t="s">
         <v>21</v>
       </c>
-      <c r="K200" t="s">
-[...40 lines deleted...]
-      <c r="J201" t="s">
+      <c r="G251" t="s">
+        <v>44</v>
+      </c>
+      <c r="H251">
+        <v>2014</v>
+      </c>
+      <c r="I251">
+        <v>2015</v>
+      </c>
+      <c r="J251" t="s">
+        <v>121</v>
+      </c>
+      <c r="K251" t="s">
+        <v>24</v>
+      </c>
+      <c r="L251"/>
+      <c r="M251" t="s">
+        <v>1286</v>
+      </c>
+      <c r="N251" t="s">
+        <v>27</v>
+      </c>
+      <c r="O251" t="s">
+        <v>1302</v>
+      </c>
+      <c r="P251" t="s">
+        <v>1303</v>
+      </c>
+    </row>
+    <row r="252" spans="1:16">
+      <c r="A252" t="s">
+        <v>1304</v>
+      </c>
+      <c r="B252" t="s">
+        <v>1305</v>
+      </c>
+      <c r="C252" t="s">
+        <v>1284</v>
+      </c>
+      <c r="D252" t="s">
+        <v>273</v>
+      </c>
+      <c r="E252" t="s">
+        <v>20</v>
+      </c>
+      <c r="F252" t="s">
         <v>21</v>
       </c>
-      <c r="K201"/>
-[...32 lines deleted...]
-      <c r="H202">
+      <c r="G252" t="s">
+        <v>22</v>
+      </c>
+      <c r="H252">
+        <v>2014</v>
+      </c>
+      <c r="I252">
+        <v>2019</v>
+      </c>
+      <c r="J252" t="s">
+        <v>375</v>
+      </c>
+      <c r="K252" t="s">
+        <v>24</v>
+      </c>
+      <c r="L252"/>
+      <c r="M252" t="s">
+        <v>1286</v>
+      </c>
+      <c r="N252" t="s">
+        <v>27</v>
+      </c>
+      <c r="O252" t="s">
+        <v>1306</v>
+      </c>
+      <c r="P252" t="s">
+        <v>1307</v>
+      </c>
+    </row>
+    <row r="253" spans="1:16">
+      <c r="A253" t="s">
+        <v>1308</v>
+      </c>
+      <c r="B253" t="s">
+        <v>1309</v>
+      </c>
+      <c r="C253" t="s">
+        <v>1284</v>
+      </c>
+      <c r="D253" t="s">
+        <v>312</v>
+      </c>
+      <c r="E253" t="s">
+        <v>20</v>
+      </c>
+      <c r="F253" t="s">
+        <v>21</v>
+      </c>
+      <c r="G253" t="s">
+        <v>22</v>
+      </c>
+      <c r="H253">
+        <v>2016</v>
+      </c>
+      <c r="I253">
+        <v>2018</v>
+      </c>
+      <c r="J253" t="s">
+        <v>375</v>
+      </c>
+      <c r="K253" t="s">
+        <v>24</v>
+      </c>
+      <c r="L253"/>
+      <c r="M253" t="s">
+        <v>1286</v>
+      </c>
+      <c r="N253" t="s">
+        <v>27</v>
+      </c>
+      <c r="O253" t="s">
+        <v>1310</v>
+      </c>
+      <c r="P253" t="s">
+        <v>1311</v>
+      </c>
+    </row>
+    <row r="254" spans="1:16">
+      <c r="A254" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B254" t="s">
+        <v>1313</v>
+      </c>
+      <c r="C254" t="s">
+        <v>1284</v>
+      </c>
+      <c r="D254" t="s">
+        <v>113</v>
+      </c>
+      <c r="E254" t="s">
+        <v>20</v>
+      </c>
+      <c r="F254" t="s">
+        <v>21</v>
+      </c>
+      <c r="G254" t="s">
+        <v>22</v>
+      </c>
+      <c r="H254">
         <v>2017</v>
       </c>
-      <c r="I202" t="s">
-[...2 lines deleted...]
-      <c r="J202" t="s">
+      <c r="I254"/>
+      <c r="J254" t="s">
+        <v>121</v>
+      </c>
+      <c r="K254" t="s">
+        <v>24</v>
+      </c>
+      <c r="L254"/>
+      <c r="M254" t="s">
+        <v>1286</v>
+      </c>
+      <c r="N254" t="s">
+        <v>27</v>
+      </c>
+      <c r="O254" t="s">
+        <v>1314</v>
+      </c>
+      <c r="P254" t="s">
+        <v>1303</v>
+      </c>
+    </row>
+    <row r="255" spans="1:16">
+      <c r="A255" t="s">
+        <v>1315</v>
+      </c>
+      <c r="B255" t="s">
+        <v>1316</v>
+      </c>
+      <c r="C255" t="s">
+        <v>1284</v>
+      </c>
+      <c r="D255" t="s">
+        <v>95</v>
+      </c>
+      <c r="E255" t="s">
+        <v>20</v>
+      </c>
+      <c r="F255" t="s">
         <v>21</v>
       </c>
-      <c r="K202"/>
-[...513 lines deleted...]
-      <c r="G215">
+      <c r="G255" t="s">
+        <v>44</v>
+      </c>
+      <c r="H255">
         <v>2016</v>
       </c>
-      <c r="H215"/>
-[...1439 lines deleted...]
-      <c r="H249">
+      <c r="I255">
         <v>2019</v>
       </c>
-      <c r="I249" t="s">
-[...253 lines deleted...]
-      </c>
       <c r="J255" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>121</v>
+      </c>
+      <c r="K255" t="s">
+        <v>24</v>
+      </c>
+      <c r="L255"/>
       <c r="M255" t="s">
-        <v>24</v>
+        <v>1286</v>
       </c>
       <c r="N255" t="s">
-        <v>864</v>
-[...2 lines deleted...]
-    <row r="256" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O255" t="s">
+        <v>1317</v>
+      </c>
+      <c r="P255" t="s">
+        <v>1318</v>
+      </c>
+    </row>
+    <row r="256" spans="1:16">
       <c r="A256" t="s">
-        <v>865</v>
+        <v>1319</v>
       </c>
       <c r="B256" t="s">
-        <v>749</v>
+        <v>1320</v>
       </c>
       <c r="C256" t="s">
-        <v>214</v>
+        <v>1140</v>
       </c>
       <c r="D256" t="s">
-        <v>36</v>
+        <v>291</v>
       </c>
       <c r="E256" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="F256" t="s">
-        <v>352</v>
-[...1 lines deleted...]
-      <c r="G256"/>
+        <v>33</v>
+      </c>
+      <c r="G256" t="s">
+        <v>490</v>
+      </c>
       <c r="H256"/>
-      <c r="I256" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I256"/>
       <c r="J256" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>1147</v>
+      </c>
+      <c r="K256" t="s">
+        <v>24</v>
+      </c>
+      <c r="L256"/>
       <c r="M256" t="s">
-        <v>866</v>
+        <v>1143</v>
       </c>
       <c r="N256" t="s">
-        <v>867</v>
-      </c>
+        <v>1321</v>
+      </c>
+      <c r="O256" t="s">
+        <v>1322</v>
+      </c>
+      <c r="P256"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>