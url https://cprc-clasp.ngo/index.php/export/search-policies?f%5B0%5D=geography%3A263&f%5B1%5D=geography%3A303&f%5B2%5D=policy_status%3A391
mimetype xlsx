--- v0 (2025-10-12)
+++ v1 (2026-02-05)
@@ -12,1464 +12,2084 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="435">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="636">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Air Purifiers</t>
   </si>
   <si>
+    <t>This program covers split-type air purifiers such as mechanical air cleaners, ionic air cleaners, and Combined Air Purifiers</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-3-2009 for evaluating the performance of air cleaners</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-purifiers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/#.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Cooktop</t>
+  </si>
+  <si>
+    <t>This program covers an electric induction cooker with 1 – 4 heads and the diameter of the cooker does not exceed 220 mm. Covers Portable type and built-in type all sizes (watts), single-phase AC, rated frequency 50 Hz and rated voltage does not exceed 250 V, manufactured locally or imported for sale in Thailand, and must not be a product that does not pass the random test of electric efficiency of the program within 1 year from the notification of the random test result.</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013)
 ,   
                     IEC 61817
 ,   
                     IEC 60350-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-cooktop</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/stove.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Electric Stoves</t>
   </si>
   <si>
+    <t>This program covers shallow bottoms pan type: heating type integrated with pan, separate heating with the pan.</t>
+  </si>
+  <si>
     <t>TIS 2673-2559 (2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-electric-stoves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pan.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Irons</t>
   </si>
   <si>
+    <t>This program covers electric irons types: dry types, steam types, and steam iron system types.</t>
+  </si>
+  <si>
     <t>Irons</t>
   </si>
   <si>
     <t>IEC 60311 Edition 4.1:2006-02</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-irons</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/iron.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for LEDs</t>
+  </si>
+  <si>
+    <t>This program covers all LED lamp types, including dimmable LEDs.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>IES LM-79-08
 ,   
                     IEC 62612: 2013
 ,   
                     IEC 62722-2-1: 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-leds</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/led.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Microwaves</t>
   </si>
   <si>
+    <t>This program covers microwave oven types: single and multi-functions</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IEC 60705</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-microwaves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/microwave.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Refrigerated Cabinet</t>
   </si>
   <si>
+    <t>This program covers vertical glass door type refrigerated cabinets. It defines efficiency levels for refrigerated cabinets with a net volume of 140L to 1,650L. The labeling criteria (Efficiency cost [unit/day]) are as followed: 
+-number5: 2.6767+0.0034V
+-number5*: 2.1414+0.0027V
+-number5**: 1.6060+0.0020V
+-number5***: 1.0707+0.0014V</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>TIS 1235 – 2556</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-refrigerated-cabinet</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/refd.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for TVs</t>
+  </si>
+  <si>
+    <t>This program covers TV screen types: LCD, EDGE LED, FULL LED, DIRECT LED, OLED, UHD 4K, Plasma, etc.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301 Ed 2.0 (2011-01)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-tvs</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/tv.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Washing Machines</t>
   </si>
   <si>
+    <t>This program covers the following washing machine types: top load, twin tub, and front load.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>TIS 2537-2562 (or IEC 60456 : 2010)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-washing-machines</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wash.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Dispenser</t>
   </si>
   <si>
+    <t>This program covers hot and cold water dispensers with water tanks and drinking water coolers with water tanks.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>TIS 2746-2559</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-water-dispenser</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wv.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Pump</t>
   </si>
   <si>
+    <t>This program covers automatic electric water pumps - sprocket and normal blades types.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>TIS 2618-2557</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-water-pump</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pump.pdf</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
   </si>
   <si>
+    <t>Electric refrigerators and food-freezers for household purposes</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-and-energy-information-cooling-appliances</t>
   </si>
   <si>
+    <t>https://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/1377_EN.pdf</t>
+  </si>
+  <si>
     <t>Green Label Scheme - TGL-23-R2-12 Electronic Ballasts</t>
   </si>
   <si>
+    <t>Electronic ballasts for fluorescent lamps</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>TIS 1506-2542; TIS 1449; TIS 623; CIE No. 25</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/green-label-scheme-tgl-23-r2-12-electronic-ballasts</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/application-electric.html</t>
+  </si>
+  <si>
     <t>ISIR 14577, 1st Edition, Household refrigerating appliances - Determination of Criteria for energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Domestic refrigerator, freezer, refrigerator-freezer</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISO-8187</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isir-14577-1st-edition-household-refrigerating-appliances-determination-criteria-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10635: 2008, Wet Cooling Towers, Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Applicable to wet cooling towers with capacity of 800 tons. Does not include cooling towers with natural flow</t>
+  </si>
+  <si>
     <t>ISIRI 4514 (1998), BS EN 13741 (2003), BS 4485-part2 (1988), CTI ATC 105 (2000)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10635-2008-wet-cooling-towers-technical-specifications-and-test-methods-energy</t>
   </si>
   <si>
     <t>ISIRI 10636 Specification for Energy Consumption and Energy labeling of Fan coils and Ducted fan coils</t>
   </si>
   <si>
+    <t>Ducted and non-ducted fan coil room air conditioners</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>ANSI/ASHRAE STANDARD 79-2002, ARI 440-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10636-specification-energy-consumption-and-energy-labeling-fan-coils-and-ducted-fan</t>
   </si>
   <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Refrigerated Display Cabinet. Does not include vending machines</t>
+  </si>
+  <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
     <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>NS 5635 (2001)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 1220-2- Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Gas fired space heaters with chimney with maximum consumption less than 150 MegaJolt per hr</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>AS 4553,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1220-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 12885, 1st Edition- technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired forced convection air heaters for space heating not exceeding a net heat input of 300 kW</t>
+  </si>
+  <si>
     <t>BS EN 1020 1998, AS 4553&amp; AG 103 2000:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-12885-1st-edition-technical-specification-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 13368 Energy Consumption Criteria for Oil Distribution Transformers</t>
   </si>
   <si>
+    <t>Three Phases oil transformers, less than 36kVA and 25kVA up to 2500kVA ,50Hz</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60071-1, 2011, IEC 60071-2, 2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13368-energy-consumption-criteria-oil-distribution-transformers</t>
   </si>
   <si>
     <t>ISIRI 13782, Amendment No.1 , Boilers - Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>BoilersTechnical Specifications and Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>ISIRI 4231 ,ASME PTC4</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13782-amendment-no1-boilers-technical-specifications-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 14629:2011-determination of critera for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>centeral heating boilers  of nominal heat input not exceeeding 70 kw -nominal heat input not exceeding 70kW</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-146292011-determination-critera-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1828-2-Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Instantaneous gas water heaters with maximum consumtion less than 250MegaJolt per Hr</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>AG 102: 2000, EN 26: 2000, ISIRI 1828-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1828-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 3678-2: 2002, 1st Edition- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>This policy applies to liquid chilling packages with water-cooled condenser and evaporator.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>NS 3678: 1995</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-3678-2-2002-1st-edition-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 4910-2, 1st Revision- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Evaporative air coolers -Direct and indirect types</t>
+  </si>
+  <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>AS 2913-1987 ,IS3315-1974</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-4910-2-1st-revision-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 7268-2,Flueless gas room heaters - Technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired space heaters without chimney with maximum consumption 30MegaJolt/Hr.</t>
+  </si>
+  <si>
     <t>AS 4553, ISIRI 7268-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7268-2flueless-gas-room-heaters-technical-specification-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 7342-2, Specification for energy consumption and energy labeling of electric houshold room heaters</t>
   </si>
   <si>
+    <t>Residential electric space heater</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7342-2-specification-energy-consumption-and-energy-labeling-electric-houshold-room</t>
   </si>
   <si>
     <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Centrifugal, mixed flow and axial pumps</t>
+  </si>
+  <si>
     <t>ISO-2548 (Class C)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
   </si>
   <si>
     <t>ISIRI 7874, 1st Edition, Specification for energy consumption and energy labeling of single phase electrical motors</t>
   </si>
   <si>
+    <t>Small 1-phase General Purpose</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>ISIRI 3772-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7874-1st-edition-specification-energy-consumption-and-energy-labeling-single-phase</t>
   </si>
   <si>
     <t>ISIRI 7875-1st edition- Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes electric kettles with capacity of minimum 4L and maximum 30L with 250 Va.c.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7875-1st-edition-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 7966, 1st Edition, Specification for energy consumption and energy labeling of three phase electrical motors</t>
   </si>
   <si>
+    <t>This policy covers all motors with 3 phase general purpose</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7966-1st-edition-specification-energy-consumption-and-energy-labeling-three-phase</t>
   </si>
   <si>
     <t>JS 2091:2013 Technical Regulation on eco-design - Requirements for non-directional household lamps</t>
   </si>
   <si>
+    <t>This policy establishes eco-design requirements for the placing on the market of non-directional household lamps, including when they are marketed for non-household use or when they are integrated into other products. It also establishes product information requirements for special purpose lamps.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20912013-technical-regulation-eco-design-requirements-non-directional-household-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5461</t>
+  </si>
+  <si>
     <t>JS 2092:2013 Energy efficiency labeling of household electric lamps</t>
   </si>
   <si>
+    <t>This policy covers household electric lamps supplied directly from the mains (filament and integral compact fluorescent lamps), and to household fluorescent lamps (including linear, and non-integral compact fluorescent lamps), even when marketed for non-household use.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20922013-energy-efficiency-labeling-household-electric-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5453</t>
+  </si>
+  <si>
     <t>JS 2093:2013 Technical regulation on eco-design requirements for fluorescent lamps without integrated ballast; for high intensity discharge lamps; and for ballasts and luminaires able to operate such lamps</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of fluorescent lamps without integrated ballast, of high intensity discharge lamps, and of ballasts and luminaires able to operate such lamps as defined in Article 3, even when they are integrated into other energy related products.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Drivers/ Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20932013-technical-regulation-eco-design-requirements-fluorescent-lamps-without</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5462</t>
+  </si>
+  <si>
     <t>JS 2094:2013 Technical Regulation on eco-design requirements for electric motors</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market and for putting into service of motors, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>JS 2094</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20942013-technical-regulation-eco-design-requirements-electric-motors</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5463</t>
+  </si>
+  <si>
     <t>JS 2095:2013 Technical regulation on eco-design requirements for Glandless standalone circulators and glandless circulators integrated in products</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of glandless standalone circulators and glandless circulators integrated in products.</t>
+  </si>
+  <si>
     <t>Building Circulator Pumps</t>
   </si>
   <si>
     <t>JS 2095</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20952013-technical-regulation-eco-design-requirements-glandless-standalone-circulators</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5464</t>
+  </si>
+  <si>
     <t>JS 2097:2013 Energy labeling of household combined washer-driers</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household combined washer-driers. Appliances that can also use other energy sources are excluded.</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>JS 2096</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20972013-energy-labeling-household-combined-washer-driers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5458</t>
+  </si>
+  <si>
     <t>JS 2098:2013 Energy labeling of household electric ovens</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household electric ovens including ovens being part of larger appliances.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>JS 2098</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20982013-energy-labeling-household-electric-ovens</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5454</t>
+  </si>
+  <si>
     <t>JS 2099:2013 Technical Regulation on eco-design requirements for household dishwashers</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries, including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>JS 2099</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20992013-technical-regulation-eco-design-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5465</t>
+  </si>
+  <si>
     <t>JS 2100:2013 Energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>This policy covers electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>JS 2100</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21002013-energy-labeling-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5452</t>
+  </si>
+  <si>
     <t>JS 2101:2013 Energy labeling for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy covers the labeling of and provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1,500 litres.</t>
+  </si>
+  <si>
     <t>JS 1749</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21012013-energy-labeling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5455</t>
+  </si>
+  <si>
     <t>JS 2102:2013 Technical Regulation on eco-design requirements for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21022013-technical-regulation-eco-design-requirements-household-refrigerating</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5466</t>
+  </si>
+  <si>
     <t>JS 2105:2013 Energy labeling of televisions</t>
   </si>
   <si>
+    <t>This policy covers labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>JS 2105</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21052013-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5456</t>
+  </si>
+  <si>
     <t>JS 2106:2013 Technical Regulation on eco-design requirements for televisions</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of televisions.</t>
+  </si>
+  <si>
     <t>JS 2106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21062013-technical-regulation-eco-design-requirements-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5468</t>
+  </si>
+  <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>JS 2108:2013 Energy efficiency labeling of air conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of 12 kW for cooling or heating if the product has no cooling function. This policy does not apply to: a) appliances that use non-electric energy sources; b) air conditioners of which the condensor- or evaporator-side do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21082013-energy-efficiency-labeling-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5451</t>
+  </si>
+  <si>
     <t>JS 2110:2013 Technical Regulation on eco-design requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for simple set-top boxes.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>JS 2110</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21102013-technical-regulation-eco-design-requirements-simple-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5470</t>
+  </si>
+  <si>
     <t>JS 2111:2013 Technical Regulation on eco-design requirements for no-load condition electric power consumption and average active efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21112013-technical-regulation-eco-design-requirements-no-load-condition-electric-power</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5471</t>
+  </si>
+  <si>
     <t>JS 2112:2013 Technical Regulation on eco-design requirements for fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market or putting into service of fans, including those integrated in other energy-related products as covered by the Framework Technical Regulation.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>JS 2112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21122013-technical-regulation-eco-design-requirements-fans</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5472</t>
+  </si>
+  <si>
     <t>JS 50564:2012 Electrical and electronic household and office equipment - Measurement of low power consumption</t>
   </si>
   <si>
+    <t>This policy specifies methods of measurement of electrical power consumption and the reporting of the results for a range of electrical and electronic household and office equipment, hereafter referred to as products.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>JS 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-505642012-electrical-and-electronic-household-and-office-equipment-measurement-low</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5279</t>
+  </si>
+  <si>
     <t>JS 60456:2012 Clothes washing machines for household use - Methods for measuring the performance (EN 60456:2001 + AC:2011)</t>
   </si>
   <si>
+    <t>This policy specifies methods for measuring the performance of clothes washing machines for household use, with or without heating devices utilising cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force (spin extractors) and is applicable to appliances for both washing and drying textiles (washer-dryers).</t>
+  </si>
+  <si>
     <t>JS 2103</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-604562012-clothes-washing-machines-household-use-methods-measuring-performance-en</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5305</t>
+  </si>
+  <si>
     <t>JS 61121:2012 Tumble dryers for household use - Methods for measuring the performance</t>
   </si>
   <si>
+    <t>This policy covers household electric tumble dryers of the automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-611212012-tumble-dryers-household-use-methods-measuring-performance</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5293</t>
+  </si>
+  <si>
     <t>Regulation on Energy Labelling and Minimum Energy Performance Requirements for Air-Conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the placing on Bahraini market the energy labelling requirements and Minimum Energy Performance Standard (MEPS) requirements for single-package and split-system non ducted air conditioners using air and water-cooled condensers and ducted air-conditioners using air-to air heat pumps for residential, commercial and industrial sector as applicable in accordance with Bahraini Standards.</t>
+  </si>
+  <si>
     <t>Bahrain</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>GSO ISO 5151</t>
   </si>
   <si>
     <t>Ministry of Industry and Commerce</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-labelling-and-minimum-energy-performance-requirements-air-conditioners</t>
   </si>
   <si>
+    <t>https://ec.europa.eu/growth/tools-databases/tbt/en/search/?tbtaction=search.detail&amp;Country_ID=BHR&amp;num=397&amp;dspLang=en&amp;basdatedeb=&amp;basdatefin=&amp;baspays=BHR&amp;basnotifnum=&amp;basnotifnum2=&amp;bastypepays=ANY&amp;baskeywords=</t>
+  </si>
+  <si>
     <t>SASO 2663:2018 MEPS and labeling schemes for small air conditioners</t>
   </si>
   <si>
+    <t>This standard applies to single-package window type, single split-system non-ducted air conditioners using air-cooled condensers, single split-system ducted airconditioners using air-cooled condensers, and heat pumps using aircooled condensers or using electric resistance for residential, commercial and industrial sector as applicable.</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>SASO 2681 / 2013 (based on ISO 5151) SASO 2682/2013 SASO 2763/2008</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-26632018-meps-and-labeling-schemes-small-air-conditioners</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>SASO 2870:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to: 
+Incandescent lamps
+Halogen lamps
+Compact flourescent lamps with integrated ballast (CFLi)
+Light-emitting diode (LED) lamps (Incandescent retrofit types)
+Light-emitting diode (LED) lamps (Halogen retrofit types)</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28702018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/saudi-arabia-market-access-new-requirements-lighting-products-saso-iecee-and-saso-ee</t>
+  </si>
+  <si>
     <t>SASO 2883:2017 MEPS and labeling schemes for clothes dryers</t>
   </si>
   <si>
+    <t>This standard applies to clothes dryers with capacities up to 25 kg (condenser and airvented). Household spin extractors are excluded from this standard</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28832017-meps-and-labeling-schemes-clothes-dryers</t>
   </si>
   <si>
     <t>SASO 2884:2017 MEPS and labeling schemes for water heaters</t>
   </si>
   <si>
+    <t>This standard applies to:</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28842017-meps-and-labeling-schemes-water-heaters</t>
   </si>
   <si>
     <t>SASO 2885:2018 MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
+    <t>This standards applies to:</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>SASO 2693/2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28852018-meps-and-labeling-schemes-washing-machines</t>
   </si>
   <si>
     <t>SASO 2892:2018 MEPS and labeling schemes for refrigerating appliances</t>
   </si>
   <si>
     <t>SASO-IEC-60335-2-24</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28922018-meps-and-labeling-schemes-refrigerating-appliances</t>
   </si>
   <si>
     <t>SASO 2902:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to:
+Incandescent lamps with a luminous flux above or equal 12,000 lumens
+Halogen lamps with a luminous flux above or equal 12.000 lumens
+Compact fluorescent lamps with integrated ballast (CLFi) with a luminous flux above or equal 12,000 Lumens
+Compact fluorescent lamps without integrated ballast (CFLni)
+Fluorescent Lamps (all types)
+High-Intensity Discharge Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-29022018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
     <t>SI 4665-2 PERFORMANCE OF EXTERNAL POWER SUPPLIES: MINIMUM ENERGY PERFORMANCE STANDARD (MEPS) REQUIREMENTS</t>
   </si>
   <si>
+    <t>Power converters covered under this standard include all single-voltage EPSs with nameplate output power up to 250 watts. Notable exclusions are devices with batteries that attach directly, replacements, and medical devices.</t>
+  </si>
+  <si>
     <t>SI 4665-1</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=98e117b6-728e-4ade-95e3-47864f20c486</t>
+  </si>
+  <si>
     <t>SI 5484 DISTRIBUTION TRANSFORMERS - REQUIREMENTS FOR ENERGY EFFICIENCY AND LABELLING</t>
   </si>
   <si>
+    <t>It covers distribution transformers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5484-distribution-transformers-requirements-energy-efficiency-and-labelling</t>
   </si>
   <si>
     <t>SI 5485 - Fluorescent light bulbs - requirements for efficiency</t>
   </si>
   <si>
+    <t>It covers fluorescent light bulbs</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5485-fluorescent-light-bulbs-requirements-efficiency</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=8694f934-fc8e-46b6-8eea-5ee7b34539ae</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - hobs</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-62301-home-appliances-power-measurement-standby-mode</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=42cf5977-833f-4556-81d1-3f739af9bad8</t>
+  </si>
+  <si>
     <t>SI 69 Electric water heaters</t>
   </si>
   <si>
+    <t>This policy applies to thermostatically controlled and thermally insulated heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-69-electric-water-heaters</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=cf61e979-6101-4ea0-958f-a9e4c998a5a5</t>
+  </si>
+  <si>
     <t>SI 900 part 2.24 (APPLIANCES, ICE-CREAM APPLIANCES AND ICE-MAKERS)</t>
   </si>
   <si>
     <t>Ice Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-900-part-224-appliances-ice-cream-appliances-and-ice-makers</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/eng/standardization/teken/?tid=9b4cfa12-0ed5-41ab-8a01-af70108e1e90</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Clothes Washing Machines for Household Use TGL-13-R2-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to washing machines for residential and similar applications with AC power supply characteristics.</t>
+  </si>
+  <si>
     <t>TIS 1462-2540</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-clothes-washing-machines-household-use-tgl-13-r2-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-13-R2-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Computer TGL-12-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal computers (PC) and computers that can be portable and can be divided into 4 types.</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>TIS 1561
 ,   
                     TIS 1956
 ,   
                     TIS 1448
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-computer-tgl-12-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-12-R2-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Digital Projectors TGL-81-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to digital projectors with display technology such as Liquid Crystal Display (LCD), Digital Light Processing (DLP), Liquid Crystal on Silicon (LCOS), or Silicon X‐tal Reflective Display (SXRD).</t>
   </si>
   <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>TIS 1195
 ,   
                     TIS 1956 (or CISPR 32, EN 55032)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-digital-projectors-tgl-81-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-81-R1-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Facsimile machine TGL-36-R1-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to a stand-alone fax machine, a combined printer/facsimile, a multi-purpose fax machine. (multifunctional units).</t>
   </si>
   <si>
     <t>IEC 60950-1 (or TIS 1561)
 ,   
                     CISPR 22 (or TIS 1956, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-facsimile-machine-tgl-36-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-36-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Faucets and water saving equipment TGL-11-R3-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to faucets and water-saving equipment including faucets for sinks, faucets for washbasins, self-closing faucets for washbasins, automatic faucets for sanitary wares, shower units, rinsing sprays, flush valves for urinals, and flush valves for toilets.</t>
   </si>
   <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>TIS 2067, TIS 1277 (faucets for sinks)
 ,   
                     TIS 2067, TIS 1278 (faucets for wash basins)
 ,   
                     TIS 2067, TIS 1377 (self-closing faucets for wash basins)
 ,   
                     TIS 2147 (automatic faucets for sanitary wares)
 ,   
                     TIS 2066, TIS 1187 (shower units)
 ,   
                     TIS 1497 (rinsing sprays)
 ,   
                     TIS 1094 (flush valves for urinals)
 ,   
                     TIS 1093 (flush valves for toilets)</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-faucets-and-water-saving-equipment-tgl-11-r3-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-11-R3-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Fluorescent Lamps TGL-2-R4-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to fluorescent lamps consisting of single-capped fluorescent lamps, double-capped fluorescent lamps, and self-ballasted lamps for general lighting purposes.</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>Double–capped fluorescent lamps: TIS 236, TIS 956, TIS 2309, TIS 2310
 ,   
                     Single–capped fluorescent lamps: TIS 1713, TIS 2235, TIS 2334 ,TIS 2310</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-fluorescent-lamps-tgl-2-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-02-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Heat Pumps TGL-57-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to heat pumps for residential use including heat pumps operated at a rated voltage up to 250 V for single-phase appliances and not more than 600 V for three-phase appliances.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Space Heating, Heat Pumps</t>
   </si>
   <si>
     <t>TIS 1529
 ,   
                     BS EN 255-4
 ,   
                     TIS 2368</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-heat-pumps-tgl-57-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-57-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - LED lighting TGL-86-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to LED lamps and LED luminaires for general lighting purposes.</t>
   </si>
   <si>
     <t>TIS 1955
 ,   
                     TIS 2624 P2 (1) (or IEC 62722-2-1)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-led-lighting-tgl-86-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-86-R1-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Microwave oven TGL-38-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages.</t>
   </si>
   <si>
     <t>TIS 1773
 ,   
                     TIS 2238 (or IEC 62301)
 ,   
                     IEC 60705
 ,   
                     TIS 2368</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-microwave-oven-tgl-38-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-38-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Refrigerated display cabinet TGL-85-R2-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to refrigerated display cabinets with vertical glass door types.</t>
+  </si>
+  <si>
     <t>TIS 1235 (or ISO 23953-2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-refrigerated-display-cabinet-tgl-85-r2-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-85-R2-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Refrigerators TGL-3-R4-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to refrigerators and fridge freezers for residential use.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>TIS 2214</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-refrigerators-tgl-3-r4-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-03-R4-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Room Air Conditioner TGL-7-R4-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to air conditioning products (including motor-compressor) with a rated voltage of up to 250 V for single-phase air conditioners and 600 V for multi-phase air conditioners with a total cooling capacity of not more than 18,000 watts.</t>
+  </si>
+  <si>
     <t>TIS 1529</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-room-air-conditioner-tgl-7-r4-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-07-R4-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Televisions TGL-34-R1-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to a television set that is powered by the mains power and is a device that serves to receive displays images and sounds transmission (e.g. analogue or digital), with display methods such as Liquid Crystal Display (LCD), Plasma Display Panel (PDP), Light-emitting-diode (LED), or LED-backdrop LCD or Organic Light-Emitting Devices (OLED), excluding Cathode Ray Tube (CRT) display systems and battery-operated portable television set.</t>
+  </si>
+  <si>
     <t>TIS 1195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-televisions-tgl-34-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-34-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Water Dispenser TGL-97-R1-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to hot and cold water dispensers and compressed cold water dispensers (compression type) with a cold water tank capacity of no more than 6 liters, a hot water tank capacity of no more than 5 liters, and voltage that does not exceed 250 V.</t>
+  </si>
+  <si>
     <t>TIS 2461</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-water-dispenser-tgl-97-r1-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-97-R1-20.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency for No. 5 Label for CFLs</t>
+  </si>
+  <si>
+    <t>This program covers compact fluorescent lamp - screw cap type (E27), internal electronic ballast with a lifetime of 6,000 hours.</t>
   </si>
   <si>
     <t>TIS 2233-2548
 ,   
                     TIS 2310-2556
 ,   
                     TIS 1955-2551</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-no-5-label-cfls</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/cfl.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Air Conditioners</t>
+  </si>
+  <si>
+    <t>This program covers split type air conditioners - floor/ceiling type, wall type, concealed/duct type, cassette type, and floor standing type.</t>
   </si>
   <si>
     <t>TIS 2710–2015 or ISO 5151 : 2010
 ,   
                     TIS 2711-2015 or ISO 13253 : 2011
 ,   
                     TIS 2714, Volume 1–2015 or ISO 16358-1 : 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-conditioners</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/wp-content/uploads/2022/11/short_air.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Electric Kettle</t>
   </si>
   <si>
+    <t>This program covers electric kettles with internal or external heating types, single-phase alternating current</t>
+  </si>
+  <si>
     <t>TIS 2588-2556</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-electric-kettle</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ele_kettle.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for electric water heaters</t>
+  </si>
+  <si>
+    <t>This program covers electric water heater types: instantaneous water heaters -- single point, and multipoint.</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>TIS 1693-2547
 ,   
                     TIS 1375-2547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-electric-water-heaters</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wh.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for fans</t>
+  </si>
+  <si>
+    <t>This program covers the following fan types: table fans, floor fans, wall fans, orbit fans, and ventilation fans.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>TIS 92 - 2536 (Table Fans and Wall Fans)
 ,   
                     TIS 127 - 2536 (Floor Fans)
 ,   
                     TIS 572 - 2528 (Orbit Fans)
 ,   
                     TIS 710 - 2530 (Ventilating Fans)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-fans</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/fan.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Refrigerators</t>
+  </si>
+  <si>
+    <t>This program covers refrigerators and refrigerators with freezer compartments. The policy contains energy efficiency criteria and labeling requirements for the following products: refrigerators with a calibrated volume of less than 100L, refrigerators with a calibrated volume of greater than or equal to 100L, refrigerator-freezers with a calibrated volume of less than 450L and refrigerator-freezers with a calibrated volume of greater than or equal to 450L.</t>
   </si>
   <si>
     <t>TIS 455 Lem. 1-2017
 ,   
                     TIS 455 Volume 3-2017
 ,   
                     TIS 2186-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-refrigerators</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ref.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for rice cooker</t>
+  </si>
+  <si>
+    <t>This program covers the following rice cooker types: normal rice cookers (rice cooker), cook/warm rice cookers (jar type), digital rice cookers (computerized)</t>
   </si>
   <si>
     <t>Electric Hot Pots</t>
   </si>
   <si>
     <t>TIS 2545-2555
 ,   
                     TIS 1039 - 2547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-rice-cooker</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ek.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Rice Cookers</t>
   </si>
   <si>
+    <t>This program covers electric thermos pot types (classified by the operation of work) - normal type and auto warm.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>JIS C 9213-1988</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-rice-cookers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/rc.pdf</t>
+  </si>
+  <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECTV.doc</t>
+  </si>
+  <si>
     <t>TIS 1462-2562 (2019) Clothes washing machines for household use - Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines the minimum energy efficiency requirements of clothes washing machines for household and similar purposes with a rated voltage not exceeding 250 V for single-phase AC supply, with or without heating devices, and for cold and/or hot water supply, and having standard washing capacity not exceeding 30 kg.</t>
+  </si>
+  <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-1462-2562-2019-clothes-washing-machines-household-use-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS1462-2562p.pdf</t>
+  </si>
+  <si>
     <t>TIS 2134-2553 Thai Industrial Standard for Room Air Conditioners</t>
   </si>
   <si>
+    <t>This standard defines minimum energy efficiency requirements of split-type room air conditioners that use alternating current single phase at a frequency of 50 Hz, with a cooling capacity of less than 12000 W. This standard also covers condenser units and/or fan-coil units.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2134-2553-thai-industrial-standard-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2134-2553m.pdf</t>
+  </si>
+  <si>
     <t>TIS 2186-2561 (2018) :  Household Refrigerators and Refrigerator-Freezer: Environmental Requirements : Energy Ffficiency</t>
   </si>
   <si>
+    <t>The standard mandates energy efficiency of compression-type refrigerators for household and similar use. Covers only compression type.</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2186-2561-2018-household-refrigerators-and-refrigerator-freezer-environmental</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/fulltext/TIS2186-2561p.pdf</t>
+  </si>
+  <si>
     <t>TIS 23-2521 Thai Industrial Standard for Ballast for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This standard specifies safety requirements for ballasts, excluding resistance types, for use on A.C. supplies up to 1000 V at 50 Hz or 60 Hz, associated with fluorescent lamps with or without pre-heated cathodes operated with or without a starter or starting device and having rated wattages, dimensions and characteristics.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-23-2521-thai-industrial-standard-ballast-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-23-2558p.pdf</t>
+  </si>
+  <si>
     <t>TIS 2334-2556 (2013) single - capped fluorescent lamps : energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements and the measurement of the power consumption of ballasts for fluorescent lamps and determines the energy efficiency index, which is generally shown on the ballast. 
+This standard also specifies the minimum energy performance standards (MEPS) requirements of ballasts for fluorescent lamps. The ballasts covered by this standard are the ferromagnetic or electronic types used with fluorescent lamps with a rated lamp power from 10 W to 70 W, for use on 50 Hz supplies of 220/230/240 V. This standard covers ballasts that are supplied as separate components or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Lighting, Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2334-2556-2013-single-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/65.PDF</t>
+  </si>
+  <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
+    <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 392-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EC 392-2012</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-transposition-ec-392-2012</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/EV%20T%C4%B0P%C4%B0%20FIRINLARIN%20VE%20ASP%C4%B0RAT%C3%96RLER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 932-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>EC 932-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-transposition-ec-932-2012</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
   </si>
   <si>
+    <t>Domestic electric and gas ovens including when incorporated into cookers and for domestic electric range hoods including when sold for non-domestic purposes. This Regulation shall not apply to:  a. ovens that use energy sources other than electricity or gas; b. ovens which offer a microwave heating function;  c. small ovens;  d. portable ovens;  e. heat storage ovens</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>EU 65-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens including when incorporated in cookers; domestic hobs and domestic electric range hoods including when sold for non-domestic purposes. This Regulation does not apply to:  a. appliances that use energy sources other than electricity or gas;   b. appliances which offer microwave heating function;   c. small ovens;   d. portable ovens;    e. heat storage ovens;   f. ovens which are heated with steam as a primary heating function;   g. covered gas burners in hobs;   h. outdoor cooking appliances;   i. appliances designed for use only with gases of the third family propane and butane; and    j. grills.</t>
+  </si>
+  <si>
     <t>EU 66-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017-0</t>
   </si>
   <si>
-    <t>EU 65-2014</t>
-[...4 lines deleted...]
-  <si>
     <t>Turkish Official Gazette No 31434 | Comminique on Ecodesign Requirements for Household Dishwashers (2019/2022/EU) (SGM:2021/1)</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-comminique-ecodesign-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-1.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices (2019/2016/EU) (SGM:2021/8)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. This Regulation shall apply to electric mains-operated household refrigerating appliances including those sold for non-household use or for the refrigeration of items other than foodstuffs and including built-in appliances. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated. This Regulation shall not apply to:    a. refrigerating appliances that are primarily powered by energy sources other than electricity such as liquefied petroleum gas LPG kerosene and bio-diesel fuels;   b. battery-operated refrigerating appliances that can be connected to the mains through an AC|DC converter purchased separately;    c. custom-made refrigerating appliances made on a one-off basis and not equivalent to other refrigerating appliance models;   d. refrigerating appliances for tertiary sector application where the removal of refrigerated foodstuffs is electronically sensed and that information can be automatically transmitted through a network connection to a remote control system for accounting;    e. appliances where the primary function is not the storage of foodstuffs through refrigeration such as stand-alone ice-makers or chilled drinks dispensers.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-20192016eu-sgm20218</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design of Household Washing Machines with Dryers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-household-washing-0</t>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-household-washing</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-3.htm</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices (2019/2019/EU) (SGM:2021/7)</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Home Type Dishwasher Energy of Machines Notification on Labeling (2019/2017/EU) (SGM:2021/2)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.  This policy is a transposition of (EU) 2019/2017.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-home-type-dishwasher-energy-machines-notification</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-2.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Household Laundry Environmentally Friendly Design of Household Washing Machines and Dryers Communiqué on Requirements (2019/2023/EU) (SGM:2021/3)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-household-laundry-environmentally-friendly-design</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-4.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Energy Labeling of Light Sources (2019/2015/EU) (SGM:2021/12)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on, light sources with or without integrated control gear. The requirements also apply to light sources placed on the market in a containing product. This policy does not apply to light sources specified in points 1 and 2 of Annex IV of Commission Delegated Regulation (EU) 2019/2015. Light sources specified in point 3 of Annex IV must comply only with the requirements in point 4 of Annex V of Commission Delegated Regulation (EU) 2019/2015. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2015.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-energy-labeling-light-sources-20192015eu-sgm202112</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/08/20210806-16.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 29564 - Energy Labeling of Televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor</t>
+  </si>
+  <si>
     <t>EC 1062-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29564-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/TELEV%C4%B0ZYONLARIN%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010 3: 2020 – Labeling – Energy Efficiency Label for Electrical Appliances Part 3: Household Refrigerating Appliances.</t>
   </si>
   <si>
+    <t>This regulation covers brand new household refrigerators, freezers and refrigerator-freezers with a capacity of less than 1,500 liters imported to or manufactured in the UAE. This regulation applies to electric mains-operated household refrigerating appliances, stand-alone or built-in configuration.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>UAE.S IEC 62552:2013</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-3-2020-labeling-energy-efficiency-label-electrical-appliances-part-3-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2020/TBT/ARE/20_4362_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-1: 2019 – Labeling – Energy efficiency label for electrical appliances Part 1: household air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels requirements for residential single package and split-system non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>UAE.S ISO 5151:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-1-2019-labeling-energy-efficiency-label-electrical-appliances-part-1-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1431_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-4: 2014 – Labeling – Energy Efficiency Label for Electrical Appliances Part 4: Storage Water Heaters.</t>
   </si>
   <si>
+    <t>This regulation establishes requirements for electrical safety and energy efficiency labeling of electric water heater types listed in Annex A. This regulation does not apply to instantaneous water heaters and water heaters that use gas, solid or liquid fuels, solar water heaters and water heaters designed for making hot drinks only.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-4-2014-labeling-energy-efficiency-label-electrical-appliances-part-4-storage</t>
   </si>
   <si>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
+  </si>
+  <si>
     <t>UAE.S 5010-8:2018 – Labeling – Energy Efficiency Label for Electrical Appliances – Part 8: Television Sets</t>
   </si>
   <si>
+    <t>This regulation covers televisions or television sets. It is developed to ensure that television sets are registered and monitored for their continuous compliance to the set specifications.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-82018-labeling-energy-efficiency-label-electrical-appliances-part-8-television</t>
+  </si>
+  <si>
+    <t>https://www.tuvsud.com/en/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-11-2019/uae-mandatory-standard-for-tv-energy-efficiency-labelling-in-force</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1733,5163 +2353,5858 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N116"/>
+  <dimension ref="A1:P116"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="242" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="242.941" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1702.156" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="102.546" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="108.402" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2021</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3">
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2012</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>33</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>51</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
         <v>2014</v>
       </c>
-      <c r="H3">
+      <c r="I7">
         <v>2019</v>
       </c>
-      <c r="I3" t="s">
-[...2 lines deleted...]
-      <c r="J3" t="s">
+      <c r="J7" t="s">
+        <v>33</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>57</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...2 lines deleted...]
-      <c r="L3" t="s">
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>33</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>63</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>64</v>
+      </c>
+      <c r="P8" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>68</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
-[...19 lines deleted...]
-      <c r="E4" t="s">
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>69</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B10" t="s">
+        <v>73</v>
+      </c>
+      <c r="C10" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...5 lines deleted...]
-      <c r="H4">
+      <c r="D10" t="s">
+        <v>74</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10">
         <v>2019</v>
       </c>
-      <c r="I4" t="s">
+      <c r="J10" t="s">
+        <v>33</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>75</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>76</v>
+      </c>
+      <c r="P10" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>78</v>
+      </c>
+      <c r="B11" t="s">
+        <v>79</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>80</v>
+      </c>
+      <c r="E11" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...8 lines deleted...]
-      <c r="N4" t="s">
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2017</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
         <v>33</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E5" t="s">
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>81</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>82</v>
+      </c>
+      <c r="P11" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>84</v>
+      </c>
+      <c r="B12" t="s">
+        <v>85</v>
+      </c>
+      <c r="C12" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5">
+      <c r="D12" t="s">
+        <v>86</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2016</v>
+      </c>
+      <c r="I12">
+        <v>2019</v>
+      </c>
+      <c r="J12" t="s">
+        <v>33</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>87</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>88</v>
+      </c>
+      <c r="P12" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>90</v>
+      </c>
+      <c r="B13" t="s">
+        <v>91</v>
+      </c>
+      <c r="C13" t="s">
+        <v>92</v>
+      </c>
+      <c r="D13" t="s">
+        <v>93</v>
+      </c>
+      <c r="E13" t="s">
+        <v>94</v>
+      </c>
+      <c r="F13" t="s">
+        <v>95</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>1986</v>
+      </c>
+      <c r="I13">
+        <v>2004</v>
+      </c>
+      <c r="J13" t="s">
+        <v>96</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>97</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>98</v>
+      </c>
+      <c r="P13" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>100</v>
+      </c>
+      <c r="B14" t="s">
+        <v>101</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>102</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>103</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2003</v>
+      </c>
+      <c r="I14">
         <v>2012</v>
       </c>
-      <c r="H5">
-[...5 lines deleted...]
-      <c r="J5" t="s">
+      <c r="J14" t="s">
+        <v>104</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>105</v>
+      </c>
+      <c r="M14" t="s">
+        <v>106</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>107</v>
+      </c>
+      <c r="P14" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>109</v>
+      </c>
+      <c r="B15" t="s">
+        <v>110</v>
+      </c>
+      <c r="C15" t="s">
+        <v>111</v>
+      </c>
+      <c r="D15" t="s">
+        <v>93</v>
+      </c>
+      <c r="E15" t="s">
+        <v>94</v>
+      </c>
+      <c r="F15" t="s">
+        <v>95</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1998</v>
+      </c>
+      <c r="I15">
+        <v>2012</v>
+      </c>
+      <c r="J15" t="s">
+        <v>112</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>113</v>
+      </c>
+      <c r="M15" t="s">
+        <v>114</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>115</v>
+      </c>
+      <c r="P15" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>117</v>
+      </c>
+      <c r="B16" t="s">
+        <v>118</v>
+      </c>
+      <c r="C16" t="s">
+        <v>111</v>
+      </c>
+      <c r="D16" t="s">
+        <v>119</v>
+      </c>
+      <c r="E16" t="s">
+        <v>94</v>
+      </c>
+      <c r="F16" t="s">
+        <v>95</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2008</v>
+      </c>
+      <c r="I16">
+        <v>2010</v>
+      </c>
+      <c r="J16" t="s">
+        <v>112</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>120</v>
+      </c>
+      <c r="M16" t="s">
+        <v>114</v>
+      </c>
+      <c r="N16" t="s">
+        <v>121</v>
+      </c>
+      <c r="O16" t="s">
+        <v>122</v>
+      </c>
+      <c r="P16" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>123</v>
+      </c>
+      <c r="B17" t="s">
+        <v>124</v>
+      </c>
+      <c r="C17" t="s">
+        <v>111</v>
+      </c>
+      <c r="D17" t="s">
+        <v>80</v>
+      </c>
+      <c r="E17" t="s">
+        <v>94</v>
+      </c>
+      <c r="F17" t="s">
+        <v>95</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2002</v>
+      </c>
+      <c r="I17">
+        <v>2008</v>
+      </c>
+      <c r="J17" t="s">
+        <v>112</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>125</v>
+      </c>
+      <c r="M17" t="s">
+        <v>114</v>
+      </c>
+      <c r="N17" t="s">
+        <v>121</v>
+      </c>
+      <c r="O17" t="s">
+        <v>126</v>
+      </c>
+      <c r="P17" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>127</v>
+      </c>
+      <c r="B18" t="s">
+        <v>128</v>
+      </c>
+      <c r="C18" t="s">
+        <v>111</v>
+      </c>
+      <c r="D18" t="s">
+        <v>129</v>
+      </c>
+      <c r="E18" t="s">
+        <v>94</v>
+      </c>
+      <c r="F18" t="s">
+        <v>130</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2008</v>
+      </c>
+      <c r="I18">
+        <v>2006</v>
+      </c>
+      <c r="J18" t="s">
+        <v>112</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>131</v>
+      </c>
+      <c r="M18" t="s">
+        <v>114</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>132</v>
+      </c>
+      <c r="P18" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>133</v>
+      </c>
+      <c r="B19" t="s">
+        <v>134</v>
+      </c>
+      <c r="C19" t="s">
+        <v>111</v>
+      </c>
+      <c r="D19" t="s">
+        <v>62</v>
+      </c>
+      <c r="E19" t="s">
+        <v>94</v>
+      </c>
+      <c r="F19" t="s">
+        <v>95</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2007</v>
+      </c>
+      <c r="I19">
+        <v>2012</v>
+      </c>
+      <c r="J19" t="s">
+        <v>112</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>135</v>
+      </c>
+      <c r="M19" t="s">
+        <v>114</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>136</v>
+      </c>
+      <c r="P19" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>137</v>
+      </c>
+      <c r="B20" t="s">
+        <v>138</v>
+      </c>
+      <c r="C20" t="s">
+        <v>111</v>
+      </c>
+      <c r="D20" t="s">
+        <v>139</v>
+      </c>
+      <c r="E20" t="s">
+        <v>94</v>
+      </c>
+      <c r="F20" t="s">
+        <v>95</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2012</v>
+      </c>
+      <c r="I20">
+        <v>2010</v>
+      </c>
+      <c r="J20" t="s">
+        <v>112</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>140</v>
+      </c>
+      <c r="M20" t="s">
+        <v>114</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>141</v>
+      </c>
+      <c r="P20" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>142</v>
+      </c>
+      <c r="B21" t="s">
+        <v>143</v>
+      </c>
+      <c r="C21" t="s">
+        <v>111</v>
+      </c>
+      <c r="D21" t="s">
+        <v>144</v>
+      </c>
+      <c r="E21" t="s">
+        <v>94</v>
+      </c>
+      <c r="F21" t="s">
+        <v>95</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2012</v>
+      </c>
+      <c r="I21">
+        <v>2014</v>
+      </c>
+      <c r="J21" t="s">
+        <v>112</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>145</v>
+      </c>
+      <c r="M21" t="s">
+        <v>114</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>146</v>
+      </c>
+      <c r="P21" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>147</v>
+      </c>
+      <c r="B22" t="s">
+        <v>148</v>
+      </c>
+      <c r="C22" t="s">
+        <v>111</v>
+      </c>
+      <c r="D22" t="s">
+        <v>149</v>
+      </c>
+      <c r="E22" t="s">
+        <v>94</v>
+      </c>
+      <c r="F22" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...734 lines deleted...]
-        <v>2002</v>
+      <c r="G22" t="s">
+        <v>22</v>
       </c>
       <c r="H22">
         <v>2002</v>
       </c>
-      <c r="I22" t="s">
-        <v>83</v>
+      <c r="I22">
+        <v>2002</v>
       </c>
       <c r="J22" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="K22" t="s">
+        <v>150</v>
+      </c>
+      <c r="L22" t="s">
+        <v>151</v>
+      </c>
+      <c r="M22" t="s">
         <v>114</v>
       </c>
-      <c r="L22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N22" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>152</v>
+      </c>
+      <c r="P22" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
       <c r="A23" t="s">
+        <v>153</v>
+      </c>
+      <c r="B23" t="s">
+        <v>154</v>
+      </c>
+      <c r="C23" t="s">
+        <v>111</v>
+      </c>
+      <c r="D23" t="s">
+        <v>149</v>
+      </c>
+      <c r="E23" t="s">
+        <v>94</v>
+      </c>
+      <c r="F23" t="s">
+        <v>130</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>1998</v>
+      </c>
+      <c r="I23">
+        <v>2009</v>
+      </c>
+      <c r="J23" t="s">
+        <v>112</v>
+      </c>
+      <c r="K23" t="s">
+        <v>150</v>
+      </c>
+      <c r="L23" t="s">
+        <v>155</v>
+      </c>
+      <c r="M23" t="s">
+        <v>114</v>
+      </c>
+      <c r="N23" t="s">
+        <v>121</v>
+      </c>
+      <c r="O23" t="s">
+        <v>156</v>
+      </c>
+      <c r="P23" t="s">
         <v>116</v>
       </c>
-      <c r="B23" t="s">
-[...39 lines deleted...]
-    <row r="24" spans="1:14">
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>119</v>
+        <v>157</v>
       </c>
       <c r="B24" t="s">
-        <v>82</v>
+        <v>158</v>
       </c>
       <c r="C24" t="s">
-        <v>120</v>
+        <v>111</v>
       </c>
       <c r="D24" t="s">
-        <v>69</v>
+        <v>159</v>
       </c>
       <c r="E24" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="F24" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>130</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
       </c>
       <c r="H24">
         <v>2012</v>
       </c>
-      <c r="I24" t="s">
-        <v>83</v>
+      <c r="I24">
+        <v>2012</v>
       </c>
       <c r="J24" t="s">
-        <v>21</v>
+        <v>112</v>
       </c>
       <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>160</v>
+      </c>
+      <c r="M24" t="s">
+        <v>114</v>
+      </c>
+      <c r="N24" t="s">
         <v>121</v>
       </c>
-      <c r="L24" t="s">
-[...9 lines deleted...]
-    <row r="25" spans="1:14">
+      <c r="O24" t="s">
+        <v>161</v>
+      </c>
+      <c r="P24" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>123</v>
+        <v>162</v>
       </c>
       <c r="B25" t="s">
-        <v>82</v>
+        <v>163</v>
       </c>
       <c r="C25" t="s">
+        <v>111</v>
+      </c>
+      <c r="D25" t="s">
+        <v>149</v>
+      </c>
+      <c r="E25" t="s">
+        <v>94</v>
+      </c>
+      <c r="F25" t="s">
+        <v>95</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2011</v>
+      </c>
+      <c r="I25">
+        <v>2015</v>
+      </c>
+      <c r="J25" t="s">
+        <v>164</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>165</v>
+      </c>
+      <c r="M25" t="s">
+        <v>114</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>166</v>
+      </c>
+      <c r="P25" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>167</v>
+      </c>
+      <c r="B26" t="s">
+        <v>168</v>
+      </c>
+      <c r="C26" t="s">
+        <v>111</v>
+      </c>
+      <c r="D26" t="s">
+        <v>149</v>
+      </c>
+      <c r="E26" t="s">
+        <v>94</v>
+      </c>
+      <c r="F26" t="s">
+        <v>130</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2011</v>
+      </c>
+      <c r="I26">
+        <v>2013</v>
+      </c>
+      <c r="J26" t="s">
         <v>112</v>
       </c>
-      <c r="D25" t="s">
-[...40 lines deleted...]
-      <c r="C26" t="s">
+      <c r="K26" t="s">
+        <v>150</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>114</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>169</v>
+      </c>
+      <c r="P26" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>170</v>
+      </c>
+      <c r="B27" t="s">
+        <v>171</v>
+      </c>
+      <c r="C27" t="s">
+        <v>111</v>
+      </c>
+      <c r="D27" t="s">
+        <v>172</v>
+      </c>
+      <c r="E27" t="s">
+        <v>94</v>
+      </c>
+      <c r="F27" t="s">
+        <v>95</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2003</v>
+      </c>
+      <c r="I27">
+        <v>2010</v>
+      </c>
+      <c r="J27" t="s">
         <v>112</v>
       </c>
-      <c r="D26" t="s">
-[...61 lines deleted...]
-      </c>
       <c r="K27" t="s">
-        <v>131</v>
+        <v>150</v>
       </c>
       <c r="L27" t="s">
-        <v>85</v>
+        <v>173</v>
       </c>
       <c r="M27" t="s">
-        <v>24</v>
+        <v>114</v>
       </c>
       <c r="N27" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>174</v>
+      </c>
+      <c r="P27" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>133</v>
+        <v>175</v>
       </c>
       <c r="B28" t="s">
-        <v>82</v>
+        <v>176</v>
       </c>
       <c r="C28" t="s">
-        <v>134</v>
+        <v>111</v>
       </c>
       <c r="D28" t="s">
-        <v>69</v>
+        <v>177</v>
       </c>
       <c r="E28" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="F28" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>95</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
       </c>
       <c r="H28">
         <v>2002</v>
       </c>
-      <c r="I28" t="s">
-        <v>83</v>
+      <c r="I28">
+        <v>2002</v>
       </c>
       <c r="J28" t="s">
+        <v>112</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>178</v>
+      </c>
+      <c r="M28" t="s">
+        <v>114</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>179</v>
+      </c>
+      <c r="P28" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>180</v>
+      </c>
+      <c r="B29" t="s">
+        <v>181</v>
+      </c>
+      <c r="C29" t="s">
+        <v>111</v>
+      </c>
+      <c r="D29" t="s">
+        <v>182</v>
+      </c>
+      <c r="E29" t="s">
+        <v>94</v>
+      </c>
+      <c r="F29" t="s">
+        <v>95</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>1999</v>
+      </c>
+      <c r="I29">
+        <v>2009</v>
+      </c>
+      <c r="J29" t="s">
+        <v>112</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>183</v>
+      </c>
+      <c r="M29" t="s">
+        <v>114</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>184</v>
+      </c>
+      <c r="P29" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>185</v>
+      </c>
+      <c r="B30" t="s">
+        <v>186</v>
+      </c>
+      <c r="C30" t="s">
+        <v>111</v>
+      </c>
+      <c r="D30" t="s">
+        <v>149</v>
+      </c>
+      <c r="E30" t="s">
+        <v>94</v>
+      </c>
+      <c r="F30" t="s">
         <v>21</v>
       </c>
-      <c r="K28" t="s">
-[...40 lines deleted...]
-      <c r="J29" t="s">
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2002</v>
+      </c>
+      <c r="I30">
+        <v>2010</v>
+      </c>
+      <c r="J30" t="s">
+        <v>112</v>
+      </c>
+      <c r="K30" t="s">
+        <v>150</v>
+      </c>
+      <c r="L30" t="s">
+        <v>187</v>
+      </c>
+      <c r="M30" t="s">
+        <v>114</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>188</v>
+      </c>
+      <c r="P30" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>189</v>
+      </c>
+      <c r="B31" t="s">
+        <v>190</v>
+      </c>
+      <c r="C31" t="s">
+        <v>111</v>
+      </c>
+      <c r="D31" t="s">
+        <v>149</v>
+      </c>
+      <c r="E31" t="s">
+        <v>94</v>
+      </c>
+      <c r="F31" t="s">
         <v>21</v>
       </c>
-      <c r="K29" t="s">
-[...19 lines deleted...]
-      <c r="C30" t="s">
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2002</v>
+      </c>
+      <c r="I31">
+        <v>2012</v>
+      </c>
+      <c r="J31" t="s">
         <v>112</v>
       </c>
-      <c r="D30" t="s">
-[...67 lines deleted...]
-      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
       <c r="M31" t="s">
-        <v>24</v>
+        <v>114</v>
       </c>
       <c r="N31" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>191</v>
+      </c>
+      <c r="P31" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>146</v>
+        <v>192</v>
       </c>
       <c r="B32" t="s">
-        <v>82</v>
+        <v>193</v>
       </c>
       <c r="C32" t="s">
-        <v>63</v>
+        <v>111</v>
       </c>
       <c r="D32" t="s">
-        <v>69</v>
+        <v>86</v>
       </c>
       <c r="E32" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="F32" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>95</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
       </c>
       <c r="H32">
         <v>2002</v>
       </c>
-      <c r="I32" t="s">
-        <v>83</v>
+      <c r="I32">
+        <v>2002</v>
       </c>
       <c r="J32" t="s">
-        <v>21</v>
+        <v>112</v>
       </c>
       <c r="K32" t="s">
-        <v>147</v>
+        <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>85</v>
+        <v>194</v>
       </c>
       <c r="M32" t="s">
-        <v>90</v>
+        <v>114</v>
       </c>
       <c r="N32" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:14">
+        <v>121</v>
+      </c>
+      <c r="O32" t="s">
+        <v>195</v>
+      </c>
+      <c r="P32" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>149</v>
+        <v>196</v>
       </c>
       <c r="B33" t="s">
-        <v>82</v>
+        <v>197</v>
       </c>
       <c r="C33" t="s">
-        <v>150</v>
+        <v>111</v>
       </c>
       <c r="D33" t="s">
-        <v>69</v>
+        <v>198</v>
       </c>
       <c r="E33" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="F33" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>95</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
       </c>
       <c r="H33">
         <v>2012</v>
       </c>
-      <c r="I33" t="s">
-        <v>83</v>
+      <c r="I33">
+        <v>2012</v>
       </c>
       <c r="J33" t="s">
-        <v>21</v>
+        <v>112</v>
       </c>
       <c r="K33" t="s">
-        <v>151</v>
+        <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>85</v>
+        <v>199</v>
       </c>
       <c r="M33" t="s">
-        <v>24</v>
+        <v>114</v>
       </c>
       <c r="N33" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>200</v>
+      </c>
+      <c r="P33" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>153</v>
+        <v>201</v>
       </c>
       <c r="B34" t="s">
-        <v>82</v>
+        <v>202</v>
       </c>
       <c r="C34" t="s">
-        <v>154</v>
+        <v>111</v>
       </c>
       <c r="D34" t="s">
-        <v>69</v>
+        <v>203</v>
       </c>
       <c r="E34" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="F34" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>95</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
       </c>
       <c r="H34">
         <v>2012</v>
       </c>
-      <c r="I34" t="s">
-        <v>83</v>
+      <c r="I34">
+        <v>2012</v>
       </c>
       <c r="J34" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>112</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
       <c r="M34" t="s">
-        <v>24</v>
+        <v>114</v>
       </c>
       <c r="N34" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>204</v>
+      </c>
+      <c r="P34" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>156</v>
+        <v>205</v>
       </c>
       <c r="B35" t="s">
-        <v>82</v>
+        <v>206</v>
       </c>
       <c r="C35" t="s">
-        <v>157</v>
+        <v>111</v>
       </c>
       <c r="D35" t="s">
-        <v>69</v>
+        <v>207</v>
       </c>
       <c r="E35" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="F35" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>95</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
       </c>
       <c r="H35">
         <v>2012</v>
       </c>
-      <c r="I35" t="s">
-        <v>83</v>
+      <c r="I35">
+        <v>2012</v>
       </c>
       <c r="J35" t="s">
+        <v>112</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>114</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>208</v>
+      </c>
+      <c r="P35" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>209</v>
+      </c>
+      <c r="B36" t="s">
+        <v>210</v>
+      </c>
+      <c r="C36" t="s">
+        <v>211</v>
+      </c>
+      <c r="D36" t="s">
+        <v>50</v>
+      </c>
+      <c r="E36" t="s">
+        <v>94</v>
+      </c>
+      <c r="F36" t="s">
+        <v>130</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2013</v>
+      </c>
+      <c r="I36">
+        <v>2014</v>
+      </c>
+      <c r="J36" t="s">
+        <v>212</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>213</v>
+      </c>
+      <c r="M36" t="s">
+        <v>214</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>215</v>
+      </c>
+      <c r="P36" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>217</v>
+      </c>
+      <c r="B37" t="s">
+        <v>218</v>
+      </c>
+      <c r="C37" t="s">
+        <v>211</v>
+      </c>
+      <c r="D37" t="s">
+        <v>219</v>
+      </c>
+      <c r="E37" t="s">
+        <v>94</v>
+      </c>
+      <c r="F37" t="s">
         <v>21</v>
       </c>
-      <c r="K35"/>
-[...29 lines deleted...]
-      <c r="G36">
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
         <v>2013</v>
       </c>
-      <c r="H36">
+      <c r="I37">
         <v>2014</v>
       </c>
-      <c r="I36" t="s">
-[...2 lines deleted...]
-      <c r="J36" t="s">
+      <c r="J37" t="s">
+        <v>212</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>213</v>
+      </c>
+      <c r="M37" t="s">
+        <v>214</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>220</v>
+      </c>
+      <c r="P37" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>222</v>
+      </c>
+      <c r="B38" t="s">
+        <v>223</v>
+      </c>
+      <c r="C38" t="s">
+        <v>211</v>
+      </c>
+      <c r="D38" t="s">
+        <v>224</v>
+      </c>
+      <c r="E38" t="s">
+        <v>94</v>
+      </c>
+      <c r="F38" t="s">
+        <v>130</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2013</v>
+      </c>
+      <c r="I38">
+        <v>2014</v>
+      </c>
+      <c r="J38" t="s">
+        <v>212</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>213</v>
+      </c>
+      <c r="M38" t="s">
+        <v>214</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>225</v>
+      </c>
+      <c r="P38" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>227</v>
+      </c>
+      <c r="B39" t="s">
+        <v>228</v>
+      </c>
+      <c r="C39" t="s">
+        <v>211</v>
+      </c>
+      <c r="D39" t="s">
+        <v>207</v>
+      </c>
+      <c r="E39" t="s">
+        <v>94</v>
+      </c>
+      <c r="F39" t="s">
+        <v>130</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2013</v>
+      </c>
+      <c r="I39">
+        <v>2014</v>
+      </c>
+      <c r="J39" t="s">
+        <v>212</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>229</v>
+      </c>
+      <c r="M39" t="s">
+        <v>214</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>230</v>
+      </c>
+      <c r="P39" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>232</v>
+      </c>
+      <c r="B40" t="s">
+        <v>233</v>
+      </c>
+      <c r="C40" t="s">
+        <v>211</v>
+      </c>
+      <c r="D40" t="s">
+        <v>234</v>
+      </c>
+      <c r="E40" t="s">
+        <v>94</v>
+      </c>
+      <c r="F40" t="s">
+        <v>130</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2013</v>
+      </c>
+      <c r="I40">
+        <v>2014</v>
+      </c>
+      <c r="J40" t="s">
+        <v>212</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>235</v>
+      </c>
+      <c r="M40" t="s">
+        <v>214</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>236</v>
+      </c>
+      <c r="P40" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>238</v>
+      </c>
+      <c r="B41" t="s">
+        <v>239</v>
+      </c>
+      <c r="C41" t="s">
+        <v>211</v>
+      </c>
+      <c r="D41" t="s">
+        <v>240</v>
+      </c>
+      <c r="E41" t="s">
+        <v>94</v>
+      </c>
+      <c r="F41" t="s">
         <v>21</v>
       </c>
-      <c r="K36" t="s">
-[...31 lines deleted...]
-      <c r="G37">
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
         <v>2013</v>
       </c>
-      <c r="H37">
+      <c r="I41">
         <v>2014</v>
       </c>
-      <c r="I37" t="s">
-[...2 lines deleted...]
-      <c r="J37" t="s">
+      <c r="J41" t="s">
+        <v>212</v>
+      </c>
+      <c r="K41" t="s">
+        <v>241</v>
+      </c>
+      <c r="L41" t="s">
+        <v>242</v>
+      </c>
+      <c r="M41" t="s">
+        <v>214</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>243</v>
+      </c>
+      <c r="P41" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>245</v>
+      </c>
+      <c r="B42" t="s">
+        <v>246</v>
+      </c>
+      <c r="C42" t="s">
+        <v>211</v>
+      </c>
+      <c r="D42" t="s">
+        <v>247</v>
+      </c>
+      <c r="E42" t="s">
+        <v>94</v>
+      </c>
+      <c r="F42" t="s">
         <v>21</v>
       </c>
-      <c r="K37" t="s">
-[...31 lines deleted...]
-      <c r="G38">
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
         <v>2013</v>
       </c>
-      <c r="H38">
+      <c r="I42">
         <v>2014</v>
       </c>
-      <c r="I38" t="s">
-[...2 lines deleted...]
-      <c r="J38" t="s">
+      <c r="J42" t="s">
+        <v>212</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>248</v>
+      </c>
+      <c r="M42" t="s">
+        <v>214</v>
+      </c>
+      <c r="N42" t="s">
+        <v>249</v>
+      </c>
+      <c r="O42" t="s">
+        <v>250</v>
+      </c>
+      <c r="P42" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>252</v>
+      </c>
+      <c r="B43" t="s">
+        <v>253</v>
+      </c>
+      <c r="C43" t="s">
+        <v>211</v>
+      </c>
+      <c r="D43" t="s">
+        <v>254</v>
+      </c>
+      <c r="E43" t="s">
+        <v>94</v>
+      </c>
+      <c r="F43" t="s">
+        <v>130</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2013</v>
+      </c>
+      <c r="I43">
+        <v>2014</v>
+      </c>
+      <c r="J43" t="s">
+        <v>212</v>
+      </c>
+      <c r="K43" t="s">
+        <v>241</v>
+      </c>
+      <c r="L43" t="s">
+        <v>255</v>
+      </c>
+      <c r="M43" t="s">
+        <v>214</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>256</v>
+      </c>
+      <c r="P43" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>258</v>
+      </c>
+      <c r="B44" t="s">
+        <v>259</v>
+      </c>
+      <c r="C44" t="s">
+        <v>211</v>
+      </c>
+      <c r="D44" t="s">
+        <v>254</v>
+      </c>
+      <c r="E44" t="s">
+        <v>94</v>
+      </c>
+      <c r="F44" t="s">
         <v>21</v>
       </c>
-      <c r="K38" t="s">
-[...31 lines deleted...]
-      <c r="G39">
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
         <v>2013</v>
       </c>
-      <c r="H39">
+      <c r="I44">
         <v>2014</v>
       </c>
-      <c r="I39" t="s">
-[...2 lines deleted...]
-      <c r="J39" t="s">
+      <c r="J44" t="s">
+        <v>212</v>
+      </c>
+      <c r="K44" t="s">
+        <v>241</v>
+      </c>
+      <c r="L44" t="s">
+        <v>260</v>
+      </c>
+      <c r="M44" t="s">
+        <v>214</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>261</v>
+      </c>
+      <c r="P44" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>263</v>
+      </c>
+      <c r="B45" t="s">
+        <v>264</v>
+      </c>
+      <c r="C45" t="s">
+        <v>211</v>
+      </c>
+      <c r="D45" t="s">
+        <v>93</v>
+      </c>
+      <c r="E45" t="s">
+        <v>94</v>
+      </c>
+      <c r="F45" t="s">
         <v>21</v>
       </c>
-      <c r="K39" t="s">
-[...31 lines deleted...]
-      <c r="G40">
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
         <v>2013</v>
       </c>
-      <c r="H40">
+      <c r="I45">
         <v>2014</v>
       </c>
-      <c r="I40" t="s">
-[...2 lines deleted...]
-      <c r="J40" t="s">
+      <c r="J45" t="s">
+        <v>212</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>265</v>
+      </c>
+      <c r="M45" t="s">
+        <v>214</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>266</v>
+      </c>
+      <c r="P45" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>268</v>
+      </c>
+      <c r="B46" t="s">
+        <v>269</v>
+      </c>
+      <c r="C46" t="s">
+        <v>211</v>
+      </c>
+      <c r="D46" t="s">
+        <v>93</v>
+      </c>
+      <c r="E46" t="s">
+        <v>94</v>
+      </c>
+      <c r="F46" t="s">
+        <v>130</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2013</v>
+      </c>
+      <c r="I46">
+        <v>2014</v>
+      </c>
+      <c r="J46" t="s">
+        <v>212</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>265</v>
+      </c>
+      <c r="M46" t="s">
+        <v>214</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>270</v>
+      </c>
+      <c r="P46" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>272</v>
+      </c>
+      <c r="B47" t="s">
+        <v>273</v>
+      </c>
+      <c r="C47" t="s">
+        <v>211</v>
+      </c>
+      <c r="D47" t="s">
+        <v>274</v>
+      </c>
+      <c r="E47" t="s">
+        <v>94</v>
+      </c>
+      <c r="F47" t="s">
         <v>21</v>
       </c>
-      <c r="K40" t="s">
-[...31 lines deleted...]
-      <c r="G41">
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
         <v>2013</v>
       </c>
-      <c r="H41">
+      <c r="I47">
         <v>2014</v>
       </c>
-      <c r="I41" t="s">
-[...37 lines deleted...]
-      <c r="G42">
+      <c r="J47" t="s">
+        <v>212</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>275</v>
+      </c>
+      <c r="M47" t="s">
+        <v>214</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>276</v>
+      </c>
+      <c r="P47" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>278</v>
+      </c>
+      <c r="B48" t="s">
+        <v>279</v>
+      </c>
+      <c r="C48" t="s">
+        <v>211</v>
+      </c>
+      <c r="D48" t="s">
+        <v>274</v>
+      </c>
+      <c r="E48" t="s">
+        <v>94</v>
+      </c>
+      <c r="F48" t="s">
+        <v>130</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
         <v>2013</v>
       </c>
-      <c r="H42">
+      <c r="I48">
         <v>2014</v>
       </c>
-      <c r="I42" t="s">
-[...2 lines deleted...]
-      <c r="J42" t="s">
+      <c r="J48" t="s">
+        <v>212</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>280</v>
+      </c>
+      <c r="M48" t="s">
+        <v>214</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>281</v>
+      </c>
+      <c r="P48" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>283</v>
+      </c>
+      <c r="B49" t="s">
+        <v>284</v>
+      </c>
+      <c r="C49" t="s">
+        <v>211</v>
+      </c>
+      <c r="D49" t="s">
+        <v>285</v>
+      </c>
+      <c r="E49" t="s">
+        <v>94</v>
+      </c>
+      <c r="F49" t="s">
+        <v>130</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2013</v>
+      </c>
+      <c r="I49">
+        <v>2014</v>
+      </c>
+      <c r="J49" t="s">
+        <v>212</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>286</v>
+      </c>
+      <c r="M49" t="s">
+        <v>214</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>287</v>
+      </c>
+      <c r="P49"/>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>288</v>
+      </c>
+      <c r="B50" t="s">
+        <v>289</v>
+      </c>
+      <c r="C50" t="s">
+        <v>211</v>
+      </c>
+      <c r="D50" t="s">
+        <v>129</v>
+      </c>
+      <c r="E50" t="s">
+        <v>94</v>
+      </c>
+      <c r="F50" t="s">
         <v>21</v>
       </c>
-      <c r="K42" t="s">
-[...31 lines deleted...]
-      <c r="G43">
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2012</v>
+      </c>
+      <c r="I50">
         <v>2013</v>
       </c>
-      <c r="H43">
+      <c r="J50" t="s">
+        <v>212</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>286</v>
+      </c>
+      <c r="M50" t="s">
+        <v>214</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>290</v>
+      </c>
+      <c r="P50" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>292</v>
+      </c>
+      <c r="B51" t="s">
+        <v>293</v>
+      </c>
+      <c r="C51" t="s">
+        <v>211</v>
+      </c>
+      <c r="D51" t="s">
+        <v>294</v>
+      </c>
+      <c r="E51" t="s">
+        <v>94</v>
+      </c>
+      <c r="F51" t="s">
+        <v>130</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2013</v>
+      </c>
+      <c r="I51">
         <v>2014</v>
       </c>
-      <c r="I43" t="s">
-[...37 lines deleted...]
-      <c r="G44">
+      <c r="J51" t="s">
+        <v>212</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>295</v>
+      </c>
+      <c r="M51" t="s">
+        <v>214</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>296</v>
+      </c>
+      <c r="P51" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>298</v>
+      </c>
+      <c r="B52" t="s">
+        <v>299</v>
+      </c>
+      <c r="C52" t="s">
+        <v>211</v>
+      </c>
+      <c r="D52" t="s">
+        <v>300</v>
+      </c>
+      <c r="E52" t="s">
+        <v>94</v>
+      </c>
+      <c r="F52" t="s">
+        <v>130</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
         <v>2013</v>
       </c>
-      <c r="H44">
+      <c r="I52">
         <v>2014</v>
       </c>
-      <c r="I44" t="s">
-[...37 lines deleted...]
-      <c r="G45">
+      <c r="J52" t="s">
+        <v>212</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>213</v>
+      </c>
+      <c r="M52" t="s">
+        <v>214</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>301</v>
+      </c>
+      <c r="P52" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>303</v>
+      </c>
+      <c r="B53" t="s">
+        <v>304</v>
+      </c>
+      <c r="C53" t="s">
+        <v>211</v>
+      </c>
+      <c r="D53" t="s">
+        <v>305</v>
+      </c>
+      <c r="E53" t="s">
+        <v>94</v>
+      </c>
+      <c r="F53" t="s">
+        <v>130</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
         <v>2013</v>
       </c>
-      <c r="H45">
+      <c r="I53">
         <v>2014</v>
       </c>
-      <c r="I45" t="s">
-[...2 lines deleted...]
-      <c r="J45" t="s">
+      <c r="J53" t="s">
+        <v>212</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>306</v>
+      </c>
+      <c r="M53" t="s">
+        <v>214</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>307</v>
+      </c>
+      <c r="P53" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>309</v>
+      </c>
+      <c r="B54" t="s">
+        <v>310</v>
+      </c>
+      <c r="C54" t="s">
+        <v>211</v>
+      </c>
+      <c r="D54" t="s">
+        <v>311</v>
+      </c>
+      <c r="E54" t="s">
+        <v>94</v>
+      </c>
+      <c r="F54" t="s">
+        <v>130</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2012</v>
+      </c>
+      <c r="I54">
+        <v>2013</v>
+      </c>
+      <c r="J54" t="s">
+        <v>212</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>312</v>
+      </c>
+      <c r="M54" t="s">
+        <v>214</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>313</v>
+      </c>
+      <c r="P54" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>315</v>
+      </c>
+      <c r="B55" t="s">
+        <v>316</v>
+      </c>
+      <c r="C55" t="s">
+        <v>211</v>
+      </c>
+      <c r="D55" t="s">
+        <v>240</v>
+      </c>
+      <c r="E55" t="s">
+        <v>94</v>
+      </c>
+      <c r="F55" t="s">
+        <v>130</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2012</v>
+      </c>
+      <c r="I55">
+        <v>2013</v>
+      </c>
+      <c r="J55" t="s">
+        <v>212</v>
+      </c>
+      <c r="K55" t="s">
+        <v>241</v>
+      </c>
+      <c r="L55" t="s">
+        <v>317</v>
+      </c>
+      <c r="M55" t="s">
+        <v>214</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>318</v>
+      </c>
+      <c r="P55" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>320</v>
+      </c>
+      <c r="B56" t="s">
+        <v>321</v>
+      </c>
+      <c r="C56" t="s">
+        <v>211</v>
+      </c>
+      <c r="D56" t="s">
+        <v>322</v>
+      </c>
+      <c r="E56" t="s">
+        <v>94</v>
+      </c>
+      <c r="F56" t="s">
         <v>21</v>
       </c>
-      <c r="K45" t="s">
-[...31 lines deleted...]
-      <c r="G46">
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2012</v>
+      </c>
+      <c r="I56">
         <v>2013</v>
       </c>
-      <c r="H46">
-[...40 lines deleted...]
-      <c r="G47">
+      <c r="J56" t="s">
+        <v>212</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>242</v>
+      </c>
+      <c r="M56" t="s">
+        <v>214</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>323</v>
+      </c>
+      <c r="P56" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>325</v>
+      </c>
+      <c r="B57" t="s">
+        <v>326</v>
+      </c>
+      <c r="C57" t="s">
+        <v>327</v>
+      </c>
+      <c r="D57" t="s">
+        <v>129</v>
+      </c>
+      <c r="E57" t="s">
+        <v>94</v>
+      </c>
+      <c r="F57" t="s">
+        <v>95</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2015</v>
+      </c>
+      <c r="I57">
+        <v>2018</v>
+      </c>
+      <c r="J57" t="s">
+        <v>328</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>329</v>
+      </c>
+      <c r="M57" t="s">
+        <v>330</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>331</v>
+      </c>
+      <c r="P57" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>333</v>
+      </c>
+      <c r="B58" t="s">
+        <v>334</v>
+      </c>
+      <c r="C58" t="s">
+        <v>335</v>
+      </c>
+      <c r="D58" t="s">
+        <v>129</v>
+      </c>
+      <c r="E58" t="s">
+        <v>94</v>
+      </c>
+      <c r="F58" t="s">
+        <v>95</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
         <v>2013</v>
       </c>
-      <c r="H47">
-[...439 lines deleted...]
-      <c r="H57">
+      <c r="I58">
         <v>2018</v>
       </c>
-      <c r="I57" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="J58" t="s">
-        <v>21</v>
+        <v>336</v>
       </c>
       <c r="K58" t="s">
-        <v>243</v>
+        <v>24</v>
       </c>
       <c r="L58" t="s">
-        <v>244</v>
+        <v>337</v>
       </c>
       <c r="M58" t="s">
-        <v>24</v>
+        <v>338</v>
       </c>
       <c r="N58" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>339</v>
+      </c>
+      <c r="P58" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>246</v>
+        <v>341</v>
       </c>
       <c r="B59" t="s">
-        <v>241</v>
+        <v>342</v>
       </c>
       <c r="C59" t="s">
-        <v>247</v>
+        <v>335</v>
       </c>
       <c r="D59" t="s">
-        <v>69</v>
+        <v>343</v>
       </c>
       <c r="E59" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="F59" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G59">
+        <v>95</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
         <v>2016</v>
       </c>
-      <c r="H59">
+      <c r="I59">
         <v>2019</v>
       </c>
-      <c r="I59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J59" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>336</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59"/>
       <c r="M59" t="s">
-        <v>24</v>
+        <v>338</v>
       </c>
       <c r="N59" t="s">
-        <v>248</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>344</v>
+      </c>
+      <c r="P59" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>249</v>
+        <v>346</v>
       </c>
       <c r="B60" t="s">
-        <v>241</v>
+        <v>347</v>
       </c>
       <c r="C60" t="s">
-        <v>232</v>
+        <v>335</v>
       </c>
       <c r="D60" t="s">
-        <v>69</v>
+        <v>322</v>
       </c>
       <c r="E60" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="F60" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2018</v>
+        <v>95</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
       </c>
       <c r="H60">
         <v>2018</v>
       </c>
-      <c r="I60" t="s">
-        <v>242</v>
+      <c r="I60">
+        <v>2018</v>
       </c>
       <c r="J60" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>336</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60"/>
       <c r="M60" t="s">
-        <v>24</v>
+        <v>338</v>
       </c>
       <c r="N60" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>348</v>
+      </c>
+      <c r="P60" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>251</v>
+        <v>349</v>
       </c>
       <c r="B61" t="s">
-        <v>241</v>
+        <v>350</v>
       </c>
       <c r="C61" t="s">
-        <v>252</v>
+        <v>335</v>
       </c>
       <c r="D61" t="s">
-        <v>69</v>
+        <v>351</v>
       </c>
       <c r="E61" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="F61" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2018</v>
+        <v>95</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
       </c>
       <c r="H61">
         <v>2018</v>
       </c>
-      <c r="I61" t="s">
-        <v>242</v>
+      <c r="I61">
+        <v>2018</v>
       </c>
       <c r="J61" t="s">
-        <v>253</v>
-[...4 lines deleted...]
-      </c>
+        <v>336</v>
+      </c>
+      <c r="K61" t="s">
+        <v>352</v>
+      </c>
+      <c r="L61"/>
       <c r="M61" t="s">
-        <v>24</v>
+        <v>338</v>
       </c>
       <c r="N61" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>353</v>
+      </c>
+      <c r="P61" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>255</v>
+        <v>354</v>
       </c>
       <c r="B62" t="s">
-        <v>241</v>
+        <v>355</v>
       </c>
       <c r="C62" t="s">
-        <v>256</v>
+        <v>335</v>
       </c>
       <c r="D62" t="s">
-        <v>69</v>
+        <v>356</v>
       </c>
       <c r="E62" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="F62" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G62">
+        <v>95</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
         <v>2007</v>
       </c>
-      <c r="H62">
+      <c r="I62">
         <v>2018</v>
       </c>
-      <c r="I62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J62" t="s">
-        <v>21</v>
+        <v>336</v>
       </c>
       <c r="K62" t="s">
-        <v>257</v>
+        <v>24</v>
       </c>
       <c r="L62" t="s">
-        <v>244</v>
+        <v>357</v>
       </c>
       <c r="M62" t="s">
-        <v>24</v>
+        <v>338</v>
       </c>
       <c r="N62" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>358</v>
+      </c>
+      <c r="P62" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>259</v>
+        <v>359</v>
       </c>
       <c r="B63" t="s">
-        <v>241</v>
+        <v>350</v>
       </c>
       <c r="C63" t="s">
-        <v>68</v>
+        <v>335</v>
       </c>
       <c r="D63" t="s">
-        <v>69</v>
+        <v>93</v>
       </c>
       <c r="E63" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="F63" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G63">
+        <v>95</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
         <v>2007</v>
       </c>
-      <c r="H63">
+      <c r="I63">
         <v>2018</v>
       </c>
-      <c r="I63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J63" t="s">
-        <v>21</v>
+        <v>336</v>
       </c>
       <c r="K63" t="s">
-        <v>260</v>
+        <v>24</v>
       </c>
       <c r="L63" t="s">
-        <v>244</v>
+        <v>360</v>
       </c>
       <c r="M63" t="s">
-        <v>24</v>
+        <v>338</v>
       </c>
       <c r="N63" t="s">
-        <v>261</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>361</v>
+      </c>
+      <c r="P63" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>262</v>
+        <v>362</v>
       </c>
       <c r="B64" t="s">
-        <v>241</v>
+        <v>363</v>
       </c>
       <c r="C64" t="s">
-        <v>247</v>
+        <v>335</v>
       </c>
       <c r="D64" t="s">
-        <v>69</v>
+        <v>343</v>
       </c>
       <c r="E64" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="F64" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G64">
+        <v>95</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
         <v>2016</v>
       </c>
-      <c r="H64">
+      <c r="I64">
         <v>2019</v>
       </c>
-      <c r="I64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J64" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>336</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64"/>
       <c r="M64" t="s">
-        <v>24</v>
+        <v>338</v>
       </c>
       <c r="N64" t="s">
-        <v>263</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>364</v>
+      </c>
+      <c r="P64" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>264</v>
+        <v>365</v>
       </c>
       <c r="B65" t="s">
-        <v>67</v>
+        <v>366</v>
       </c>
       <c r="C65" t="s">
-        <v>218</v>
+        <v>92</v>
       </c>
       <c r="D65" t="s">
-        <v>69</v>
+        <v>300</v>
       </c>
       <c r="E65" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="F65" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G65">
+        <v>95</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
         <v>2007</v>
       </c>
-      <c r="H65">
+      <c r="I65">
         <v>2011</v>
       </c>
-      <c r="I65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J65" t="s">
-        <v>21</v>
+        <v>96</v>
       </c>
       <c r="K65" t="s">
-        <v>265</v>
+        <v>24</v>
       </c>
       <c r="L65" t="s">
-        <v>266</v>
+        <v>367</v>
       </c>
       <c r="M65" t="s">
-        <v>24</v>
+        <v>368</v>
       </c>
       <c r="N65" t="s">
-        <v>267</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>369</v>
+      </c>
+      <c r="P65" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>268</v>
+        <v>371</v>
       </c>
       <c r="B66" t="s">
-        <v>67</v>
+        <v>372</v>
       </c>
       <c r="C66" t="s">
-        <v>120</v>
+        <v>92</v>
       </c>
       <c r="D66" t="s">
-        <v>17</v>
+        <v>159</v>
       </c>
       <c r="E66" t="s">
-        <v>97</v>
+        <v>20</v>
       </c>
       <c r="F66" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>130</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
       </c>
       <c r="H66">
         <v>2006</v>
       </c>
-      <c r="I66" t="s">
-        <v>71</v>
+      <c r="I66">
+        <v>2006</v>
       </c>
       <c r="J66" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>96</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66"/>
       <c r="M66" t="s">
-        <v>90</v>
+        <v>368</v>
       </c>
       <c r="N66" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:14">
+        <v>121</v>
+      </c>
+      <c r="O66" t="s">
+        <v>373</v>
+      </c>
+      <c r="P66"/>
+    </row>
+    <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>270</v>
+        <v>374</v>
       </c>
       <c r="B67" t="s">
-        <v>67</v>
+        <v>375</v>
       </c>
       <c r="C67" t="s">
-        <v>271</v>
+        <v>92</v>
       </c>
       <c r="D67" t="s">
-        <v>69</v>
+        <v>376</v>
       </c>
       <c r="E67" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="F67" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G67">
+        <v>95</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
         <v>2006</v>
       </c>
-      <c r="H67">
+      <c r="I67">
         <v>2015</v>
       </c>
-      <c r="I67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J67" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>96</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67"/>
       <c r="M67" t="s">
-        <v>24</v>
+        <v>97</v>
       </c>
       <c r="N67" t="s">
-        <v>272</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>377</v>
+      </c>
+      <c r="P67" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>273</v>
+        <v>379</v>
       </c>
       <c r="B68" t="s">
-        <v>67</v>
+        <v>380</v>
       </c>
       <c r="C68" t="s">
-        <v>27</v>
+        <v>92</v>
       </c>
       <c r="D68" t="s">
-        <v>69</v>
+        <v>32</v>
       </c>
       <c r="E68" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="F68" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>130</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
       </c>
       <c r="H68">
         <v>2016</v>
       </c>
-      <c r="I68" t="s">
-        <v>71</v>
+      <c r="I68">
+        <v>2016</v>
       </c>
       <c r="J68" t="s">
+        <v>96</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>368</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>381</v>
+      </c>
+      <c r="P68" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>383</v>
+      </c>
+      <c r="B69" t="s">
+        <v>384</v>
+      </c>
+      <c r="C69" t="s">
+        <v>92</v>
+      </c>
+      <c r="D69" t="s">
+        <v>311</v>
+      </c>
+      <c r="E69" t="s">
+        <v>94</v>
+      </c>
+      <c r="F69" t="s">
+        <v>130</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2012</v>
+      </c>
+      <c r="I69">
+        <v>2013</v>
+      </c>
+      <c r="J69" t="s">
+        <v>96</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69" t="s">
+        <v>385</v>
+      </c>
+      <c r="M69" t="s">
+        <v>368</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>386</v>
+      </c>
+      <c r="P69" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>388</v>
+      </c>
+      <c r="B70" t="s">
+        <v>389</v>
+      </c>
+      <c r="C70" t="s">
+        <v>92</v>
+      </c>
+      <c r="D70" t="s">
+        <v>390</v>
+      </c>
+      <c r="E70" t="s">
+        <v>94</v>
+      </c>
+      <c r="F70" t="s">
+        <v>95</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>1986</v>
+      </c>
+      <c r="I70">
+        <v>2012</v>
+      </c>
+      <c r="J70" t="s">
+        <v>96</v>
+      </c>
+      <c r="K70" t="s">
+        <v>391</v>
+      </c>
+      <c r="L70"/>
+      <c r="M70" t="s">
+        <v>392</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>393</v>
+      </c>
+      <c r="P70" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>395</v>
+      </c>
+      <c r="B71" t="s">
+        <v>384</v>
+      </c>
+      <c r="C71" t="s">
+        <v>92</v>
+      </c>
+      <c r="D71" t="s">
+        <v>396</v>
+      </c>
+      <c r="E71" t="s">
+        <v>94</v>
+      </c>
+      <c r="F71" t="s">
+        <v>130</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>1986</v>
+      </c>
+      <c r="I71">
+        <v>2014</v>
+      </c>
+      <c r="J71" t="s">
+        <v>96</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71"/>
+      <c r="M71" t="s">
+        <v>368</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>397</v>
+      </c>
+      <c r="P71" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>399</v>
+      </c>
+      <c r="B72" t="s">
+        <v>400</v>
+      </c>
+      <c r="C72" t="s">
+        <v>18</v>
+      </c>
+      <c r="D72" t="s">
+        <v>74</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>103</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2007</v>
+      </c>
+      <c r="I72">
+        <v>2012</v>
+      </c>
+      <c r="J72" t="s">
+        <v>23</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72" t="s">
+        <v>401</v>
+      </c>
+      <c r="M72" t="s">
+        <v>106</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>402</v>
+      </c>
+      <c r="P72" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>404</v>
+      </c>
+      <c r="B73" t="s">
+        <v>405</v>
+      </c>
+      <c r="C73" t="s">
+        <v>18</v>
+      </c>
+      <c r="D73" t="s">
+        <v>406</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>103</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>1997</v>
+      </c>
+      <c r="I73">
+        <v>2015</v>
+      </c>
+      <c r="J73" t="s">
+        <v>104</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73" t="s">
+        <v>407</v>
+      </c>
+      <c r="M73" t="s">
+        <v>106</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>408</v>
+      </c>
+      <c r="P73" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>410</v>
+      </c>
+      <c r="B74" t="s">
+        <v>411</v>
+      </c>
+      <c r="C74" t="s">
+        <v>18</v>
+      </c>
+      <c r="D74" t="s">
+        <v>412</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>103</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2013</v>
+      </c>
+      <c r="I74">
+        <v>2018</v>
+      </c>
+      <c r="J74" t="s">
+        <v>23</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74" t="s">
+        <v>413</v>
+      </c>
+      <c r="M74" t="s">
+        <v>106</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>414</v>
+      </c>
+      <c r="P74" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>416</v>
+      </c>
+      <c r="B75" t="s">
+        <v>417</v>
+      </c>
+      <c r="C75" t="s">
+        <v>18</v>
+      </c>
+      <c r="D75" t="s">
+        <v>139</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>103</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2003</v>
+      </c>
+      <c r="I75">
+        <v>2012</v>
+      </c>
+      <c r="J75" t="s">
+        <v>23</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75" t="s">
+        <v>418</v>
+      </c>
+      <c r="M75" t="s">
+        <v>106</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>419</v>
+      </c>
+      <c r="P75" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>421</v>
+      </c>
+      <c r="B76" t="s">
+        <v>422</v>
+      </c>
+      <c r="C76" t="s">
+        <v>18</v>
+      </c>
+      <c r="D76" t="s">
+        <v>423</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>103</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2011</v>
+      </c>
+      <c r="I76">
+        <v>2017</v>
+      </c>
+      <c r="J76" t="s">
+        <v>23</v>
+      </c>
+      <c r="K76" t="s">
+        <v>424</v>
+      </c>
+      <c r="L76" t="s">
+        <v>425</v>
+      </c>
+      <c r="M76" t="s">
+        <v>106</v>
+      </c>
+      <c r="N76" t="s">
+        <v>426</v>
+      </c>
+      <c r="O76" t="s">
+        <v>427</v>
+      </c>
+      <c r="P76" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>429</v>
+      </c>
+      <c r="B77" t="s">
+        <v>430</v>
+      </c>
+      <c r="C77" t="s">
+        <v>18</v>
+      </c>
+      <c r="D77" t="s">
+        <v>431</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>103</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2002</v>
+      </c>
+      <c r="I77">
+        <v>2015</v>
+      </c>
+      <c r="J77" t="s">
+        <v>23</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77" t="s">
+        <v>432</v>
+      </c>
+      <c r="M77" t="s">
+        <v>106</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>433</v>
+      </c>
+      <c r="P77" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>435</v>
+      </c>
+      <c r="B78" t="s">
+        <v>436</v>
+      </c>
+      <c r="C78" t="s">
+        <v>18</v>
+      </c>
+      <c r="D78" t="s">
+        <v>437</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>103</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>2001</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>23</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78" t="s">
+        <v>438</v>
+      </c>
+      <c r="M78" t="s">
+        <v>106</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>439</v>
+      </c>
+      <c r="P78" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>441</v>
+      </c>
+      <c r="B79" t="s">
+        <v>442</v>
+      </c>
+      <c r="C79" t="s">
+        <v>18</v>
+      </c>
+      <c r="D79" t="s">
+        <v>50</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>103</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>2013</v>
+      </c>
+      <c r="I79">
+        <v>2017</v>
+      </c>
+      <c r="J79" t="s">
+        <v>23</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79" t="s">
+        <v>443</v>
+      </c>
+      <c r="M79" t="s">
+        <v>106</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>444</v>
+      </c>
+      <c r="P79" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>446</v>
+      </c>
+      <c r="B80" t="s">
+        <v>447</v>
+      </c>
+      <c r="C80" t="s">
+        <v>18</v>
+      </c>
+      <c r="D80" t="s">
+        <v>56</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>103</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2011</v>
+      </c>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>23</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80" t="s">
+        <v>448</v>
+      </c>
+      <c r="M80" t="s">
+        <v>106</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>449</v>
+      </c>
+      <c r="P80" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>451</v>
+      </c>
+      <c r="B81" t="s">
+        <v>452</v>
+      </c>
+      <c r="C81" t="s">
+        <v>18</v>
+      </c>
+      <c r="D81" t="s">
+        <v>62</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>103</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2013</v>
+      </c>
+      <c r="I81">
+        <v>2021</v>
+      </c>
+      <c r="J81" t="s">
+        <v>23</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81" t="s">
+        <v>453</v>
+      </c>
+      <c r="M81" t="s">
+        <v>106</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>454</v>
+      </c>
+      <c r="P81" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>456</v>
+      </c>
+      <c r="B82" t="s">
+        <v>457</v>
+      </c>
+      <c r="C82" t="s">
+        <v>18</v>
+      </c>
+      <c r="D82" t="s">
+        <v>458</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>103</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
+        <v>2002</v>
+      </c>
+      <c r="I82">
+        <v>2021</v>
+      </c>
+      <c r="J82" t="s">
+        <v>23</v>
+      </c>
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82" t="s">
+        <v>459</v>
+      </c>
+      <c r="M82" t="s">
+        <v>106</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>460</v>
+      </c>
+      <c r="P82" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>462</v>
+      </c>
+      <c r="B83" t="s">
+        <v>463</v>
+      </c>
+      <c r="C83" t="s">
+        <v>18</v>
+      </c>
+      <c r="D83" t="s">
+        <v>129</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>103</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>2003</v>
+      </c>
+      <c r="I83">
+        <v>2021</v>
+      </c>
+      <c r="J83" t="s">
+        <v>23</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83" t="s">
+        <v>464</v>
+      </c>
+      <c r="M83" t="s">
+        <v>106</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>465</v>
+      </c>
+      <c r="P83" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>467</v>
+      </c>
+      <c r="B84" t="s">
+        <v>468</v>
+      </c>
+      <c r="C84" t="s">
+        <v>18</v>
+      </c>
+      <c r="D84" t="s">
+        <v>68</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>103</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>2004</v>
+      </c>
+      <c r="I84">
+        <v>2012</v>
+      </c>
+      <c r="J84" t="s">
+        <v>23</v>
+      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84" t="s">
+        <v>469</v>
+      </c>
+      <c r="M84" t="s">
+        <v>106</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>470</v>
+      </c>
+      <c r="P84" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>472</v>
+      </c>
+      <c r="B85" t="s">
+        <v>473</v>
+      </c>
+      <c r="C85" t="s">
+        <v>18</v>
+      </c>
+      <c r="D85" t="s">
+        <v>80</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>103</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>2015</v>
+      </c>
+      <c r="I85">
+        <v>2021</v>
+      </c>
+      <c r="J85" t="s">
+        <v>23</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85" t="s">
+        <v>474</v>
+      </c>
+      <c r="M85" t="s">
+        <v>106</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>475</v>
+      </c>
+      <c r="P85" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>477</v>
+      </c>
+      <c r="B86" t="s">
+        <v>478</v>
+      </c>
+      <c r="C86" t="s">
+        <v>18</v>
+      </c>
+      <c r="D86" t="s">
+        <v>50</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
         <v>21</v>
       </c>
-      <c r="K68"/>
-[...29 lines deleted...]
-      <c r="G69">
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>2001</v>
+      </c>
+      <c r="I86">
+        <v>2019</v>
+      </c>
+      <c r="J86" t="s">
+        <v>23</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86" t="s">
+        <v>479</v>
+      </c>
+      <c r="M86" t="s">
+        <v>26</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>480</v>
+      </c>
+      <c r="P86" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>482</v>
+      </c>
+      <c r="B87" t="s">
+        <v>483</v>
+      </c>
+      <c r="C87" t="s">
+        <v>18</v>
+      </c>
+      <c r="D87" t="s">
+        <v>129</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>21</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
+        <v>1995</v>
+      </c>
+      <c r="I87">
+        <v>2019</v>
+      </c>
+      <c r="J87" t="s">
+        <v>33</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87" t="s">
+        <v>484</v>
+      </c>
+      <c r="M87" t="s">
+        <v>26</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>485</v>
+      </c>
+      <c r="P87" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>487</v>
+      </c>
+      <c r="B88" t="s">
+        <v>488</v>
+      </c>
+      <c r="C88" t="s">
+        <v>18</v>
+      </c>
+      <c r="D88" t="s">
+        <v>203</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>21</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
+        <v>2014</v>
+      </c>
+      <c r="I88">
+        <v>2019</v>
+      </c>
+      <c r="J88" t="s">
+        <v>33</v>
+      </c>
+      <c r="K88" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88" t="s">
+        <v>489</v>
+      </c>
+      <c r="M88" t="s">
+        <v>26</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>490</v>
+      </c>
+      <c r="P88" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>492</v>
+      </c>
+      <c r="B89" t="s">
+        <v>493</v>
+      </c>
+      <c r="C89" t="s">
+        <v>18</v>
+      </c>
+      <c r="D89" t="s">
+        <v>172</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>21</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
         <v>2012</v>
       </c>
-      <c r="H69">
-[...5 lines deleted...]
-      <c r="J69" t="s">
+      <c r="I89">
+        <v>2019</v>
+      </c>
+      <c r="J89" t="s">
+        <v>494</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89" t="s">
+        <v>495</v>
+      </c>
+      <c r="M89" t="s">
+        <v>26</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>496</v>
+      </c>
+      <c r="P89" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>498</v>
+      </c>
+      <c r="B90" t="s">
+        <v>499</v>
+      </c>
+      <c r="C90" t="s">
+        <v>18</v>
+      </c>
+      <c r="D90" t="s">
+        <v>500</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
         <v>21</v>
       </c>
-      <c r="K69" t="s">
-[...82 lines deleted...]
-      <c r="J71" t="s">
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>2001</v>
+      </c>
+      <c r="I90">
+        <v>2019</v>
+      </c>
+      <c r="J90" t="s">
+        <v>33</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90" t="s">
+        <v>501</v>
+      </c>
+      <c r="M90" t="s">
+        <v>26</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>502</v>
+      </c>
+      <c r="P90" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>504</v>
+      </c>
+      <c r="B91" t="s">
+        <v>505</v>
+      </c>
+      <c r="C91" t="s">
+        <v>18</v>
+      </c>
+      <c r="D91" t="s">
+        <v>458</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
         <v>21</v>
       </c>
-      <c r="K71"/>
-[...35 lines deleted...]
-      <c r="I72" t="s">
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
+        <v>1995</v>
+      </c>
+      <c r="I91">
+        <v>2019</v>
+      </c>
+      <c r="J91" t="s">
+        <v>33</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91" t="s">
+        <v>506</v>
+      </c>
+      <c r="M91" t="s">
+        <v>26</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>507</v>
+      </c>
+      <c r="P91" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>509</v>
+      </c>
+      <c r="B92" t="s">
+        <v>510</v>
+      </c>
+      <c r="C92" t="s">
+        <v>18</v>
+      </c>
+      <c r="D92" t="s">
+        <v>511</v>
+      </c>
+      <c r="E92" t="s">
         <v>20</v>
       </c>
-      <c r="J72" t="s">
+      <c r="F92" t="s">
         <v>21</v>
       </c>
-      <c r="K72" t="s">
-[...40 lines deleted...]
-      <c r="J73" t="s">
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
+        <v>2004</v>
+      </c>
+      <c r="I92">
+        <v>2019</v>
+      </c>
+      <c r="J92" t="s">
+        <v>33</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92" t="s">
+        <v>512</v>
+      </c>
+      <c r="M92" t="s">
+        <v>26</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>513</v>
+      </c>
+      <c r="P92" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>515</v>
+      </c>
+      <c r="B93" t="s">
+        <v>516</v>
+      </c>
+      <c r="C93" t="s">
+        <v>18</v>
+      </c>
+      <c r="D93" t="s">
+        <v>517</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
         <v>21</v>
       </c>
-      <c r="K73" t="s">
-[...19 lines deleted...]
-      <c r="C74" t="s">
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>2011</v>
+      </c>
+      <c r="I93">
+        <v>2019</v>
+      </c>
+      <c r="J93" t="s">
+        <v>33</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93" t="s">
+        <v>518</v>
+      </c>
+      <c r="M93" t="s">
+        <v>26</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>519</v>
+      </c>
+      <c r="P93" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>521</v>
+      </c>
+      <c r="B94" t="s">
+        <v>522</v>
+      </c>
+      <c r="C94" t="s">
+        <v>92</v>
+      </c>
+      <c r="D94" t="s">
         <v>294</v>
       </c>
-      <c r="D74" t="s">
-[...652 lines deleted...]
-      <c r="C89" t="s">
+      <c r="E94" t="s">
+        <v>94</v>
+      </c>
+      <c r="F94" t="s">
         <v>130</v>
       </c>
-      <c r="D89" t="s">
-[...229 lines deleted...]
-        <v>2011</v>
+      <c r="G94" t="s">
+        <v>22</v>
       </c>
       <c r="H94">
         <v>2011</v>
       </c>
-      <c r="I94" t="s">
-        <v>71</v>
+      <c r="I94">
+        <v>2011</v>
       </c>
       <c r="J94" t="s">
+        <v>96</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94" t="s">
+        <v>523</v>
+      </c>
+      <c r="M94" t="s">
+        <v>368</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>524</v>
+      </c>
+      <c r="P94" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>526</v>
+      </c>
+      <c r="B95" t="s">
+        <v>527</v>
+      </c>
+      <c r="C95" t="s">
+        <v>18</v>
+      </c>
+      <c r="D95" t="s">
+        <v>528</v>
+      </c>
+      <c r="E95" t="s">
+        <v>94</v>
+      </c>
+      <c r="F95" t="s">
+        <v>130</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>1997</v>
+      </c>
+      <c r="I95">
+        <v>2022</v>
+      </c>
+      <c r="J95" t="s">
+        <v>33</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95"/>
+      <c r="M95" t="s">
+        <v>529</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>530</v>
+      </c>
+      <c r="P95" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>532</v>
+      </c>
+      <c r="B96" t="s">
+        <v>533</v>
+      </c>
+      <c r="C96" t="s">
+        <v>18</v>
+      </c>
+      <c r="D96" t="s">
+        <v>129</v>
+      </c>
+      <c r="E96" t="s">
+        <v>94</v>
+      </c>
+      <c r="F96" t="s">
+        <v>130</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2003</v>
+      </c>
+      <c r="I96">
+        <v>2013</v>
+      </c>
+      <c r="J96" t="s">
+        <v>23</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96"/>
+      <c r="M96" t="s">
+        <v>529</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>534</v>
+      </c>
+      <c r="P96" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>536</v>
+      </c>
+      <c r="B97" t="s">
+        <v>537</v>
+      </c>
+      <c r="C97" t="s">
+        <v>18</v>
+      </c>
+      <c r="D97" t="s">
+        <v>458</v>
+      </c>
+      <c r="E97" t="s">
+        <v>94</v>
+      </c>
+      <c r="F97" t="s">
+        <v>95</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2004</v>
+      </c>
+      <c r="I97">
+        <v>2021</v>
+      </c>
+      <c r="J97" t="s">
+        <v>538</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97"/>
+      <c r="M97" t="s">
+        <v>529</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>539</v>
+      </c>
+      <c r="P97" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>541</v>
+      </c>
+      <c r="B98" t="s">
+        <v>542</v>
+      </c>
+      <c r="C98" t="s">
+        <v>18</v>
+      </c>
+      <c r="D98" t="s">
+        <v>102</v>
+      </c>
+      <c r="E98" t="s">
+        <v>94</v>
+      </c>
+      <c r="F98" t="s">
+        <v>130</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
+        <v>1978</v>
+      </c>
+      <c r="I98">
+        <v>2017</v>
+      </c>
+      <c r="J98" t="s">
+        <v>33</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98"/>
+      <c r="M98" t="s">
+        <v>529</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>543</v>
+      </c>
+      <c r="P98" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>545</v>
+      </c>
+      <c r="B99" t="s">
+        <v>546</v>
+      </c>
+      <c r="C99" t="s">
+        <v>18</v>
+      </c>
+      <c r="D99" t="s">
+        <v>547</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>130</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>2007</v>
+      </c>
+      <c r="I99">
+        <v>2014</v>
+      </c>
+      <c r="J99" t="s">
+        <v>548</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99"/>
+      <c r="M99" t="s">
+        <v>529</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>549</v>
+      </c>
+      <c r="P99" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>551</v>
+      </c>
+      <c r="B100" t="s">
+        <v>552</v>
+      </c>
+      <c r="C100" t="s">
+        <v>18</v>
+      </c>
+      <c r="D100" t="s">
+        <v>44</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>130</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>2014</v>
+      </c>
+      <c r="I100">
+        <v>2024</v>
+      </c>
+      <c r="J100" t="s">
+        <v>538</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100"/>
+      <c r="M100" t="s">
+        <v>529</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>553</v>
+      </c>
+      <c r="P100" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>555</v>
+      </c>
+      <c r="B101" t="s">
+        <v>556</v>
+      </c>
+      <c r="C101" t="s">
+        <v>557</v>
+      </c>
+      <c r="D101" t="s">
+        <v>322</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
         <v>21</v>
       </c>
-      <c r="K94" t="s">
-[...40 lines deleted...]
-      <c r="J95" t="s">
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>2002</v>
+      </c>
+      <c r="I101">
+        <v>2015</v>
+      </c>
+      <c r="J101" t="s">
+        <v>558</v>
+      </c>
+      <c r="K101" t="s">
+        <v>559</v>
+      </c>
+      <c r="L101" t="s">
+        <v>560</v>
+      </c>
+      <c r="M101" t="s">
+        <v>561</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>562</v>
+      </c>
+      <c r="P101" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>564</v>
+      </c>
+      <c r="B102" t="s">
+        <v>565</v>
+      </c>
+      <c r="C102" t="s">
+        <v>557</v>
+      </c>
+      <c r="D102" t="s">
+        <v>322</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>130</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
+        <v>2013</v>
+      </c>
+      <c r="I102">
+        <v>2015</v>
+      </c>
+      <c r="J102" t="s">
+        <v>558</v>
+      </c>
+      <c r="K102" t="s">
+        <v>559</v>
+      </c>
+      <c r="L102" t="s">
+        <v>566</v>
+      </c>
+      <c r="M102" t="s">
+        <v>561</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>567</v>
+      </c>
+      <c r="P102" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>568</v>
+      </c>
+      <c r="B103" t="s">
+        <v>569</v>
+      </c>
+      <c r="C103" t="s">
+        <v>557</v>
+      </c>
+      <c r="D103" t="s">
+        <v>570</v>
+      </c>
+      <c r="E103" t="s">
+        <v>94</v>
+      </c>
+      <c r="F103" t="s">
         <v>21</v>
       </c>
-      <c r="K95"/>
-[...32 lines deleted...]
-      <c r="H96">
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2011</v>
+      </c>
+      <c r="I103">
+        <v>2014</v>
+      </c>
+      <c r="J103" t="s">
+        <v>33</v>
+      </c>
+      <c r="K103" t="s">
+        <v>559</v>
+      </c>
+      <c r="L103" t="s">
+        <v>571</v>
+      </c>
+      <c r="M103" t="s">
+        <v>561</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>572</v>
+      </c>
+      <c r="P103" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>568</v>
+      </c>
+      <c r="B104" t="s">
+        <v>574</v>
+      </c>
+      <c r="C104" t="s">
+        <v>557</v>
+      </c>
+      <c r="D104" t="s">
+        <v>570</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>130</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>2015</v>
+      </c>
+      <c r="I104">
+        <v>2017</v>
+      </c>
+      <c r="J104" t="s">
+        <v>33</v>
+      </c>
+      <c r="K104" t="s">
+        <v>559</v>
+      </c>
+      <c r="L104" t="s">
+        <v>575</v>
+      </c>
+      <c r="M104" t="s">
+        <v>561</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>576</v>
+      </c>
+      <c r="P104" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>577</v>
+      </c>
+      <c r="B105" t="s">
+        <v>578</v>
+      </c>
+      <c r="C105" t="s">
+        <v>557</v>
+      </c>
+      <c r="D105" t="s">
+        <v>254</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>130</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
+        <v>2011</v>
+      </c>
+      <c r="I105">
+        <v>2021</v>
+      </c>
+      <c r="J105" t="s">
+        <v>33</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105" t="s">
+        <v>579</v>
+      </c>
+      <c r="M105" t="s">
+        <v>561</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>580</v>
+      </c>
+      <c r="P105" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>582</v>
+      </c>
+      <c r="B106" t="s">
+        <v>583</v>
+      </c>
+      <c r="C106" t="s">
+        <v>557</v>
+      </c>
+      <c r="D106" t="s">
+        <v>93</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>21</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
+        <v>2002</v>
+      </c>
+      <c r="I106">
+        <v>2021</v>
+      </c>
+      <c r="J106" t="s">
+        <v>33</v>
+      </c>
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106" t="s">
+        <v>584</v>
+      </c>
+      <c r="M106" t="s">
+        <v>561</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>585</v>
+      </c>
+      <c r="P106" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>587</v>
+      </c>
+      <c r="B107" t="s">
+        <v>588</v>
+      </c>
+      <c r="C107" t="s">
+        <v>557</v>
+      </c>
+      <c r="D107" t="s">
+        <v>74</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>130</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
+        <v>2011</v>
+      </c>
+      <c r="I107">
+        <v>2021</v>
+      </c>
+      <c r="J107" t="s">
+        <v>33</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107" t="s">
+        <v>579</v>
+      </c>
+      <c r="M107" t="s">
+        <v>561</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>589</v>
+      </c>
+      <c r="P107" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>591</v>
+      </c>
+      <c r="B108" t="s">
+        <v>592</v>
+      </c>
+      <c r="C108" t="s">
+        <v>557</v>
+      </c>
+      <c r="D108" t="s">
+        <v>93</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>130</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
+        <v>2011</v>
+      </c>
+      <c r="I108">
+        <v>2021</v>
+      </c>
+      <c r="J108" t="s">
+        <v>33</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108" t="s">
+        <v>593</v>
+      </c>
+      <c r="M108" t="s">
+        <v>561</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>594</v>
+      </c>
+      <c r="P108" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>596</v>
+      </c>
+      <c r="B109" t="s">
+        <v>597</v>
+      </c>
+      <c r="C109" t="s">
+        <v>557</v>
+      </c>
+      <c r="D109" t="s">
+        <v>254</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>21</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
+        <v>2002</v>
+      </c>
+      <c r="I109">
+        <v>2021</v>
+      </c>
+      <c r="J109" t="s">
+        <v>33</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109" t="s">
+        <v>598</v>
+      </c>
+      <c r="M109" t="s">
+        <v>561</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>599</v>
+      </c>
+      <c r="P109" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>601</v>
+      </c>
+      <c r="B110" t="s">
+        <v>602</v>
+      </c>
+      <c r="C110" t="s">
+        <v>557</v>
+      </c>
+      <c r="D110" t="s">
+        <v>74</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>21</v>
+      </c>
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
+        <v>2002</v>
+      </c>
+      <c r="I110">
+        <v>2021</v>
+      </c>
+      <c r="J110" t="s">
+        <v>33</v>
+      </c>
+      <c r="K110" t="s">
+        <v>24</v>
+      </c>
+      <c r="L110" t="s">
+        <v>603</v>
+      </c>
+      <c r="M110" t="s">
+        <v>561</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>604</v>
+      </c>
+      <c r="P110" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>606</v>
+      </c>
+      <c r="B111" t="s">
+        <v>607</v>
+      </c>
+      <c r="C111" t="s">
+        <v>557</v>
+      </c>
+      <c r="D111" t="s">
+        <v>50</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
+        <v>21</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111">
+        <v>2002</v>
+      </c>
+      <c r="I111">
+        <v>2021</v>
+      </c>
+      <c r="J111" t="s">
+        <v>33</v>
+      </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111" t="s">
+        <v>608</v>
+      </c>
+      <c r="M111" t="s">
+        <v>561</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>609</v>
+      </c>
+      <c r="P111" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>611</v>
+      </c>
+      <c r="B112" t="s">
+        <v>612</v>
+      </c>
+      <c r="C112" t="s">
+        <v>557</v>
+      </c>
+      <c r="D112" t="s">
+        <v>68</v>
+      </c>
+      <c r="E112" t="s">
+        <v>20</v>
+      </c>
+      <c r="F112" t="s">
+        <v>21</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
+        <v>2012</v>
+      </c>
+      <c r="I112">
+        <v>2015</v>
+      </c>
+      <c r="J112" t="s">
+        <v>558</v>
+      </c>
+      <c r="K112" t="s">
+        <v>24</v>
+      </c>
+      <c r="L112" t="s">
+        <v>613</v>
+      </c>
+      <c r="M112" t="s">
+        <v>561</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>614</v>
+      </c>
+      <c r="P112" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>616</v>
+      </c>
+      <c r="B113" t="s">
+        <v>617</v>
+      </c>
+      <c r="C113" t="s">
+        <v>618</v>
+      </c>
+      <c r="D113" t="s">
+        <v>93</v>
+      </c>
+      <c r="E113" t="s">
+        <v>94</v>
+      </c>
+      <c r="F113" t="s">
+        <v>95</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
         <v>2013</v>
       </c>
-      <c r="I96" t="s">
-[...122 lines deleted...]
-      <c r="H99">
+      <c r="I113">
+        <v>2020</v>
+      </c>
+      <c r="J113" t="s">
+        <v>212</v>
+      </c>
+      <c r="K113" t="s">
+        <v>24</v>
+      </c>
+      <c r="L113" t="s">
+        <v>619</v>
+      </c>
+      <c r="M113" t="s">
+        <v>620</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>621</v>
+      </c>
+      <c r="P113" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>623</v>
+      </c>
+      <c r="B114" t="s">
+        <v>624</v>
+      </c>
+      <c r="C114" t="s">
+        <v>618</v>
+      </c>
+      <c r="D114" t="s">
+        <v>129</v>
+      </c>
+      <c r="E114" t="s">
+        <v>94</v>
+      </c>
+      <c r="F114" t="s">
+        <v>95</v>
+      </c>
+      <c r="G114" t="s">
+        <v>22</v>
+      </c>
+      <c r="H114">
+        <v>2011</v>
+      </c>
+      <c r="I114">
+        <v>2019</v>
+      </c>
+      <c r="J114" t="s">
+        <v>212</v>
+      </c>
+      <c r="K114" t="s">
+        <v>24</v>
+      </c>
+      <c r="L114" t="s">
+        <v>625</v>
+      </c>
+      <c r="M114" t="s">
+        <v>620</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>626</v>
+      </c>
+      <c r="P114" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>628</v>
+      </c>
+      <c r="B115" t="s">
+        <v>629</v>
+      </c>
+      <c r="C115" t="s">
+        <v>618</v>
+      </c>
+      <c r="D115" t="s">
+        <v>390</v>
+      </c>
+      <c r="E115" t="s">
+        <v>94</v>
+      </c>
+      <c r="F115" t="s">
+        <v>95</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
+      </c>
+      <c r="H115">
         <v>2014</v>
       </c>
-      <c r="I99" t="s">
-[...80 lines deleted...]
-      <c r="H101">
+      <c r="I115">
         <v>2015</v>
       </c>
-      <c r="I101" t="s">
-[...201 lines deleted...]
-      <c r="C106" t="s">
+      <c r="J115" t="s">
+        <v>328</v>
+      </c>
+      <c r="K115" t="s">
+        <v>24</v>
+      </c>
+      <c r="L115"/>
+      <c r="M115" t="s">
+        <v>620</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>630</v>
+      </c>
+      <c r="P115" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>632</v>
+      </c>
+      <c r="B116" t="s">
+        <v>633</v>
+      </c>
+      <c r="C116" t="s">
+        <v>618</v>
+      </c>
+      <c r="D116" t="s">
         <v>68</v>
       </c>
-      <c r="D106" t="s">
-[...363 lines deleted...]
-      <c r="H114">
+      <c r="E116" t="s">
+        <v>94</v>
+      </c>
+      <c r="F116" t="s">
+        <v>95</v>
+      </c>
+      <c r="G116" t="s">
+        <v>22</v>
+      </c>
+      <c r="H116">
+        <v>2016</v>
+      </c>
+      <c r="I116">
         <v>2019</v>
       </c>
-      <c r="I114" t="s">
-[...87 lines deleted...]
-      </c>
       <c r="J116" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>328</v>
+      </c>
+      <c r="K116" t="s">
+        <v>24</v>
+      </c>
+      <c r="L116"/>
       <c r="M116" t="s">
-        <v>24</v>
+        <v>620</v>
       </c>
       <c r="N116" t="s">
-        <v>434</v>
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>634</v>
+      </c>
+      <c r="P116" t="s">
+        <v>635</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>