--- v0 (2025-10-12)
+++ v1 (2025-12-04)
@@ -12,1001 +12,1382 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="304">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="427">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
   </si>
   <si>
+    <t>Electric refrigerators and food-freezers for household purposes</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-and-energy-information-cooling-appliances</t>
   </si>
   <si>
+    <t>https://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/1377_EN.pdf</t>
+  </si>
+  <si>
     <t>ISIR 14577, 1st Edition, Household refrigerating appliances - Determination of Criteria for energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Domestic refrigerator, freezer, refrigerator-freezer</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISO-8187</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isir-14577-1st-edition-household-refrigerating-appliances-determination-criteria-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10635: 2008, Wet Cooling Towers, Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Applicable to wet cooling towers with capacity of 800 tons. Does not include cooling towers with natural flow</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>ISIRI 4514 (1998), BS EN 13741 (2003), BS 4485-part2 (1988), CTI ATC 105 (2000)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10635-2008-wet-cooling-towers-technical-specifications-and-test-methods-energy</t>
   </si>
   <si>
     <t>ISIRI 10636 Specification for Energy Consumption and Energy labeling of Fan coils and Ducted fan coils</t>
   </si>
   <si>
+    <t>Ducted and non-ducted fan coil room air conditioners</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>ANSI/ASHRAE STANDARD 79-2002, ARI 440-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10636-specification-energy-consumption-and-energy-labeling-fan-coils-and-ducted-fan</t>
   </si>
   <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Refrigerated Display Cabinet. Does not include vending machines</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
     <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>NS 5635 (2001)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 1220-2- Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Gas fired space heaters with chimney with maximum consumption less than 150 MegaJolt per hr</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>AS 4553,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1220-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 12885, 1st Edition- technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired forced convection air heaters for space heating not exceeding a net heat input of 300 kW</t>
+  </si>
+  <si>
     <t>BS EN 1020 1998, AS 4553&amp; AG 103 2000:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-12885-1st-edition-technical-specification-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 13368 Energy Consumption Criteria for Oil Distribution Transformers</t>
   </si>
   <si>
+    <t>Three Phases oil transformers, less than 36kVA and 25kVA up to 2500kVA ,50Hz</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60071-1, 2011, IEC 60071-2, 2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13368-energy-consumption-criteria-oil-distribution-transformers</t>
   </si>
   <si>
     <t>ISIRI 13782, Amendment No.1 , Boilers - Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>BoilersTechnical Specifications and Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>ISIRI 4231 ,ASME PTC4</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13782-amendment-no1-boilers-technical-specifications-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 14629:2011-determination of critera for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>centeral heating boilers  of nominal heat input not exceeeding 70 kw -nominal heat input not exceeding 70kW</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-146292011-determination-critera-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1828-2-Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Instantaneous gas water heaters with maximum consumtion less than 250MegaJolt per Hr</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>AG 102: 2000, EN 26: 2000, ISIRI 1828-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1828-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 3678-2: 2002, 1st Edition- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>This policy applies to liquid chilling packages with water-cooled condenser and evaporator.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>NS 3678: 1995</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-3678-2-2002-1st-edition-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 4910-2, 1st Revision- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Evaporative air coolers -Direct and indirect types</t>
+  </si>
+  <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>AS 2913-1987 ,IS3315-1974</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-4910-2-1st-revision-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 7268-2,Flueless gas room heaters - Technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired space heaters without chimney with maximum consumption 30MegaJolt/Hr.</t>
+  </si>
+  <si>
     <t>AS 4553, ISIRI 7268-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7268-2flueless-gas-room-heaters-technical-specification-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 7342-2, Specification for energy consumption and energy labeling of electric houshold room heaters</t>
   </si>
   <si>
+    <t>Residential electric space heater</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7342-2-specification-energy-consumption-and-energy-labeling-electric-houshold-room</t>
   </si>
   <si>
     <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Centrifugal, mixed flow and axial pumps</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>ISO-2548 (Class C)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
   </si>
   <si>
     <t>ISIRI 7874, 1st Edition, Specification for energy consumption and energy labeling of single phase electrical motors</t>
   </si>
   <si>
+    <t>Small 1-phase General Purpose</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>ISIRI 3772-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7874-1st-edition-specification-energy-consumption-and-energy-labeling-single-phase</t>
   </si>
   <si>
     <t>ISIRI 7875-1st edition- Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes electric kettles with capacity of minimum 4L and maximum 30L with 250 Va.c.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7875-1st-edition-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 7966, 1st Edition, Specification for energy consumption and energy labeling of three phase electrical motors</t>
   </si>
   <si>
+    <t>This policy covers all motors with 3 phase general purpose</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7966-1st-edition-specification-energy-consumption-and-energy-labeling-three-phase</t>
   </si>
   <si>
     <t>JS 2091:2013 Technical Regulation on eco-design - Requirements for non-directional household lamps</t>
   </si>
   <si>
+    <t>This policy establishes eco-design requirements for the placing on the market of non-directional household lamps, including when they are marketed for non-household use or when they are integrated into other products. It also establishes product information requirements for special purpose lamps.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20912013-technical-regulation-eco-design-requirements-non-directional-household-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5461</t>
+  </si>
+  <si>
     <t>JS 2092:2013 Energy efficiency labeling of household electric lamps</t>
   </si>
   <si>
+    <t>This policy covers household electric lamps supplied directly from the mains (filament and integral compact fluorescent lamps), and to household fluorescent lamps (including linear, and non-integral compact fluorescent lamps), even when marketed for non-household use.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20922013-energy-efficiency-labeling-household-electric-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5453</t>
+  </si>
+  <si>
     <t>JS 2093:2013 Technical regulation on eco-design requirements for fluorescent lamps without integrated ballast; for high intensity discharge lamps; and for ballasts and luminaires able to operate such lamps</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of fluorescent lamps without integrated ballast, of high intensity discharge lamps, and of ballasts and luminaires able to operate such lamps as defined in Article 3, even when they are integrated into other energy related products.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Drivers/ Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20932013-technical-regulation-eco-design-requirements-fluorescent-lamps-without</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5462</t>
+  </si>
+  <si>
     <t>JS 2094:2013 Technical Regulation on eco-design requirements for electric motors</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market and for putting into service of motors, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>JS 2094</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20942013-technical-regulation-eco-design-requirements-electric-motors</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5463</t>
+  </si>
+  <si>
     <t>JS 2095:2013 Technical regulation on eco-design requirements for Glandless standalone circulators and glandless circulators integrated in products</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of glandless standalone circulators and glandless circulators integrated in products.</t>
+  </si>
+  <si>
     <t>Building Circulator Pumps</t>
   </si>
   <si>
     <t>JS 2095</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20952013-technical-regulation-eco-design-requirements-glandless-standalone-circulators</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5464</t>
+  </si>
+  <si>
     <t>JS 2097:2013 Energy labeling of household combined washer-driers</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household combined washer-driers. Appliances that can also use other energy sources are excluded.</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>JS 2096</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20972013-energy-labeling-household-combined-washer-driers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5458</t>
+  </si>
+  <si>
     <t>JS 2098:2013 Energy labeling of household electric ovens</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household electric ovens including ovens being part of larger appliances.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>JS 2098</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20982013-energy-labeling-household-electric-ovens</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5454</t>
+  </si>
+  <si>
     <t>JS 2099:2013 Technical Regulation on eco-design requirements for household dishwashers</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries, including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>JS 2099</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20992013-technical-regulation-eco-design-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5465</t>
+  </si>
+  <si>
     <t>JS 2100:2013 Energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>This policy covers electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>JS 2100</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21002013-energy-labeling-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5452</t>
+  </si>
+  <si>
     <t>JS 2101:2013 Energy labeling for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy covers the labeling of and provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1,500 litres.</t>
+  </si>
+  <si>
     <t>JS 1749</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21012013-energy-labeling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5455</t>
+  </si>
+  <si>
     <t>JS 2102:2013 Technical Regulation on eco-design requirements for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21022013-technical-regulation-eco-design-requirements-household-refrigerating</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5466</t>
+  </si>
+  <si>
     <t>JS 2105:2013 Energy labeling of televisions</t>
   </si>
   <si>
+    <t>This policy covers labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>JS 2105</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21052013-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5456</t>
+  </si>
+  <si>
     <t>JS 2106:2013 Technical Regulation on eco-design requirements for televisions</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of televisions.</t>
+  </si>
+  <si>
     <t>JS 2106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21062013-technical-regulation-eco-design-requirements-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5468</t>
+  </si>
+  <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>JS 2108:2013 Energy efficiency labeling of air conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of 12 kW for cooling or heating if the product has no cooling function. This policy does not apply to: a) appliances that use non-electric energy sources; b) air conditioners of which the condensor- or evaporator-side do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21082013-energy-efficiency-labeling-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5451</t>
+  </si>
+  <si>
     <t>JS 2110:2013 Technical Regulation on eco-design requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for simple set-top boxes.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>JS 2110</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21102013-technical-regulation-eco-design-requirements-simple-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5470</t>
+  </si>
+  <si>
     <t>JS 2111:2013 Technical Regulation on eco-design requirements for no-load condition electric power consumption and average active efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21112013-technical-regulation-eco-design-requirements-no-load-condition-electric-power</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5471</t>
+  </si>
+  <si>
     <t>JS 2112:2013 Technical Regulation on eco-design requirements for fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market or putting into service of fans, including those integrated in other energy-related products as covered by the Framework Technical Regulation.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>JS 2112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21122013-technical-regulation-eco-design-requirements-fans</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5472</t>
+  </si>
+  <si>
     <t>JS 50564:2012 Electrical and electronic household and office equipment - Measurement of low power consumption</t>
   </si>
   <si>
+    <t>This policy specifies methods of measurement of electrical power consumption and the reporting of the results for a range of electrical and electronic household and office equipment, hereafter referred to as products.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>JS 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-505642012-electrical-and-electronic-household-and-office-equipment-measurement-low</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5279</t>
+  </si>
+  <si>
     <t>JS 60456:2012 Clothes washing machines for household use - Methods for measuring the performance (EN 60456:2001 + AC:2011)</t>
   </si>
   <si>
+    <t>This policy specifies methods for measuring the performance of clothes washing machines for household use, with or without heating devices utilising cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force (spin extractors) and is applicable to appliances for both washing and drying textiles (washer-dryers).</t>
+  </si>
+  <si>
     <t>JS 2103</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-604562012-clothes-washing-machines-household-use-methods-measuring-performance-en</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5305</t>
+  </si>
+  <si>
     <t>JS 61121:2012 Tumble dryers for household use - Methods for measuring the performance</t>
   </si>
   <si>
+    <t>This policy covers household electric tumble dryers of the automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-611212012-tumble-dryers-household-use-methods-measuring-performance</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5293</t>
+  </si>
+  <si>
     <t>Regulation on Energy Labelling and Minimum Energy Performance Requirements for Air-Conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the placing on Bahraini market the energy labelling requirements and Minimum Energy Performance Standard (MEPS) requirements for single-package and split-system non ducted air conditioners using air and water-cooled condensers and ducted air-conditioners using air-to air heat pumps for residential, commercial and industrial sector as applicable in accordance with Bahraini Standards.</t>
+  </si>
+  <si>
     <t>Bahrain</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>GSO ISO 5151</t>
   </si>
   <si>
     <t>Ministry of Industry and Commerce</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-labelling-and-minimum-energy-performance-requirements-air-conditioners</t>
   </si>
   <si>
+    <t>https://ec.europa.eu/growth/tools-databases/tbt/en/search/?tbtaction=search.detail&amp;Country_ID=BHR&amp;num=397&amp;dspLang=en&amp;basdatedeb=&amp;basdatefin=&amp;baspays=BHR&amp;basnotifnum=&amp;basnotifnum2=&amp;bastypepays=ANY&amp;baskeywords=</t>
+  </si>
+  <si>
     <t>SASO 2663:2018 MEPS and labeling schemes for small air conditioners</t>
   </si>
   <si>
+    <t>This standard applies to single-package window type, single split-system non-ducted air conditioners using air-cooled condensers, single split-system ducted airconditioners using air-cooled condensers, and heat pumps using aircooled condensers or using electric resistance for residential, commercial and industrial sector as applicable.</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>SASO 2681 / 2013 (based on ISO 5151) SASO 2682/2013 SASO 2763/2008</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-26632018-meps-and-labeling-schemes-small-air-conditioners</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>SASO 2870:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to: 
+Incandescent lamps
+Halogen lamps
+Compact flourescent lamps with integrated ballast (CFLi)
+Light-emitting diode (LED) lamps (Incandescent retrofit types)
+Light-emitting diode (LED) lamps (Halogen retrofit types)</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28702018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/saudi-arabia-market-access-new-requirements-lighting-products-saso-iecee-and-saso-ee</t>
+  </si>
+  <si>
     <t>SASO 2883:2017 MEPS and labeling schemes for clothes dryers</t>
   </si>
   <si>
+    <t>This standard applies to clothes dryers with capacities up to 25 kg (condenser and airvented). Household spin extractors are excluded from this standard</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28832017-meps-and-labeling-schemes-clothes-dryers</t>
   </si>
   <si>
     <t>SASO 2884:2017 MEPS and labeling schemes for water heaters</t>
   </si>
   <si>
+    <t>This standard applies to:</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28842017-meps-and-labeling-schemes-water-heaters</t>
   </si>
   <si>
     <t>SASO 2885:2018 MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
+    <t>This standards applies to:</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>SASO 2693/2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28852018-meps-and-labeling-schemes-washing-machines</t>
   </si>
   <si>
     <t>SASO 2892:2018 MEPS and labeling schemes for refrigerating appliances</t>
   </si>
   <si>
     <t>SASO-IEC-60335-2-24</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28922018-meps-and-labeling-schemes-refrigerating-appliances</t>
   </si>
   <si>
     <t>SASO 2902:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to:
+Incandescent lamps with a luminous flux above or equal 12,000 lumens
+Halogen lamps with a luminous flux above or equal 12.000 lumens
+Compact fluorescent lamps with integrated ballast (CLFi) with a luminous flux above or equal 12,000 Lumens
+Compact fluorescent lamps without integrated ballast (CFLni)
+Fluorescent Lamps (all types)
+High-Intensity Discharge Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-29022018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
     <t>SI 4665-2 PERFORMANCE OF EXTERNAL POWER SUPPLIES: MINIMUM ENERGY PERFORMANCE STANDARD (MEPS) REQUIREMENTS</t>
   </si>
   <si>
+    <t>Power converters covered under this standard include all single-voltage EPSs with nameplate output power up to 250 watts. Notable exclusions are devices with batteries that attach directly, replacements, and medical devices.</t>
+  </si>
+  <si>
     <t>SI 4665-1</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=98e117b6-728e-4ade-95e3-47864f20c486</t>
+  </si>
+  <si>
     <t>SI 5484 DISTRIBUTION TRANSFORMERS - REQUIREMENTS FOR ENERGY EFFICIENCY AND LABELLING</t>
   </si>
   <si>
+    <t>It covers distribution transformers</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5484-distribution-transformers-requirements-energy-efficiency-and-labelling</t>
   </si>
   <si>
     <t>SI 5485 - Fluorescent light bulbs - requirements for efficiency</t>
   </si>
   <si>
+    <t>It covers fluorescent light bulbs</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5485-fluorescent-light-bulbs-requirements-efficiency</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=8694f934-fc8e-46b6-8eea-5ee7b34539ae</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - hobs</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-62301-home-appliances-power-measurement-standby-mode</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=42cf5977-833f-4556-81d1-3f739af9bad8</t>
+  </si>
+  <si>
     <t>SI 69 Electric water heaters</t>
   </si>
   <si>
+    <t>This policy applies to thermostatically controlled and thermally insulated heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-69-electric-water-heaters</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=cf61e979-6101-4ea0-958f-a9e4c998a5a5</t>
+  </si>
+  <si>
     <t>SI 900 part 2.24 (APPLIANCES, ICE-CREAM APPLIANCES AND ICE-MAKERS)</t>
   </si>
   <si>
     <t>Ice Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-900-part-224-appliances-ice-cream-appliances-and-ice-makers</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/eng/standardization/teken/?tid=9b4cfa12-0ed5-41ab-8a01-af70108e1e90</t>
+  </si>
+  <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECTV.doc</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 392-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EC 392-2012</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-transposition-ec-392-2012</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/EV%20T%C4%B0P%C4%B0%20FIRINLARIN%20VE%20ASP%C4%B0RAT%C3%96RLER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 932-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>EC 932-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-transposition-ec-932-2012</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
   </si>
   <si>
+    <t>Domestic electric and gas ovens including when incorporated into cookers and for domestic electric range hoods including when sold for non-domestic purposes. This Regulation shall not apply to:  a. ovens that use energy sources other than electricity or gas; b. ovens which offer a microwave heating function;  c. small ovens;  d. portable ovens;  e. heat storage ovens</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
+    <t>EU 65-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens including when incorporated in cookers; domestic hobs and domestic electric range hoods including when sold for non-domestic purposes. This Regulation does not apply to:  a. appliances that use energy sources other than electricity or gas;   b. appliances which offer microwave heating function;   c. small ovens;   d. portable ovens;    e. heat storage ovens;   f. ovens which are heated with steam as a primary heating function;   g. covered gas burners in hobs;   h. outdoor cooking appliances;   i. appliances designed for use only with gases of the third family propane and butane; and    j. grills.</t>
+  </si>
+  <si>
     <t>EU 66-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017-0</t>
   </si>
   <si>
-    <t>EU 65-2014</t>
-[...4 lines deleted...]
-  <si>
     <t>Turkish Official Gazette No 31434 | Comminique on Ecodesign Requirements for Household Dishwashers (2019/2022/EU) (SGM:2021/1)</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-comminique-ecodesign-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-1.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices (2019/2016/EU) (SGM:2021/8)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. This Regulation shall apply to electric mains-operated household refrigerating appliances including those sold for non-household use or for the refrigeration of items other than foodstuffs and including built-in appliances. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated. This Regulation shall not apply to:    a. refrigerating appliances that are primarily powered by energy sources other than electricity such as liquefied petroleum gas LPG kerosene and bio-diesel fuels;   b. battery-operated refrigerating appliances that can be connected to the mains through an AC|DC converter purchased separately;    c. custom-made refrigerating appliances made on a one-off basis and not equivalent to other refrigerating appliance models;   d. refrigerating appliances for tertiary sector application where the removal of refrigerated foodstuffs is electronically sensed and that information can be automatically transmitted through a network connection to a remote control system for accounting;    e. appliances where the primary function is not the storage of foodstuffs through refrigeration such as stand-alone ice-makers or chilled drinks dispensers.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-20192016eu-sgm20218</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design of Household Washing Machines with Dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-household-washing-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-household-washing</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-3.htm</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices (2019/2019/EU) (SGM:2021/7)</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Home Type Dishwasher Energy of Machines Notification on Labeling (2019/2017/EU) (SGM:2021/2)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.  This policy is a transposition of (EU) 2019/2017.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-home-type-dishwasher-energy-machines-notification</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-2.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Household Laundry Environmentally Friendly Design of Household Washing Machines and Dryers Communiqué on Requirements (2019/2023/EU) (SGM:2021/3)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-household-laundry-environmentally-friendly-design</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-4.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Energy Labeling of Light Sources (2019/2015/EU) (SGM:2021/12)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on, light sources with or without integrated control gear. The requirements also apply to light sources placed on the market in a containing product. This policy does not apply to light sources specified in points 1 and 2 of Annex IV of Commission Delegated Regulation (EU) 2019/2015. Light sources specified in point 3 of Annex IV must comply only with the requirements in point 4 of Annex V of Commission Delegated Regulation (EU) 2019/2015. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2015.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-energy-labeling-light-sources-20192015eu-sgm202112</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/08/20210806-16.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 29564 - Energy Labeling of Televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>EC 1062-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29564-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/TELEV%C4%B0ZYONLARIN%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>TZS 1952:2016 Off-grid solar photovoltaic lighting kits - Requirements</t>
   </si>
   <si>
+    <t>standalone off-grid solar products</t>
+  </si>
+  <si>
     <t>Tanzania</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Tanzania Bureau of Standards</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tzs-19522016-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>http://tbs.go.tz/uploads/files/LIST%20OF%20COMPULSORY%20TANZANIA%20STANDARD%20AS%20OF%20AUGUST%202020.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010 3: 2020 – Labeling – Energy Efficiency Label for Electrical Appliances Part 3: Household Refrigerating Appliances.</t>
   </si>
   <si>
+    <t>This regulation covers brand new household refrigerators, freezers and refrigerator-freezers with a capacity of less than 1,500 liters imported to or manufactured in the UAE. This regulation applies to electric mains-operated household refrigerating appliances, stand-alone or built-in configuration.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>UAE.S IEC 62552:2013</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-3-2020-labeling-energy-efficiency-label-electrical-appliances-part-3-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2020/TBT/ARE/20_4362_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-1: 2019 – Labeling – Energy efficiency label for electrical appliances Part 1: household air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels requirements for residential single package and split-system non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>UAE.S ISO 5151:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-1-2019-labeling-energy-efficiency-label-electrical-appliances-part-1-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1431_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-4: 2014 – Labeling – Energy Efficiency Label for Electrical Appliances Part 4: Storage Water Heaters.</t>
   </si>
   <si>
+    <t>This regulation establishes requirements for electrical safety and energy efficiency labeling of electric water heater types listed in Annex A. This regulation does not apply to instantaneous water heaters and water heaters that use gas, solid or liquid fuels, solar water heaters and water heaters designed for making hot drinks only.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-4-2014-labeling-energy-efficiency-label-electrical-appliances-part-4-storage</t>
   </si>
   <si>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
+  </si>
+  <si>
     <t>UAE.S 5010-8:2018 – Labeling – Energy Efficiency Label for Electrical Appliances – Part 8: Television Sets</t>
   </si>
   <si>
+    <t>This regulation covers televisions or television sets. It is developed to ensure that television sets are registered and monitored for their continuous compliance to the set specifications.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-82018-labeling-energy-efficiency-label-electrical-appliances-part-8-television</t>
+  </si>
+  <si>
+    <t>https://www.tuvsud.com/en/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-11-2019/uae-mandatory-standard-for-tv-energy-efficiency-labelling-in-force</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1270,3463 +1651,3924 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N77"/>
+  <dimension ref="A1:P77"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="242" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="242.941" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1702.156" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1986</v>
+      </c>
+      <c r="I2">
+        <v>2004</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...8 lines deleted...]
-      <c r="J2" t="s">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...29 lines deleted...]
-      <c r="G3">
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>1998</v>
       </c>
-      <c r="H3">
+      <c r="I3">
         <v>2012</v>
       </c>
-      <c r="I3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>34</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...19 lines deleted...]
-      <c r="C4" t="s">
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4">
+        <v>2010</v>
+      </c>
+      <c r="J4" t="s">
         <v>32</v>
       </c>
-      <c r="D4" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K4" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="M4" t="s">
         <v>34</v>
       </c>
       <c r="N4" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:14">
+        <v>41</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="B5" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="C5" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G5">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2002</v>
       </c>
-      <c r="H5">
+      <c r="I5">
         <v>2008</v>
       </c>
-      <c r="I5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J5" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="K5" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="M5" t="s">
         <v>34</v>
       </c>
       <c r="N5" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:14">
+        <v>41</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="B6" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="C6" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="E6" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G6">
+        <v>51</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2008</v>
       </c>
-      <c r="H6">
+      <c r="I6">
         <v>2006</v>
       </c>
-      <c r="I6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J6" t="s">
+        <v>32</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>34</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K6" t="s">
-[...31 lines deleted...]
-      <c r="G7">
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
         <v>2007</v>
       </c>
-      <c r="H7">
+      <c r="I7">
         <v>2012</v>
       </c>
-      <c r="I7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J7" t="s">
+        <v>32</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>57</v>
+      </c>
+      <c r="M7" t="s">
+        <v>34</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K7" t="s">
-[...31 lines deleted...]
-      <c r="G8">
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
         <v>2012</v>
       </c>
-      <c r="H8">
+      <c r="I8">
         <v>2010</v>
       </c>
-      <c r="I8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J8" t="s">
+        <v>32</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>62</v>
+      </c>
+      <c r="M8" t="s">
+        <v>34</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>63</v>
+      </c>
+      <c r="P8" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>64</v>
+      </c>
+      <c r="B9" t="s">
+        <v>65</v>
+      </c>
+      <c r="C9" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" t="s">
+        <v>66</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K8" t="s">
-[...31 lines deleted...]
-      <c r="G9">
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
         <v>2012</v>
       </c>
-      <c r="H9">
+      <c r="I9">
         <v>2014</v>
       </c>
-      <c r="I9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J9" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="K9" t="s">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>29</v>
+        <v>67</v>
       </c>
       <c r="M9" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="N9" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>68</v>
+      </c>
+      <c r="P9" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="B10" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="C10" t="s">
-        <v>58</v>
+        <v>31</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E10" t="s">
-        <v>59</v>
+        <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>72</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
       </c>
       <c r="H10">
         <v>2002</v>
       </c>
-      <c r="I10" t="s">
-        <v>27</v>
+      <c r="I10">
+        <v>2002</v>
       </c>
       <c r="J10" t="s">
-        <v>60</v>
+        <v>32</v>
       </c>
       <c r="K10" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="L10" t="s">
-        <v>29</v>
+        <v>74</v>
       </c>
       <c r="M10" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="N10" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>75</v>
+      </c>
+      <c r="P10" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>63</v>
+        <v>76</v>
       </c>
       <c r="B11" t="s">
-        <v>26</v>
+        <v>77</v>
       </c>
       <c r="C11" t="s">
-        <v>58</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E11" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G11">
+        <v>51</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>1998</v>
       </c>
-      <c r="H11">
+      <c r="I11">
         <v>2009</v>
       </c>
-      <c r="I11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J11" t="s">
-        <v>60</v>
+        <v>32</v>
       </c>
       <c r="K11" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="L11" t="s">
-        <v>29</v>
+        <v>78</v>
       </c>
       <c r="M11" t="s">
         <v>34</v>
       </c>
       <c r="N11" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:14">
+        <v>41</v>
+      </c>
+      <c r="O11" t="s">
+        <v>79</v>
+      </c>
+      <c r="P11" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>66</v>
+        <v>80</v>
       </c>
       <c r="B12" t="s">
-        <v>26</v>
+        <v>81</v>
       </c>
       <c r="C12" t="s">
-        <v>67</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>17</v>
+        <v>82</v>
       </c>
       <c r="E12" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>51</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
       </c>
       <c r="H12">
         <v>2012</v>
       </c>
-      <c r="I12" t="s">
-        <v>27</v>
+      <c r="I12">
+        <v>2012</v>
       </c>
       <c r="J12" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="K12" t="s">
-        <v>68</v>
+        <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>29</v>
+        <v>83</v>
       </c>
       <c r="M12" t="s">
         <v>34</v>
       </c>
       <c r="N12" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:14">
+        <v>41</v>
+      </c>
+      <c r="O12" t="s">
+        <v>84</v>
+      </c>
+      <c r="P12" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="B13" t="s">
-        <v>26</v>
+        <v>86</v>
       </c>
       <c r="C13" t="s">
-        <v>58</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E13" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G13">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
         <v>2011</v>
       </c>
-      <c r="H13">
+      <c r="I13">
         <v>2015</v>
       </c>
-      <c r="I13" t="s">
+      <c r="J13" t="s">
+        <v>87</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>88</v>
+      </c>
+      <c r="M13" t="s">
+        <v>34</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>89</v>
+      </c>
+      <c r="P13" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>90</v>
+      </c>
+      <c r="B14" t="s">
+        <v>91</v>
+      </c>
+      <c r="C14" t="s">
+        <v>31</v>
+      </c>
+      <c r="D14" t="s">
         <v>71</v>
       </c>
-      <c r="J13" t="s">
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>51</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2011</v>
+      </c>
+      <c r="I14">
+        <v>2013</v>
+      </c>
+      <c r="J14" t="s">
+        <v>32</v>
+      </c>
+      <c r="K14" t="s">
+        <v>73</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>34</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>92</v>
+      </c>
+      <c r="P14" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>93</v>
+      </c>
+      <c r="B15" t="s">
+        <v>94</v>
+      </c>
+      <c r="C15" t="s">
+        <v>31</v>
+      </c>
+      <c r="D15" t="s">
+        <v>95</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K13" t="s">
-[...8 lines deleted...]
-      <c r="N13" t="s">
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2003</v>
+      </c>
+      <c r="I15">
+        <v>2010</v>
+      </c>
+      <c r="J15" t="s">
+        <v>32</v>
+      </c>
+      <c r="K15" t="s">
         <v>73</v>
       </c>
-    </row>
-[...75 lines deleted...]
-      </c>
       <c r="L15" t="s">
-        <v>29</v>
+        <v>96</v>
       </c>
       <c r="M15" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="N15" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>97</v>
+      </c>
+      <c r="P15" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>80</v>
+        <v>98</v>
       </c>
       <c r="B16" t="s">
-        <v>26</v>
+        <v>99</v>
       </c>
       <c r="C16" t="s">
-        <v>81</v>
+        <v>31</v>
       </c>
       <c r="D16" t="s">
-        <v>17</v>
+        <v>100</v>
       </c>
       <c r="E16" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
       </c>
       <c r="H16">
         <v>2002</v>
       </c>
-      <c r="I16" t="s">
-        <v>27</v>
+      <c r="I16">
+        <v>2002</v>
       </c>
       <c r="J16" t="s">
+        <v>32</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>101</v>
+      </c>
+      <c r="M16" t="s">
+        <v>34</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>102</v>
+      </c>
+      <c r="P16" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>103</v>
+      </c>
+      <c r="B17" t="s">
+        <v>104</v>
+      </c>
+      <c r="C17" t="s">
+        <v>31</v>
+      </c>
+      <c r="D17" t="s">
+        <v>105</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K16" t="s">
-[...31 lines deleted...]
-      <c r="G17">
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
         <v>1999</v>
       </c>
-      <c r="H17">
+      <c r="I17">
         <v>2009</v>
       </c>
-      <c r="I17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J17" t="s">
+        <v>32</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>106</v>
+      </c>
+      <c r="M17" t="s">
+        <v>34</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>107</v>
+      </c>
+      <c r="P17" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>108</v>
+      </c>
+      <c r="B18" t="s">
+        <v>109</v>
+      </c>
+      <c r="C18" t="s">
+        <v>31</v>
+      </c>
+      <c r="D18" t="s">
+        <v>71</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>72</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2002</v>
+      </c>
+      <c r="I18">
+        <v>2010</v>
+      </c>
+      <c r="J18" t="s">
+        <v>32</v>
+      </c>
+      <c r="K18" t="s">
+        <v>73</v>
+      </c>
+      <c r="L18" t="s">
+        <v>110</v>
+      </c>
+      <c r="M18" t="s">
+        <v>34</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>111</v>
+      </c>
+      <c r="P18" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>112</v>
+      </c>
+      <c r="B19" t="s">
+        <v>113</v>
+      </c>
+      <c r="C19" t="s">
+        <v>31</v>
+      </c>
+      <c r="D19" t="s">
+        <v>71</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>72</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2002</v>
+      </c>
+      <c r="I19">
+        <v>2012</v>
+      </c>
+      <c r="J19" t="s">
+        <v>32</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>34</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>114</v>
+      </c>
+      <c r="P19" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>115</v>
+      </c>
+      <c r="B20" t="s">
+        <v>116</v>
+      </c>
+      <c r="C20" t="s">
+        <v>31</v>
+      </c>
+      <c r="D20" t="s">
+        <v>117</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
         <v>21</v>
       </c>
-      <c r="K17" t="s">
-[...118 lines deleted...]
-        <v>2002</v>
+      <c r="G20" t="s">
+        <v>22</v>
       </c>
       <c r="H20">
         <v>2002</v>
       </c>
-      <c r="I20" t="s">
-        <v>27</v>
+      <c r="I20">
+        <v>2002</v>
       </c>
       <c r="J20" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="K20" t="s">
-        <v>95</v>
+        <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>29</v>
+        <v>118</v>
       </c>
       <c r="M20" t="s">
         <v>34</v>
       </c>
       <c r="N20" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:14">
+        <v>41</v>
+      </c>
+      <c r="O20" t="s">
+        <v>119</v>
+      </c>
+      <c r="P20" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>97</v>
+        <v>120</v>
       </c>
       <c r="B21" t="s">
-        <v>26</v>
+        <v>121</v>
       </c>
       <c r="C21" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>122</v>
       </c>
       <c r="E21" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
       </c>
       <c r="H21">
         <v>2012</v>
       </c>
-      <c r="I21" t="s">
-        <v>27</v>
+      <c r="I21">
+        <v>2012</v>
       </c>
       <c r="J21" t="s">
+        <v>32</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>123</v>
+      </c>
+      <c r="M21" t="s">
+        <v>34</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>124</v>
+      </c>
+      <c r="P21" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>125</v>
+      </c>
+      <c r="B22" t="s">
+        <v>126</v>
+      </c>
+      <c r="C22" t="s">
+        <v>31</v>
+      </c>
+      <c r="D22" t="s">
+        <v>127</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
         <v>21</v>
       </c>
-      <c r="K21" t="s">
-[...32 lines deleted...]
-        <v>2012</v>
+      <c r="G22" t="s">
+        <v>22</v>
       </c>
       <c r="H22">
         <v>2012</v>
       </c>
-      <c r="I22" t="s">
-        <v>27</v>
+      <c r="I22">
+        <v>2012</v>
       </c>
       <c r="J22" t="s">
+        <v>32</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>34</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>128</v>
+      </c>
+      <c r="P22" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>129</v>
+      </c>
+      <c r="B23" t="s">
+        <v>130</v>
+      </c>
+      <c r="C23" t="s">
+        <v>31</v>
+      </c>
+      <c r="D23" t="s">
+        <v>131</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
         <v>21</v>
       </c>
-      <c r="K22"/>
-[...30 lines deleted...]
-        <v>2012</v>
+      <c r="G23" t="s">
+        <v>22</v>
       </c>
       <c r="H23">
         <v>2012</v>
       </c>
-      <c r="I23" t="s">
-        <v>27</v>
+      <c r="I23">
+        <v>2012</v>
       </c>
       <c r="J23" t="s">
+        <v>32</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>34</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>132</v>
+      </c>
+      <c r="P23" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>133</v>
+      </c>
+      <c r="B24" t="s">
+        <v>134</v>
+      </c>
+      <c r="C24" t="s">
+        <v>135</v>
+      </c>
+      <c r="D24" t="s">
+        <v>136</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>51</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2013</v>
+      </c>
+      <c r="I24">
+        <v>2014</v>
+      </c>
+      <c r="J24" t="s">
+        <v>137</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>138</v>
+      </c>
+      <c r="M24" t="s">
+        <v>139</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>140</v>
+      </c>
+      <c r="P24" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>142</v>
+      </c>
+      <c r="B25" t="s">
+        <v>143</v>
+      </c>
+      <c r="C25" t="s">
+        <v>135</v>
+      </c>
+      <c r="D25" t="s">
+        <v>144</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>72</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2013</v>
+      </c>
+      <c r="I25">
+        <v>2014</v>
+      </c>
+      <c r="J25" t="s">
+        <v>137</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>138</v>
+      </c>
+      <c r="M25" t="s">
+        <v>139</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>145</v>
+      </c>
+      <c r="P25" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>147</v>
+      </c>
+      <c r="B26" t="s">
+        <v>148</v>
+      </c>
+      <c r="C26" t="s">
+        <v>135</v>
+      </c>
+      <c r="D26" t="s">
+        <v>149</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>51</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2013</v>
+      </c>
+      <c r="I26">
+        <v>2014</v>
+      </c>
+      <c r="J26" t="s">
+        <v>137</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>138</v>
+      </c>
+      <c r="M26" t="s">
+        <v>139</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>150</v>
+      </c>
+      <c r="P26" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>152</v>
+      </c>
+      <c r="B27" t="s">
+        <v>153</v>
+      </c>
+      <c r="C27" t="s">
+        <v>135</v>
+      </c>
+      <c r="D27" t="s">
+        <v>131</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>51</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2013</v>
+      </c>
+      <c r="I27">
+        <v>2014</v>
+      </c>
+      <c r="J27" t="s">
+        <v>137</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>154</v>
+      </c>
+      <c r="M27" t="s">
+        <v>139</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>155</v>
+      </c>
+      <c r="P27" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>157</v>
+      </c>
+      <c r="B28" t="s">
+        <v>158</v>
+      </c>
+      <c r="C28" t="s">
+        <v>135</v>
+      </c>
+      <c r="D28" t="s">
+        <v>159</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>51</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2013</v>
+      </c>
+      <c r="I28">
+        <v>2014</v>
+      </c>
+      <c r="J28" t="s">
+        <v>137</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>160</v>
+      </c>
+      <c r="M28" t="s">
+        <v>139</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>161</v>
+      </c>
+      <c r="P28" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>163</v>
+      </c>
+      <c r="B29" t="s">
+        <v>164</v>
+      </c>
+      <c r="C29" t="s">
+        <v>135</v>
+      </c>
+      <c r="D29" t="s">
+        <v>165</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>72</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2013</v>
+      </c>
+      <c r="I29">
+        <v>2014</v>
+      </c>
+      <c r="J29" t="s">
+        <v>137</v>
+      </c>
+      <c r="K29" t="s">
+        <v>166</v>
+      </c>
+      <c r="L29" t="s">
+        <v>167</v>
+      </c>
+      <c r="M29" t="s">
+        <v>139</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>168</v>
+      </c>
+      <c r="P29" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>170</v>
+      </c>
+      <c r="B30" t="s">
+        <v>171</v>
+      </c>
+      <c r="C30" t="s">
+        <v>135</v>
+      </c>
+      <c r="D30" t="s">
+        <v>172</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>72</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2013</v>
+      </c>
+      <c r="I30">
+        <v>2014</v>
+      </c>
+      <c r="J30" t="s">
+        <v>137</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>173</v>
+      </c>
+      <c r="M30" t="s">
+        <v>139</v>
+      </c>
+      <c r="N30" t="s">
+        <v>174</v>
+      </c>
+      <c r="O30" t="s">
+        <v>175</v>
+      </c>
+      <c r="P30" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>177</v>
+      </c>
+      <c r="B31" t="s">
+        <v>178</v>
+      </c>
+      <c r="C31" t="s">
+        <v>135</v>
+      </c>
+      <c r="D31" t="s">
+        <v>179</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>51</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2013</v>
+      </c>
+      <c r="I31">
+        <v>2014</v>
+      </c>
+      <c r="J31" t="s">
+        <v>137</v>
+      </c>
+      <c r="K31" t="s">
+        <v>166</v>
+      </c>
+      <c r="L31" t="s">
+        <v>180</v>
+      </c>
+      <c r="M31" t="s">
+        <v>139</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>181</v>
+      </c>
+      <c r="P31" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>183</v>
+      </c>
+      <c r="B32" t="s">
+        <v>184</v>
+      </c>
+      <c r="C32" t="s">
+        <v>135</v>
+      </c>
+      <c r="D32" t="s">
+        <v>179</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>72</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2013</v>
+      </c>
+      <c r="I32">
+        <v>2014</v>
+      </c>
+      <c r="J32" t="s">
+        <v>137</v>
+      </c>
+      <c r="K32" t="s">
+        <v>166</v>
+      </c>
+      <c r="L32" t="s">
+        <v>185</v>
+      </c>
+      <c r="M32" t="s">
+        <v>139</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>186</v>
+      </c>
+      <c r="P32" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>188</v>
+      </c>
+      <c r="B33" t="s">
+        <v>189</v>
+      </c>
+      <c r="C33" t="s">
+        <v>135</v>
+      </c>
+      <c r="D33" t="s">
+        <v>19</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>72</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2013</v>
+      </c>
+      <c r="I33">
+        <v>2014</v>
+      </c>
+      <c r="J33" t="s">
+        <v>137</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>190</v>
+      </c>
+      <c r="M33" t="s">
+        <v>139</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>191</v>
+      </c>
+      <c r="P33" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>193</v>
+      </c>
+      <c r="B34" t="s">
+        <v>194</v>
+      </c>
+      <c r="C34" t="s">
+        <v>135</v>
+      </c>
+      <c r="D34" t="s">
+        <v>19</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>51</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2013</v>
+      </c>
+      <c r="I34">
+        <v>2014</v>
+      </c>
+      <c r="J34" t="s">
+        <v>137</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>190</v>
+      </c>
+      <c r="M34" t="s">
+        <v>139</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>195</v>
+      </c>
+      <c r="P34" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>197</v>
+      </c>
+      <c r="B35" t="s">
+        <v>198</v>
+      </c>
+      <c r="C35" t="s">
+        <v>135</v>
+      </c>
+      <c r="D35" t="s">
+        <v>199</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>72</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2013</v>
+      </c>
+      <c r="I35">
+        <v>2014</v>
+      </c>
+      <c r="J35" t="s">
+        <v>137</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>200</v>
+      </c>
+      <c r="M35" t="s">
+        <v>139</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>201</v>
+      </c>
+      <c r="P35" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>203</v>
+      </c>
+      <c r="B36" t="s">
+        <v>204</v>
+      </c>
+      <c r="C36" t="s">
+        <v>135</v>
+      </c>
+      <c r="D36" t="s">
+        <v>199</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>51</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2013</v>
+      </c>
+      <c r="I36">
+        <v>2014</v>
+      </c>
+      <c r="J36" t="s">
+        <v>137</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>205</v>
+      </c>
+      <c r="M36" t="s">
+        <v>139</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>206</v>
+      </c>
+      <c r="P36" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>208</v>
+      </c>
+      <c r="B37" t="s">
+        <v>209</v>
+      </c>
+      <c r="C37" t="s">
+        <v>135</v>
+      </c>
+      <c r="D37" t="s">
+        <v>210</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>51</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2013</v>
+      </c>
+      <c r="I37">
+        <v>2014</v>
+      </c>
+      <c r="J37" t="s">
+        <v>137</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>211</v>
+      </c>
+      <c r="M37" t="s">
+        <v>139</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>212</v>
+      </c>
+      <c r="P37"/>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>213</v>
+      </c>
+      <c r="B38" t="s">
+        <v>214</v>
+      </c>
+      <c r="C38" t="s">
+        <v>135</v>
+      </c>
+      <c r="D38" t="s">
+        <v>50</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>72</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2012</v>
+      </c>
+      <c r="I38">
+        <v>2013</v>
+      </c>
+      <c r="J38" t="s">
+        <v>137</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>211</v>
+      </c>
+      <c r="M38" t="s">
+        <v>139</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>215</v>
+      </c>
+      <c r="P38" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>217</v>
+      </c>
+      <c r="B39" t="s">
+        <v>218</v>
+      </c>
+      <c r="C39" t="s">
+        <v>135</v>
+      </c>
+      <c r="D39" t="s">
+        <v>219</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2013</v>
+      </c>
+      <c r="I39">
+        <v>2014</v>
+      </c>
+      <c r="J39" t="s">
+        <v>137</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>220</v>
+      </c>
+      <c r="M39" t="s">
+        <v>139</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>221</v>
+      </c>
+      <c r="P39" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>223</v>
+      </c>
+      <c r="B40" t="s">
+        <v>224</v>
+      </c>
+      <c r="C40" t="s">
+        <v>135</v>
+      </c>
+      <c r="D40" t="s">
+        <v>225</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>51</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2013</v>
+      </c>
+      <c r="I40">
+        <v>2014</v>
+      </c>
+      <c r="J40" t="s">
+        <v>137</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>138</v>
+      </c>
+      <c r="M40" t="s">
+        <v>139</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>226</v>
+      </c>
+      <c r="P40" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>228</v>
+      </c>
+      <c r="B41" t="s">
+        <v>229</v>
+      </c>
+      <c r="C41" t="s">
+        <v>135</v>
+      </c>
+      <c r="D41" t="s">
+        <v>230</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>51</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2013</v>
+      </c>
+      <c r="I41">
+        <v>2014</v>
+      </c>
+      <c r="J41" t="s">
+        <v>137</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>231</v>
+      </c>
+      <c r="M41" t="s">
+        <v>139</v>
+      </c>
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>232</v>
+      </c>
+      <c r="P41" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>234</v>
+      </c>
+      <c r="B42" t="s">
+        <v>235</v>
+      </c>
+      <c r="C42" t="s">
+        <v>135</v>
+      </c>
+      <c r="D42" t="s">
+        <v>236</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>51</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2012</v>
+      </c>
+      <c r="I42">
+        <v>2013</v>
+      </c>
+      <c r="J42" t="s">
+        <v>137</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>237</v>
+      </c>
+      <c r="M42" t="s">
+        <v>139</v>
+      </c>
+      <c r="N42" t="s">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>238</v>
+      </c>
+      <c r="P42" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>240</v>
+      </c>
+      <c r="B43" t="s">
+        <v>241</v>
+      </c>
+      <c r="C43" t="s">
+        <v>135</v>
+      </c>
+      <c r="D43" t="s">
+        <v>165</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>51</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2012</v>
+      </c>
+      <c r="I43">
+        <v>2013</v>
+      </c>
+      <c r="J43" t="s">
+        <v>137</v>
+      </c>
+      <c r="K43" t="s">
+        <v>166</v>
+      </c>
+      <c r="L43" t="s">
+        <v>242</v>
+      </c>
+      <c r="M43" t="s">
+        <v>139</v>
+      </c>
+      <c r="N43" t="s">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>243</v>
+      </c>
+      <c r="P43" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>245</v>
+      </c>
+      <c r="B44" t="s">
+        <v>246</v>
+      </c>
+      <c r="C44" t="s">
+        <v>135</v>
+      </c>
+      <c r="D44" t="s">
+        <v>247</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>72</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2012</v>
+      </c>
+      <c r="I44">
+        <v>2013</v>
+      </c>
+      <c r="J44" t="s">
+        <v>137</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>167</v>
+      </c>
+      <c r="M44" t="s">
+        <v>139</v>
+      </c>
+      <c r="N44" t="s">
+        <v>26</v>
+      </c>
+      <c r="O44" t="s">
+        <v>248</v>
+      </c>
+      <c r="P44" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>250</v>
+      </c>
+      <c r="B45" t="s">
+        <v>251</v>
+      </c>
+      <c r="C45" t="s">
+        <v>252</v>
+      </c>
+      <c r="D45" t="s">
+        <v>50</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
         <v>21</v>
       </c>
-      <c r="K23"/>
-[...29 lines deleted...]
-      <c r="G24">
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2015</v>
+      </c>
+      <c r="I45">
+        <v>2018</v>
+      </c>
+      <c r="J45" t="s">
+        <v>253</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>254</v>
+      </c>
+      <c r="M45" t="s">
+        <v>255</v>
+      </c>
+      <c r="N45" t="s">
+        <v>26</v>
+      </c>
+      <c r="O45" t="s">
+        <v>256</v>
+      </c>
+      <c r="P45" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>258</v>
+      </c>
+      <c r="B46" t="s">
+        <v>259</v>
+      </c>
+      <c r="C46" t="s">
+        <v>260</v>
+      </c>
+      <c r="D46" t="s">
+        <v>50</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
         <v>2013</v>
       </c>
-      <c r="H24">
-[...5 lines deleted...]
-      <c r="J24" t="s">
+      <c r="I46">
+        <v>2018</v>
+      </c>
+      <c r="J46" t="s">
+        <v>261</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>262</v>
+      </c>
+      <c r="M46" t="s">
+        <v>263</v>
+      </c>
+      <c r="N46" t="s">
+        <v>26</v>
+      </c>
+      <c r="O46" t="s">
+        <v>264</v>
+      </c>
+      <c r="P46" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>266</v>
+      </c>
+      <c r="B47" t="s">
+        <v>267</v>
+      </c>
+      <c r="C47" t="s">
+        <v>260</v>
+      </c>
+      <c r="D47" t="s">
+        <v>268</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
         <v>21</v>
       </c>
-      <c r="K24" t="s">
-[...40 lines deleted...]
-      <c r="J25" t="s">
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2016</v>
+      </c>
+      <c r="I47">
+        <v>2019</v>
+      </c>
+      <c r="J47" t="s">
+        <v>261</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>263</v>
+      </c>
+      <c r="N47" t="s">
+        <v>26</v>
+      </c>
+      <c r="O47" t="s">
+        <v>269</v>
+      </c>
+      <c r="P47" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>271</v>
+      </c>
+      <c r="B48" t="s">
+        <v>272</v>
+      </c>
+      <c r="C48" t="s">
+        <v>260</v>
+      </c>
+      <c r="D48" t="s">
+        <v>247</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
         <v>21</v>
       </c>
-      <c r="K25" t="s">
-[...998 lines deleted...]
-        <v>2018</v>
+      <c r="G48" t="s">
+        <v>22</v>
       </c>
       <c r="H48">
         <v>2018</v>
       </c>
-      <c r="I48" t="s">
-        <v>191</v>
+      <c r="I48">
+        <v>2018</v>
       </c>
       <c r="J48" t="s">
+        <v>261</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>263</v>
+      </c>
+      <c r="N48" t="s">
+        <v>26</v>
+      </c>
+      <c r="O48" t="s">
+        <v>273</v>
+      </c>
+      <c r="P48" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>274</v>
+      </c>
+      <c r="B49" t="s">
+        <v>275</v>
+      </c>
+      <c r="C49" t="s">
+        <v>260</v>
+      </c>
+      <c r="D49" t="s">
+        <v>276</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
         <v>21</v>
       </c>
-      <c r="K48"/>
-[...30 lines deleted...]
-        <v>2018</v>
+      <c r="G49" t="s">
+        <v>22</v>
       </c>
       <c r="H49">
         <v>2018</v>
       </c>
-      <c r="I49" t="s">
-        <v>191</v>
+      <c r="I49">
+        <v>2018</v>
       </c>
       <c r="J49" t="s">
-        <v>202</v>
-[...4 lines deleted...]
-      </c>
+        <v>261</v>
+      </c>
+      <c r="K49" t="s">
+        <v>277</v>
+      </c>
+      <c r="L49"/>
       <c r="M49" t="s">
+        <v>263</v>
+      </c>
+      <c r="N49" t="s">
+        <v>26</v>
+      </c>
+      <c r="O49" t="s">
+        <v>278</v>
+      </c>
+      <c r="P49" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>279</v>
+      </c>
+      <c r="B50" t="s">
+        <v>280</v>
+      </c>
+      <c r="C50" t="s">
+        <v>260</v>
+      </c>
+      <c r="D50" t="s">
+        <v>281</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2007</v>
+      </c>
+      <c r="I50">
+        <v>2018</v>
+      </c>
+      <c r="J50" t="s">
+        <v>261</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>282</v>
+      </c>
+      <c r="M50" t="s">
+        <v>263</v>
+      </c>
+      <c r="N50" t="s">
+        <v>26</v>
+      </c>
+      <c r="O50" t="s">
+        <v>283</v>
+      </c>
+      <c r="P50" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>284</v>
+      </c>
+      <c r="B51" t="s">
+        <v>275</v>
+      </c>
+      <c r="C51" t="s">
+        <v>260</v>
+      </c>
+      <c r="D51" t="s">
+        <v>19</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2007</v>
+      </c>
+      <c r="I51">
+        <v>2018</v>
+      </c>
+      <c r="J51" t="s">
+        <v>261</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>285</v>
+      </c>
+      <c r="M51" t="s">
+        <v>263</v>
+      </c>
+      <c r="N51" t="s">
+        <v>26</v>
+      </c>
+      <c r="O51" t="s">
+        <v>286</v>
+      </c>
+      <c r="P51" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>287</v>
+      </c>
+      <c r="B52" t="s">
+        <v>288</v>
+      </c>
+      <c r="C52" t="s">
+        <v>260</v>
+      </c>
+      <c r="D52" t="s">
+        <v>268</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2016</v>
+      </c>
+      <c r="I52">
+        <v>2019</v>
+      </c>
+      <c r="J52" t="s">
+        <v>261</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>263</v>
+      </c>
+      <c r="N52" t="s">
+        <v>26</v>
+      </c>
+      <c r="O52" t="s">
+        <v>289</v>
+      </c>
+      <c r="P52" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>290</v>
+      </c>
+      <c r="B53" t="s">
+        <v>291</v>
+      </c>
+      <c r="C53" t="s">
+        <v>18</v>
+      </c>
+      <c r="D53" t="s">
+        <v>225</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2007</v>
+      </c>
+      <c r="I53">
+        <v>2011</v>
+      </c>
+      <c r="J53" t="s">
         <v>23</v>
       </c>
-      <c r="N49" t="s">
-[...16 lines deleted...]
-      <c r="E50" t="s">
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>292</v>
+      </c>
+      <c r="M53" t="s">
+        <v>293</v>
+      </c>
+      <c r="N53" t="s">
+        <v>26</v>
+      </c>
+      <c r="O53" t="s">
+        <v>294</v>
+      </c>
+      <c r="P53" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>296</v>
+      </c>
+      <c r="B54" t="s">
+        <v>297</v>
+      </c>
+      <c r="C54" t="s">
         <v>18</v>
       </c>
-      <c r="F50" t="s">
-[...166 lines deleted...]
-      </c>
       <c r="D54" t="s">
-        <v>218</v>
+        <v>82</v>
       </c>
       <c r="E54" t="s">
-        <v>42</v>
+        <v>298</v>
       </c>
       <c r="F54" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>51</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
       </c>
       <c r="H54">
         <v>2006</v>
       </c>
-      <c r="I54" t="s">
-        <v>20</v>
+      <c r="I54">
+        <v>2006</v>
       </c>
       <c r="J54" t="s">
+        <v>23</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>293</v>
+      </c>
+      <c r="N54" t="s">
+        <v>41</v>
+      </c>
+      <c r="O54" t="s">
+        <v>299</v>
+      </c>
+      <c r="P54"/>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>300</v>
+      </c>
+      <c r="B55" t="s">
+        <v>301</v>
+      </c>
+      <c r="C55" t="s">
+        <v>18</v>
+      </c>
+      <c r="D55" t="s">
+        <v>302</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
         <v>21</v>
       </c>
-      <c r="K54"/>
-[...23 lines deleted...]
-      <c r="E55" t="s">
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2006</v>
+      </c>
+      <c r="I55">
+        <v>2015</v>
+      </c>
+      <c r="J55" t="s">
+        <v>23</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>25</v>
+      </c>
+      <c r="N55" t="s">
+        <v>26</v>
+      </c>
+      <c r="O55" t="s">
+        <v>303</v>
+      </c>
+      <c r="P55" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>305</v>
+      </c>
+      <c r="B56" t="s">
+        <v>306</v>
+      </c>
+      <c r="C56" t="s">
         <v>18</v>
       </c>
-      <c r="F55" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="D56" t="s">
-        <v>17</v>
+        <v>307</v>
       </c>
       <c r="E56" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F56" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>51</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
       </c>
       <c r="H56">
         <v>2016</v>
       </c>
-      <c r="I56" t="s">
-        <v>20</v>
+      <c r="I56">
+        <v>2016</v>
       </c>
       <c r="J56" t="s">
+        <v>23</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>293</v>
+      </c>
+      <c r="N56" t="s">
+        <v>26</v>
+      </c>
+      <c r="O56" t="s">
+        <v>308</v>
+      </c>
+      <c r="P56" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>310</v>
+      </c>
+      <c r="B57" t="s">
+        <v>311</v>
+      </c>
+      <c r="C57" t="s">
+        <v>18</v>
+      </c>
+      <c r="D57" t="s">
+        <v>236</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>51</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2012</v>
+      </c>
+      <c r="I57">
+        <v>2013</v>
+      </c>
+      <c r="J57" t="s">
+        <v>23</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>312</v>
+      </c>
+      <c r="M57" t="s">
+        <v>293</v>
+      </c>
+      <c r="N57" t="s">
+        <v>26</v>
+      </c>
+      <c r="O57" t="s">
+        <v>313</v>
+      </c>
+      <c r="P57" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>315</v>
+      </c>
+      <c r="B58" t="s">
+        <v>316</v>
+      </c>
+      <c r="C58" t="s">
+        <v>18</v>
+      </c>
+      <c r="D58" t="s">
+        <v>317</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
         <v>21</v>
       </c>
-      <c r="K56"/>
-[...3 lines deleted...]
-      <c r="M56" t="s">
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>1986</v>
+      </c>
+      <c r="I58">
+        <v>2012</v>
+      </c>
+      <c r="J58" t="s">
         <v>23</v>
       </c>
-      <c r="N56" t="s">
-[...40 lines deleted...]
-      <c r="M57" t="s">
+      <c r="K58" t="s">
+        <v>318</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>319</v>
+      </c>
+      <c r="N58" t="s">
+        <v>26</v>
+      </c>
+      <c r="O58" t="s">
+        <v>320</v>
+      </c>
+      <c r="P58" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>322</v>
+      </c>
+      <c r="B59" t="s">
+        <v>311</v>
+      </c>
+      <c r="C59" t="s">
+        <v>18</v>
+      </c>
+      <c r="D59" t="s">
+        <v>323</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>51</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>1986</v>
+      </c>
+      <c r="I59">
+        <v>2014</v>
+      </c>
+      <c r="J59" t="s">
         <v>23</v>
       </c>
-      <c r="N57" t="s">
-[...16 lines deleted...]
-      <c r="E58" t="s">
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>293</v>
+      </c>
+      <c r="N59" t="s">
+        <v>26</v>
+      </c>
+      <c r="O59" t="s">
+        <v>324</v>
+      </c>
+      <c r="P59" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>326</v>
+      </c>
+      <c r="B60" t="s">
+        <v>327</v>
+      </c>
+      <c r="C60" t="s">
         <v>18</v>
       </c>
-      <c r="F58" t="s">
-[...76 lines deleted...]
-      </c>
       <c r="D60" t="s">
-        <v>17</v>
+        <v>219</v>
       </c>
       <c r="E60" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F60" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>51</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
       </c>
       <c r="H60">
         <v>2011</v>
       </c>
-      <c r="I60" t="s">
-        <v>20</v>
+      <c r="I60">
+        <v>2011</v>
       </c>
       <c r="J60" t="s">
+        <v>23</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>328</v>
+      </c>
+      <c r="M60" t="s">
+        <v>293</v>
+      </c>
+      <c r="N60" t="s">
+        <v>26</v>
+      </c>
+      <c r="O60" t="s">
+        <v>329</v>
+      </c>
+      <c r="P60" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>331</v>
+      </c>
+      <c r="B61" t="s">
+        <v>332</v>
+      </c>
+      <c r="C61" t="s">
+        <v>333</v>
+      </c>
+      <c r="D61" t="s">
+        <v>247</v>
+      </c>
+      <c r="E61" t="s">
+        <v>298</v>
+      </c>
+      <c r="F61" t="s">
+        <v>72</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2002</v>
+      </c>
+      <c r="I61">
+        <v>2015</v>
+      </c>
+      <c r="J61" t="s">
+        <v>334</v>
+      </c>
+      <c r="K61" t="s">
+        <v>335</v>
+      </c>
+      <c r="L61" t="s">
+        <v>336</v>
+      </c>
+      <c r="M61" t="s">
+        <v>337</v>
+      </c>
+      <c r="N61" t="s">
+        <v>26</v>
+      </c>
+      <c r="O61" t="s">
+        <v>338</v>
+      </c>
+      <c r="P61" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>340</v>
+      </c>
+      <c r="B62" t="s">
+        <v>341</v>
+      </c>
+      <c r="C62" t="s">
+        <v>333</v>
+      </c>
+      <c r="D62" t="s">
+        <v>247</v>
+      </c>
+      <c r="E62" t="s">
+        <v>298</v>
+      </c>
+      <c r="F62" t="s">
+        <v>51</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2013</v>
+      </c>
+      <c r="I62">
+        <v>2015</v>
+      </c>
+      <c r="J62" t="s">
+        <v>334</v>
+      </c>
+      <c r="K62" t="s">
+        <v>335</v>
+      </c>
+      <c r="L62" t="s">
+        <v>342</v>
+      </c>
+      <c r="M62" t="s">
+        <v>337</v>
+      </c>
+      <c r="N62" t="s">
+        <v>26</v>
+      </c>
+      <c r="O62" t="s">
+        <v>343</v>
+      </c>
+      <c r="P62" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>344</v>
+      </c>
+      <c r="B63" t="s">
+        <v>345</v>
+      </c>
+      <c r="C63" t="s">
+        <v>333</v>
+      </c>
+      <c r="D63" t="s">
+        <v>346</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>72</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2011</v>
+      </c>
+      <c r="I63">
+        <v>2014</v>
+      </c>
+      <c r="J63" t="s">
+        <v>347</v>
+      </c>
+      <c r="K63" t="s">
+        <v>335</v>
+      </c>
+      <c r="L63" t="s">
+        <v>348</v>
+      </c>
+      <c r="M63" t="s">
+        <v>337</v>
+      </c>
+      <c r="N63" t="s">
+        <v>26</v>
+      </c>
+      <c r="O63" t="s">
+        <v>349</v>
+      </c>
+      <c r="P63" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>344</v>
+      </c>
+      <c r="B64" t="s">
+        <v>351</v>
+      </c>
+      <c r="C64" t="s">
+        <v>333</v>
+      </c>
+      <c r="D64" t="s">
+        <v>346</v>
+      </c>
+      <c r="E64" t="s">
+        <v>298</v>
+      </c>
+      <c r="F64" t="s">
+        <v>51</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2015</v>
+      </c>
+      <c r="I64">
+        <v>2017</v>
+      </c>
+      <c r="J64" t="s">
+        <v>347</v>
+      </c>
+      <c r="K64" t="s">
+        <v>335</v>
+      </c>
+      <c r="L64" t="s">
+        <v>352</v>
+      </c>
+      <c r="M64" t="s">
+        <v>337</v>
+      </c>
+      <c r="N64" t="s">
+        <v>26</v>
+      </c>
+      <c r="O64" t="s">
+        <v>353</v>
+      </c>
+      <c r="P64" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>354</v>
+      </c>
+      <c r="B65" t="s">
+        <v>355</v>
+      </c>
+      <c r="C65" t="s">
+        <v>333</v>
+      </c>
+      <c r="D65" t="s">
+        <v>179</v>
+      </c>
+      <c r="E65" t="s">
+        <v>298</v>
+      </c>
+      <c r="F65" t="s">
+        <v>51</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2011</v>
+      </c>
+      <c r="I65">
+        <v>2021</v>
+      </c>
+      <c r="J65" t="s">
+        <v>347</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65" t="s">
+        <v>356</v>
+      </c>
+      <c r="M65" t="s">
+        <v>337</v>
+      </c>
+      <c r="N65" t="s">
+        <v>26</v>
+      </c>
+      <c r="O65" t="s">
+        <v>357</v>
+      </c>
+      <c r="P65" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>359</v>
+      </c>
+      <c r="B66" t="s">
+        <v>360</v>
+      </c>
+      <c r="C66" t="s">
+        <v>333</v>
+      </c>
+      <c r="D66" t="s">
+        <v>19</v>
+      </c>
+      <c r="E66" t="s">
+        <v>298</v>
+      </c>
+      <c r="F66" t="s">
+        <v>72</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2002</v>
+      </c>
+      <c r="I66">
+        <v>2021</v>
+      </c>
+      <c r="J66" t="s">
+        <v>347</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66" t="s">
+        <v>361</v>
+      </c>
+      <c r="M66" t="s">
+        <v>337</v>
+      </c>
+      <c r="N66" t="s">
+        <v>26</v>
+      </c>
+      <c r="O66" t="s">
+        <v>362</v>
+      </c>
+      <c r="P66" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>364</v>
+      </c>
+      <c r="B67" t="s">
+        <v>365</v>
+      </c>
+      <c r="C67" t="s">
+        <v>333</v>
+      </c>
+      <c r="D67" t="s">
+        <v>366</v>
+      </c>
+      <c r="E67" t="s">
+        <v>298</v>
+      </c>
+      <c r="F67" t="s">
+        <v>51</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2011</v>
+      </c>
+      <c r="I67">
+        <v>2021</v>
+      </c>
+      <c r="J67" t="s">
+        <v>347</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67" t="s">
+        <v>356</v>
+      </c>
+      <c r="M67" t="s">
+        <v>337</v>
+      </c>
+      <c r="N67" t="s">
+        <v>26</v>
+      </c>
+      <c r="O67" t="s">
+        <v>367</v>
+      </c>
+      <c r="P67" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>369</v>
+      </c>
+      <c r="B68" t="s">
+        <v>370</v>
+      </c>
+      <c r="C68" t="s">
+        <v>333</v>
+      </c>
+      <c r="D68" t="s">
+        <v>19</v>
+      </c>
+      <c r="E68" t="s">
+        <v>298</v>
+      </c>
+      <c r="F68" t="s">
+        <v>51</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2011</v>
+      </c>
+      <c r="I68">
+        <v>2021</v>
+      </c>
+      <c r="J68" t="s">
+        <v>347</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68" t="s">
+        <v>371</v>
+      </c>
+      <c r="M68" t="s">
+        <v>337</v>
+      </c>
+      <c r="N68" t="s">
+        <v>26</v>
+      </c>
+      <c r="O68" t="s">
+        <v>372</v>
+      </c>
+      <c r="P68" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>374</v>
+      </c>
+      <c r="B69" t="s">
+        <v>375</v>
+      </c>
+      <c r="C69" t="s">
+        <v>333</v>
+      </c>
+      <c r="D69" t="s">
+        <v>179</v>
+      </c>
+      <c r="E69" t="s">
+        <v>298</v>
+      </c>
+      <c r="F69" t="s">
+        <v>72</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2002</v>
+      </c>
+      <c r="I69">
+        <v>2021</v>
+      </c>
+      <c r="J69" t="s">
+        <v>347</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69" t="s">
+        <v>376</v>
+      </c>
+      <c r="M69" t="s">
+        <v>337</v>
+      </c>
+      <c r="N69" t="s">
+        <v>26</v>
+      </c>
+      <c r="O69" t="s">
+        <v>377</v>
+      </c>
+      <c r="P69" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>379</v>
+      </c>
+      <c r="B70" t="s">
+        <v>380</v>
+      </c>
+      <c r="C70" t="s">
+        <v>333</v>
+      </c>
+      <c r="D70" t="s">
+        <v>366</v>
+      </c>
+      <c r="E70" t="s">
+        <v>298</v>
+      </c>
+      <c r="F70" t="s">
+        <v>72</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2002</v>
+      </c>
+      <c r="I70">
+        <v>2021</v>
+      </c>
+      <c r="J70" t="s">
+        <v>347</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
+        <v>381</v>
+      </c>
+      <c r="M70" t="s">
+        <v>337</v>
+      </c>
+      <c r="N70" t="s">
+        <v>26</v>
+      </c>
+      <c r="O70" t="s">
+        <v>382</v>
+      </c>
+      <c r="P70" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>384</v>
+      </c>
+      <c r="B71" t="s">
+        <v>385</v>
+      </c>
+      <c r="C71" t="s">
+        <v>333</v>
+      </c>
+      <c r="D71" t="s">
+        <v>136</v>
+      </c>
+      <c r="E71" t="s">
+        <v>298</v>
+      </c>
+      <c r="F71" t="s">
+        <v>72</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2002</v>
+      </c>
+      <c r="I71">
+        <v>2021</v>
+      </c>
+      <c r="J71" t="s">
+        <v>347</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71" t="s">
+        <v>386</v>
+      </c>
+      <c r="M71" t="s">
+        <v>337</v>
+      </c>
+      <c r="N71" t="s">
+        <v>26</v>
+      </c>
+      <c r="O71" t="s">
+        <v>387</v>
+      </c>
+      <c r="P71" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>389</v>
+      </c>
+      <c r="B72" t="s">
+        <v>390</v>
+      </c>
+      <c r="C72" t="s">
+        <v>333</v>
+      </c>
+      <c r="D72" t="s">
+        <v>391</v>
+      </c>
+      <c r="E72" t="s">
+        <v>298</v>
+      </c>
+      <c r="F72" t="s">
+        <v>72</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2012</v>
+      </c>
+      <c r="I72">
+        <v>2015</v>
+      </c>
+      <c r="J72" t="s">
+        <v>334</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72" t="s">
+        <v>392</v>
+      </c>
+      <c r="M72" t="s">
+        <v>337</v>
+      </c>
+      <c r="N72" t="s">
+        <v>26</v>
+      </c>
+      <c r="O72" t="s">
+        <v>393</v>
+      </c>
+      <c r="P72" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>395</v>
+      </c>
+      <c r="B73" t="s">
+        <v>396</v>
+      </c>
+      <c r="C73" t="s">
+        <v>397</v>
+      </c>
+      <c r="D73" t="s">
+        <v>398</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>399</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2016</v>
+      </c>
+      <c r="I73">
+        <v>2017</v>
+      </c>
+      <c r="J73" t="s">
+        <v>400</v>
+      </c>
+      <c r="K73" t="s">
+        <v>401</v>
+      </c>
+      <c r="L73" t="s">
+        <v>402</v>
+      </c>
+      <c r="M73" t="s">
+        <v>403</v>
+      </c>
+      <c r="N73" t="s">
+        <v>404</v>
+      </c>
+      <c r="O73" t="s">
+        <v>405</v>
+      </c>
+      <c r="P73" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>407</v>
+      </c>
+      <c r="B74" t="s">
+        <v>408</v>
+      </c>
+      <c r="C74" t="s">
+        <v>409</v>
+      </c>
+      <c r="D74" t="s">
+        <v>19</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
         <v>21</v>
       </c>
-      <c r="K60" t="s">
-[...34 lines deleted...]
-      <c r="H61">
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2013</v>
+      </c>
+      <c r="I74">
+        <v>2020</v>
+      </c>
+      <c r="J74" t="s">
+        <v>137</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74" t="s">
+        <v>410</v>
+      </c>
+      <c r="M74" t="s">
+        <v>411</v>
+      </c>
+      <c r="N74" t="s">
+        <v>26</v>
+      </c>
+      <c r="O74" t="s">
+        <v>412</v>
+      </c>
+      <c r="P74" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>414</v>
+      </c>
+      <c r="B75" t="s">
+        <v>415</v>
+      </c>
+      <c r="C75" t="s">
+        <v>409</v>
+      </c>
+      <c r="D75" t="s">
+        <v>50</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>21</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2011</v>
+      </c>
+      <c r="I75">
+        <v>2019</v>
+      </c>
+      <c r="J75" t="s">
+        <v>137</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75" t="s">
+        <v>416</v>
+      </c>
+      <c r="M75" t="s">
+        <v>411</v>
+      </c>
+      <c r="N75" t="s">
+        <v>26</v>
+      </c>
+      <c r="O75" t="s">
+        <v>417</v>
+      </c>
+      <c r="P75" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>419</v>
+      </c>
+      <c r="B76" t="s">
+        <v>420</v>
+      </c>
+      <c r="C76" t="s">
+        <v>409</v>
+      </c>
+      <c r="D76" t="s">
+        <v>317</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>21</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2014</v>
+      </c>
+      <c r="I76">
         <v>2015</v>
       </c>
-      <c r="I61" t="s">
-[...93 lines deleted...]
-      <c r="K63" t="s">
+      <c r="J76" t="s">
         <v>253</v>
       </c>
-      <c r="L63" t="s">
-[...81 lines deleted...]
-      <c r="J65" t="s">
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76"/>
+      <c r="M76" t="s">
+        <v>411</v>
+      </c>
+      <c r="N76" t="s">
+        <v>26</v>
+      </c>
+      <c r="O76" t="s">
+        <v>421</v>
+      </c>
+      <c r="P76" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>423</v>
+      </c>
+      <c r="B77" t="s">
+        <v>424</v>
+      </c>
+      <c r="C77" t="s">
+        <v>409</v>
+      </c>
+      <c r="D77" t="s">
+        <v>391</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
         <v>21</v>
       </c>
-      <c r="K65" t="s">
-[...339 lines deleted...]
-      <c r="G73">
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
         <v>2016</v>
       </c>
-      <c r="H73">
-[...87 lines deleted...]
-      <c r="H75">
+      <c r="I77">
         <v>2019</v>
       </c>
-      <c r="I75" t="s">
-[...87 lines deleted...]
-      </c>
       <c r="J77" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>253</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77"/>
       <c r="M77" t="s">
-        <v>23</v>
+        <v>411</v>
       </c>
       <c r="N77" t="s">
-        <v>303</v>
+        <v>26</v>
+      </c>
+      <c r="O77" t="s">
+        <v>425</v>
+      </c>
+      <c r="P77" t="s">
+        <v>426</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>