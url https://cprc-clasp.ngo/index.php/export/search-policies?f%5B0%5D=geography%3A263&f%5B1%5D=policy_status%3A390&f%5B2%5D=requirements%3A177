--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,1169 +12,696 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="360">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="201">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Decision No. 107/2018 on the adoption of Gulf Standard 2530:2016 on Energy Labeling and Minimum Energy Performance Requirements For Air Conditioners as a mandatory Omani Standard</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for window single-package, split-system non-ducted air conditioners using air-cooled condensers, split-system ducted air-conditioners using air-cooled condensers, and heat pumps using air-cooled condensers for residential, commercial and industrial sector as applicable in accordance with GSO SASO Standards. It is applied to units designed to operate in AC single phase or three-phase circuits according to GSO 1899/2009 "GCC Standard voltages and frequencies for AC transmission and distribution systems". It covers units with capacities up to and including 70000 Btu/h (20 kW).</t>
+  </si>
+  <si>
     <t>Oman</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GSO 2530:2016</t>
   </si>
   <si>
     <t>Ministry of Commerce and Industry</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-1072018-adoption-gulf-standard-25302016-energy-labeling-and-minimum-energy</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/sultanate-oman-energy-efficiency-and-labeling-requirements-air-conditioners-0</t>
+  </si>
+  <si>
     <t>Electric Motors Minimum Energy Performance Standards</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/electric-motors-minimum-energy-performance-standards</t>
   </si>
   <si>
+    <t>https://clasp.ngo/updates/2021/pakistan-launches-first-efficiency-policy-for-electric-motors</t>
+  </si>
+  <si>
     <t>Energy efficiency, functionality and labelling requirements for self-ballasted Light Emitting Diode (LED) lamps</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency, functionality, and product information requirements for self-ballasted LED lamps for general lighting services that works on single-phase alternating current supply up to and including 240V, 50Hz, being manufactured, imported or sold in Oman.
+The standard covers the following types of self-ballasted LED lamps:
+a. Both the directional and non-directional lamps.
+b. Lamps having a luminous flux above 60 lumens and below 12,000 lumens.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>October 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-functionality-and-labelling-requirements-self-ballasted-light-emitting</t>
   </si>
   <si>
+    <t>https://www.tuv.com/regulations-and-standards/en/oman-ministerial-decree-obligating-the-omani-standard-energy-efficiency-functionality-and.html</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy Efficiency of Electrical Induction Motors) 5764 - 2004 / SI 5289</t>
   </si>
   <si>
+    <t>It covers electric induction motors</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-electrical-induction-motors-5764-2004-si</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECInductionMotors.doc</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy labeling of electric heating furnaces), 5753 - 1993</t>
   </si>
   <si>
+    <t>Electric Heating Furnace</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-labeling-electric-heating-furnaces-5753-1993</t>
   </si>
   <si>
-    <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
-[...11 lines deleted...]
-    <t>ISIR 14577, 1st Edition, Household refrigerating appliances - Determination of Criteria for energy consumption and energy labeling instructions</t>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECElectricHeating.doc</t>
+  </si>
+  <si>
+    <t>ISIRI 10638 -Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Single package non ducted single and multi split Product sub-type is yet to be determined.</t>
   </si>
   <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
-    <t>ISO-8187</t>
-[...1 lines deleted...]
-  <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/isir-14577-1st-edition-household-refrigerating-appliances-determination-criteria-energy</t>
-[...8 lines deleted...]
-    <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10638-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
+  </si>
+  <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
+    <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
+    <t>Refrigerant Compressors</t>
+  </si>
+  <si>
+    <t>ISIRI NS 4335</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
+  </si>
+  <si>
+    <t>ISIRI 10759:2005, 1st Edition- technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Covers electric fluorescent ballast and tube fluorescent lamps 20-40 W, frequency 50hz, and 220-240 volts</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>34C/682/INF: 2005, 34C/693/NP: 2005</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-107592005-1st-edition-technical-specifications-and-test-method-energy-consumption</t>
+  </si>
+  <si>
+    <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
+  </si>
+  <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
+  </si>
+  <si>
+    <t>Central ACs</t>
+  </si>
+  <si>
+    <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
-[...56 lines deleted...]
-    <t>Imaging Equipment</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 1219-2:2002- Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
+    <t>Storage water heater</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-1219-22002-test-method-energy-consumption-and-energy-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>ISIRI 10335</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-14628-determination-criteria-energy-consumption-and-energy-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 1563-2:2009, 1st Revision, Specification for energy consumption and energy labeling of electrical household water heaters</t>
+  </si>
+  <si>
+    <t>Standard includes electrical household water heaters. Does not include solar or coal water heaters. Does not include residential electric water heaters with capacity less than 50L and more than 120L.</t>
+  </si>
+  <si>
+    <t>IEC 379: 1987</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-1563-22009-1st-revision-specification-energy-consumption-and-energy-labeling</t>
+  </si>
+  <si>
+    <t>ISIRI 16163:2013-determination of criteria for energy consumption and labeling instruction</t>
+  </si>
+  <si>
+    <t>Residential electric dishwasher</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-161632013-determination-criteria-energy-consumption-and-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 3477-2, 1st Edition, Specification for energy consumption and energy labeling of electrical household washing machines</t>
+  </si>
+  <si>
+    <t>Fully automatic residential clothes washer</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>95/12/EC</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-3477-2-1st-edition-specification-energy-consumption-and-energy-labeling-electrical</t>
+  </si>
+  <si>
+    <t>ISIRI 5916 Self Ballasted Lamps for General Lighting Services-performance requirements</t>
+  </si>
+  <si>
+    <t>Covers multi sector self ballasted lamps (60W and 100-250V)</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>IEC 60968 and IEC 60969</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-5916-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
+  </si>
+  <si>
+    <t>ISIRI 6016-2</t>
+  </si>
+  <si>
+    <t>Split-system non-ducted air conditioners and heat pumps - method for measuring of energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 6016, ISIRI 6016-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-6016-2</t>
+  </si>
+  <si>
+    <t>ISIRI 7872:2009, 1st Rev, Household electric iron energy consumption requirements and energy labeling guideline</t>
+  </si>
+  <si>
+    <t>Covers residential steam and non-steam irons. Does not include residential press irons</t>
+  </si>
+  <si>
+    <t>Irons</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
-[...212 lines deleted...]
-    <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-78722009-1st-rev-household-electric-iron-energy-consumption-requirements-and-energy</t>
+  </si>
+  <si>
+    <t>ISIRI NS 7341, 1st edition- Technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Electric lamps - Tubular, double capped</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>NS687 (Double Capped), NS 2702 (High Pressure Mercury Vapor), NS 5191 (HPSI), NS 5211 (Single Capped), 98/11/EC</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-ns-7341-1st-edition-technical-specifications-and-test-method-energy-consumption-and</t>
+  </si>
+  <si>
+    <t>MEPS and labeling schemes for refrigerators, refrigerator-freezers and freezers</t>
+  </si>
+  <si>
+    <t>The standard specifies the energy performance, capacity and labelling of household refrigerators, refrigerator-freezers and freezers. The requirements in this Standard are not applicable to electrically operated refrigerators employing an absorption refrigeration system and for commercial refrigerators, refrigerators-freezers and freezers.</t>
+  </si>
+  <si>
+    <t>Qatar</t>
+  </si>
+  <si>
+    <t>Freezers-only</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
+    <t>General Electricity &amp; Water Corporation</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-refrigerator-freezers-and-freezers</t>
+  </si>
+  <si>
+    <t>https://docs.wto.org/dol2fe/Pages/FE_Search/FE_S_S009-DP.aspx?language=E&amp;HasEnglishRecord=True&amp;HasFrenchRecord=True&amp;HasSpanishRecord=False&amp;CatalogueIdList=234359,234362,227938,228303,231379,234295,234377,234291,234289,234290&amp;CurrentCatalogueIdIndex=9&amp;FullT</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-refrigerator-freezers-and-freezers-0</t>
+  </si>
+  <si>
+    <t>MEPS and labeling schemes for split unit air conditioners</t>
+  </si>
+  <si>
+    <t>Under new regulations, the energy efficiency ratio (EER) of split unit air-conditioners will be increased from existing 9.5 EER to 10.5 EER.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-split-unit-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://thepeninsulaqatar.com/article/08/06/2019/New-regulations-to-make-electric-appliances-more-energy-efficient</t>
+  </si>
+  <si>
+    <t>MEPS schemes for non-directional lamps</t>
+  </si>
+  <si>
+    <t>This regulation is based on the European Union Commission regulation 244/2009 to phase out incandescent lamps.</t>
+  </si>
+  <si>
+    <t>Bahrain</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Commerce</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-schemes-non-directional-lamps</t>
+  </si>
+  <si>
+    <t>http://www.seu.gov.bh/wp-content/uploads/2018/04/02_NEEAP_full-report.pdf</t>
+  </si>
+  <si>
+    <t>SASO 2874:2016 MEPS for large air conditioners</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS and testing requirements for electrically operated air conditioners, condensing units, chillers, absorption chillers, electrically operated variable refrigerant flow (VRF) air conditioners, close control air conditioners and condensing units serving computer rooms.</t>
+  </si>
+  <si>
+    <t>Kingdom of Saudi Arabia</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Chillers - Cooler Towers</t>
+  </si>
+  <si>
+    <t>Saudi Standard, Metrology and Quality Organization</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/saso-28742016-meps-large-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://www.intertek.com.cn/Uploadfile/File/SASO-2874_2016.pdf</t>
+  </si>
+  <si>
+    <t>SASO IEC 60034-30:2013</t>
+  </si>
+  <si>
+    <t>This part of IEC 60034 specifies efficiency classes for single-speed; three-phase; 50 Hz and 60 Hz cage-induction motors</t>
+  </si>
+  <si>
+    <t>SASO IEC 60034-2-1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/saso-iec-60034-302013</t>
+  </si>
+  <si>
+    <t>http://www.saso.gov.sa/en/mediacenter/events/Pages/saso_events_127.aspx</t>
+  </si>
+  <si>
+    <t>SI 60350 - Part 1: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
+  </si>
+  <si>
+    <t>Israeli Standard which covers household electric cooking appliances - ovens</t>
+  </si>
+  <si>
+    <t>Ovens, Microwaves</t>
+  </si>
+  <si>
+    <t>Standards Institute of Israel (SII)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-1-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
+  </si>
+  <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
+    <t>SI 60968</t>
+  </si>
+  <si>
+    <t>Self-ballasted lamps for general lighting services</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/si-60968</t>
+  </si>
+  <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=f176cda1-c392-4f0e-8c7d-e062df37c908</t>
+  </si>
+  <si>
+    <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
+  </si>
+  <si>
+    <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Central ACs</t>
+  </si>
+  <si>
+    <t>Ministry of National Infrastructures, Energy and Water Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
+  </si>
+  <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
+  </si>
+  <si>
+    <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
+  </si>
+  <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
+    <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Off-Grid, Productive Use</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/sro-604i2019-import-policy-solar-equipment</t>
+  </si>
+  <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
+    <t>UAE.S 5010-2:2013 – Labeling – Energy efficiency label for electrical appliances Part 2: Washing Machines and Dryers</t>
+  </si>
+  <si>
+    <t>This regulation deals with methods for measuring the energy and water consumption of clothes washing machines for household use, with or without heating devices and for cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force and is applicable to appliances for both washing and drying textiles (washer-dryers). This standard also applies to household electric tumble dryers, automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
+    <t>United Arab Emirates</t>
+  </si>
+  <si>
+    <t>Clothes Dryers, Washing Machines</t>
+  </si>
+  <si>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>IEC 60456 /2010</t>
+  </si>
+  <si>
+    <t>Emirates Authority For Standardization &amp; Metrology</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-22013-labeling-energy-efficiency-label-electrical-appliances-part-2-washing</t>
+  </si>
+  <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/are119_t.pdf</t>
+  </si>
+  <si>
+    <t>UAE.S 5010-5: 2019 – Labeling – Energy efficiency label for electrical appliances - Part 5: commercial and central air conditioners.</t>
+  </si>
+  <si>
+    <t>This standard deals with the energy efficiency labels and the minimum energy performance standard (MEPS) requirements for factory-made residential, commercial and industrial.</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-5-2019-labeling-energy-efficiency-label-electrical-appliances-part-5-commercial</t>
+  </si>
+  <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1430_00_e.pdf</t>
+  </si>
+  <si>
+    <t>UAE.S 5010-6: 2018 – Labeling – Energy efficiency label for electrical appliances Part 6: Dishwashers.</t>
+  </si>
+  <si>
+    <t>This regulation is developed to ensure that dishwasher are registered and monitored for their continuous compliance to the set specifications. Includes energy consumption and water consumption.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-6-2018-labeling-energy-efficiency-label-electrical-appliances-part-6-dishwashers</t>
+  </si>
+  <si>
+    <t>https://members.wto.org/crnattachments/2018/TBT/ARE/18_1779_00_e.pdf</t>
+  </si>
+  <si>
+    <t>UAE.S 5010-7: 2017 – Labeling – Energy Efficiency Label for Electrical Appliances - Part: 7 Minimum Energy Efficiency Limits for Rotodynamic Water Pumps.</t>
+  </si>
+  <si>
+    <t>This standard covers brand new rotodynamic water pumps for pumping clean water, including where integrated in other products.</t>
   </si>
   <si>
     <t>Pumps Other</t>
   </si>
   <si>
-    <t>ISO-2548 (Class C)</t>
-[...601 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-7-2017-labeling-energy-efficiency-label-electrical-appliances-part-7-minimum</t>
   </si>
   <si>
-    <t>UAE.S 5010-8:2018 – Labeling – Energy Efficiency Label for Electrical Appliances – Part 8: Television Sets</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-82018-labeling-energy-efficiency-label-electrical-appliances-part-8-television</t>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1438,4203 +965,1662 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N96"/>
+  <dimension ref="A1:P33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="242" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="219.375" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="754.959" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="131.968" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2019</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2020</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2020</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2006</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>48</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>46</v>
+      </c>
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1993</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>48</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>49</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>60</v>
+      </c>
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...6 lines deleted...]
-      <c r="J2" t="s">
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>55</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>61</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>62</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>60</v>
+      </c>
+      <c r="D8" t="s">
+        <v>67</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...28 lines deleted...]
-      <c r="F3" t="s">
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>61</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>68</v>
+      </c>
+      <c r="M8" t="s">
+        <v>62</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>60</v>
+      </c>
+      <c r="D9" t="s">
+        <v>72</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2009</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>61</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>73</v>
+      </c>
+      <c r="M9" t="s">
+        <v>62</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>74</v>
+      </c>
+      <c r="P9" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C10" t="s">
+        <v>60</v>
+      </c>
+      <c r="D10" t="s">
+        <v>77</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>33</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M10" t="s">
+        <v>62</v>
+      </c>
+      <c r="N10" t="s">
+        <v>79</v>
+      </c>
+      <c r="O10" t="s">
+        <v>80</v>
+      </c>
+      <c r="P10" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>60</v>
+      </c>
+      <c r="D11" t="s">
+        <v>83</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>61</v>
+      </c>
+      <c r="K11" t="s">
+        <v>84</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>62</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>85</v>
+      </c>
+      <c r="P11" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>86</v>
+      </c>
+      <c r="B12" t="s">
+        <v>87</v>
+      </c>
+      <c r="C12" t="s">
+        <v>60</v>
+      </c>
+      <c r="D12" t="s">
+        <v>88</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>33</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>61</v>
+      </c>
+      <c r="K12" t="s">
+        <v>84</v>
+      </c>
+      <c r="L12" t="s">
+        <v>89</v>
+      </c>
+      <c r="M12" t="s">
+        <v>62</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>90</v>
+      </c>
+      <c r="P12" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>91</v>
+      </c>
+      <c r="B13" t="s">
+        <v>92</v>
+      </c>
+      <c r="C13" t="s">
+        <v>60</v>
+      </c>
+      <c r="D13" t="s">
+        <v>83</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>61</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>93</v>
+      </c>
+      <c r="M13" t="s">
+        <v>62</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>94</v>
+      </c>
+      <c r="P13" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>95</v>
+      </c>
+      <c r="B14" t="s">
+        <v>96</v>
+      </c>
+      <c r="C14" t="s">
+        <v>60</v>
+      </c>
+      <c r="D14" t="s">
+        <v>97</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>33</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>61</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>62</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>98</v>
+      </c>
+      <c r="P14" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>99</v>
+      </c>
+      <c r="B15" t="s">
+        <v>100</v>
+      </c>
+      <c r="C15" t="s">
+        <v>60</v>
+      </c>
+      <c r="D15" t="s">
+        <v>101</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2002</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>61</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>102</v>
+      </c>
+      <c r="M15" t="s">
+        <v>62</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>103</v>
+      </c>
+      <c r="P15" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>104</v>
+      </c>
+      <c r="B16" t="s">
+        <v>105</v>
+      </c>
+      <c r="C16" t="s">
+        <v>60</v>
+      </c>
+      <c r="D16" t="s">
+        <v>106</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2004</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>61</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>107</v>
+      </c>
+      <c r="M16" t="s">
+        <v>62</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>108</v>
+      </c>
+      <c r="P16" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>109</v>
+      </c>
+      <c r="B17" t="s">
+        <v>110</v>
+      </c>
+      <c r="C17" t="s">
+        <v>60</v>
+      </c>
+      <c r="D17" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...6 lines deleted...]
-      <c r="J3" t="s">
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...11 lines deleted...]
-      <c r="A4" t="s">
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2002</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>61</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>111</v>
+      </c>
+      <c r="M17" t="s">
+        <v>62</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>112</v>
+      </c>
+      <c r="P17" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>113</v>
+      </c>
+      <c r="B18" t="s">
+        <v>114</v>
+      </c>
+      <c r="C18" t="s">
+        <v>60</v>
+      </c>
+      <c r="D18" t="s">
+        <v>115</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2009</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>61</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>116</v>
+      </c>
+      <c r="M18" t="s">
+        <v>62</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>117</v>
+      </c>
+      <c r="P18" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>118</v>
+      </c>
+      <c r="B19" t="s">
+        <v>119</v>
+      </c>
+      <c r="C19" t="s">
+        <v>60</v>
+      </c>
+      <c r="D19" t="s">
+        <v>120</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2004</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>61</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>121</v>
+      </c>
+      <c r="M19" t="s">
+        <v>62</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>122</v>
+      </c>
+      <c r="P19" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>123</v>
+      </c>
+      <c r="B20" t="s">
+        <v>124</v>
+      </c>
+      <c r="C20" t="s">
+        <v>125</v>
+      </c>
+      <c r="D20" t="s">
+        <v>126</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2016</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>127</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>128</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>129</v>
+      </c>
+      <c r="P20" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>123</v>
+      </c>
+      <c r="B21" t="s">
+        <v>124</v>
+      </c>
+      <c r="C21" t="s">
+        <v>125</v>
+      </c>
+      <c r="D21" t="s">
+        <v>131</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2016</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>127</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>128</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>132</v>
+      </c>
+      <c r="P21" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>133</v>
+      </c>
+      <c r="B22" t="s">
+        <v>134</v>
+      </c>
+      <c r="C22" t="s">
+        <v>125</v>
+      </c>
+      <c r="D22" t="s">
+        <v>19</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2016</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>127</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>128</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>135</v>
+      </c>
+      <c r="P22" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>137</v>
+      </c>
+      <c r="B23" t="s">
+        <v>138</v>
+      </c>
+      <c r="C23" t="s">
+        <v>139</v>
+      </c>
+      <c r="D23" t="s">
+        <v>106</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
         <v>33</v>
       </c>
-      <c r="B4" t="s">
-[...823 lines deleted...]
-        <v>2011</v>
+      <c r="G23" t="s">
+        <v>22</v>
       </c>
       <c r="H23">
         <v>2015</v>
       </c>
-      <c r="I23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I23"/>
       <c r="J23" t="s">
+        <v>127</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>140</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>141</v>
+      </c>
+      <c r="P23" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>143</v>
+      </c>
+      <c r="B24" t="s">
+        <v>144</v>
+      </c>
+      <c r="C24" t="s">
+        <v>145</v>
+      </c>
+      <c r="D24" t="s">
+        <v>146</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>33</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2016</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>23</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>147</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>148</v>
+      </c>
+      <c r="P24" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>150</v>
+      </c>
+      <c r="B25" t="s">
+        <v>151</v>
+      </c>
+      <c r="C25" t="s">
+        <v>145</v>
+      </c>
+      <c r="D25" t="s">
+        <v>47</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>33</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2016</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>61</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>152</v>
+      </c>
+      <c r="M25" t="s">
+        <v>147</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>153</v>
+      </c>
+      <c r="P25" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>155</v>
+      </c>
+      <c r="B26" t="s">
+        <v>156</v>
+      </c>
+      <c r="C26" t="s">
+        <v>46</v>
+      </c>
+      <c r="D26" t="s">
+        <v>157</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>33</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2016</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>48</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>158</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>159</v>
+      </c>
+      <c r="P26" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>161</v>
+      </c>
+      <c r="B27" t="s">
+        <v>162</v>
+      </c>
+      <c r="C27" t="s">
+        <v>46</v>
+      </c>
+      <c r="D27" t="s">
+        <v>120</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>55</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2014</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>48</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>49</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>163</v>
+      </c>
+      <c r="P27" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>165</v>
+      </c>
+      <c r="B28" t="s">
+        <v>166</v>
+      </c>
+      <c r="C28" t="s">
+        <v>46</v>
+      </c>
+      <c r="D28" t="s">
+        <v>167</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
         <v>21</v>
       </c>
-      <c r="K23" t="s">
-[...31 lines deleted...]
-      <c r="G24">
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2004</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>48</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>168</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>169</v>
+      </c>
+      <c r="P28" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>171</v>
+      </c>
+      <c r="B29" t="s">
+        <v>172</v>
+      </c>
+      <c r="C29" t="s">
+        <v>31</v>
+      </c>
+      <c r="D29" t="s">
+        <v>173</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>33</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2019</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>127</v>
+      </c>
+      <c r="K29" t="s">
+        <v>174</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>35</v>
+      </c>
+      <c r="N29" t="s">
+        <v>175</v>
+      </c>
+      <c r="O29" t="s">
+        <v>176</v>
+      </c>
+      <c r="P29" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>178</v>
+      </c>
+      <c r="B30" t="s">
+        <v>179</v>
+      </c>
+      <c r="C30" t="s">
+        <v>180</v>
+      </c>
+      <c r="D30" t="s">
+        <v>181</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
         <v>2013</v>
       </c>
-      <c r="H24"/>
-[...3 lines deleted...]
-      <c r="J24" t="s">
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>182</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>183</v>
+      </c>
+      <c r="M30" t="s">
+        <v>184</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>185</v>
+      </c>
+      <c r="P30" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>187</v>
+      </c>
+      <c r="B31" t="s">
+        <v>188</v>
+      </c>
+      <c r="C31" t="s">
+        <v>180</v>
+      </c>
+      <c r="D31" t="s">
+        <v>77</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2014</v>
+      </c>
+      <c r="I31">
+        <v>2019</v>
+      </c>
+      <c r="J31" t="s">
+        <v>189</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>184</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>190</v>
+      </c>
+      <c r="P31" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>192</v>
+      </c>
+      <c r="B32" t="s">
+        <v>193</v>
+      </c>
+      <c r="C32" t="s">
+        <v>180</v>
+      </c>
+      <c r="D32" t="s">
         <v>97</v>
       </c>
-      <c r="K24" t="s">
-[...80 lines deleted...]
-      <c r="J26" t="s">
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
         <v>21</v>
       </c>
-      <c r="K26" t="s">
-[...38 lines deleted...]
-      <c r="J27" t="s">
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2016</v>
+      </c>
+      <c r="I32">
+        <v>2018</v>
+      </c>
+      <c r="J32" t="s">
+        <v>189</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>184</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>194</v>
+      </c>
+      <c r="P32" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>196</v>
+      </c>
+      <c r="B33" t="s">
+        <v>197</v>
+      </c>
+      <c r="C33" t="s">
+        <v>180</v>
+      </c>
+      <c r="D33" t="s">
+        <v>198</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
         <v>21</v>
       </c>
-      <c r="K27"/>
-[...251 lines deleted...]
-      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2017</v>
+      </c>
+      <c r="I33"/>
       <c r="J33" t="s">
-        <v>21</v>
+        <v>182</v>
       </c>
       <c r="K33" t="s">
-        <v>146</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L33"/>
       <c r="M33" t="s">
-        <v>24</v>
+        <v>184</v>
       </c>
       <c r="N33" t="s">
-        <v>147</v>
-[...639 lines deleted...]
-      <c r="K48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
         <v>199</v>
       </c>
-      <c r="L48" t="s">
-[...2 lines deleted...]
-      <c r="M48" t="s">
+      <c r="P33" t="s">
         <v>200</v>
       </c>
-      <c r="N48" t="s">
-[...2045 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>