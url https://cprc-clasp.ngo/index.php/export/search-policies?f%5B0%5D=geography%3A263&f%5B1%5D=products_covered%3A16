--- v0 (2025-10-12)
+++ v1 (2026-02-02)
@@ -12,441 +12,556 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="150">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>NS 5635 (2001)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
   </si>
   <si>
     <t>JS 2105:2013 Energy labeling of televisions</t>
   </si>
   <si>
+    <t>This policy covers labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>JS 2105</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21052013-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5456</t>
+  </si>
+  <si>
     <t>JS 2106:2013 Technical Regulation on eco-design requirements for televisions</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of televisions.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>JS 2106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21062013-technical-regulation-eco-design-requirements-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5468</t>
+  </si>
+  <si>
     <t>JS 2110:2013 Technical Regulation on eco-design requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for simple set-top boxes.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>JS 2110</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21102013-technical-regulation-eco-design-requirements-simple-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5470</t>
+  </si>
+  <si>
     <t>JS 2111:2013 Technical Regulation on eco-design requirements for no-load condition electric power consumption and average active efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21112013-technical-regulation-eco-design-requirements-no-load-condition-electric-power</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5471</t>
+  </si>
+  <si>
     <t>JS 50564:2012 Electrical and electronic household and office equipment - Measurement of low power consumption</t>
   </si>
   <si>
+    <t>This policy specifies methods of measurement of electrical power consumption and the reporting of the results for a range of electrical and electronic household and office equipment, hereafter referred to as products.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>JS 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-505642012-electrical-and-electronic-household-and-office-equipment-measurement-low</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5279</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) and Energy Star Rating for Television Receivers</t>
   </si>
   <si>
+    <t>This standard establishes MEPS and labeling requirements for televisions in Pakistan. This standard shall apply to the following types and sizes of TVs covering display sizes from 24 inches to 42 inches commonly used in Pakistan, with a supply voltage of 230 V 50 Hz or range 220-240 V, 50 Hz. LCD TVs (Liquid Crystal Display TVs), Plasma TVs, and LED TVs (Light Emitting Diodes TVs). Minimum Values of annual power consumption shall not be less than Star-1. The performance of the TVs applicable to this standard shall meet the requirements as specified in the standards IEC 60107, IEC 62087, and IEC 62301.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>IEC 5422/2018
 ,   
                     IEC 60107-1
 ,   
                     IEC 60107-2
 ,   
                     IEC 60107-3
 ,   
                     IEC 62301
 ,   
                     IEC 62087
 ,   
                     JIS C 6101-1
 ,   
                     JIS C 6101-2
 ,   
                     JIS C 6101-3</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-meps-and-energy-star-rating-television-receivers</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electronics/27-PS%205422-2018.pdf</t>
+  </si>
+  <si>
     <t>SI 4665-2 PERFORMANCE OF EXTERNAL POWER SUPPLIES: MINIMUM ENERGY PERFORMANCE STANDARD (MEPS) REQUIREMENTS</t>
   </si>
   <si>
+    <t>Power converters covered under this standard include all single-voltage EPSs with nameplate output power up to 250 watts. Notable exclusions are devices with batteries that attach directly, replacements, and medical devices.</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>SI 4665-1</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=98e117b6-728e-4ade-95e3-47864f20c486</t>
+  </si>
+  <si>
     <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-62301-home-appliances-power-measurement-standby-mode</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=42cf5977-833f-4556-81d1-3f739af9bad8</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECTV.doc</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | Environmentally Friendly Design Requirements for Servers and Data Storage Products (2019/424/EU) (SGM:2021/15)</t>
   </si>
   <si>
+    <t>This policy applies to servers and covers online data storage products. It does not cover: servers used in embedded applications; servers with Computers and Computer Servers Communiqué on Relevant Environmentally Friendly Design Requirements (2013/617/EU) Classified as small-scale servers according to (SGM:2021/14) servers; servers with more than four processor sockets; server devices; large servers; fully fault tolerant servers; network servers; small data storage products; big data storage products. This policy is a transposition of Commission Regulation (EU) 2019/424.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Servers</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/424</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-environmentally-friendly-design-requirements-servers-and</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 666-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 666-2013 of 8 July 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-666-2013</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29564 - Amending No 29236 | transposition of EC 665-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 665-2013 of 3 May 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29564-amending-no-29236-transposition-ec-665-2013</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/ELEKTR%C4%B0KL%C4%B0%20S%C3%9CP%C3%9CRGELER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 |  Energy Labeling of Electronic Displays (2019/2013/EU) (SGM:2021/6)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on electronic displays, including televisions, monitors, and digital signage displays. This policy applies to electronic displays with a screen area greater than 100 square centimeters. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2013 .</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-electronic-displays-20192013eu-sgm20216</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Electronic Displays (2019/2021/EU) (SGM:2021/5)</t>
   </si>
   <si>
+    <t>This policy establishes a minimum energy performance standard for electronic displays, including televisions, monitors, and digital signage displays with a liquid crystal screen (LCD) and a screen area greater than 100 square centimeters. This policy is a transposition of Commission Regulation (EU) 2019/2021.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-electronic</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-5.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 29564 - Energy Labeling of Televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor</t>
+  </si>
+  <si>
     <t>EC 1062-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29564-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/TELEV%C4%B0ZYONLARIN%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-8:2018 – Labeling – Energy Efficiency Label for Electrical Appliances – Part 8: Television Sets</t>
   </si>
   <si>
+    <t>This regulation covers televisions or television sets. It is developed to ensure that television sets are registered and monitored for their continuous compliance to the set specifications.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-82018-labeling-energy-efficiency-label-electrical-appliances-part-8-television</t>
+  </si>
+  <si>
+    <t>https://www.tuvsud.com/en/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-11-2019/uae-mandatory-standard-for-tv-energy-efficiency-labelling-in-force</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -710,969 +825,1090 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N20"/>
+  <dimension ref="A1:P20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="196" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="196.952" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="718.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2012</v>
+      </c>
+      <c r="I2">
+        <v>2010</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2012</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I3">
+        <v>2014</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>39</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4">
+        <v>2014</v>
+      </c>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>37</v>
+      </c>
+      <c r="D5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>47</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5">
+        <v>2014</v>
+      </c>
+      <c r="J5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>42</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>47</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6">
+        <v>2014</v>
+      </c>
+      <c r="J6" t="s">
+        <v>40</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>54</v>
+      </c>
+      <c r="M6" t="s">
+        <v>42</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>37</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>47</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7">
+        <v>2014</v>
+      </c>
+      <c r="J7" t="s">
+        <v>40</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>42</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>37</v>
+      </c>
+      <c r="D8" t="s">
+        <v>65</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>47</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8">
+        <v>2013</v>
+      </c>
+      <c r="J8" t="s">
+        <v>40</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>66</v>
+      </c>
+      <c r="M8" t="s">
+        <v>42</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
+        <v>71</v>
+      </c>
+      <c r="D9" t="s">
+        <v>72</v>
+      </c>
+      <c r="E9" t="s">
+        <v>73</v>
+      </c>
+      <c r="F9" t="s">
+        <v>74</v>
+      </c>
+      <c r="G9" t="s">
+        <v>75</v>
+      </c>
+      <c r="H9">
+        <v>2017</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>76</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>77</v>
+      </c>
+      <c r="M9" t="s">
+        <v>78</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>79</v>
+      </c>
+      <c r="P9" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>83</v>
+      </c>
+      <c r="D10" t="s">
+        <v>59</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H10">
+        <v>2007</v>
+      </c>
+      <c r="I10">
+        <v>2011</v>
+      </c>
+      <c r="J10" t="s">
+        <v>84</v>
+      </c>
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L10" t="s">
+        <v>85</v>
+      </c>
+      <c r="M10" t="s">
+        <v>86</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>87</v>
+      </c>
+      <c r="P10" t="s">
+        <v>88</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" t="s">
+        <v>83</v>
+      </c>
+      <c r="D11" t="s">
+        <v>65</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>47</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2012</v>
+      </c>
+      <c r="I11">
+        <v>2013</v>
+      </c>
+      <c r="J11" t="s">
+        <v>84</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>91</v>
+      </c>
+      <c r="M11" t="s">
+        <v>86</v>
+      </c>
+      <c r="N11" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...14 lines deleted...]
-      <c r="I3" t="s">
+      <c r="O11" t="s">
+        <v>92</v>
+      </c>
+      <c r="P11" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>94</v>
+      </c>
+      <c r="B12" t="s">
+        <v>95</v>
+      </c>
+      <c r="C12" t="s">
+        <v>71</v>
+      </c>
+      <c r="D12" t="s">
+        <v>96</v>
+      </c>
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
-[...12 lines deleted...]
-        <v>29</v>
+      <c r="F12" t="s">
+        <v>47</v>
+      </c>
+      <c r="G12" t="s">
+        <v>75</v>
+      </c>
+      <c r="H12">
+        <v>2019</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>97</v>
+      </c>
+      <c r="K12" t="s">
+        <v>98</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>78</v>
+      </c>
+      <c r="N12" t="s">
+        <v>99</v>
+      </c>
+      <c r="O12" t="s">
+        <v>100</v>
+      </c>
+      <c r="P12" t="s">
+        <v>101</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...138 lines deleted...]
-      <c r="C7" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>102</v>
+      </c>
+      <c r="B13" t="s">
+        <v>103</v>
+      </c>
+      <c r="C13" t="s">
+        <v>83</v>
+      </c>
+      <c r="D13" t="s">
+        <v>53</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>47</v>
       </c>
-      <c r="D7" t="s">
-[...267 lines deleted...]
-        <v>2011</v>
+      <c r="G13" t="s">
+        <v>22</v>
       </c>
       <c r="H13">
         <v>2011</v>
       </c>
-      <c r="I13" t="s">
-        <v>66</v>
+      <c r="I13">
+        <v>2011</v>
       </c>
       <c r="J13" t="s">
+        <v>84</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>104</v>
+      </c>
+      <c r="M13" t="s">
+        <v>86</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>105</v>
+      </c>
+      <c r="P13" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>107</v>
+      </c>
+      <c r="B14" t="s">
+        <v>108</v>
+      </c>
+      <c r="C14" t="s">
+        <v>109</v>
+      </c>
+      <c r="D14" t="s">
+        <v>110</v>
+      </c>
+      <c r="E14" t="s">
+        <v>73</v>
+      </c>
+      <c r="F14" t="s">
+        <v>47</v>
+      </c>
+      <c r="G14" t="s">
+        <v>75</v>
+      </c>
+      <c r="H14">
+        <v>2021</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>111</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>112</v>
+      </c>
+      <c r="M14" t="s">
+        <v>113</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>114</v>
+      </c>
+      <c r="P14"/>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>115</v>
+      </c>
+      <c r="B15" t="s">
+        <v>116</v>
+      </c>
+      <c r="C15" t="s">
+        <v>109</v>
+      </c>
+      <c r="D15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E15" t="s">
+        <v>73</v>
+      </c>
+      <c r="F15" t="s">
+        <v>47</v>
+      </c>
+      <c r="G15" t="s">
+        <v>75</v>
+      </c>
+      <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>111</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>117</v>
+      </c>
+      <c r="M15" t="s">
+        <v>113</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>118</v>
+      </c>
+      <c r="P15" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>120</v>
+      </c>
+      <c r="B16" t="s">
+        <v>121</v>
+      </c>
+      <c r="C16" t="s">
+        <v>109</v>
+      </c>
+      <c r="D16" t="s">
+        <v>32</v>
+      </c>
+      <c r="E16" t="s">
+        <v>73</v>
+      </c>
+      <c r="F16" t="s">
+        <v>39</v>
+      </c>
+      <c r="G16" t="s">
+        <v>75</v>
+      </c>
+      <c r="H16">
+        <v>2015</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>122</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>123</v>
+      </c>
+      <c r="M16" t="s">
+        <v>113</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>124</v>
+      </c>
+      <c r="P16" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>126</v>
+      </c>
+      <c r="B17" t="s">
+        <v>127</v>
+      </c>
+      <c r="C17" t="s">
+        <v>109</v>
+      </c>
+      <c r="D17" t="s">
+        <v>128</v>
+      </c>
+      <c r="E17" t="s">
+        <v>73</v>
+      </c>
+      <c r="F17" t="s">
+        <v>39</v>
+      </c>
+      <c r="G17" t="s">
+        <v>129</v>
+      </c>
+      <c r="H17">
+        <v>2021</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>111</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>130</v>
+      </c>
+      <c r="M17" t="s">
+        <v>113</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>131</v>
+      </c>
+      <c r="P17" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>133</v>
+      </c>
+      <c r="B18" t="s">
+        <v>134</v>
+      </c>
+      <c r="C18" t="s">
+        <v>109</v>
+      </c>
+      <c r="D18" t="s">
+        <v>128</v>
+      </c>
+      <c r="E18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F18" t="s">
+        <v>135</v>
+      </c>
+      <c r="G18" t="s">
+        <v>75</v>
+      </c>
+      <c r="H18">
+        <v>2021</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>111</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>130</v>
+      </c>
+      <c r="M18" t="s">
+        <v>113</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>136</v>
+      </c>
+      <c r="P18" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>138</v>
+      </c>
+      <c r="B19" t="s">
+        <v>139</v>
+      </c>
+      <c r="C19" t="s">
+        <v>109</v>
+      </c>
+      <c r="D19" t="s">
+        <v>72</v>
+      </c>
+      <c r="E19" t="s">
+        <v>73</v>
+      </c>
+      <c r="F19" t="s">
+        <v>39</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2012</v>
+      </c>
+      <c r="I19">
+        <v>2015</v>
+      </c>
+      <c r="J19" t="s">
+        <v>122</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>140</v>
+      </c>
+      <c r="M19" t="s">
+        <v>113</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>141</v>
+      </c>
+      <c r="P19" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>143</v>
+      </c>
+      <c r="B20" t="s">
+        <v>144</v>
+      </c>
+      <c r="C20" t="s">
+        <v>145</v>
+      </c>
+      <c r="D20" t="s">
+        <v>72</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
         <v>21</v>
       </c>
-      <c r="K13" t="s">
-[...5 lines deleted...]
-      <c r="M13" t="s">
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2016</v>
+      </c>
+      <c r="I20">
+        <v>2019</v>
+      </c>
+      <c r="J20" t="s">
+        <v>146</v>
+      </c>
+      <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="N13" t="s">
-[...52 lines deleted...]
-      <c r="C15" t="s">
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>147</v>
+      </c>
+      <c r="N20" t="s">
         <v>27</v>
       </c>
-      <c r="D15" t="s">
-[...240 lines deleted...]
-        <v>111</v>
+      <c r="O20" t="s">
+        <v>148</v>
+      </c>
+      <c r="P20" t="s">
+        <v>149</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>