--- v0 (2025-10-13)
+++ v1 (2025-12-04)
@@ -12,371 +12,456 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="122">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>ISIRI 10335</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-14628-determination-criteria-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 16163:2013-determination of criteria for energy consumption and labeling instruction</t>
   </si>
   <si>
+    <t>Residential electric dishwasher</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-161632013-determination-criteria-energy-consumption-and-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 7875-1st edition- Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes electric kettles with capacity of minimum 4L and maximum 30L with 250 Va.c.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7875-1st-edition-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>JS 2098:2013 Energy labeling of household electric ovens</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household electric ovens including ovens being part of larger appliances.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>JS 2098</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20982013-energy-labeling-household-electric-ovens</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5454</t>
+  </si>
+  <si>
     <t>JS 2099:2013 Technical Regulation on eco-design requirements for household dishwashers</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries, including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>JS 2099</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20992013-technical-regulation-eco-design-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5465</t>
+  </si>
+  <si>
     <t>JS 2100:2013 Energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>This policy covers electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>JS 2100</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21002013-energy-labeling-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5452</t>
+  </si>
+  <si>
     <t>Pakistan Standard: Household Microwave Oven - Methods for Measuring Performance</t>
   </si>
   <si>
+    <t>This standard applies to microwave ovens for household use and combination microwave ovens. Microwave ovens are defined as appliances using electromagnetic energy in the ISM frequency band of 2,450 MHz for heating food and beverages in the cavity. Combination microwave ovens are microwave ovens in which the microwave energy is combined with thermal energy.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>IEC 60705:2018</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-standard-household-microwave-oven-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electrotechnical/56-PS%205254%20based%20on%2060705.pdf</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 1: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - ovens</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-1-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - hobs</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
   </si>
   <si>
+    <t>Domestic electric and gas ovens including when incorporated into cookers and for domestic electric range hoods including when sold for non-domestic purposes. This Regulation shall not apply to:  a. ovens that use energy sources other than electricity or gas; b. ovens which offer a microwave heating function;  c. small ovens;  d. portable ovens;  e. heat storage ovens</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
+    <t>EU 65-2014</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Natural Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens including when incorporated in cookers; domestic hobs and domestic electric range hoods including when sold for non-domestic purposes. This Regulation does not apply to:  a. appliances that use energy sources other than electricity or gas;   b. appliances which offer microwave heating function;   c. small ovens;   d. portable ovens;    e. heat storage ovens;   f. ovens which are heated with steam as a primary heating function;   g. covered gas burners in hobs;   h. outdoor cooking appliances;   i. appliances designed for use only with gases of the third family propane and butane; and    j. grills.</t>
+  </si>
+  <si>
     <t>EU 66-2014</t>
   </si>
   <si>
-    <t>Ministry of Energy and Natural Resources</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017-0</t>
   </si>
   <si>
-    <t>EU 65-2014</t>
-[...4 lines deleted...]
-  <si>
     <t>Turkish Official Gazette No 31434 | Comminique on Ecodesign Requirements for Household Dishwashers (2019/2022/EU) (SGM:2021/1)</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-comminique-ecodesign-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-1.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Home Type Dishwasher Energy of Machines Notification on Labeling (2019/2017/EU) (SGM:2021/2)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.  This policy is a transposition of (EU) 2019/2017.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-home-type-dishwasher-energy-machines-notification</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-2.htm</t>
+  </si>
+  <si>
     <t>UAE.S 5010-6: 2018 – Labeling – Energy efficiency label for electrical appliances Part 6: Dishwashers.</t>
   </si>
   <si>
+    <t>This regulation is developed to ensure that dishwasher are registered and monitored for their continuous compliance to the set specifications. Includes energy consumption and water consumption.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-6-2018-labeling-energy-efficiency-label-electrical-appliances-part-6-dishwashers</t>
+  </si>
+  <si>
+    <t>https://members.wto.org/crnattachments/2018/TBT/ARE/18_1779_00_e.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -640,787 +725,886 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N16"/>
+  <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="152" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="152.106" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="861.075" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>33</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...70 lines deleted...]
-      </c>
       <c r="F4" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>38</v>
+      </c>
+      <c r="G4" t="s">
+        <v>39</v>
       </c>
       <c r="H4">
         <v>2012</v>
       </c>
-      <c r="I4" t="s">
+      <c r="I4">
+        <v>2012</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>33</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
-[...10 lines deleted...]
-        <v>34</v>
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
+        <v>39</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5">
+        <v>2014</v>
+      </c>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>33</v>
+      </c>
+      <c r="L5" t="s">
+        <v>47</v>
+      </c>
+      <c r="M5" t="s">
+        <v>48</v>
+      </c>
+      <c r="N5" t="s">
+        <v>49</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...15 lines deleted...]
-      <c r="F5" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>43</v>
+      </c>
+      <c r="D6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>39</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6">
+        <v>2014</v>
+      </c>
+      <c r="J6" t="s">
+        <v>46</v>
+      </c>
+      <c r="K6" t="s">
+        <v>54</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>48</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>32</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>45</v>
+      </c>
+      <c r="G7" t="s">
+        <v>39</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7">
+        <v>2014</v>
+      </c>
+      <c r="J7" t="s">
+        <v>46</v>
+      </c>
+      <c r="K7" t="s">
+        <v>54</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>48</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>65</v>
+      </c>
+      <c r="D8" t="s">
+        <v>66</v>
+      </c>
+      <c r="E8" t="s">
+        <v>67</v>
+      </c>
+      <c r="F8" t="s">
+        <v>68</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>69</v>
+      </c>
+      <c r="K8" t="s">
         <v>33</v>
       </c>
-      <c r="G5">
-[...5 lines deleted...]
-      <c r="I5" t="s">
+      <c r="L8" t="s">
+        <v>70</v>
+      </c>
+      <c r="M8" t="s">
+        <v>71</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>76</v>
+      </c>
+      <c r="D9" t="s">
+        <v>77</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2016</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>78</v>
+      </c>
+      <c r="K9" t="s">
+        <v>33</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>79</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>82</v>
+      </c>
+      <c r="B10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C10" t="s">
+        <v>76</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
         <v>39</v>
-      </c>
-[...204 lines deleted...]
-        <v>2016</v>
       </c>
       <c r="H10">
         <v>2016</v>
       </c>
-      <c r="I10" t="s">
-        <v>63</v>
+      <c r="I10">
+        <v>2016</v>
       </c>
       <c r="J10" t="s">
-        <v>28</v>
-[...4 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="K10" t="s">
+        <v>33</v>
+      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>84</v>
+      </c>
+      <c r="P10" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>85</v>
+      </c>
+      <c r="B11" t="s">
+        <v>86</v>
+      </c>
+      <c r="C11" t="s">
+        <v>65</v>
+      </c>
+      <c r="D11" t="s">
+        <v>87</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2019</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>88</v>
+      </c>
+      <c r="K11" t="s">
+        <v>89</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>71</v>
+      </c>
+      <c r="N11" t="s">
+        <v>90</v>
+      </c>
+      <c r="O11" t="s">
+        <v>91</v>
+      </c>
+      <c r="P11" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>93</v>
+      </c>
+      <c r="B12" t="s">
+        <v>94</v>
+      </c>
+      <c r="C12" t="s">
+        <v>95</v>
+      </c>
+      <c r="D12" t="s">
+        <v>96</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>45</v>
+      </c>
+      <c r="G12" t="s">
+        <v>39</v>
+      </c>
+      <c r="H12">
+        <v>2011</v>
+      </c>
+      <c r="I12">
+        <v>2014</v>
+      </c>
+      <c r="J12" t="s">
+        <v>97</v>
+      </c>
+      <c r="K12" t="s">
+        <v>98</v>
+      </c>
+      <c r="L12" t="s">
+        <v>99</v>
+      </c>
+      <c r="M12" t="s">
+        <v>100</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>101</v>
+      </c>
+      <c r="P12" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>93</v>
+      </c>
+      <c r="B13" t="s">
+        <v>103</v>
+      </c>
+      <c r="C13" t="s">
+        <v>95</v>
+      </c>
+      <c r="D13" t="s">
+        <v>96</v>
+      </c>
+      <c r="E13" t="s">
         <v>67</v>
       </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>39</v>
+      </c>
+      <c r="H13">
+        <v>2015</v>
+      </c>
+      <c r="I13">
+        <v>2017</v>
+      </c>
+      <c r="J13" t="s">
+        <v>97</v>
+      </c>
+      <c r="K13" t="s">
+        <v>98</v>
+      </c>
+      <c r="L13" t="s">
+        <v>104</v>
+      </c>
+      <c r="M13" t="s">
+        <v>100</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>105</v>
+      </c>
+      <c r="P13" t="s">
+        <v>102</v>
+      </c>
     </row>
-    <row r="11" spans="1:14">
-[...36 lines deleted...]
-        <v>73</v>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>106</v>
+      </c>
+      <c r="B14" t="s">
+        <v>107</v>
+      </c>
+      <c r="C14" t="s">
+        <v>95</v>
+      </c>
+      <c r="D14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E14" t="s">
+        <v>67</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>39</v>
+      </c>
+      <c r="H14">
+        <v>2011</v>
+      </c>
+      <c r="I14">
+        <v>2021</v>
+      </c>
+      <c r="J14" t="s">
+        <v>97</v>
+      </c>
+      <c r="K14" t="s">
+        <v>33</v>
+      </c>
+      <c r="L14" t="s">
+        <v>108</v>
+      </c>
+      <c r="M14" t="s">
+        <v>100</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>109</v>
+      </c>
+      <c r="P14" t="s">
+        <v>110</v>
       </c>
     </row>
-    <row r="12" spans="1:14">
-[...15 lines deleted...]
-      <c r="F12" t="s">
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>111</v>
+      </c>
+      <c r="B15" t="s">
+        <v>112</v>
+      </c>
+      <c r="C15" t="s">
+        <v>95</v>
+      </c>
+      <c r="D15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E15" t="s">
+        <v>67</v>
+      </c>
+      <c r="F15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G15" t="s">
+        <v>39</v>
+      </c>
+      <c r="H15">
+        <v>2002</v>
+      </c>
+      <c r="I15">
+        <v>2021</v>
+      </c>
+      <c r="J15" t="s">
+        <v>97</v>
+      </c>
+      <c r="K15" t="s">
         <v>33</v>
       </c>
-      <c r="G12">
-[...21 lines deleted...]
-        <v>81</v>
+      <c r="L15" t="s">
+        <v>113</v>
+      </c>
+      <c r="M15" t="s">
+        <v>100</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>114</v>
+      </c>
+      <c r="P15" t="s">
+        <v>115</v>
       </c>
     </row>
-    <row r="13" spans="1:14">
-[...12 lines deleted...]
-      <c r="E13" t="s">
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>116</v>
+      </c>
+      <c r="B16" t="s">
+        <v>117</v>
+      </c>
+      <c r="C16" t="s">
+        <v>118</v>
+      </c>
+      <c r="D16" t="s">
+        <v>32</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
         <v>38</v>
       </c>
-      <c r="F13" t="s">
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2016</v>
+      </c>
+      <c r="I16">
+        <v>2018</v>
+      </c>
+      <c r="J16" t="s">
+        <v>46</v>
+      </c>
+      <c r="K16" t="s">
         <v>33</v>
       </c>
-      <c r="G13">
-[...31 lines deleted...]
-      <c r="C14" t="s">
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>119</v>
+      </c>
+      <c r="N16" t="s">
         <v>27</v>
       </c>
-      <c r="D14" t="s">
-[...116 lines deleted...]
-        <v>93</v>
+      <c r="O16" t="s">
+        <v>120</v>
+      </c>
+      <c r="P16" t="s">
+        <v>121</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>