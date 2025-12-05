--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,380 +12,462 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Decision No. 107/2018 on the adoption of Gulf Standard 2530:2016 on Energy Labeling and Minimum Energy Performance Requirements For Air Conditioners as a mandatory Omani Standard</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for window single-package, split-system non-ducted air conditioners using air-cooled condensers, split-system ducted air-conditioners using air-cooled condensers, and heat pumps using air-cooled condensers for residential, commercial and industrial sector as applicable in accordance with GSO SASO Standards. It is applied to units designed to operate in AC single phase or three-phase circuits according to GSO 1899/2009 "GCC Standard voltages and frequencies for AC transmission and distribution systems". It covers units with capacities up to and including 70000 Btu/h (20 kW).</t>
+  </si>
+  <si>
     <t>Oman</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GSO 2530:2016</t>
   </si>
   <si>
     <t>Ministry of Commerce and Industry</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-1072018-adoption-gulf-standard-25302016-energy-labeling-and-minimum-energy</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/sultanate-oman-energy-efficiency-and-labeling-requirements-air-conditioners-0</t>
+  </si>
+  <si>
     <t>ISIRI 10636 Specification for Energy Consumption and Energy labeling of Fan coils and Ducted fan coils</t>
   </si>
   <si>
+    <t>Ducted and non-ducted fan coil room air conditioners</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ANSI/ASHRAE STANDARD 79-2002, ARI 440-1998</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10636-specification-energy-consumption-and-energy-labeling-fan-coils-and-ducted-fan</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 10638 -Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Single package non ducted single and multi split Product sub-type is yet to be determined.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10638-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 6016-2</t>
   </si>
   <si>
+    <t>Split-system non-ducted air conditioners and heat pumps - method for measuring of energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
     <t>ISIRI 6016, ISIRI 6016-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-6016-2</t>
   </si>
   <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>JS 2108:2013 Energy efficiency labeling of air conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of 12 kW for cooling or heating if the product has no cooling function. This policy does not apply to: a) appliances that use non-electric energy sources; b) air conditioners of which the condensor- or evaporator-side do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21082013-energy-efficiency-labeling-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5451</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for split unit air conditioners</t>
   </si>
   <si>
+    <t>Under new regulations, the energy efficiency ratio (EER) of split unit air-conditioners will be increased from existing 9.5 EER to 10.5 EER.</t>
+  </si>
+  <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>General Electricity &amp; Water Corporation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-split-unit-air-conditioners</t>
   </si>
   <si>
+    <t>https://thepeninsulaqatar.com/article/08/06/2019/New-regulations-to-make-electric-appliances-more-energy-efficient</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Labelling and Minimum Energy Performance Requirements for Air-Conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the placing on Bahraini market the energy labelling requirements and Minimum Energy Performance Standard (MEPS) requirements for single-package and split-system non ducted air conditioners using air and water-cooled condensers and ducted air-conditioners using air-to air heat pumps for residential, commercial and industrial sector as applicable in accordance with Bahraini Standards.</t>
+  </si>
+  <si>
     <t>Bahrain</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>GSO ISO 5151</t>
   </si>
   <si>
     <t>Ministry of Industry and Commerce</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-labelling-and-minimum-energy-performance-requirements-air-conditioners</t>
   </si>
   <si>
+    <t>https://ec.europa.eu/growth/tools-databases/tbt/en/search/?tbtaction=search.detail&amp;Country_ID=BHR&amp;num=397&amp;dspLang=en&amp;basdatedeb=&amp;basdatefin=&amp;baspays=BHR&amp;basnotifnum=&amp;basnotifnum2=&amp;bastypepays=ANY&amp;baskeywords=</t>
+  </si>
+  <si>
     <t>SASO 2663:2018 MEPS and labeling schemes for small air conditioners</t>
   </si>
   <si>
+    <t>This standard applies to single-package window type, single split-system non-ducted air conditioners using air-cooled condensers, single split-system ducted airconditioners using air-cooled condensers, and heat pumps using aircooled condensers or using electric resistance for residential, commercial and industrial sector as applicable.</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>SASO 2681 / 2013 (based on ISO 5151) SASO 2682/2013 SASO 2763/2008</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-26632018-meps-and-labeling-schemes-small-air-conditioners</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>SASO 2874:2016 MEPS for large air conditioners</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing requirements for electrically operated air conditioners, condensing units, chillers, absorption chillers, electrically operated variable refrigerant flow (VRF) air conditioners, close control air conditioners and condensing units serving computer rooms.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28742016-meps-large-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.intertek.com.cn/Uploadfile/File/SASO-2874_2016.pdf</t>
+  </si>
+  <si>
     <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
   </si>
   <si>
+    <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28861 (Transposition of EC 626-2011)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of less than or equal to 12 kW for cooling; or heating; if the product has no cooling function.  This Regulation shall not apply to: appliances that use non-electric energy sources; or  air conditioners of which the condensor- or evaporator-side or both do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>EC 626-2011</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28861-transposition-ec-626-2011</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2017/02/U4E_Policy-Assessment_TUR.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-1: 2019 – Labeling – Energy efficiency label for electrical appliances Part 1: household air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels requirements for residential single package and split-system non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>UAE.S ISO 5151:2011</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-1-2019-labeling-energy-efficiency-label-electrical-appliances-part-1-household</t>
+  </si>
+  <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1431_00_e.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -649,741 +731,832 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N15"/>
+  <dimension ref="A1:P15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="219" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="219.375" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="754.959" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="182.813" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2019</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2008</v>
+      </c>
+      <c r="I3">
+        <v>2006</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2002</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>37</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6">
+        <v>2014</v>
+      </c>
+      <c r="J6" t="s">
+        <v>52</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
+      <c r="M6" t="s">
+        <v>54</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6"/>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>50</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>42</v>
+      </c>
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7">
+        <v>2013</v>
+      </c>
+      <c r="J7" t="s">
+        <v>52</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>53</v>
+      </c>
+      <c r="M7" t="s">
+        <v>54</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>62</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2016</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>63</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>64</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>69</v>
+      </c>
+      <c r="D9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E9" t="s">
+        <v>71</v>
+      </c>
+      <c r="F9" t="s">
+        <v>72</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2023</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>73</v>
+      </c>
+      <c r="K9" t="s">
+        <v>74</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>75</v>
+      </c>
+      <c r="N9" t="s">
+        <v>76</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>81</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>34</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10">
+        <v>2018</v>
+      </c>
+      <c r="J10" t="s">
+        <v>82</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>83</v>
+      </c>
+      <c r="M10" t="s">
+        <v>84</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>85</v>
+      </c>
+      <c r="P10" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>87</v>
+      </c>
+      <c r="B11" t="s">
+        <v>88</v>
+      </c>
+      <c r="C11" t="s">
+        <v>89</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>34</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11">
+        <v>2018</v>
+      </c>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>90</v>
+      </c>
+      <c r="M11" t="s">
+        <v>91</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>92</v>
+      </c>
+      <c r="P11" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>94</v>
+      </c>
+      <c r="B12" t="s">
+        <v>95</v>
+      </c>
+      <c r="C12" t="s">
+        <v>89</v>
+      </c>
+      <c r="D12" t="s">
+        <v>96</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>33</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2016</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>91</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>101</v>
+      </c>
+      <c r="D13" t="s">
+        <v>102</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2004</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>103</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>104</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>105</v>
+      </c>
+      <c r="P13" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>107</v>
+      </c>
+      <c r="B14" t="s">
+        <v>108</v>
+      </c>
+      <c r="C14" t="s">
+        <v>109</v>
+      </c>
+      <c r="D14" t="s">
+        <v>110</v>
+      </c>
+      <c r="E14" t="s">
+        <v>111</v>
+      </c>
+      <c r="F14" t="s">
+        <v>42</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2006</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>112</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>113</v>
+      </c>
+      <c r="M14" t="s">
+        <v>114</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>115</v>
+      </c>
+      <c r="P14" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>117</v>
+      </c>
+      <c r="B15" t="s">
+        <v>118</v>
+      </c>
+      <c r="C15" t="s">
+        <v>119</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>34</v>
+      </c>
+      <c r="H15">
+        <v>2011</v>
+      </c>
+      <c r="I15">
         <v>2019</v>
       </c>
-      <c r="H2"/>
-[...12 lines deleted...]
-      <c r="M2" t="s">
+      <c r="J15" t="s">
+        <v>52</v>
+      </c>
+      <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L15" t="s">
+        <v>120</v>
+      </c>
+      <c r="M15" t="s">
+        <v>121</v>
+      </c>
+      <c r="N15" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...537 lines deleted...]
-        <v>96</v>
+      <c r="O15" t="s">
+        <v>122</v>
+      </c>
+      <c r="P15" t="s">
+        <v>123</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>