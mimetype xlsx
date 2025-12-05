--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,191 +12,210 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>ISIRI 3678-2: 2002, 1st Edition- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>This policy applies to liquid chilling packages with water-cooled condenser and evaporator.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>NS 3678: 1995</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-3678-2-2002-1st-edition-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>SASO 2874:2016 MEPS for large air conditioners</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing requirements for electrically operated air conditioners, condensing units, chillers, absorption chillers, electrically operated variable refrigerant flow (VRF) air conditioners, close control air conditioners and condensing units serving computer rooms.</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28742016-meps-large-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://www.intertek.com.cn/Uploadfile/File/SASO-2874_2016.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -460,235 +479,256 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="128" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="150" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="128.54" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="352.628" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
         <v>2002</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I2">
+        <v>2002</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...8 lines deleted...]
-      <c r="M2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2016</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...29 lines deleted...]
-        <v>33</v>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>