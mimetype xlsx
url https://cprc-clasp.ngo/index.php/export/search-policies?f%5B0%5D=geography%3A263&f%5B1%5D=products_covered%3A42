--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,218 +12,249 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>JS 2105:2013 Energy labeling of televisions</t>
   </si>
   <si>
+    <t>This policy covers labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>JS 2105</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21052013-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5456</t>
+  </si>
+  <si>
     <t>JS 2106:2013 Technical Regulation on eco-design requirements for televisions</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of televisions.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>JS 2106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21062013-technical-regulation-eco-design-requirements-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5468</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 |  Energy Labeling of Electronic Displays (2019/2013/EU) (SGM:2021/6)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on electronic displays, including televisions, monitors, and digital signage displays. This policy applies to electronic displays with a screen area greater than 100 square centimeters. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2013 .</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2021</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-electronic-displays-20192013eu-sgm20216</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Electronic Displays (2019/2021/EU) (SGM:2021/5)</t>
   </si>
   <si>
+    <t>This policy establishes a minimum energy performance standard for electronic displays, including televisions, monitors, and digital signage displays with a liquid crystal screen (LCD) and a screen area greater than 100 square centimeters. This policy is a transposition of Commission Regulation (EU) 2019/2021.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-electronic</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-5.htm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -487,323 +518,356 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="156" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="450.604" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="90.692" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2">
+        <v>2014</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2013</v>
       </c>
-      <c r="H2">
+      <c r="I3">
         <v>2014</v>
       </c>
-      <c r="I2" t="s">
-[...2 lines deleted...]
-      <c r="J2" t="s">
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...5 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G4" t="s">
+        <v>41</v>
+      </c>
+      <c r="H4">
+        <v>2021</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...81 lines deleted...]
-      <c r="N4" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
         <v>38</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" t="s">
+      <c r="D5" t="s">
         <v>39</v>
-      </c>
-[...7 lines deleted...]
-        <v>33</v>
       </c>
       <c r="E5" t="s">
         <v>40</v>
       </c>
       <c r="F5" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="G5">
+        <v>49</v>
+      </c>
+      <c r="G5" t="s">
+        <v>50</v>
+      </c>
+      <c r="H5">
         <v>2021</v>
       </c>
-      <c r="H5"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="K5" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="M5" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="N5" t="s">
-        <v>42</v>
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>