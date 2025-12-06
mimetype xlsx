--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,413 +12,291 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy Efficiency of Electrical Induction Motors) 5764 - 2004 / SI 5289</t>
   </si>
   <si>
+    <t>It covers electric induction motors</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-electrical-induction-motors-5764-2004-si</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECInductionMotors.doc</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy labeling of electric heating furnaces), 5753 - 1993</t>
   </si>
   <si>
+    <t>Electric Heating Furnace</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-labeling-electric-heating-furnaces-5753-1993</t>
   </si>
   <si>
-    <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
-[...11 lines deleted...]
-    <t>SASO 2663:2018 MEPS and labeling schemes for small air conditioners</t>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECElectricHeating.doc</t>
+  </si>
+  <si>
+    <t>SASO 2874:2016 MEPS for large air conditioners</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS and testing requirements for electrically operated air conditioners, condensing units, chillers, absorption chillers, electrically operated variable refrigerant flow (VRF) air conditioners, close control air conditioners and condensing units serving computer rooms.</t>
   </si>
   <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
-    <t>Room ACs - Stationary ACs</t>
+    <t>Room ACs - Stationary ACs, Chillers - Cooler Towers</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
-    <t>SASO 2681 / 2013 (based on ISO 5151) SASO 2682/2013 SASO 2763/2008</t>
-[...1 lines deleted...]
-  <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/saso-26632018-meps-and-labeling-schemes-small-air-conditioners</t>
-[...19 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28742016-meps-large-air-conditioners</t>
   </si>
   <si>
-    <t>SASO 2883:2017 MEPS and labeling schemes for clothes dryers</t>
-[...44 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/saso-29022018-meps-and-labeling-schemes-lighting-products</t>
+    <t>https://www.intertek.com.cn/Uploadfile/File/SASO-2874_2016.pdf</t>
   </si>
   <si>
     <t>SASO IEC 60034-30:2013</t>
   </si>
   <si>
+    <t>This part of IEC 60034 specifies efficiency classes for single-speed; three-phase; 50 Hz and 60 Hz cage-induction motors</t>
+  </si>
+  <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>SASO IEC 60034-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-iec-60034-302013</t>
   </si>
   <si>
-    <t>SI 4665-2 PERFORMANCE OF EXTERNAL POWER SUPPLIES: MINIMUM ENERGY PERFORMANCE STANDARD (MEPS) REQUIREMENTS</t>
-[...5 lines deleted...]
-    <t>SI 4665-1</t>
+    <t>http://www.saso.gov.sa/en/mediacenter/events/Pages/saso_events_127.aspx</t>
+  </si>
+  <si>
+    <t>SI 60350 - Part 1: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
+  </si>
+  <si>
+    <t>Israeli Standard which covers household electric cooking appliances - ovens</t>
+  </si>
+  <si>
+    <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
-[...31 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-1-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
-    <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
+    <t>https://www.sii.org.il/en/standards-search</t>
   </si>
   <si>
     <t>SI 60968</t>
   </si>
   <si>
+    <t>Self-ballasted lamps for general lighting services</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60968</t>
   </si>
   <si>
-    <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
-[...17 lines deleted...]
-    <t>Electricity, Solar</t>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=f176cda1-c392-4f0e-8c7d-e062df37c908</t>
+  </si>
+  <si>
+    <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
+  </si>
+  <si>
+    <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/si-69-electric-water-heaters</t>
-[...16 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
-    <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -682,1117 +560,484 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N24"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="219" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="219.375" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="567.29" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="110.83" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2006</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1993</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>39</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>41</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>37</v>
+      </c>
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F5" t="s">
+        <v>39</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>47</v>
+      </c>
+      <c r="M5" t="s">
+        <v>41</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>39</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>53</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>58</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>32</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>59</v>
+      </c>
+      <c r="P7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>63</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H8">
+        <v>2004</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>64</v>
+      </c>
+      <c r="N8" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...440 lines deleted...]
-      <c r="K13" t="s">
+      <c r="O8" t="s">
         <v>65</v>
       </c>
-      <c r="L13" t="s">
-[...5 lines deleted...]
-      <c r="N13" t="s">
+      <c r="P8" t="s">
         <v>66</v>
-      </c>
-[...460 lines deleted...]
-        <v>107</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>