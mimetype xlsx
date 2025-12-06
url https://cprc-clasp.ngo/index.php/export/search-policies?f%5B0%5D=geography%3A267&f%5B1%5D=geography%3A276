--- v0 (2025-10-15)
+++ v1 (2025-12-06)
@@ -12,401 +12,528 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="146">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy Efficiency of Electrical Induction Motors) 5764 - 2004 / SI 5289</t>
   </si>
   <si>
+    <t>It covers electric induction motors</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-electrical-induction-motors-5764-2004-si</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECInductionMotors.doc</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy labeling of electric heating furnaces), 5753 - 1993</t>
   </si>
   <si>
+    <t>Electric Heating Furnace</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-labeling-electric-heating-furnaces-5753-1993</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECElectricHeating.doc</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
   </si>
   <si>
+    <t>Electric refrigerators and food-freezers for household purposes</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-and-energy-information-cooling-appliances</t>
   </si>
   <si>
+    <t>https://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/1377_EN.pdf</t>
+  </si>
+  <si>
     <t>SI 4665-2 PERFORMANCE OF EXTERNAL POWER SUPPLIES: MINIMUM ENERGY PERFORMANCE STANDARD (MEPS) REQUIREMENTS</t>
   </si>
   <si>
+    <t>Power converters covered under this standard include all single-voltage EPSs with nameplate output power up to 250 watts. Notable exclusions are devices with batteries that attach directly, replacements, and medical devices.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>SI 4665-1</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=98e117b6-728e-4ade-95e3-47864f20c486</t>
+  </si>
+  <si>
     <t>SI 5484 DISTRIBUTION TRANSFORMERS - REQUIREMENTS FOR ENERGY EFFICIENCY AND LABELLING</t>
   </si>
   <si>
+    <t>It covers distribution transformers</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5484-distribution-transformers-requirements-energy-efficiency-and-labelling</t>
   </si>
   <si>
     <t>SI 5485 - Fluorescent light bulbs - requirements for efficiency</t>
   </si>
   <si>
+    <t>It covers fluorescent light bulbs</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5485-fluorescent-light-bulbs-requirements-efficiency</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=8694f934-fc8e-46b6-8eea-5ee7b34539ae</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 1: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - ovens</t>
+  </si>
+  <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-1-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - hobs</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
     <t>SI 60968</t>
   </si>
   <si>
+    <t>Self-ballasted lamps for general lighting services</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60968</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=f176cda1-c392-4f0e-8c7d-e062df37c908</t>
+  </si>
+  <si>
     <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-62301-home-appliances-power-measurement-standby-mode</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=42cf5977-833f-4556-81d1-3f739af9bad8</t>
+  </si>
+  <si>
     <t>SI 69 Electric water heaters</t>
   </si>
   <si>
+    <t>This policy applies to thermostatically controlled and thermally insulated heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-69-electric-water-heaters</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=cf61e979-6101-4ea0-958f-a9e4c998a5a5</t>
+  </si>
+  <si>
     <t>SI 900 part 2.24 (APPLIANCES, ICE-CREAM APPLIANCES AND ICE-MAKERS)</t>
   </si>
   <si>
     <t>Ice Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-900-part-224-appliances-ice-cream-appliances-and-ice-makers</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/eng/standardization/teken/?tid=9b4cfa12-0ed5-41ab-8a01-af70108e1e90</t>
+  </si>
+  <si>
     <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
   </si>
   <si>
+    <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
+  </si>
+  <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECTV.doc</t>
+  </si>
+  <si>
     <t>UAE.S 5010 3: 2020 – Labeling – Energy Efficiency Label for Electrical Appliances Part 3: Household Refrigerating Appliances.</t>
   </si>
   <si>
+    <t>This regulation covers brand new household refrigerators, freezers and refrigerator-freezers with a capacity of less than 1,500 liters imported to or manufactured in the UAE. This regulation applies to electric mains-operated household refrigerating appliances, stand-alone or built-in configuration.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>UAE.S IEC 62552:2013</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-3-2020-labeling-energy-efficiency-label-electrical-appliances-part-3-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2020/TBT/ARE/20_4362_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-1: 2019 – Labeling – Energy efficiency label for electrical appliances Part 1: household air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels requirements for residential single package and split-system non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>UAE.S ISO 5151:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-1-2019-labeling-energy-efficiency-label-electrical-appliances-part-1-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1431_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-2:2013 – Labeling – Energy efficiency label for electrical appliances Part 2: Washing Machines and Dryers</t>
   </si>
   <si>
+    <t>This regulation deals with methods for measuring the energy and water consumption of clothes washing machines for household use, with or without heating devices and for cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force and is applicable to appliances for both washing and drying textiles (washer-dryers). This standard also applies to household electric tumble dryers, automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>IEC 60456 /2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-22013-labeling-energy-efficiency-label-electrical-appliances-part-2-washing</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/are119_t.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-4: 2014 – Labeling – Energy Efficiency Label for Electrical Appliances Part 4: Storage Water Heaters.</t>
   </si>
   <si>
+    <t>This regulation establishes requirements for electrical safety and energy efficiency labeling of electric water heater types listed in Annex A. This regulation does not apply to instantaneous water heaters and water heaters that use gas, solid or liquid fuels, solar water heaters and water heaters designed for making hot drinks only.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-4-2014-labeling-energy-efficiency-label-electrical-appliances-part-4-storage</t>
   </si>
   <si>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
+  </si>
+  <si>
     <t>UAE.S 5010-5: 2019 – Labeling – Energy efficiency label for electrical appliances - Part 5: commercial and central air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels and the minimum energy performance standard (MEPS) requirements for factory-made residential, commercial and industrial.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-5-2019-labeling-energy-efficiency-label-electrical-appliances-part-5-commercial</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1430_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-6: 2018 – Labeling – Energy efficiency label for electrical appliances Part 6: Dishwashers.</t>
   </si>
   <si>
+    <t>This regulation is developed to ensure that dishwasher are registered and monitored for their continuous compliance to the set specifications. Includes energy consumption and water consumption.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-6-2018-labeling-energy-efficiency-label-electrical-appliances-part-6-dishwashers</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2018/TBT/ARE/18_1779_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-7: 2017 – Labeling – Energy Efficiency Label for Electrical Appliances - Part: 7 Minimum Energy Efficiency Limits for Rotodynamic Water Pumps.</t>
   </si>
   <si>
+    <t>This standard covers brand new rotodynamic water pumps for pumping clean water, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-7-2017-labeling-energy-efficiency-label-electrical-appliances-part-7-minimum</t>
   </si>
   <si>
     <t>UAE.S 5010-8:2018 – Labeling – Energy Efficiency Label for Electrical Appliances – Part 8: Television Sets</t>
   </si>
   <si>
+    <t>This regulation covers televisions or television sets. It is developed to ensure that television sets are registered and monitored for their continuous compliance to the set specifications.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-82018-labeling-energy-efficiency-label-electrical-appliances-part-8-television</t>
+  </si>
+  <si>
+    <t>https://www.tuvsud.com/en/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-11-2019/uae-mandatory-standard-for-tv-energy-efficiency-labelling-in-force</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -670,1073 +797,1212 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N23"/>
+  <dimension ref="A1:P23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="219" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="219.375" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="621.563" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="207.521" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2006</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1993</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...3 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G4" t="s">
+        <v>38</v>
+      </c>
+      <c r="H4">
+        <v>1986</v>
+      </c>
+      <c r="I4">
+        <v>2004</v>
+      </c>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L4"/>
+      <c r="M4" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N4" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...12 lines deleted...]
-      <c r="I3" t="s">
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...3 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G5" t="s">
+        <v>38</v>
+      </c>
+      <c r="H5">
+        <v>2007</v>
+      </c>
+      <c r="I5">
+        <v>2011</v>
+      </c>
+      <c r="J5" t="s">
         <v>23</v>
       </c>
-      <c r="N3" t="s">
-[...16 lines deleted...]
-      <c r="E4" t="s">
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>44</v>
+      </c>
+      <c r="M5" t="s">
+        <v>45</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...70 lines deleted...]
-      <c r="A6" t="s">
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>51</v>
+      </c>
+      <c r="F6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G6" t="s">
         <v>38</v>
-      </c>
-[...16 lines deleted...]
-        <v>2006</v>
       </c>
       <c r="H6">
         <v>2006</v>
       </c>
-      <c r="I6" t="s">
+      <c r="I6">
+        <v>2006</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>45</v>
+      </c>
+      <c r="N6" t="s">
+        <v>53</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6"/>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J6" t="s">
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K6"/>
-[...17 lines deleted...]
-      <c r="C7" t="s">
+      <c r="G7" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7">
+        <v>2006</v>
+      </c>
+      <c r="I7">
+        <v>2015</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>52</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2016</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
         <v>45</v>
       </c>
-      <c r="D7" t="s">
-[...2 lines deleted...]
-      <c r="E7" t="s">
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>63</v>
+      </c>
+      <c r="P8" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>65</v>
+      </c>
+      <c r="B9" t="s">
+        <v>66</v>
+      </c>
+      <c r="C9" t="s">
         <v>18</v>
       </c>
-      <c r="F7" t="s">
-[...8 lines deleted...]
-      <c r="I7" t="s">
+      <c r="D9" t="s">
+        <v>67</v>
+      </c>
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J7" t="s">
-[...68 lines deleted...]
-      </c>
       <c r="F9" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>52</v>
+      </c>
+      <c r="G9" t="s">
+        <v>38</v>
       </c>
       <c r="H9">
         <v>2016</v>
       </c>
-      <c r="I9" t="s">
+      <c r="I9">
+        <v>2016</v>
+      </c>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>45</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>68</v>
+      </c>
+      <c r="P9" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>69</v>
+      </c>
+      <c r="B10" t="s">
+        <v>70</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>71</v>
+      </c>
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J9" t="s">
+      <c r="F10" t="s">
+        <v>32</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>72</v>
+      </c>
+      <c r="P10" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>74</v>
+      </c>
+      <c r="B11" t="s">
+        <v>75</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>76</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>52</v>
+      </c>
+      <c r="G11" t="s">
+        <v>38</v>
+      </c>
+      <c r="H11">
+        <v>2012</v>
+      </c>
+      <c r="I11">
+        <v>2013</v>
+      </c>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>77</v>
+      </c>
+      <c r="M11" t="s">
+        <v>45</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>78</v>
+      </c>
+      <c r="P11" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>80</v>
+      </c>
+      <c r="B12" t="s">
+        <v>81</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>82</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K9"/>
-[...3 lines deleted...]
-      <c r="M9" t="s">
+      <c r="G12" t="s">
+        <v>38</v>
+      </c>
+      <c r="H12">
+        <v>1986</v>
+      </c>
+      <c r="I12">
+        <v>2012</v>
+      </c>
+      <c r="J12" t="s">
         <v>23</v>
       </c>
-      <c r="N9" t="s">
+      <c r="K12" t="s">
+        <v>83</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>84</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>85</v>
+      </c>
+      <c r="P12" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>87</v>
+      </c>
+      <c r="B13" t="s">
+        <v>75</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>88</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>52</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G10">
+      <c r="G13" t="s">
+        <v>38</v>
+      </c>
+      <c r="H13">
+        <v>1986</v>
+      </c>
+      <c r="I13">
         <v>2014</v>
       </c>
-      <c r="H10"/>
-      <c r="I10" t="s">
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>45</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>89</v>
+      </c>
+      <c r="P13" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>91</v>
+      </c>
+      <c r="B14" t="s">
+        <v>92</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>93</v>
+      </c>
+      <c r="E14" t="s">
         <v>20</v>
       </c>
-      <c r="J10" t="s">
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K10"/>
-      <c r="L10" t="s">
+      <c r="G14" t="s">
         <v>22</v>
       </c>
-      <c r="M10" t="s">
+      <c r="H14">
+        <v>2004</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
         <v>23</v>
       </c>
-      <c r="N10" t="s">
-[...28 lines deleted...]
-      <c r="I11" t="s">
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>84</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>94</v>
+      </c>
+      <c r="P14" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>96</v>
+      </c>
+      <c r="B15" t="s">
+        <v>97</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>98</v>
+      </c>
+      <c r="E15" t="s">
         <v>20</v>
       </c>
-      <c r="J11" t="s">
-[...154 lines deleted...]
-      </c>
       <c r="F15" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>52</v>
+      </c>
+      <c r="G15" t="s">
+        <v>38</v>
       </c>
       <c r="H15">
         <v>2011</v>
       </c>
-      <c r="I15" t="s">
+      <c r="I15">
+        <v>2011</v>
+      </c>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>99</v>
+      </c>
+      <c r="M15" t="s">
+        <v>45</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>100</v>
+      </c>
+      <c r="P15" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>102</v>
+      </c>
+      <c r="B16" t="s">
+        <v>103</v>
+      </c>
+      <c r="C16" t="s">
+        <v>104</v>
+      </c>
+      <c r="D16" t="s">
+        <v>37</v>
+      </c>
+      <c r="E16" t="s">
         <v>20</v>
       </c>
-      <c r="J15" t="s">
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K15" t="s">
-[...31 lines deleted...]
-      <c r="G16">
+      <c r="G16" t="s">
+        <v>38</v>
+      </c>
+      <c r="H16">
         <v>2013</v>
       </c>
-      <c r="H16">
+      <c r="I16">
         <v>2020</v>
       </c>
-      <c r="I16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J16" t="s">
+        <v>105</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>106</v>
+      </c>
+      <c r="M16" t="s">
+        <v>107</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>108</v>
+      </c>
+      <c r="P16" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>110</v>
+      </c>
+      <c r="B17" t="s">
+        <v>111</v>
+      </c>
+      <c r="C17" t="s">
+        <v>104</v>
+      </c>
+      <c r="D17" t="s">
+        <v>112</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K16" t="s">
-[...19 lines deleted...]
-      <c r="C17" t="s">
+      <c r="G17" t="s">
+        <v>38</v>
+      </c>
+      <c r="H17">
+        <v>2011</v>
+      </c>
+      <c r="I17">
+        <v>2019</v>
+      </c>
+      <c r="J17" t="s">
+        <v>105</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>113</v>
+      </c>
+      <c r="M17" t="s">
+        <v>107</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>114</v>
+      </c>
+      <c r="P17" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>116</v>
+      </c>
+      <c r="B18" t="s">
+        <v>117</v>
+      </c>
+      <c r="C18" t="s">
+        <v>104</v>
+      </c>
+      <c r="D18" t="s">
+        <v>118</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>119</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>120</v>
+      </c>
+      <c r="M18" t="s">
+        <v>107</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>121</v>
+      </c>
+      <c r="P18" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>123</v>
+      </c>
+      <c r="B19" t="s">
+        <v>124</v>
+      </c>
+      <c r="C19" t="s">
+        <v>104</v>
+      </c>
+      <c r="D19" t="s">
         <v>82</v>
       </c>
-      <c r="D17" t="s">
-[...11 lines deleted...]
-      <c r="H17">
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>38</v>
+      </c>
+      <c r="H19">
+        <v>2014</v>
+      </c>
+      <c r="I19">
+        <v>2015</v>
+      </c>
+      <c r="J19" t="s">
+        <v>119</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>107</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>125</v>
+      </c>
+      <c r="P19" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>127</v>
+      </c>
+      <c r="B20" t="s">
+        <v>128</v>
+      </c>
+      <c r="C20" t="s">
+        <v>104</v>
+      </c>
+      <c r="D20" t="s">
+        <v>129</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2014</v>
+      </c>
+      <c r="I20">
         <v>2019</v>
       </c>
-      <c r="I17" t="s">
-[...2 lines deleted...]
-      <c r="J17" t="s">
+      <c r="J20" t="s">
+        <v>105</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>107</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>130</v>
+      </c>
+      <c r="P20" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>132</v>
+      </c>
+      <c r="B21" t="s">
+        <v>133</v>
+      </c>
+      <c r="C21" t="s">
+        <v>104</v>
+      </c>
+      <c r="D21" t="s">
+        <v>134</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
         <v>21</v>
       </c>
-      <c r="K17" t="s">
-[...38 lines deleted...]
-      <c r="J18" t="s">
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2016</v>
+      </c>
+      <c r="I21">
+        <v>2018</v>
+      </c>
+      <c r="J21" t="s">
+        <v>105</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>107</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>135</v>
+      </c>
+      <c r="P21" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>137</v>
+      </c>
+      <c r="B22" t="s">
+        <v>138</v>
+      </c>
+      <c r="C22" t="s">
+        <v>104</v>
+      </c>
+      <c r="D22" t="s">
+        <v>139</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
         <v>21</v>
       </c>
-      <c r="K18" t="s">
-[...40 lines deleted...]
-      <c r="J19" t="s">
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2017</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>119</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>107</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>140</v>
+      </c>
+      <c r="P22" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>141</v>
+      </c>
+      <c r="B23" t="s">
+        <v>142</v>
+      </c>
+      <c r="C23" t="s">
+        <v>104</v>
+      </c>
+      <c r="D23" t="s">
+        <v>143</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
         <v>21</v>
       </c>
-      <c r="K19"/>
-[...32 lines deleted...]
-      <c r="H20">
+      <c r="G23" t="s">
+        <v>38</v>
+      </c>
+      <c r="H23">
+        <v>2016</v>
+      </c>
+      <c r="I23">
         <v>2019</v>
       </c>
-      <c r="I20" t="s">
-[...125 lines deleted...]
-      </c>
       <c r="J23" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>119</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
       <c r="M23" t="s">
-        <v>23</v>
+        <v>107</v>
       </c>
       <c r="N23" t="s">
-        <v>103</v>
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>144</v>
+      </c>
+      <c r="P23" t="s">
+        <v>145</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>