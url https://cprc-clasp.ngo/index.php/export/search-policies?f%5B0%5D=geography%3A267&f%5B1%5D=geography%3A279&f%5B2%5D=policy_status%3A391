--- v0 (2025-10-12)
+++ v1 (2026-02-06)
@@ -12,329 +12,405 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BDS 1139:1986</t>
   </si>
   <si>
+    <t>This standard covers three-phase induction motors for voltages up to and including 11000 V and</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-11391986</t>
   </si>
   <si>
+    <t>https://www.bstibds.com/single_product/4919</t>
+  </si>
+  <si>
     <t>BDS 1761:2013 (1st revision)</t>
   </si>
   <si>
+    <t>Ballast for tubular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>BDS 1724:2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-17612013-1st-revision</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BDS 1850:2012 Energy efficiency rating of household refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>This section of the standard specifies requirements for energy efficiency labeling of household electric refrigerators 'of the vapour compression type, together with a test method for determining the energy consumption of refrigerators that are capable of complying.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>BDS-1850 : 2012 (Energy Efficiency rating) ,BDS 1849 : 2011 (Performance standards)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18502012-energy-efficiency-rating-household-refrigerators-refrigerator-freezers-and</t>
   </si>
   <si>
     <t>BDS 1852:2012 Performance of air conditioners and heat pumps — energy labelling and minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This Standard specifies the energy labelling requirements for single-phase non-ducted air conditioners of the vapour compression type and the minimum energy performance standard (MEPS) requirements for single-phase and three-phase air conditioners of the vapour compression type up to a rated total cooling capacity of 65 kW that fall within the scope of AS/NZS 3823.1,1, AS/NZS 3823.1.2 or AS/NZS 3823, 1.3</t>
+  </si>
+  <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>BDS ISO 13253:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18522012-performance-air-conditioners-and-heat-pumps-energy-labelling-and-minimum</t>
   </si>
   <si>
     <t>BDS 1860:2012 Minimum allowable values of energy efficiency and energy efficiency grades for ac electric fan</t>
   </si>
   <si>
+    <t>Specifies the energy efficiency grades, allowable values of energy efficiency, evaluating values of energy conservation, test methods and inspection rules for AC fans. This standard is applicable to desk fan, box fan, wall fan, slide fan, floor fan and ceiling fan that the rated voltage not exceeding 250 V, other rated voltage not exceeding 480 V and driven by AC motors.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18602012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
   </si>
   <si>
+    <t>Electric refrigerators and food-freezers for household purposes</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-and-energy-information-cooling-appliances</t>
   </si>
   <si>
+    <t>https://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/1377_EN.pdf</t>
+  </si>
+  <si>
     <t>SI 4665-2 PERFORMANCE OF EXTERNAL POWER SUPPLIES: MINIMUM ENERGY PERFORMANCE STANDARD (MEPS) REQUIREMENTS</t>
   </si>
   <si>
+    <t>Power converters covered under this standard include all single-voltage EPSs with nameplate output power up to 250 watts. Notable exclusions are devices with batteries that attach directly, replacements, and medical devices.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>SI 4665-1</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=98e117b6-728e-4ade-95e3-47864f20c486</t>
+  </si>
+  <si>
     <t>SI 5484 DISTRIBUTION TRANSFORMERS - REQUIREMENTS FOR ENERGY EFFICIENCY AND LABELLING</t>
   </si>
   <si>
+    <t>It covers distribution transformers</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5484-distribution-transformers-requirements-energy-efficiency-and-labelling</t>
   </si>
   <si>
     <t>SI 5485 - Fluorescent light bulbs - requirements for efficiency</t>
   </si>
   <si>
+    <t>It covers fluorescent light bulbs</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5485-fluorescent-light-bulbs-requirements-efficiency</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=8694f934-fc8e-46b6-8eea-5ee7b34539ae</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - hobs</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-62301-home-appliances-power-measurement-standby-mode</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=42cf5977-833f-4556-81d1-3f739af9bad8</t>
+  </si>
+  <si>
     <t>SI 69 Electric water heaters</t>
   </si>
   <si>
+    <t>This policy applies to thermostatically controlled and thermally insulated heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-69-electric-water-heaters</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=cf61e979-6101-4ea0-958f-a9e4c998a5a5</t>
+  </si>
+  <si>
     <t>SI 900 part 2.24 (APPLIANCES, ICE-CREAM APPLIANCES AND ICE-MAKERS)</t>
   </si>
   <si>
     <t>Ice Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-900-part-224-appliances-ice-cream-appliances-and-ice-makers</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/eng/standardization/teken/?tid=9b4cfa12-0ed5-41ab-8a01-af70108e1e90</t>
+  </si>
+  <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
+  </si>
+  <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECTV.doc</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -598,751 +674,842 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N15"/>
+  <dimension ref="A1:P15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="165" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="165.103" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="481.168" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="98.976" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="186.24" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1986</v>
+      </c>
+      <c r="I2">
+        <v>2006</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2006</v>
+      </c>
+      <c r="I3">
+        <v>2013</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>38</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2012</v>
+      </c>
+      <c r="I4">
+        <v>2016</v>
+      </c>
+      <c r="J4" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5">
+        <v>2016</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1998</v>
+      </c>
+      <c r="I6">
+        <v>2012</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" t="s">
+        <v>53</v>
+      </c>
+      <c r="C7" t="s">
+        <v>54</v>
+      </c>
+      <c r="D7" t="s">
+        <v>37</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>45</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
         <v>1986</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I7">
+        <v>2004</v>
+      </c>
+      <c r="J7" t="s">
+        <v>55</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>56</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
+        <v>54</v>
+      </c>
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F8" t="s">
+        <v>45</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H8">
+        <v>2007</v>
+      </c>
+      <c r="I8">
+        <v>2011</v>
+      </c>
+      <c r="J8" t="s">
+        <v>55</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
+      <c r="L8" t="s">
+        <v>62</v>
+      </c>
+      <c r="M8" t="s">
+        <v>63</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>64</v>
+      </c>
+      <c r="P8" t="s">
+        <v>65</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...259 lines deleted...]
-    <row r="9" spans="1:14">
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>53</v>
+        <v>66</v>
       </c>
       <c r="B9" t="s">
-        <v>44</v>
+        <v>67</v>
       </c>
       <c r="C9" t="s">
         <v>54</v>
       </c>
       <c r="D9" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="E9" t="s">
-        <v>18</v>
+        <v>69</v>
       </c>
       <c r="F9" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
       </c>
       <c r="H9">
         <v>2006</v>
       </c>
-      <c r="I9" t="s">
+      <c r="I9">
+        <v>2006</v>
+      </c>
+      <c r="J9" t="s">
+        <v>55</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>63</v>
+      </c>
+      <c r="N9" t="s">
+        <v>70</v>
+      </c>
+      <c r="O9" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9"/>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B10" t="s">
+        <v>73</v>
+      </c>
+      <c r="C10" t="s">
+        <v>54</v>
+      </c>
+      <c r="D10" t="s">
+        <v>74</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>45</v>
       </c>
-      <c r="J9" t="s">
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2006</v>
+      </c>
+      <c r="I10">
+        <v>2015</v>
+      </c>
+      <c r="J10" t="s">
+        <v>55</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>56</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>75</v>
+      </c>
+      <c r="P10" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>77</v>
+      </c>
+      <c r="B11" t="s">
+        <v>78</v>
+      </c>
+      <c r="C11" t="s">
+        <v>54</v>
+      </c>
+      <c r="D11" t="s">
+        <v>79</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K9"/>
-[...72 lines deleted...]
-        <v>2016</v>
+      <c r="G11" t="s">
+        <v>22</v>
       </c>
       <c r="H11">
         <v>2016</v>
       </c>
-      <c r="I11" t="s">
+      <c r="I11">
+        <v>2016</v>
+      </c>
+      <c r="J11" t="s">
+        <v>55</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>63</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>80</v>
+      </c>
+      <c r="P11" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>82</v>
+      </c>
+      <c r="B12" t="s">
+        <v>83</v>
+      </c>
+      <c r="C12" t="s">
+        <v>54</v>
+      </c>
+      <c r="D12" t="s">
+        <v>84</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2012</v>
+      </c>
+      <c r="I12">
+        <v>2013</v>
+      </c>
+      <c r="J12" t="s">
+        <v>55</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>85</v>
+      </c>
+      <c r="M12" t="s">
+        <v>63</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>86</v>
+      </c>
+      <c r="P12" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>88</v>
+      </c>
+      <c r="B13" t="s">
+        <v>89</v>
+      </c>
+      <c r="C13" t="s">
+        <v>54</v>
+      </c>
+      <c r="D13" t="s">
+        <v>90</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>45</v>
       </c>
-      <c r="J11" t="s">
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>1986</v>
+      </c>
+      <c r="I13">
+        <v>2012</v>
+      </c>
+      <c r="J13" t="s">
+        <v>55</v>
+      </c>
+      <c r="K13" t="s">
+        <v>91</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>92</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>93</v>
+      </c>
+      <c r="P13" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>95</v>
+      </c>
+      <c r="B14" t="s">
+        <v>83</v>
+      </c>
+      <c r="C14" t="s">
+        <v>54</v>
+      </c>
+      <c r="D14" t="s">
+        <v>96</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K11"/>
-[...6 lines deleted...]
-      <c r="N11" t="s">
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>1986</v>
+      </c>
+      <c r="I14">
+        <v>2014</v>
+      </c>
+      <c r="J14" t="s">
+        <v>55</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
         <v>63</v>
       </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>97</v>
+      </c>
+      <c r="P14" t="s">
+        <v>98</v>
+      </c>
     </row>
-    <row r="12" spans="1:14">
-[...27 lines deleted...]
-      <c r="J12" t="s">
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>99</v>
+      </c>
+      <c r="B15" t="s">
+        <v>100</v>
+      </c>
+      <c r="C15" t="s">
+        <v>54</v>
+      </c>
+      <c r="D15" t="s">
+        <v>101</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K12" t="s">
-[...116 lines deleted...]
-        <v>2011</v>
+      <c r="G15" t="s">
+        <v>22</v>
       </c>
       <c r="H15">
         <v>2011</v>
       </c>
-      <c r="I15" t="s">
-        <v>45</v>
+      <c r="I15">
+        <v>2011</v>
       </c>
       <c r="J15" t="s">
-        <v>21</v>
+        <v>55</v>
       </c>
       <c r="K15" t="s">
-        <v>78</v>
+        <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>51</v>
+        <v>102</v>
       </c>
       <c r="M15" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="N15" t="s">
-        <v>79</v>
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>103</v>
+      </c>
+      <c r="P15" t="s">
+        <v>104</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>