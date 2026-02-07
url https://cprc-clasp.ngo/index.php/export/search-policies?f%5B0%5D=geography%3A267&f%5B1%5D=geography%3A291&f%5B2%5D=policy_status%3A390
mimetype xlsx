--- v0 (2025-10-13)
+++ v1 (2026-02-07)
@@ -12,593 +12,391 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="156">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy Efficiency of Electrical Induction Motors) 5764 - 2004 / SI 5289</t>
   </si>
   <si>
+    <t>It covers electric induction motors</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-electrical-induction-motors-5764-2004-si</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECInductionMotors.doc</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy labeling of electric heating furnaces), 5753 - 1993</t>
   </si>
   <si>
+    <t>Electric Heating Furnace</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-labeling-electric-heating-furnaces-5753-1993</t>
   </si>
   <si>
-    <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
-[...25 lines deleted...]
-                    ISO 5151:2010</t>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECElectricHeating.doc</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
+  </si>
+  <si>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Ovens</t>
+  </si>
+  <si>
+    <t>August 2025</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-air-conditioner</t>
-[...27 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...23 lines deleted...]
-    <t>Refrigeration, Freezers-only</t>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
+  </si>
+  <si>
+    <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
+or equal to 320 L, chest type with solid door.</t>
+  </si>
+  <si>
+    <t>Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
-[...7 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
-[...36 lines deleted...]
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
+    <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
+  </si>
+  <si>
+    <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standards for Fans</t>
+  </si>
+  <si>
+    <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
+    <t>Ceiling Fans, Portable Fans</t>
+  </si>
+  <si>
+    <t>MS 2574:2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
+  </si>
+  <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labelling requirements for microwave oven that can be connected to mains power and for household use. This Guide shall apply to the following function of microwave oven with size up to or equal to 32 Litre: (a) solo; (b) combination; (c) convection; (d) any other microwave oven with similar function; and (e) exclude any type of built-in microwave oven which its power supplied direct from power source.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>MS IEC 62301:2012, IEC 60705:2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-microwave-oven</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_Microwave_Oven_Issue_Date_01_MARCH_2020.pdf</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standards for Rice cooker</t>
+  </si>
+  <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for rice cooker that can be connected to mains power and for household use. This Guide shall apply to the rice cooker with size up to or equal to 3.6 L and rated power up to 1600 Watt.</t>
+  </si>
+  <si>
+    <t>Rice Cookers</t>
+  </si>
+  <si>
+    <t>MS 2024</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-rice-cooker</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-%20Guide%20on%20MEPS%20for%20Rice%20Cooker%20(UPDATED).pdf</t>
+  </si>
+  <si>
+    <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
+  </si>
+  <si>
+    <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
+  </si>
+  <si>
+    <t>SI 60350 - Part 1: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
+  </si>
+  <si>
+    <t>Israeli Standard which covers household electric cooking appliances - ovens</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
-    <t>IEC 60705:2010
-[...153 lines deleted...]
-  <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
-[...28 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-1-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
-    <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
+    <t>https://www.sii.org.il/en/standards-search</t>
   </si>
   <si>
     <t>SI 60968</t>
   </si>
   <si>
+    <t>Self-ballasted lamps for general lighting services</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60968</t>
   </si>
   <si>
-    <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
-[...17 lines deleted...]
-    <t>Electricity, Solar</t>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=f176cda1-c392-4f0e-8c7d-e062df37c908</t>
+  </si>
+  <si>
+    <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
+  </si>
+  <si>
+    <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/si-69-electric-water-heaters</t>
-[...16 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
-    <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -862,1643 +660,724 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N36"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="219" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="219.375" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="567.29" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2006</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1993</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2025</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>40</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>37</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2025</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>39</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>40</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>51</v>
+      </c>
+      <c r="H6">
+        <v>2018</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>52</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
+      <c r="M6" t="s">
+        <v>40</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>37</v>
+      </c>
+      <c r="D7" t="s">
+        <v>58</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>51</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>52</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
+        <v>40</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>37</v>
+      </c>
+      <c r="D8" t="s">
+        <v>64</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>51</v>
+      </c>
+      <c r="H8">
+        <v>2020</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>52</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>65</v>
+      </c>
+      <c r="M8" t="s">
+        <v>40</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" t="s">
+        <v>37</v>
+      </c>
+      <c r="D9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2020</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>52</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>71</v>
+      </c>
+      <c r="M9" t="s">
+        <v>40</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>37</v>
+      </c>
+      <c r="D10" t="s">
+        <v>76</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>77</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>52</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M10" t="s">
+        <v>40</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>83</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>77</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2016</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K11" t="s">
         <v>24</v>
       </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>84</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>85</v>
+      </c>
+      <c r="P11" t="s">
+        <v>86</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>89</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>32</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2014</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N12" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...12 lines deleted...]
-      <c r="I3" t="s">
+      <c r="O12" t="s">
+        <v>90</v>
+      </c>
+      <c r="P12" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>92</v>
+      </c>
+      <c r="B13" t="s">
+        <v>93</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>94</v>
+      </c>
+      <c r="E13" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-      <c r="L3" t="s">
+      <c r="G13" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
+      <c r="H13">
+        <v>2004</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
         <v>23</v>
       </c>
-      <c r="N3" t="s">
-[...421 lines deleted...]
-      </c>
       <c r="K13" t="s">
-        <v>68</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L13"/>
       <c r="M13" t="s">
-        <v>23</v>
+        <v>95</v>
       </c>
       <c r="N13" t="s">
-        <v>69</v>
-[...302 lines deleted...]
-      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
         <v>96</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A21" t="s">
+      <c r="P13" t="s">
         <v>97</v>
-      </c>
-[...669 lines deleted...]
-        <v>155</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>