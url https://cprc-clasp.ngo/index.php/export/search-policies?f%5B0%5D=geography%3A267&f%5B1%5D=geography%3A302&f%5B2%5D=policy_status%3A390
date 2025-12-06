--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,338 +12,285 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-scheme</t>
   </si>
   <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy Efficiency of Electrical Induction Motors) 5764 - 2004 / SI 5289</t>
   </si>
   <si>
+    <t>It covers electric induction motors</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-electrical-induction-motors-5764-2004-si</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECInductionMotors.doc</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy labeling of electric heating furnaces), 5753 - 1993</t>
   </si>
   <si>
+    <t>Electric Heating Furnace</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-labeling-electric-heating-furnaces-5753-1993</t>
   </si>
   <si>
-    <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-and-energy-information-cooling-appliances</t>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECElectricHeating.doc</t>
   </si>
   <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-equipment-energy-performance-standards</t>
   </si>
   <si>
-    <t>SI 4665-2 PERFORMANCE OF EXTERNAL POWER SUPPLIES: MINIMUM ENERGY PERFORMANCE STANDARD (MEPS) REQUIREMENTS</t>
-[...5 lines deleted...]
-    <t>SI 4665-1</t>
+    <t>SI 60350 - Part 1: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
+  </si>
+  <si>
+    <t>Israeli Standard which covers household electric cooking appliances - ovens</t>
+  </si>
+  <si>
+    <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
-[...28 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-1-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
-    <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
+    <t>https://www.sii.org.il/en/standards-search</t>
   </si>
   <si>
     <t>SI 60968</t>
   </si>
   <si>
+    <t>Self-ballasted lamps for general lighting services</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60968</t>
   </si>
   <si>
-    <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
-[...17 lines deleted...]
-    <t>Electricity, Solar</t>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=f176cda1-c392-4f0e-8c7d-e062df37c908</t>
+  </si>
+  <si>
+    <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
+  </si>
+  <si>
+    <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/si-69-electric-water-heaters</t>
-[...16 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
-    <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -607,815 +554,482 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N17"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="219" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="219.375" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="567.29" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="139.109" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2006</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1993</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-[...3 lines deleted...]
-      <c r="J2" t="s">
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>46</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>35</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>51</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2004</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>35</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>62</v>
+      </c>
+      <c r="N8" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...400 lines deleted...]
-      <c r="N12" t="s">
+      <c r="O8" t="s">
         <v>63</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A13" t="s">
+      <c r="P8" t="s">
         <v>64</v>
-      </c>
-[...205 lines deleted...]
-        <v>82</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>