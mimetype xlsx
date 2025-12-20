--- v0 (2025-10-12)
+++ v1 (2025-12-20)
@@ -12,335 +12,423 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy Efficiency of Electrical Induction Motors) 5764 - 2004 / SI 5289</t>
   </si>
   <si>
+    <t>It covers electric induction motors</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-electrical-induction-motors-5764-2004-si</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECInductionMotors.doc</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy labeling of electric heating furnaces), 5753 - 1993</t>
   </si>
   <si>
+    <t>Electric Heating Furnace</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-labeling-electric-heating-furnaces-5753-1993</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECElectricHeating.doc</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
   </si>
   <si>
+    <t>Electric refrigerators and food-freezers for household purposes</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-and-energy-information-cooling-appliances</t>
   </si>
   <si>
+    <t>https://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/1377_EN.pdf</t>
+  </si>
+  <si>
     <t>SI 4665-2 PERFORMANCE OF EXTERNAL POWER SUPPLIES: MINIMUM ENERGY PERFORMANCE STANDARD (MEPS) REQUIREMENTS</t>
   </si>
   <si>
+    <t>Power converters covered under this standard include all single-voltage EPSs with nameplate output power up to 250 watts. Notable exclusions are devices with batteries that attach directly, replacements, and medical devices.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>SI 4665-1</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=98e117b6-728e-4ade-95e3-47864f20c486</t>
+  </si>
+  <si>
     <t>SI 5484 DISTRIBUTION TRANSFORMERS - REQUIREMENTS FOR ENERGY EFFICIENCY AND LABELLING</t>
   </si>
   <si>
+    <t>It covers distribution transformers</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5484-distribution-transformers-requirements-energy-efficiency-and-labelling</t>
   </si>
   <si>
     <t>SI 5485 - Fluorescent light bulbs - requirements for efficiency</t>
   </si>
   <si>
+    <t>It covers fluorescent light bulbs</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5485-fluorescent-light-bulbs-requirements-efficiency</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=8694f934-fc8e-46b6-8eea-5ee7b34539ae</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 1: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - ovens</t>
+  </si>
+  <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-1-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - hobs</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
     <t>SI 60968</t>
   </si>
   <si>
+    <t>Self-ballasted lamps for general lighting services</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60968</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=f176cda1-c392-4f0e-8c7d-e062df37c908</t>
+  </si>
+  <si>
     <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-62301-home-appliances-power-measurement-standby-mode</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=42cf5977-833f-4556-81d1-3f739af9bad8</t>
+  </si>
+  <si>
     <t>SI 69 Electric water heaters</t>
   </si>
   <si>
+    <t>This policy applies to thermostatically controlled and thermally insulated heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-69-electric-water-heaters</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=cf61e979-6101-4ea0-958f-a9e4c998a5a5</t>
+  </si>
+  <si>
     <t>SI 900 part 2.24 (APPLIANCES, ICE-CREAM APPLIANCES AND ICE-MAKERS)</t>
   </si>
   <si>
     <t>Ice Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-900-part-224-appliances-ice-cream-appliances-and-ice-makers</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/eng/standardization/teken/?tid=9b4cfa12-0ed5-41ab-8a01-af70108e1e90</t>
+  </si>
+  <si>
     <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
   </si>
   <si>
+    <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
+  </si>
+  <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECTV.doc</t>
+  </si>
+  <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tuvalu-energy-efficiency-act-2016</t>
+  </si>
+  <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -604,777 +692,874 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N16"/>
+  <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="219" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="219.375" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1574.758" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2006</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1993</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...3 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G4" t="s">
+        <v>38</v>
+      </c>
+      <c r="H4">
+        <v>1986</v>
+      </c>
+      <c r="I4">
+        <v>2004</v>
+      </c>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>38</v>
+      </c>
+      <c r="H5">
+        <v>2007</v>
+      </c>
+      <c r="I5">
+        <v>2011</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>44</v>
+      </c>
+      <c r="M5" t="s">
+        <v>45</v>
+      </c>
+      <c r="N5" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...26 lines deleted...]
-        <v>28</v>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...12 lines deleted...]
-      <c r="E4" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...70 lines deleted...]
-      <c r="A6" t="s">
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>51</v>
+      </c>
+      <c r="F6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G6" t="s">
         <v>38</v>
-      </c>
-[...16 lines deleted...]
-        <v>2006</v>
       </c>
       <c r="H6">
         <v>2006</v>
       </c>
-      <c r="I6" t="s">
+      <c r="I6">
+        <v>2006</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>45</v>
+      </c>
+      <c r="N6" t="s">
+        <v>53</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6"/>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J6" t="s">
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K6"/>
-[...7 lines deleted...]
-        <v>43</v>
+      <c r="G7" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7">
+        <v>2006</v>
+      </c>
+      <c r="I7">
+        <v>2015</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
-[...6 lines deleted...]
-      <c r="C7" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>52</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2016</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
         <v>45</v>
       </c>
-      <c r="D7" t="s">
-[...2 lines deleted...]
-      <c r="E7" t="s">
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>63</v>
+      </c>
+      <c r="P8" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>65</v>
+      </c>
+      <c r="B9" t="s">
+        <v>66</v>
+      </c>
+      <c r="C9" t="s">
         <v>18</v>
       </c>
-      <c r="F7" t="s">
-[...8 lines deleted...]
-      <c r="I7" t="s">
+      <c r="D9" t="s">
+        <v>67</v>
+      </c>
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J7" t="s">
-[...68 lines deleted...]
-      </c>
       <c r="F9" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>52</v>
+      </c>
+      <c r="G9" t="s">
+        <v>38</v>
       </c>
       <c r="H9">
         <v>2016</v>
       </c>
-      <c r="I9" t="s">
+      <c r="I9">
+        <v>2016</v>
+      </c>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>45</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>68</v>
+      </c>
+      <c r="P9" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>69</v>
+      </c>
+      <c r="B10" t="s">
+        <v>70</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>71</v>
+      </c>
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J9" t="s">
+      <c r="F10" t="s">
+        <v>32</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>72</v>
+      </c>
+      <c r="P10" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>74</v>
+      </c>
+      <c r="B11" t="s">
+        <v>75</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>76</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>52</v>
+      </c>
+      <c r="G11" t="s">
+        <v>38</v>
+      </c>
+      <c r="H11">
+        <v>2012</v>
+      </c>
+      <c r="I11">
+        <v>2013</v>
+      </c>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>77</v>
+      </c>
+      <c r="M11" t="s">
+        <v>45</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>78</v>
+      </c>
+      <c r="P11" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>80</v>
+      </c>
+      <c r="B12" t="s">
+        <v>81</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>82</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K9"/>
-[...3 lines deleted...]
-      <c r="M9" t="s">
+      <c r="G12" t="s">
+        <v>38</v>
+      </c>
+      <c r="H12">
+        <v>1986</v>
+      </c>
+      <c r="I12">
+        <v>2012</v>
+      </c>
+      <c r="J12" t="s">
         <v>23</v>
       </c>
-      <c r="N9" t="s">
+      <c r="K12" t="s">
+        <v>83</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>84</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>85</v>
+      </c>
+      <c r="P12" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>87</v>
+      </c>
+      <c r="B13" t="s">
+        <v>75</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>88</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>52</v>
       </c>
+      <c r="G13" t="s">
+        <v>38</v>
+      </c>
+      <c r="H13">
+        <v>1986</v>
+      </c>
+      <c r="I13">
+        <v>2014</v>
+      </c>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>45</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>89</v>
+      </c>
+      <c r="P13" t="s">
+        <v>90</v>
+      </c>
     </row>
-    <row r="10" spans="1:14">
-[...22 lines deleted...]
-      <c r="I10" t="s">
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>91</v>
+      </c>
+      <c r="B14" t="s">
+        <v>92</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>93</v>
+      </c>
+      <c r="E14" t="s">
         <v>20</v>
       </c>
-      <c r="J10" t="s">
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K10"/>
-      <c r="L10" t="s">
+      <c r="G14" t="s">
         <v>22</v>
       </c>
-      <c r="M10" t="s">
+      <c r="H14">
+        <v>2004</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
         <v>23</v>
       </c>
-      <c r="N10" t="s">
-        <v>55</v>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>84</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>94</v>
+      </c>
+      <c r="P14" t="s">
+        <v>95</v>
       </c>
     </row>
-    <row r="11" spans="1:14">
-[...24 lines deleted...]
-      <c r="I11" t="s">
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>96</v>
+      </c>
+      <c r="B15" t="s">
+        <v>97</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>98</v>
+      </c>
+      <c r="E15" t="s">
         <v>20</v>
       </c>
-      <c r="J11" t="s">
-[...154 lines deleted...]
-      </c>
       <c r="F15" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>52</v>
+      </c>
+      <c r="G15" t="s">
+        <v>38</v>
       </c>
       <c r="H15">
         <v>2011</v>
       </c>
-      <c r="I15" t="s">
-        <v>20</v>
+      <c r="I15">
+        <v>2011</v>
       </c>
       <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>99</v>
+      </c>
+      <c r="M15" t="s">
+        <v>45</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>100</v>
+      </c>
+      <c r="P15" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>102</v>
+      </c>
+      <c r="B16" t="s">
+        <v>103</v>
+      </c>
+      <c r="C16" t="s">
+        <v>104</v>
+      </c>
+      <c r="D16" t="s">
+        <v>105</v>
+      </c>
+      <c r="E16" t="s">
+        <v>51</v>
+      </c>
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K15" t="s">
-[...31 lines deleted...]
-      <c r="G16">
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
         <v>2016</v>
       </c>
-      <c r="H16"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I16"/>
       <c r="J16" t="s">
-        <v>21</v>
+        <v>106</v>
       </c>
       <c r="K16" t="s">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>80</v>
+        <v>107</v>
       </c>
       <c r="M16" t="s">
-        <v>23</v>
+        <v>108</v>
       </c>
       <c r="N16" t="s">
-        <v>81</v>
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>109</v>
+      </c>
+      <c r="P16" t="s">
+        <v>110</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>