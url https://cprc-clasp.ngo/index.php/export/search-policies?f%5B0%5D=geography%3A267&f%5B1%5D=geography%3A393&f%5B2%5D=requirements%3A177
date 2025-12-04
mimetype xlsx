--- v0 (2025-10-13)
+++ v1 (2025-12-04)
@@ -12,329 +12,415 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy Efficiency of Electrical Induction Motors) 5764 - 2004 / SI 5289</t>
   </si>
   <si>
+    <t>It covers electric induction motors</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-electrical-induction-motors-5764-2004-si</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECInductionMotors.doc</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy labeling of electric heating furnaces), 5753 - 1993</t>
   </si>
   <si>
+    <t>Electric Heating Furnace</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-labeling-electric-heating-furnaces-5753-1993</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECElectricHeating.doc</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
   </si>
   <si>
+    <t>Electric refrigerators and food-freezers for household purposes</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-and-energy-information-cooling-appliances</t>
   </si>
   <si>
+    <t>https://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/1377_EN.pdf</t>
+  </si>
+  <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The source links to a publication from ACE-TAF stating that that the standard was adopted in 2020.</t>
+  </si>
+  <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Sierra Leone Standards Bureau (SLSB)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-w</t>
   </si>
   <si>
+    <t>https://sun-connect-news.org/fileadmin/DATEIEN/Dateien/New/Stand-Alone-Solar-SAS-Market-Update-Sierra-Leone.pdf</t>
+  </si>
+  <si>
     <t>SI 4665-2 PERFORMANCE OF EXTERNAL POWER SUPPLIES: MINIMUM ENERGY PERFORMANCE STANDARD (MEPS) REQUIREMENTS</t>
   </si>
   <si>
+    <t>Power converters covered under this standard include all single-voltage EPSs with nameplate output power up to 250 watts. Notable exclusions are devices with batteries that attach directly, replacements, and medical devices.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>SI 4665-1</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=98e117b6-728e-4ade-95e3-47864f20c486</t>
+  </si>
+  <si>
     <t>SI 5485 - Fluorescent light bulbs - requirements for efficiency</t>
   </si>
   <si>
+    <t>It covers fluorescent light bulbs</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5485-fluorescent-light-bulbs-requirements-efficiency</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=8694f934-fc8e-46b6-8eea-5ee7b34539ae</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 1: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - ovens</t>
+  </si>
+  <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-1-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - hobs</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
     <t>SI 60968</t>
   </si>
   <si>
+    <t>Self-ballasted lamps for general lighting services</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60968</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=f176cda1-c392-4f0e-8c7d-e062df37c908</t>
+  </si>
+  <si>
     <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-62301-home-appliances-power-measurement-standby-mode</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=42cf5977-833f-4556-81d1-3f739af9bad8</t>
+  </si>
+  <si>
     <t>SI 69 Electric water heaters</t>
   </si>
   <si>
+    <t>This policy applies to thermostatically controlled and thermally insulated heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-69-electric-water-heaters</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=cf61e979-6101-4ea0-958f-a9e4c998a5a5</t>
+  </si>
+  <si>
     <t>SI 900 part 2.24 (APPLIANCES, ICE-CREAM APPLIANCES AND ICE-MAKERS)</t>
   </si>
   <si>
     <t>Ice Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-900-part-224-appliances-ice-cream-appliances-and-ice-makers</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/eng/standardization/teken/?tid=9b4cfa12-0ed5-41ab-8a01-af70108e1e90</t>
+  </si>
+  <si>
     <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
   </si>
   <si>
+    <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
+  </si>
+  <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
+  </si>
+  <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECTV.doc</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -598,735 +684,828 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N15"/>
+  <dimension ref="A1:P15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="219" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="219.375" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="567.29" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="131.968" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2006</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1993</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>38</v>
+      </c>
+      <c r="H4">
+        <v>1986</v>
+      </c>
+      <c r="I4">
+        <v>2004</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2020</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>47</v>
+      </c>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N5" t="s">
+        <v>50</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6">
+        <v>2007</v>
+      </c>
+      <c r="I6">
+        <v>2011</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>56</v>
+      </c>
+      <c r="M6" t="s">
+        <v>57</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>62</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7">
         <v>2006</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I7">
+        <v>2015</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>67</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F8" t="s">
+        <v>68</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H8">
+        <v>2016</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K8" t="s">
         <v>24</v>
       </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>57</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" t="s">
+        <v>70</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...22 lines deleted...]
-      <c r="I3" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>73</v>
+      </c>
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
-[...81 lines deleted...]
-      <c r="J5" t="s">
+      <c r="F9" t="s">
+        <v>68</v>
+      </c>
+      <c r="G9" t="s">
         <v>38</v>
-      </c>
-[...159 lines deleted...]
-        <v>2016</v>
       </c>
       <c r="H9">
         <v>2016</v>
       </c>
-      <c r="I9" t="s">
+      <c r="I9">
+        <v>2016</v>
+      </c>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>57</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>74</v>
+      </c>
+      <c r="P9" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>77</v>
+      </c>
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J9" t="s">
+      <c r="F10" t="s">
+        <v>32</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>78</v>
+      </c>
+      <c r="P10" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>80</v>
+      </c>
+      <c r="B11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>82</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>68</v>
+      </c>
+      <c r="G11" t="s">
+        <v>38</v>
+      </c>
+      <c r="H11">
+        <v>2012</v>
+      </c>
+      <c r="I11">
+        <v>2013</v>
+      </c>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>83</v>
+      </c>
+      <c r="M11" t="s">
+        <v>57</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>84</v>
+      </c>
+      <c r="P11" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>86</v>
+      </c>
+      <c r="B12" t="s">
+        <v>87</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>88</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K9"/>
-[...3 lines deleted...]
-      <c r="M9" t="s">
+      <c r="G12" t="s">
+        <v>38</v>
+      </c>
+      <c r="H12">
+        <v>1986</v>
+      </c>
+      <c r="I12">
+        <v>2012</v>
+      </c>
+      <c r="J12" t="s">
         <v>23</v>
       </c>
-      <c r="N9" t="s">
+      <c r="K12" t="s">
+        <v>89</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>90</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>91</v>
+      </c>
+      <c r="P12" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>93</v>
+      </c>
+      <c r="B13" t="s">
+        <v>81</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>94</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>68</v>
+      </c>
+      <c r="G13" t="s">
+        <v>38</v>
+      </c>
+      <c r="H13">
+        <v>1986</v>
+      </c>
+      <c r="I13">
+        <v>2014</v>
+      </c>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
         <v>57</v>
       </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>95</v>
+      </c>
+      <c r="P13" t="s">
+        <v>96</v>
+      </c>
     </row>
-    <row r="10" spans="1:14">
-[...22 lines deleted...]
-      <c r="I10" t="s">
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>97</v>
+      </c>
+      <c r="B14" t="s">
+        <v>98</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>99</v>
+      </c>
+      <c r="E14" t="s">
         <v>20</v>
       </c>
-      <c r="J10" t="s">
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K10"/>
-      <c r="L10" t="s">
+      <c r="G14" t="s">
         <v>22</v>
       </c>
-      <c r="M10" t="s">
+      <c r="H14">
+        <v>2004</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
         <v>23</v>
       </c>
-      <c r="N10" t="s">
-        <v>60</v>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>90</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>100</v>
+      </c>
+      <c r="P14" t="s">
+        <v>101</v>
       </c>
     </row>
-    <row r="11" spans="1:14">
-[...24 lines deleted...]
-      <c r="I11" t="s">
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>102</v>
+      </c>
+      <c r="B15" t="s">
+        <v>103</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>104</v>
+      </c>
+      <c r="E15" t="s">
         <v>20</v>
       </c>
-      <c r="J11" t="s">
-[...47 lines deleted...]
-      <c r="L12" t="s">
+      <c r="F15" t="s">
         <v>68</v>
       </c>
-      <c r="M12" t="s">
-[...108 lines deleted...]
-        <v>2011</v>
+      <c r="G15" t="s">
+        <v>38</v>
       </c>
       <c r="H15">
         <v>2011</v>
       </c>
-      <c r="I15" t="s">
-        <v>20</v>
+      <c r="I15">
+        <v>2011</v>
       </c>
       <c r="J15" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K15" t="s">
-        <v>78</v>
+        <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>46</v>
+        <v>105</v>
       </c>
       <c r="M15" t="s">
-        <v>23</v>
+        <v>57</v>
       </c>
       <c r="N15" t="s">
-        <v>79</v>
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>106</v>
+      </c>
+      <c r="P15" t="s">
+        <v>107</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>