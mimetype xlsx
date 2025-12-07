--- v0 (2025-10-14)
+++ v1 (2025-12-07)
@@ -12,344 +12,276 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>SASO 2663:2018 MEPS and labeling schemes for small air conditioners</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>SASO 2874:2016 MEPS for large air conditioners</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS and testing requirements for electrically operated air conditioners, condensing units, chillers, absorption chillers, electrically operated variable refrigerant flow (VRF) air conditioners, close control air conditioners and condensing units serving computer rooms.</t>
   </si>
   <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
-    <t>Room ACs - Stationary ACs</t>
+    <t>Room ACs - Stationary ACs, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>November 2019</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Saudi Standard, Metrology and Quality Organization</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/saso-28742016-meps-large-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://www.intertek.com.cn/Uploadfile/File/SASO-2874_2016.pdf</t>
+  </si>
+  <si>
+    <t>SASO IEC 60034-30:2013</t>
+  </si>
+  <si>
+    <t>This part of IEC 60034 specifies efficiency classes for single-speed; three-phase; 50 Hz and 60 Hz cage-induction motors</t>
+  </si>
+  <si>
+    <t>3-Phase Motors</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>SASO IEC 60034-2-1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/saso-iec-60034-302013</t>
+  </si>
+  <si>
+    <t>http://www.saso.gov.sa/en/mediacenter/events/Pages/saso_events_127.aspx</t>
+  </si>
+  <si>
+    <t>UAE.S 5010-2:2013 – Labeling – Energy efficiency label for electrical appliances Part 2: Washing Machines and Dryers</t>
+  </si>
+  <si>
+    <t>This regulation deals with methods for measuring the energy and water consumption of clothes washing machines for household use, with or without heating devices and for cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force and is applicable to appliances for both washing and drying textiles (washer-dryers). This standard also applies to household electric tumble dryers, automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
+    <t>United Arab Emirates</t>
+  </si>
+  <si>
+    <t>Clothes Dryers, Washing Machines</t>
+  </si>
+  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...113 lines deleted...]
-    <t>United Arab Emirates</t>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>IEC 60456 /2010</t>
+  </si>
+  <si>
+    <t>Emirates Authority For Standardization &amp; Metrology</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-22013-labeling-energy-efficiency-label-electrical-appliances-part-2-washing</t>
+  </si>
+  <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/are119_t.pdf</t>
+  </si>
+  <si>
+    <t>UAE.S 5010-5: 2019 – Labeling – Energy efficiency label for electrical appliances - Part 5: commercial and central air conditioners.</t>
+  </si>
+  <si>
+    <t>This standard deals with the energy efficiency labels and the minimum energy performance standard (MEPS) requirements for factory-made residential, commercial and industrial.</t>
+  </si>
+  <si>
+    <t>Central ACs</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
-    <t>UAE.S IEC 62552:2013</t>
-[...46 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-5-2019-labeling-energy-efficiency-label-electrical-appliances-part-5-commercial</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1430_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-6: 2018 – Labeling – Energy efficiency label for electrical appliances Part 6: Dishwashers.</t>
   </si>
   <si>
+    <t>This regulation is developed to ensure that dishwasher are registered and monitored for their continuous compliance to the set specifications. Includes energy consumption and water consumption.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-6-2018-labeling-energy-efficiency-label-electrical-appliances-part-6-dishwashers</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2018/TBT/ARE/18_1779_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-7: 2017 – Labeling – Energy Efficiency Label for Electrical Appliances - Part: 7 Minimum Energy Efficiency Limits for Rotodynamic Water Pumps.</t>
   </si>
   <si>
+    <t>This standard covers brand new rotodynamic water pumps for pumping clean water, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-7-2017-labeling-energy-efficiency-label-electrical-appliances-part-7-minimum</t>
   </si>
   <si>
-    <t>UAE.S 5010-8:2018 – Labeling – Energy Efficiency Label for Electrical Appliances – Part 8: Television Sets</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-82018-labeling-energy-efficiency-label-electrical-appliances-part-8-television</t>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -613,871 +545,444 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N18"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="181" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="181.527" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="621.563" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="188.668" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2016</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2016</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>40</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>2013</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>38</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F5" t="s">
+        <v>40</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...123 lines deleted...]
-    <row r="6" spans="1:14">
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>37</v>
+        <v>52</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="C6" t="s">
         <v>38</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>54</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G6">
+        <v>40</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6">
         <v>2018</v>
       </c>
-      <c r="H6">
-[...2 lines deleted...]
-      <c r="I6" t="s">
+      <c r="J6" t="s">
+        <v>49</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>43</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J6" t="s">
-[...6 lines deleted...]
-      <c r="M6" t="s">
+      <c r="F7" t="s">
+        <v>40</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2017</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>41</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N6" t="s">
-[...34 lines deleted...]
-      <c r="K7" t="s">
+      <c r="L7"/>
+      <c r="M7" t="s">
         <v>43</v>
       </c>
-      <c r="L7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N7" t="s">
-        <v>44</v>
-[...164 lines deleted...]
-      <c r="L11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
         <v>60</v>
       </c>
-      <c r="M11" t="s">
-[...2 lines deleted...]
-      <c r="N11" t="s">
+      <c r="P7" t="s">
         <v>61</v>
-      </c>
-[...292 lines deleted...]
-        <v>84</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>