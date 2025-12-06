--- v0 (2025-10-15)
+++ v1 (2025-12-06)
@@ -12,278 +12,228 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
-    <t>SASO 2663:2018 MEPS and labeling schemes for small air conditioners</t>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
+    <t>SASO 2874:2016 MEPS for large air conditioners</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS and testing requirements for electrically operated air conditioners, condensing units, chillers, absorption chillers, electrically operated variable refrigerant flow (VRF) air conditioners, close control air conditioners and condensing units serving computer rooms.</t>
   </si>
   <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
-    <t>Room ACs - Stationary ACs</t>
-[...2 lines deleted...]
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Room ACs - Stationary ACs, Chillers - Cooler Towers</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
-    <t>SASO 2681 / 2013 (based on ISO 5151) SASO 2682/2013 SASO 2763/2008</t>
-[...1 lines deleted...]
-  <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/saso-26632018-meps-and-labeling-schemes-small-air-conditioners</t>
-[...19 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28742016-meps-large-air-conditioners</t>
   </si>
   <si>
-    <t>SASO 2883:2017 MEPS and labeling schemes for clothes dryers</t>
-[...47 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/saso-29022018-meps-and-labeling-schemes-lighting-products</t>
+    <t>https://www.intertek.com.cn/Uploadfile/File/SASO-2874_2016.pdf</t>
   </si>
   <si>
     <t>SASO IEC 60034-30:2013</t>
   </si>
   <si>
+    <t>This part of IEC 60034 specifies efficiency classes for single-speed; three-phase; 50 Hz and 60 Hz cage-induction motors</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>SASO IEC 60034-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-iec-60034-302013</t>
+  </si>
+  <si>
+    <t>http://www.saso.gov.sa/en/mediacenter/events/Pages/saso_events_127.aspx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -547,575 +497,302 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N11"/>
+  <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="109" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="152" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="109.545" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="352.628" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="152.106" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="84.836" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2016</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2016</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...161 lines deleted...]
-      <c r="A7" t="s">
+      <c r="O4" t="s">
         <v>44</v>
       </c>
-      <c r="B7" t="s">
-[...2 lines deleted...]
-      <c r="C7" t="s">
+      <c r="P4" t="s">
         <v>45</v>
-      </c>
-[...201 lines deleted...]
-        <v>62</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>