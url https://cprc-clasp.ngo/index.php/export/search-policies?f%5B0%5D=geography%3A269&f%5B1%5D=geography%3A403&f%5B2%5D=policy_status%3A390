--- v0 (2025-10-15)
+++ v1 (2025-12-05)
@@ -12,485 +12,198 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>JS 2091:2013 Technical Regulation on eco-design - Requirements for non-directional household lamps</t>
-[...5 lines deleted...]
-    <t>Non-Directional lamps</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>SASO 2874:2016 MEPS for large air conditioners</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS and testing requirements for electrically operated air conditioners, condensing units, chillers, absorption chillers, electrically operated variable refrigerant flow (VRF) air conditioners, close control air conditioners and condensing units serving computer rooms.</t>
+  </si>
+  <si>
+    <t>Kingdom of Saudi Arabia</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>June 2021</t>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>JS 2092</t>
-[...2 lines deleted...]
-    <t>National Energy Research Centre (NERC)</t>
+    <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/js-20912013-technical-regulation-eco-design-requirements-non-directional-household-lamps</t>
-[...23 lines deleted...]
-    <t>JS 2094:2013 Technical Regulation on eco-design requirements for electric motors</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/saso-28742016-meps-large-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://www.intertek.com.cn/Uploadfile/File/SASO-2874_2016.pdf</t>
+  </si>
+  <si>
+    <t>SASO IEC 60034-30:2013</t>
+  </si>
+  <si>
+    <t>This part of IEC 60034 specifies efficiency classes for single-speed; three-phase; 50 Hz and 60 Hz cage-induction motors</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
-    <t>JS 2094</t>
-[...280 lines deleted...]
-  <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>SASO IEC 60034-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-iec-60034-302013</t>
+  </si>
+  <si>
+    <t>http://www.saso.gov.sa/en/mediacenter/events/Pages/saso_events_127.aspx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -754,1457 +467,254 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N31"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="242" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="352.628" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="98.976" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="84.836" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2016</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2016</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
         <v>25</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" t="s">
+      <c r="N3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...90 lines deleted...]
-      <c r="C5" t="s">
+      <c r="O3" t="s">
         <v>34</v>
       </c>
-      <c r="D5" t="s">
-[...20 lines deleted...]
-      <c r="K5" t="s">
+      <c r="P3" t="s">
         <v>35</v>
-      </c>
-[...1137 lines deleted...]
-        <v>131</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>