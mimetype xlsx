--- v0 (2025-12-12)
+++ v1 (2026-02-20)
@@ -2884,51 +2884,51 @@
       </c>
       <c r="P30" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>204</v>
       </c>
       <c r="B31" t="s">
         <v>205</v>
       </c>
       <c r="C31" t="s">
         <v>32</v>
       </c>
       <c r="D31" t="s">
         <v>206</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H31">
         <v>2021</v>
       </c>
       <c r="I31">
         <v>2024</v>
       </c>
       <c r="J31" t="s">
         <v>207</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
         <v>208</v>
       </c>
       <c r="M31" t="s">
         <v>36</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
         <v>209</v>
       </c>