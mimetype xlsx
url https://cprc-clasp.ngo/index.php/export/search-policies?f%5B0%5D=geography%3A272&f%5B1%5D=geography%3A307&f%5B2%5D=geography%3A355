--- v0 (2025-12-10)
+++ v1 (2026-02-12)
@@ -1849,51 +1849,51 @@
       </c>
       <c r="P8" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>72</v>
       </c>
       <c r="B9" t="s">
         <v>73</v>
       </c>
       <c r="C9" t="s">
         <v>56</v>
       </c>
       <c r="D9" t="s">
         <v>74</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>40</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H9">
         <v>2021</v>
       </c>
       <c r="I9">
         <v>2024</v>
       </c>
       <c r="J9" t="s">
         <v>75</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
         <v>76</v>
       </c>
       <c r="M9" t="s">
         <v>58</v>
       </c>
       <c r="N9" t="s">
         <v>26</v>
       </c>
       <c r="O9" t="s">
         <v>77</v>
       </c>