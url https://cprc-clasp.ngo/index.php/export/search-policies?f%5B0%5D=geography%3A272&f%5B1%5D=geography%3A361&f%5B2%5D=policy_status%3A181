--- v0 (2025-10-14)
+++ v1 (2026-02-05)
@@ -12,206 +12,234 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Decision No. 107/2018 on the adoption of Gulf Standard 2530:2016 on Energy Labeling and Minimum Energy Performance Requirements For Air Conditioners as a mandatory Omani Standard</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for window single-package, split-system non-ducted air conditioners using air-cooled condensers, split-system ducted air-conditioners using air-cooled condensers, and heat pumps using air-cooled condensers for residential, commercial and industrial sector as applicable in accordance with GSO SASO Standards. It is applied to units designed to operate in AC single phase or three-phase circuits according to GSO 1899/2009 "GCC Standard voltages and frequencies for AC transmission and distribution systems". It covers units with capacities up to and including 70000 Btu/h (20 kW).</t>
+  </si>
+  <si>
     <t>Oman</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GSO 2530:2016</t>
   </si>
   <si>
     <t>Ministry of Commerce and Industry</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-1072018-adoption-gulf-standard-25302016-energy-labeling-and-minimum-energy</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/sultanate-oman-energy-efficiency-and-labeling-requirements-air-conditioners-0</t>
+  </si>
+  <si>
     <t>Energy efficiency, functionality and labelling requirements for self-ballasted Light Emitting Diode (LED) lamps</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency, functionality, and product information requirements for self-ballasted LED lamps for general lighting services that works on single-phase alternating current supply up to and including 240V, 50Hz, being manufactured, imported or sold in Oman.
+The standard covers the following types of self-ballasted LED lamps:
+a. Both the directional and non-directional lamps.
+b. Lamps having a luminous flux above 60 lumens and below 12,000 lumens.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-functionality-and-labelling-requirements-self-ballasted-light-emitting</t>
   </si>
   <si>
+    <t>https://www.tuv.com/regulations-and-standards/en/oman-ministerial-decree-obligating-the-omani-standard-energy-efficiency-functionality-and.html</t>
+  </si>
+  <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tuvalu-energy-efficiency-act-2016</t>
+  </si>
+  <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -475,275 +503,302 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N4"/>
+  <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="211" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="211.091" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1574.758" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="169.816" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2019</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2020</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>41</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...10 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...68 lines deleted...]
-        <v>38</v>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>