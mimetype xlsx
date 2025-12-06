--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,236 +12,267 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Decision No. 107/2018 on the adoption of Gulf Standard 2530:2016 on Energy Labeling and Minimum Energy Performance Requirements For Air Conditioners as a mandatory Omani Standard</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for window single-package, split-system non-ducted air conditioners using air-cooled condensers, split-system ducted air-conditioners using air-cooled condensers, and heat pumps using air-cooled condensers for residential, commercial and industrial sector as applicable in accordance with GSO SASO Standards. It is applied to units designed to operate in AC single phase or three-phase circuits according to GSO 1899/2009 "GCC Standard voltages and frequencies for AC transmission and distribution systems". It covers units with capacities up to and including 70000 Btu/h (20 kW).</t>
+  </si>
+  <si>
     <t>Oman</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GSO 2530:2016</t>
   </si>
   <si>
     <t>Ministry of Commerce and Industry</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-1072018-adoption-gulf-standard-25302016-energy-labeling-and-minimum-energy</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/sultanate-oman-energy-efficiency-and-labeling-requirements-air-conditioners-0</t>
+  </si>
+  <si>
     <t>Energy efficiency, functionality and labelling requirements for self-ballasted Light Emitting Diode (LED) lamps</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency, functionality, and product information requirements for self-ballasted LED lamps for general lighting services that works on single-phase alternating current supply up to and including 240V, 50Hz, being manufactured, imported or sold in Oman.
+The standard covers the following types of self-ballasted LED lamps:
+a. Both the directional and non-directional lamps.
+b. Lamps having a luminous flux above 60 lumens and below 12,000 lumens.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-functionality-and-labelling-requirements-self-ballasted-light-emitting</t>
   </si>
   <si>
+    <t>https://www.tuv.com/regulations-and-standards/en/oman-ministerial-decree-obligating-the-omani-standard-energy-efficiency-functionality-and.html</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for refrigerators</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-5</t>
   </si>
   <si>
+    <t>https://blog.complianceandrisks.com/news-resources/oman-to-draft-mandatory-energy-efficiency-specifications-for-four-electrical-appliances</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for storage water heaters</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-storage-water-heaters</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-washing-machines-0</t>
   </si>
   <si>
     <t>Minimum Energy Perfomance Standards for refrigerating appliances (MEPS)</t>
+  </si>
+  <si>
+    <t>This standard applies to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant and foam blowing agent, product information and declaration of conformity 1975 and its regulations</t>
   </si>
   <si>
     <t>Eswatini</t>
   </si>
   <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62552:2015  part 1, 2 and 3</t>
   </si>
   <si>
     <t>Eswatini Energy Regulatory Authority (ESERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-perfomance-standards-refrigerating-appliances-meps</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -505,387 +536,430 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="211" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="211.091" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="754.959" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="52.987" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="169.816" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2019</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2020</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...39 lines deleted...]
-    <row r="4" spans="1:14">
+    <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="B4" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="C4" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="E4" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>33</v>
       </c>
-      <c r="G4"/>
+      <c r="G4" t="s">
+        <v>40</v>
+      </c>
       <c r="H4"/>
-      <c r="I4" t="s">
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
-      </c>
-[...28 lines deleted...]
-        <v>28</v>
       </c>
       <c r="F5" t="s">
         <v>33</v>
       </c>
-      <c r="G5"/>
+      <c r="G5" t="s">
+        <v>40</v>
+      </c>
       <c r="H5"/>
-      <c r="I5" t="s">
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" t="s">
+        <v>38</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
-      </c>
-[...28 lines deleted...]
-        <v>28</v>
       </c>
       <c r="F6" t="s">
         <v>33</v>
       </c>
-      <c r="G6"/>
+      <c r="G6" t="s">
+        <v>40</v>
+      </c>
       <c r="H6"/>
-      <c r="I6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L6" t="s">
         <v>23</v>
       </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
       <c r="M6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N6" t="s">
-        <v>40</v>
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>48</v>
+      </c>
+      <c r="P6" t="s">
+        <v>42</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
+    <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="B7" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="C7" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="D7" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="E7" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="F7" t="s">
         <v>33</v>
       </c>
-      <c r="G7"/>
+      <c r="G7" t="s">
+        <v>40</v>
+      </c>
       <c r="H7"/>
-      <c r="I7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>21</v>
+        <v>54</v>
       </c>
       <c r="K7" t="s">
-        <v>46</v>
+        <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="M7" t="s">
-        <v>24</v>
+        <v>56</v>
       </c>
       <c r="N7" t="s">
-        <v>48</v>
-      </c>
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>