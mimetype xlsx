--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="188">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="186">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -558,72 +558,66 @@
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38448-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency-0</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3850811E06397BE0A0A2D54</t>
   </si>
   <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
     <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
 - Drying Performance
 - Energy Consumption
 - Water Usage
 - Program Time
 - Drying Uniformity
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>New</t>
-[...1 lines deleted...]
-  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
-    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
   </si>
   <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
     <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
   </si>
   <si>
     <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-conservation-certification</t>
   </si>
   <si>
     <t>http://www.sqi.com.cn/SQI_Web/English/SQI_EN_Introduction_Details.aspx?NGUID=f5285f6931894565bc9efdc15eecfbcf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -952,51 +946,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="142.679" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="642.843" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="84.836" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="222.803" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -2378,132 +2372,134 @@
       <c r="K29" t="s">
         <v>91</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
         <v>159</v>
       </c>
       <c r="N29" t="s">
         <v>99</v>
       </c>
       <c r="O29" t="s">
         <v>171</v>
       </c>
       <c r="P29" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>173</v>
       </c>
       <c r="B30" t="s">
         <v>174</v>
       </c>
       <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="E30" t="s">
         <v>41</v>
       </c>
       <c r="F30" t="s">
+        <v>176</v>
+      </c>
+      <c r="G30" t="s">
+        <v>8</v>
+      </c>
+      <c r="H30">
+        <v>2008</v>
+      </c>
+      <c r="I30">
+        <v>2024</v>
+      </c>
+      <c r="J30" t="s">
         <v>177</v>
-      </c>
-[...8 lines deleted...]
-        <v>179</v>
       </c>
       <c r="K30" t="s">
         <v>91</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="N30" t="s">
         <v>99</v>
       </c>
       <c r="O30" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="P30" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
+        <v>181</v>
+      </c>
+      <c r="B31" t="s">
+        <v>182</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
         <v>183</v>
-      </c>
-[...7 lines deleted...]
-        <v>185</v>
       </c>
       <c r="E31" t="s">
         <v>41</v>
       </c>
       <c r="F31" t="s">
         <v>42</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2017</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
         <v>23</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
         <v>54</v>
       </c>
       <c r="N31" t="s">
         <v>26</v>
       </c>
       <c r="O31" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="P31" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">