--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,409 +12,515 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>MELS for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme (MELS) requirements for clothes dryers with a rated capacity of up to 10kg.
+Energy Consumption (EC) per wash in kWh (all clothes dryers)
+- 1 tick: NA
+- 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
+- 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
+- 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
+- 5 tick: Rated capacity x 0.30 ≥ EC
+Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MELS for General Lighting</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy set energy label scheme for all regulated lamps:</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Split Type Air-Conditioners</t>
+  </si>
+  <si>
+    <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>ISO 15042:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-split-type-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for casement and window air-conditioners</t>
   </si>
   <si>
+    <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance requirements for clothes dryers with a rated capacity of https://www.nea.gov.sg/up to 10kg. The revised 2022 MEPS are: EC ≤ [Rated Capacity x 0.55], where “Rated Capacity” means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile and “EC” means Energy Consumption in kWh per wash.</t>
+  </si>
+  <si>
     <t>IEC1 61121:2005 with amendment 1, Section 9.2.1: Drying tests general</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for General Lighting</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
   </si>
   <si>
     <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
 ,   
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting</t>
   </si>
   <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for lamps as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for Refrigerators</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance requirements for the following refrigerators: 
+- Refrigerators without a freezer up to 900L: 
+- Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
+Vadj tot) x 0.409]
+- Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
+- “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
+delivers ice on demand externally through a door.
+- “AEC” means Annual Energy Consumption.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-0</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2025</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners</t>
+  </si>
+  <si>
+    <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
+The established MEPS are: 
+Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
+Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
+Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
+COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
+    <t>This policy raises MEPS for single and multi split air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>Pakistan Energy Labels for Fans</t>
   </si>
   <si>
+    <t>This policy is established to ensure that all electric fans sold in Pakistan meet Minimum Energy Performance Standards (MEPS) and comply with NEECA's energy star rating system of 1 to 5 stars. The fans should conform to all the requirements of Pakistan Standard PS:1/2021 (Comfort Fans and Regulators for Household and Similar Purposes – Methods for Measuring Performance) with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PS:1/2021</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-labels-fans</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO411(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for LED Lights</t>
   </si>
   <si>
+    <t>This policy establishes mandatory Minimum Energy Performance Standards (MEPS) and labels for LED lights that are normally used in households and buildings for general lighting purposes and street lighting. LED lights should conform to all the requirements of Pakistan Standard PS:IEC60050-845 with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>PS:IEC60050-845</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-labels-led-lights</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO415(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Televisions Sets</t>
   </si>
   <si>
+    <t>This category establishes criteria for mains-powered television sets consisting of a unit whose main purpose is to receive, reproduce and, if applicable, decode television signals.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-televisions-sets</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Coffee Machine</t>
   </si>
   <si>
+    <t>This category establishes criteria for espresso and coffee machines, which include fully-automatic espresso/coffee machines, hand-operated piston espresso/coffee machines and capsule espresso/coffee machines. The category does not cover espresso/coffee machines with a system to warm cups, or capsule espresso/coffee machines which require capsules made by a certain manufacturer.</t>
+  </si>
+  <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-coffee-machine</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=56</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: LEDs</t>
   </si>
   <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
     <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-leds</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Refrigerators and Freezers</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for electric household refrigerators (with or without low-temperature compartment), refrigerator-freezer combinations and freezers (chest and upright freezers) used as free-standing, built-under or built-in appliances.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-refrigerators-and-freezers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -678,965 +784,1088 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N20"/>
+  <dimension ref="A1:P20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="94" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="607.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="196.952" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="209.949" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2"/>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...4 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>8</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3">
+        <v>2014</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>8</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5">
+        <v>2024</v>
+      </c>
+      <c r="J5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>36</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>8</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6">
+        <v>2014</v>
+      </c>
+      <c r="J6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>50</v>
+      </c>
+      <c r="M6" t="s">
+        <v>36</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" t="s">
+        <v>53</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>49</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>54</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2011</v>
+      </c>
+      <c r="I7">
+        <v>2022</v>
+      </c>
+      <c r="J7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>55</v>
+      </c>
+      <c r="M7" t="s">
+        <v>36</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>56</v>
+      </c>
+      <c r="P7" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>58</v>
+      </c>
+      <c r="B8" t="s">
+        <v>59</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>54</v>
+      </c>
+      <c r="G8" t="s">
+        <v>8</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8">
+        <v>2022</v>
+      </c>
+      <c r="J8" t="s">
+        <v>34</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>60</v>
+      </c>
+      <c r="M8" t="s">
+        <v>36</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>61</v>
+      </c>
+      <c r="P8" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>63</v>
+      </c>
+      <c r="B9" t="s">
+        <v>64</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>65</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>54</v>
+      </c>
+      <c r="G9" t="s">
+        <v>8</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>34</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>66</v>
+      </c>
+      <c r="M9" t="s">
+        <v>36</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>67</v>
+      </c>
+      <c r="P9" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>68</v>
+      </c>
+      <c r="B10" t="s">
+        <v>69</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>41</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>54</v>
+      </c>
+      <c r="G10" t="s">
+        <v>8</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10">
+        <v>2024</v>
+      </c>
+      <c r="J10" t="s">
+        <v>45</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>36</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>70</v>
+      </c>
+      <c r="P10" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>71</v>
+      </c>
+      <c r="B11" t="s">
+        <v>72</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>73</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>54</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11">
+        <v>2022</v>
+      </c>
+      <c r="J11" t="s">
+        <v>34</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>74</v>
+      </c>
+      <c r="M11" t="s">
+        <v>36</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>75</v>
+      </c>
+      <c r="P11" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>76</v>
+      </c>
+      <c r="B12" t="s">
+        <v>77</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>73</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>54</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2011</v>
+      </c>
+      <c r="I12">
+        <v>2025</v>
+      </c>
+      <c r="J12" t="s">
+        <v>45</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>36</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>78</v>
+      </c>
+      <c r="P12" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>79</v>
+      </c>
+      <c r="B13" t="s">
+        <v>80</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>49</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>54</v>
+      </c>
+      <c r="G13" t="s">
+        <v>8</v>
+      </c>
+      <c r="H13">
+        <v>2011</v>
+      </c>
+      <c r="I13">
+        <v>2022</v>
+      </c>
+      <c r="J13" t="s">
+        <v>34</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>81</v>
+      </c>
+      <c r="M13" t="s">
+        <v>36</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>82</v>
+      </c>
+      <c r="P13" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>83</v>
+      </c>
+      <c r="B14" t="s">
+        <v>84</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>49</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>54</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2011</v>
+      </c>
+      <c r="I14">
+        <v>2025</v>
+      </c>
+      <c r="J14" t="s">
+        <v>45</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>36</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>85</v>
+      </c>
+      <c r="P14" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>86</v>
+      </c>
+      <c r="B15" t="s">
+        <v>87</v>
+      </c>
+      <c r="C15" t="s">
+        <v>88</v>
+      </c>
+      <c r="D15" t="s">
+        <v>89</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G15" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H15">
+        <v>2014</v>
+      </c>
+      <c r="I15">
+        <v>2024</v>
+      </c>
+      <c r="J15" t="s">
+        <v>90</v>
+      </c>
+      <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...10 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L15" t="s">
+        <v>91</v>
+      </c>
+      <c r="M15" t="s">
+        <v>92</v>
+      </c>
+      <c r="N15" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...17 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O15" t="s">
+        <v>93</v>
+      </c>
+      <c r="P15" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>95</v>
+      </c>
+      <c r="B16" t="s">
+        <v>96</v>
+      </c>
+      <c r="C16" t="s">
+        <v>88</v>
+      </c>
+      <c r="D16" t="s">
+        <v>97</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...5 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2020</v>
+      </c>
+      <c r="I16">
+        <v>2024</v>
+      </c>
+      <c r="J16" t="s">
+        <v>90</v>
+      </c>
+      <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...182 lines deleted...]
-      <c r="C8" t="s">
+      <c r="L16" t="s">
+        <v>98</v>
+      </c>
+      <c r="M16" t="s">
+        <v>92</v>
+      </c>
+      <c r="N16" t="s">
         <v>27</v>
       </c>
-      <c r="D8" t="s">
-[...304 lines deleted...]
-      <c r="E15" t="s">
+      <c r="O16" t="s">
+        <v>99</v>
+      </c>
+      <c r="P16" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>101</v>
+      </c>
+      <c r="B17" t="s">
+        <v>102</v>
+      </c>
+      <c r="C17" t="s">
         <v>18</v>
       </c>
-      <c r="F15" t="s">
-[...80 lines deleted...]
-      </c>
       <c r="D17" t="s">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="E17" t="s">
-        <v>83</v>
+        <v>104</v>
       </c>
       <c r="F17" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>105</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
       </c>
       <c r="H17">
         <v>2012</v>
       </c>
-      <c r="I17" t="s">
-        <v>84</v>
+      <c r="I17">
+        <v>2012</v>
       </c>
       <c r="J17" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>106</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
       <c r="M17" t="s">
-        <v>24</v>
+        <v>107</v>
       </c>
       <c r="N17" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>108</v>
+      </c>
+      <c r="P17" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>87</v>
+        <v>110</v>
       </c>
       <c r="B18" t="s">
-        <v>15</v>
+        <v>111</v>
       </c>
       <c r="C18" t="s">
-        <v>88</v>
+        <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>82</v>
+        <v>112</v>
       </c>
       <c r="E18" t="s">
-        <v>83</v>
+        <v>104</v>
       </c>
       <c r="F18" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>105</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
       </c>
       <c r="H18">
         <v>2012</v>
       </c>
-      <c r="I18" t="s">
-        <v>84</v>
+      <c r="I18">
+        <v>2012</v>
       </c>
       <c r="J18" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>106</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
       <c r="M18" t="s">
+        <v>107</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>113</v>
+      </c>
+      <c r="P18" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>115</v>
+      </c>
+      <c r="B19" t="s">
+        <v>116</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>117</v>
+      </c>
+      <c r="E19" t="s">
+        <v>104</v>
+      </c>
+      <c r="F19" t="s">
+        <v>105</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2012</v>
+      </c>
+      <c r="I19">
+        <v>2017</v>
+      </c>
+      <c r="J19" t="s">
+        <v>118</v>
+      </c>
+      <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="N18" t="s">
-[...37 lines deleted...]
-      </c>
+      <c r="L19"/>
       <c r="M19" t="s">
-        <v>24</v>
+        <v>107</v>
       </c>
       <c r="N19" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>119</v>
+      </c>
+      <c r="P19" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>94</v>
+        <v>121</v>
       </c>
       <c r="B20" t="s">
-        <v>15</v>
+        <v>122</v>
       </c>
       <c r="C20" t="s">
-        <v>58</v>
+        <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="E20" t="s">
-        <v>83</v>
+        <v>104</v>
       </c>
       <c r="F20" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>105</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
       </c>
       <c r="H20">
         <v>2012</v>
       </c>
-      <c r="I20" t="s">
-        <v>84</v>
+      <c r="I20">
+        <v>2012</v>
       </c>
       <c r="J20" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>106</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
       <c r="M20" t="s">
-        <v>24</v>
+        <v>107</v>
       </c>
       <c r="N20" t="s">
-        <v>95</v>
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>123</v>
+      </c>
+      <c r="P20" t="s">
+        <v>109</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>