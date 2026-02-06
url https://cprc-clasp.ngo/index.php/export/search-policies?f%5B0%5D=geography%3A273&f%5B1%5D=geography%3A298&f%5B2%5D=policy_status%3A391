--- v1 (2025-12-06)
+++ v2 (2026-02-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -150,60 +150,63 @@
 - 5 tick: Rated capacity x 0.30 ≥ EC
 Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-clothes-dryers</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
-    <t>MELS for General Lighting</t>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting</t>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Split Type Air-Conditioners</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>ISO 15042:2017
 ,   
@@ -262,102 +265,102 @@
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting</t>
   </si>
   <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for lamps as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting-2024</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2025</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>Pakistan Energy Labels for Fans</t>
   </si>
   <si>
     <t>This policy is established to ensure that all electric fans sold in Pakistan meet Minimum Energy Performance Standards (MEPS) and comply with NEECA's energy star rating system of 1 to 5 stars. The fans should conform to all the requirements of Pakistan Standard PS:1/2021 (Comfort Fans and Regulators for Household and Similar Purposes – Methods for Measuring Performance) with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
@@ -976,860 +979,860 @@
       </c>
       <c r="P3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>39</v>
       </c>
       <c r="B4" t="s">
         <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>41</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>33</v>
       </c>
       <c r="G4" t="s">
-        <v>8</v>
+        <v>42</v>
       </c>
       <c r="H4">
         <v>2015</v>
       </c>
       <c r="I4">
         <v>2019</v>
       </c>
       <c r="J4" t="s">
         <v>34</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>36</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="P4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>41</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>33</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2015</v>
       </c>
       <c r="I5">
         <v>2024</v>
       </c>
       <c r="J5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
         <v>36</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="P5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>33</v>
       </c>
       <c r="G6" t="s">
         <v>8</v>
       </c>
       <c r="H6">
         <v>2008</v>
       </c>
       <c r="I6">
         <v>2014</v>
       </c>
       <c r="J6" t="s">
         <v>34</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M6" t="s">
         <v>36</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="P6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2011</v>
       </c>
       <c r="I7">
         <v>2022</v>
       </c>
       <c r="J7" t="s">
         <v>34</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="M7" t="s">
         <v>36</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="P7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B8" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>32</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G8" t="s">
         <v>8</v>
       </c>
       <c r="H8">
         <v>2014</v>
       </c>
       <c r="I8">
         <v>2022</v>
       </c>
       <c r="J8" t="s">
         <v>34</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="M8" t="s">
         <v>36</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="P8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B9" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G9" t="s">
-        <v>8</v>
+        <v>42</v>
       </c>
       <c r="H9">
         <v>2015</v>
       </c>
       <c r="I9">
         <v>2019</v>
       </c>
       <c r="J9" t="s">
         <v>34</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="M9" t="s">
         <v>36</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="P9" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B10" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
         <v>41</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G10" t="s">
         <v>8</v>
       </c>
       <c r="H10">
         <v>2015</v>
       </c>
       <c r="I10">
         <v>2024</v>
       </c>
       <c r="J10" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>36</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="P10" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B11" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="H11">
         <v>2011</v>
       </c>
       <c r="I11">
         <v>2022</v>
       </c>
       <c r="J11" t="s">
         <v>34</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="M11" t="s">
         <v>36</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="P11" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B12" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H12">
         <v>2011</v>
       </c>
       <c r="I12">
         <v>2025</v>
       </c>
       <c r="J12" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>36</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="P12" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B13" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G13" t="s">
-        <v>8</v>
+        <v>42</v>
       </c>
       <c r="H13">
         <v>2011</v>
       </c>
       <c r="I13">
         <v>2022</v>
       </c>
       <c r="J13" t="s">
         <v>34</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="M13" t="s">
         <v>36</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="P13" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B14" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2011</v>
       </c>
       <c r="I14">
         <v>2025</v>
       </c>
       <c r="J14" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>36</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="P14" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2014</v>
       </c>
       <c r="I15">
         <v>2024</v>
       </c>
       <c r="J15" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="M15" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="P15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B16" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C16" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D16" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2020</v>
       </c>
       <c r="I16">
         <v>2024</v>
       </c>
       <c r="J16" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="M16" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="P16" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B17" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E17" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F17" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2012</v>
       </c>
       <c r="I17">
         <v>2012</v>
       </c>
       <c r="J17" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="P17" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B18" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E18" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F18" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2012</v>
       </c>
       <c r="I18">
         <v>2012</v>
       </c>
       <c r="J18" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="P18" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B19" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E19" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F19" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2012</v>
       </c>
       <c r="I19">
         <v>2017</v>
       </c>
       <c r="J19" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P19" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B20" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E20" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F20" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2012</v>
       </c>
       <c r="I20">
         <v>2012</v>
       </c>
       <c r="J20" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="P20" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">