--- v0 (2025-10-14)
+++ v1 (2025-12-06)
@@ -12,209 +12,237 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for LED Lights</t>
   </si>
   <si>
+    <t>This policy establishes mandatory Minimum Energy Performance Standards (MEPS) and labels for LED lights that are normally used in households and buildings for general lighting purposes and street lighting. LED lights should conform to all the requirements of Pakistan Standard PS:IEC60050-845 with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>PS:IEC60050-845</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-labels-led-lights</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO415(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan MEPS and labeling for CFLs</t>
   </si>
   <si>
+    <t>This standard shall apply to self-ballasted compact fluorescent lamps -CFLs; generally known as Energy Savers of all commonly used shapes|sizes: U-shaped &amp; Spiral shaped, Edison screw holder or bayonet|pin type adopter; in Pakistan, with nominal power rating from 3Watt to 60 Watt at rated supply voltage of 230 V, 50 Hz or voltage range 220 240 V, 50 Hz as marked on the lamp. The standard does not apply to self-ballasted fluorescent lamps used with covers.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>PS-IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-meps-and-labeling-cfls</t>
+  </si>
+  <si>
+    <t>https://drive.google.com/file/d/0B_Ht8Q1cIEovQW5CZlF0VTRRZHM/view</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -478,277 +506,304 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N4"/>
+  <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="65" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="115" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="542.582" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="182.813" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="81.266" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2023</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...9 lines deleted...]
-      <c r="J2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2020</v>
+      </c>
+      <c r="I3">
+        <v>2024</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>44</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...3 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...68 lines deleted...]
-      <c r="K4" t="s">
+      <c r="N4" t="s">
         <v>38</v>
       </c>
-      <c r="L4" t="s">
-[...6 lines deleted...]
-        <v>39</v>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>