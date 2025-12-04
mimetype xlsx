--- v0 (2025-10-13)
+++ v1 (2025-12-04)
@@ -12,527 +12,711 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="146">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="205">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Efficiency Policy for Deep Freezers</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for deep freezers being manufactured, commercially purchased, or sold in India. It applies to deep freezers of the vapour compression type having a storage volume of up to and including 1000 litres.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IS 7872 (all amendments)</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficiency-policy-deep-freezers</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Deep_Freezer_Regulations.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Ceiling Fans</t>
   </si>
   <si>
+    <t>This policy defines star labeling requirements and minimum energy performance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans</t>
   </si>
   <si>
     <t>IS 374:2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-ceiling-fans</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/CFN_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Color Televisions (Color TV)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for every colour television with native resolution up to 1920 x 1080 pixels, of cathode ray tube (CRT), liquid crystal display (LCD) with cold cathode fluorescent lamp backlight, and plasma technologies type, and liquid crystal display with light emitting diode backlight, excluding computer monitors being manufactured, commercially purchased or sold in India. The policy is revised in the year of 2022.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62301 (Ed 2.0), IEC 62087 (Ed 3.0), IS 13384:1992 (part 1, 2), IS 13900:1993, IS 616:2010/IEC 60065:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-color-televisions-color-tv</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/CTV_notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Direct Cool Refrigerator</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered direct cool refrigerating appliance of the vapour compression type intended for household and similar use being manufactures; imported; or sold in India. From January 2020, a revised star rating table will be in effect and ratcheted up by 1 star.
+This policy was revised in 2014, 2017 and 2020.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IS 1476 (Part-I): 2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-direct-cool-refrigerator</t>
   </si>
   <si>
+    <t>https://www.tuv.com/content-media-files/master-content/rs/Attachments/987_F_BEESLBEE_SLBEESL_AlertsGazette%20Notification%20regarding%20DCR%20and%20FFR_194090.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Distribution Transformers (DT)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling requirements for oil immersed, naturally air cooled, three phase, and double wound non sealed type out door distribution transformer. The standard ratings covered under the pilot scheme are 16, 25, 63, 100, 160 and 200 kVA and non standard ratings from 16 kVA to 200 kVA.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IS 2026 (part I, II, III):1977, IS 1180 (part I):2014, IS 2500 (part I):2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-distribution-transformers-dt</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DTnoti.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Frost-Free Refrigerators</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered Frost-Free refrigerating appliances cooled by internal natural convection (Direct Cool) or forced air circulation (Frost Free) that are manufactured, commercially purchased, sold or imported in India.</t>
+  </si>
+  <si>
     <t>IS 17550</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-frost-free-refrigerators</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/FFRnoti.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Cassette, Floor Standing Tower, Ceiling, Corner AC)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for Single-phase split and unitary air conditioners of the vapour compression type for household use up to a rated cooling capacity of 10.5 kW.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-cassette-floor-standing-tower-ceiling</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/AC_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Fixed Speed)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling for fixed speed unitary and split ACs.</t>
+  </si>
+  <si>
     <t>IS 1391 (part I), IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-fixed-speed</t>
   </si>
   <si>
+    <t>http://egazette.nic.in/WriteReadData/2017/177975.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Split Air Conditioners)</t>
   </si>
   <si>
+    <t>This policy revises seasonal energy efficiency ratio for split air conditioners.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-split-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Notification/RAC/IAC_Notification_SO_3984_E_dated_28th_Auguest_2025.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Self-Ballasted LED Lamps</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for self-ballasted general service LED lamps for general lighting services that works on single phase ac supply up to and including 250V, 50Hz.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>IS 16102 (part 2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-self-ballasted-led-lamps</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/2_Amendment_IV_14a.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Storage Water Heaters</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for specifies following single phase electric storage water heaters up to 200 litres, for household and similar purposes and intended for heating water below boiling temperature, their rated voltage being not more than 250 V, namely:
+(a) Closed waters heaters:
+(b) Cistern-fed water heaters;
+(c) Cistern-type water heaters;
+(d) Open-outlet water heaters; and
+(e) Vented water heaters</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>IS 2082:1993 and clause 15 of IS 302-2-21:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/GeyserNote.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Tubular Fluorescent Lamps (TFL)</t>
   </si>
   <si>
+    <t>The policy specifies the tubular fluorescent lamps for general lighting services covering all wattages with nominal dimension starting from 1100 millimeter and upto1500 millimeter covering color temperature of 6500 kelvin for halo-phosphate category, and 2700 kelvin, 4000 kelvin and 6500 kelvin  tri-phosphate lamps categories for display of particulars on label.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>IS 2418 (part 1 and 2) -1977 with all amendments</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-tubular-fluorescent-lamps-tfl</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/TFLnoti_New.pdf</t>
+  </si>
+  <si>
     <t>Schedule 12 - Washing Machines</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for all types of washing machines covered under the scope of IEC 60456 and IS 302-2-7 meant for household and similar use, being manufactured, imported and sold in India. The label is voluntary until December 31, 2020, and is expected to become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>IEC 60456:2010, IS 302-7-7:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-12-washing-machines</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule12-WM.pdf</t>
+  </si>
+  <si>
     <t>Schedule 15 - Ballasts</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for ballasts covering electromagnetic ballasts and electronic ballasts for single and double capped tubular fluorescent lamps (TFL).</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>IS 1534 (Part 1):1977, IS 13021 (Part 1 &amp; 2):1991</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-15-ballasts</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule-15ballast.pdf</t>
+  </si>
+  <si>
     <t>Schedule 18 - Diesel Generator Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the star labeling requirements for various classifications for the application, rating and performance of single/three phase Diesel Generating sets consisting of a Reciprocating Internal Combustion (RIC) engine driven by diesel as fuel, Alternating Current (a.c.) generator, any associated control gear, switchgear and auxiliary equipment. It applies to A. C. generating sets driven by RIC engines for land and marine use being manufactured, imported or sold in India. It excludes generating sets used on aircraft or to propel land vehicles and Locomotives. Diesel Generating (DG) Sets up to 19 kW ratings are covered under pilot energy labeling scheme for single/three phase DG Sets.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>IS 10000, IS 10001, IS 13364, IS 4889:1968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-18-diesel-generator-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DG%20Set%20schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 24 - Light Commercial Air Conditioners</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for light commercial air conditioners being manufactured and sold in India. The policy applies to single or three-phase non-ducted split with fixed and variable-speeds air conditioners and heat pumps employing air-cooled condensers with a rated capacity above 10,500 Watts and up to and including 18,000 Watts.</t>
+  </si>
+  <si>
     <t>IS 1391 (Part 2): 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-24-light-commercial-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule_24_LCAC.pdf</t>
+  </si>
+  <si>
     <t>Schedule 7 - Agricultural Pump Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for single phase of rating up to 2.2 kW and three phase pump sets of ratings 1. kW to 75 kW covering Electric mono set pumps, submersible pump sets and open well submersible pump sets</t>
+  </si>
+  <si>
     <t>Agricultural Pumps</t>
   </si>
   <si>
     <t>IS 9079:2002, IS 8034:2002, IS 14220:1994, IS 11346:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-7-agricultural-pump-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule7-APS.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 392-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EC 392-2012</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-transposition-ec-392-2012</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/EV%20T%C4%B0P%C4%B0%20FIRINLARIN%20VE%20ASP%C4%B0RAT%C3%96RLER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 932-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>EC 932-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-transposition-ec-932-2012</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
   </si>
   <si>
+    <t>Domestic electric and gas ovens including when incorporated into cookers and for domestic electric range hoods including when sold for non-domestic purposes. This Regulation shall not apply to:  a. ovens that use energy sources other than electricity or gas; b. ovens which offer a microwave heating function;  c. small ovens;  d. portable ovens;  e. heat storage ovens</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
+    <t>EU 65-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens including when incorporated in cookers; domestic hobs and domestic electric range hoods including when sold for non-domestic purposes. This Regulation does not apply to:  a. appliances that use energy sources other than electricity or gas;   b. appliances which offer microwave heating function;   c. small ovens;   d. portable ovens;    e. heat storage ovens;   f. ovens which are heated with steam as a primary heating function;   g. covered gas burners in hobs;   h. outdoor cooking appliances;   i. appliances designed for use only with gases of the third family propane and butane; and    j. grills.</t>
+  </si>
+  <si>
     <t>EU 66-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017-0</t>
   </si>
   <si>
-    <t>EU 65-2014</t>
-[...4 lines deleted...]
-  <si>
     <t>Turkish Official Gazette No 31434 | Comminique on Ecodesign Requirements for Household Dishwashers (2019/2022/EU) (SGM:2021/1)</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-comminique-ecodesign-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-1.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices (2019/2016/EU) (SGM:2021/8)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. This Regulation shall apply to electric mains-operated household refrigerating appliances including those sold for non-household use or for the refrigeration of items other than foodstuffs and including built-in appliances. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated. This Regulation shall not apply to:    a. refrigerating appliances that are primarily powered by energy sources other than electricity such as liquefied petroleum gas LPG kerosene and bio-diesel fuels;   b. battery-operated refrigerating appliances that can be connected to the mains through an AC|DC converter purchased separately;    c. custom-made refrigerating appliances made on a one-off basis and not equivalent to other refrigerating appliance models;   d. refrigerating appliances for tertiary sector application where the removal of refrigerated foodstuffs is electronically sensed and that information can be automatically transmitted through a network connection to a remote control system for accounting;    e. appliances where the primary function is not the storage of foodstuffs through refrigeration such as stand-alone ice-makers or chilled drinks dispensers.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-20192016eu-sgm20218</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design of Household Washing Machines with Dryers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-household-washing-0</t>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-household-washing</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-3.htm</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices (2019/2019/EU) (SGM:2021/7)</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Home Type Dishwasher Energy of Machines Notification on Labeling (2019/2017/EU) (SGM:2021/2)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.  This policy is a transposition of (EU) 2019/2017.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-home-type-dishwasher-energy-machines-notification</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-2.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Household Laundry Environmentally Friendly Design of Household Washing Machines and Dryers Communiqué on Requirements (2019/2023/EU) (SGM:2021/3)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-household-laundry-environmentally-friendly-design</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-4.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Energy Labeling of Light Sources (2019/2015/EU) (SGM:2021/12)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on, light sources with or without integrated control gear. The requirements also apply to light sources placed on the market in a containing product. This policy does not apply to light sources specified in points 1 and 2 of Annex IV of Commission Delegated Regulation (EU) 2019/2015. Light sources specified in point 3 of Annex IV must comply only with the requirements in point 4 of Annex V of Commission Delegated Regulation (EU) 2019/2015. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2015.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-energy-labeling-light-sources-20192015eu-sgm202112</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/08/20210806-16.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 29564 - Energy Labeling of Televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor</t>
+  </si>
+  <si>
     <t>EC 1062-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29564-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/TELEV%C4%B0ZYONLARIN%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficient-products-wep-i</t>
+  </si>
+  <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -796,1467 +980,1656 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N31"/>
+  <dimension ref="A1:P31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="214" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="214.662" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1702.156" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="128.54" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="274.79" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2023</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I2">
+        <v>2023</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3">
+        <v>2024</v>
+      </c>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3">
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>2009</v>
       </c>
-      <c r="H3">
+      <c r="I4">
         <v>2024</v>
       </c>
-      <c r="I3" t="s">
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...2 lines deleted...]
-      <c r="L3" t="s">
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2007</v>
+      </c>
+      <c r="I5">
+        <v>2020</v>
+      </c>
+      <c r="J5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6">
+        <v>2023</v>
+      </c>
+      <c r="J6" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...16 lines deleted...]
-      <c r="E4" t="s">
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4">
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2006</v>
+      </c>
+      <c r="I7">
+        <v>2024</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>57</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2011</v>
+      </c>
+      <c r="I8">
+        <v>2022</v>
+      </c>
+      <c r="J8" t="s">
+        <v>45</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>63</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>64</v>
+      </c>
+      <c r="P8" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>62</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2007</v>
+      </c>
+      <c r="I9">
+        <v>2024</v>
+      </c>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>68</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>69</v>
+      </c>
+      <c r="P9" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>71</v>
+      </c>
+      <c r="B10" t="s">
+        <v>72</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>73</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>74</v>
+      </c>
+      <c r="G10" t="s">
+        <v>8</v>
+      </c>
+      <c r="H10">
+        <v>2007</v>
+      </c>
+      <c r="I10">
+        <v>2025</v>
+      </c>
+      <c r="J10" t="s">
+        <v>75</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>76</v>
+      </c>
+      <c r="P10" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>78</v>
+      </c>
+      <c r="B11" t="s">
+        <v>79</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>80</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11">
+        <v>2023</v>
+      </c>
+      <c r="J11" t="s">
+        <v>81</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>82</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>83</v>
+      </c>
+      <c r="P11" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>87</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>2009</v>
       </c>
-      <c r="H4">
-[...2 lines deleted...]
-      <c r="I4" t="s">
+      <c r="I12">
+        <v>2022</v>
+      </c>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>88</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>89</v>
+      </c>
+      <c r="P12" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>91</v>
+      </c>
+      <c r="B13" t="s">
+        <v>92</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>93</v>
+      </c>
+      <c r="E13" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...2 lines deleted...]
-      <c r="L4" t="s">
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13">
+        <v>2018</v>
+      </c>
+      <c r="J13" t="s">
+        <v>45</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>94</v>
+      </c>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>95</v>
+      </c>
+      <c r="P13" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>97</v>
+      </c>
+      <c r="B14" t="s">
+        <v>98</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>99</v>
+      </c>
+      <c r="E14" t="s">
+        <v>100</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2011</v>
+      </c>
+      <c r="I14">
+        <v>2019</v>
+      </c>
+      <c r="J14" t="s">
+        <v>45</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>101</v>
+      </c>
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>102</v>
+      </c>
+      <c r="P14" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>104</v>
+      </c>
+      <c r="B15" t="s">
+        <v>105</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>106</v>
+      </c>
+      <c r="E15" t="s">
+        <v>100</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15">
+        <v>2016</v>
+      </c>
+      <c r="J15" t="s">
+        <v>45</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>107</v>
+      </c>
+      <c r="M15" t="s">
+        <v>26</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>108</v>
+      </c>
+      <c r="P15" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>110</v>
+      </c>
+      <c r="B16" t="s">
+        <v>111</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>112</v>
+      </c>
+      <c r="E16" t="s">
+        <v>100</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2014</v>
+      </c>
+      <c r="I16">
+        <v>2016</v>
+      </c>
+      <c r="J16" t="s">
+        <v>45</v>
+      </c>
+      <c r="K16" t="s">
+        <v>113</v>
+      </c>
+      <c r="L16" t="s">
+        <v>114</v>
+      </c>
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>115</v>
+      </c>
+      <c r="P16" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>117</v>
+      </c>
+      <c r="B17" t="s">
+        <v>118</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>62</v>
+      </c>
+      <c r="E17" t="s">
+        <v>100</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2020</v>
+      </c>
+      <c r="I17">
+        <v>2023</v>
+      </c>
+      <c r="J17" t="s">
         <v>23</v>
       </c>
-      <c r="M4" t="s">
+      <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...16 lines deleted...]
-      <c r="E5" t="s">
+      <c r="L17" t="s">
+        <v>119</v>
+      </c>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>120</v>
+      </c>
+      <c r="P17" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>122</v>
+      </c>
+      <c r="B18" t="s">
+        <v>123</v>
+      </c>
+      <c r="C18" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
-[...11 lines deleted...]
-      <c r="J5" t="s">
+      <c r="D18" t="s">
+        <v>124</v>
+      </c>
+      <c r="E18" t="s">
+        <v>100</v>
+      </c>
+      <c r="F18" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...5 lines deleted...]
-      <c r="M5" t="s">
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2008</v>
+      </c>
+      <c r="I18">
+        <v>2019</v>
+      </c>
+      <c r="J18" t="s">
+        <v>45</v>
+      </c>
+      <c r="K18" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
+      <c r="L18" t="s">
+        <v>125</v>
+      </c>
+      <c r="M18" t="s">
+        <v>26</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>126</v>
+      </c>
+      <c r="P18" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>128</v>
+      </c>
+      <c r="B19" t="s">
+        <v>129</v>
+      </c>
+      <c r="C19" t="s">
+        <v>130</v>
+      </c>
+      <c r="D19" t="s">
+        <v>131</v>
+      </c>
+      <c r="E19" t="s">
+        <v>100</v>
+      </c>
+      <c r="F19" t="s">
+        <v>132</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2002</v>
+      </c>
+      <c r="I19">
+        <v>2015</v>
+      </c>
+      <c r="J19" t="s">
+        <v>133</v>
+      </c>
+      <c r="K19" t="s">
+        <v>134</v>
+      </c>
+      <c r="L19" t="s">
+        <v>135</v>
+      </c>
+      <c r="M19" t="s">
+        <v>136</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>137</v>
+      </c>
+      <c r="P19" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>139</v>
+      </c>
+      <c r="B20" t="s">
+        <v>140</v>
+      </c>
+      <c r="C20" t="s">
+        <v>130</v>
+      </c>
+      <c r="D20" t="s">
+        <v>131</v>
+      </c>
+      <c r="E20" t="s">
+        <v>100</v>
+      </c>
+      <c r="F20" t="s">
+        <v>74</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20">
+        <v>2015</v>
+      </c>
+      <c r="J20" t="s">
+        <v>133</v>
+      </c>
+      <c r="K20" t="s">
+        <v>134</v>
+      </c>
+      <c r="L20" t="s">
+        <v>141</v>
+      </c>
+      <c r="M20" t="s">
+        <v>136</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>142</v>
+      </c>
+      <c r="P20" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>143</v>
+      </c>
+      <c r="B21" t="s">
+        <v>144</v>
+      </c>
+      <c r="C21" t="s">
+        <v>130</v>
+      </c>
+      <c r="D21" t="s">
+        <v>145</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>132</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2011</v>
+      </c>
+      <c r="I21">
+        <v>2014</v>
+      </c>
+      <c r="J21" t="s">
+        <v>146</v>
+      </c>
+      <c r="K21" t="s">
+        <v>134</v>
+      </c>
+      <c r="L21" t="s">
+        <v>147</v>
+      </c>
+      <c r="M21" t="s">
+        <v>136</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>148</v>
+      </c>
+      <c r="P21" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>143</v>
+      </c>
+      <c r="B22" t="s">
+        <v>150</v>
+      </c>
+      <c r="C22" t="s">
+        <v>130</v>
+      </c>
+      <c r="D22" t="s">
+        <v>145</v>
+      </c>
+      <c r="E22" t="s">
+        <v>100</v>
+      </c>
+      <c r="F22" t="s">
+        <v>74</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2015</v>
+      </c>
+      <c r="I22">
+        <v>2017</v>
+      </c>
+      <c r="J22" t="s">
+        <v>146</v>
+      </c>
+      <c r="K22" t="s">
+        <v>134</v>
+      </c>
+      <c r="L22" t="s">
+        <v>151</v>
+      </c>
+      <c r="M22" t="s">
+        <v>136</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>152</v>
+      </c>
+      <c r="P22" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>153</v>
+      </c>
+      <c r="B23" t="s">
+        <v>154</v>
+      </c>
+      <c r="C23" t="s">
+        <v>130</v>
+      </c>
+      <c r="D23" t="s">
+        <v>155</v>
+      </c>
+      <c r="E23" t="s">
+        <v>100</v>
+      </c>
+      <c r="F23" t="s">
+        <v>74</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2011</v>
+      </c>
+      <c r="I23">
+        <v>2021</v>
+      </c>
+      <c r="J23" t="s">
+        <v>146</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>156</v>
+      </c>
+      <c r="M23" t="s">
+        <v>136</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>157</v>
+      </c>
+      <c r="P23" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>159</v>
+      </c>
+      <c r="B24" t="s">
+        <v>160</v>
+      </c>
+      <c r="C24" t="s">
+        <v>130</v>
+      </c>
+      <c r="D24" t="s">
+        <v>161</v>
+      </c>
+      <c r="E24" t="s">
+        <v>100</v>
+      </c>
+      <c r="F24" t="s">
+        <v>132</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2002</v>
+      </c>
+      <c r="I24">
+        <v>2021</v>
+      </c>
+      <c r="J24" t="s">
+        <v>146</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>162</v>
+      </c>
+      <c r="M24" t="s">
+        <v>136</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>163</v>
+      </c>
+      <c r="P24" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>165</v>
+      </c>
+      <c r="B25" t="s">
+        <v>166</v>
+      </c>
+      <c r="C25" t="s">
+        <v>130</v>
+      </c>
+      <c r="D25" t="s">
+        <v>99</v>
+      </c>
+      <c r="E25" t="s">
+        <v>100</v>
+      </c>
+      <c r="F25" t="s">
+        <v>74</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2011</v>
+      </c>
+      <c r="I25">
+        <v>2021</v>
+      </c>
+      <c r="J25" t="s">
+        <v>146</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>156</v>
+      </c>
+      <c r="M25" t="s">
+        <v>136</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>167</v>
+      </c>
+      <c r="P25" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>169</v>
+      </c>
+      <c r="B26" t="s">
+        <v>170</v>
+      </c>
+      <c r="C26" t="s">
+        <v>130</v>
+      </c>
+      <c r="D26" t="s">
+        <v>161</v>
+      </c>
+      <c r="E26" t="s">
+        <v>100</v>
+      </c>
+      <c r="F26" t="s">
+        <v>74</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2011</v>
+      </c>
+      <c r="I26">
+        <v>2021</v>
+      </c>
+      <c r="J26" t="s">
+        <v>146</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>171</v>
+      </c>
+      <c r="M26" t="s">
+        <v>136</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>172</v>
+      </c>
+      <c r="P26" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>174</v>
+      </c>
+      <c r="B27" t="s">
+        <v>175</v>
+      </c>
+      <c r="C27" t="s">
+        <v>130</v>
+      </c>
+      <c r="D27" t="s">
+        <v>155</v>
+      </c>
+      <c r="E27" t="s">
+        <v>100</v>
+      </c>
+      <c r="F27" t="s">
+        <v>132</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2002</v>
+      </c>
+      <c r="I27">
+        <v>2021</v>
+      </c>
+      <c r="J27" t="s">
+        <v>146</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>176</v>
+      </c>
+      <c r="M27" t="s">
+        <v>136</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>177</v>
+      </c>
+      <c r="P27" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>179</v>
+      </c>
+      <c r="B28" t="s">
+        <v>180</v>
+      </c>
+      <c r="C28" t="s">
+        <v>130</v>
+      </c>
+      <c r="D28" t="s">
+        <v>99</v>
+      </c>
+      <c r="E28" t="s">
+        <v>100</v>
+      </c>
+      <c r="F28" t="s">
+        <v>132</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2002</v>
+      </c>
+      <c r="I28">
+        <v>2021</v>
+      </c>
+      <c r="J28" t="s">
+        <v>146</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>181</v>
+      </c>
+      <c r="M28" t="s">
+        <v>136</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>182</v>
+      </c>
+      <c r="P28" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>184</v>
+      </c>
+      <c r="B29" t="s">
+        <v>185</v>
+      </c>
+      <c r="C29" t="s">
+        <v>130</v>
+      </c>
+      <c r="D29" t="s">
+        <v>186</v>
+      </c>
+      <c r="E29" t="s">
+        <v>100</v>
+      </c>
+      <c r="F29" t="s">
+        <v>132</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2002</v>
+      </c>
+      <c r="I29">
+        <v>2021</v>
+      </c>
+      <c r="J29" t="s">
+        <v>146</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>187</v>
+      </c>
+      <c r="M29" t="s">
+        <v>136</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>188</v>
+      </c>
+      <c r="P29" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>190</v>
+      </c>
+      <c r="B30" t="s">
+        <v>191</v>
+      </c>
+      <c r="C30" t="s">
+        <v>130</v>
+      </c>
+      <c r="D30" t="s">
         <v>38</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E6" t="s">
+      <c r="E30" t="s">
+        <v>100</v>
+      </c>
+      <c r="F30" t="s">
+        <v>132</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2012</v>
+      </c>
+      <c r="I30">
+        <v>2015</v>
+      </c>
+      <c r="J30" t="s">
+        <v>133</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>192</v>
+      </c>
+      <c r="M30" t="s">
+        <v>136</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>193</v>
+      </c>
+      <c r="P30" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>195</v>
+      </c>
+      <c r="B31" t="s">
+        <v>196</v>
+      </c>
+      <c r="C31" t="s">
         <v>18</v>
       </c>
-      <c r="F6" t="s">
-[...90 lines deleted...]
-      <c r="G8">
+      <c r="D31" t="s">
+        <v>197</v>
+      </c>
+      <c r="E31" t="s">
+        <v>100</v>
+      </c>
+      <c r="F31" t="s">
+        <v>198</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
         <v>2011</v>
       </c>
-      <c r="H8">
-[...569 lines deleted...]
-      <c r="H21">
+      <c r="I31">
         <v>2017</v>
       </c>
-      <c r="I21" t="s">
-[...441 lines deleted...]
-      </c>
       <c r="J31" t="s">
-        <v>142</v>
-[...4 lines deleted...]
-      </c>
+        <v>199</v>
+      </c>
+      <c r="K31" t="s">
+        <v>200</v>
+      </c>
+      <c r="L31"/>
       <c r="M31" t="s">
-        <v>144</v>
+        <v>201</v>
       </c>
       <c r="N31" t="s">
-        <v>145</v>
+        <v>202</v>
+      </c>
+      <c r="O31" t="s">
+        <v>203</v>
+      </c>
+      <c r="P31" t="s">
+        <v>204</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>