--- v1 (2025-12-04)
+++ v2 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="205">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="199">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -226,71 +226,50 @@
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-cassette-floor-standing-tower-ceiling</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/AC_Notification.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Fixed Speed)</t>
   </si>
   <si>
     <t>This policy specifies the MEPS and labeling for fixed speed unitary and split ACs.</t>
   </si>
   <si>
     <t>IS 1391 (part I), IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-fixed-speed</t>
   </si>
   <si>
     <t>http://egazette.nic.in/WriteReadData/2017/177975.pdf</t>
-  </si>
-[...19 lines deleted...]
-    <t>https://beestarlabel.com/Content/Notification/RAC/IAC_Notification_SO_3984_E_dated_28th_Auguest_2025.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Self-Ballasted LED Lamps</t>
   </si>
   <si>
     <t>This schedule specifies the MEPS and labeling instructions for self-ballasted general service LED lamps for general lighting services that works on single phase ac supply up to and including 250V, 50Hz.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>IS 16102 (part 2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-self-ballasted-led-lamps</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Content/Files/2_Amendment_IV_14a.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Storage Water Heaters</t>
   </si>
@@ -441,50 +420,53 @@
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EC 392-2012</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-transposition-ec-392-2012</t>
   </si>
   <si>
     <t>http://www.yegm.gov.tr/duyurular_haberler/document/EV%20T%C4%B0P%C4%B0%20FIRINLARIN%20VE%20ASP%C4%B0RAT%C3%96RLER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 932-2012</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>EC 932-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-transposition-ec-932-2012</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
   </si>
   <si>
     <t>Domestic electric and gas ovens including when incorporated into cookers and for domestic electric range hoods including when sold for non-domestic purposes. This Regulation shall not apply to:  a. ovens that use energy sources other than electricity or gas; b. ovens which offer a microwave heating function;  c. small ovens;  d. portable ovens;  e. heat storage ovens</t>
   </si>
   <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>EU 65-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
   </si>
@@ -980,51 +962,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P31"/>
+  <dimension ref="A1:P30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="214.662" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1702.156" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="94.263" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="128.54" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="274.79" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -1473,1127 +1455,1079 @@
       </c>
       <c r="O9" t="s">
         <v>69</v>
       </c>
       <c r="P9" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>71</v>
       </c>
       <c r="B10" t="s">
         <v>72</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
         <v>73</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10">
+        <v>2023</v>
+      </c>
+      <c r="J10" t="s">
         <v>74</v>
-      </c>
-[...10 lines deleted...]
-        <v>75</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="L10"/>
+      <c r="L10" t="s">
+        <v>75</v>
+      </c>
       <c r="M10" t="s">
         <v>26</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
         <v>76</v>
       </c>
       <c r="P10" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>78</v>
       </c>
       <c r="B11" t="s">
         <v>79</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
         <v>80</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
-        <v>2015</v>
+        <v>2009</v>
       </c>
       <c r="I11">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="J11" t="s">
-        <v>81</v>
+        <v>23</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="M11" t="s">
         <v>26</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
+        <v>82</v>
+      </c>
+      <c r="P11" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
+        <v>84</v>
+      </c>
+      <c r="B12" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2009</v>
       </c>
       <c r="I12">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="J12" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="M12" t="s">
         <v>26</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
+        <v>88</v>
+      </c>
+      <c r="P12" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
+        <v>90</v>
+      </c>
+      <c r="B13" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
+        <v>92</v>
+      </c>
+      <c r="E13" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="I13">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="J13" t="s">
         <v>45</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
         <v>94</v>
       </c>
       <c r="M13" t="s">
         <v>26</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
         <v>95</v>
       </c>
       <c r="P13" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>97</v>
       </c>
       <c r="B14" t="s">
         <v>98</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
         <v>99</v>
       </c>
       <c r="E14" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="I14">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="J14" t="s">
         <v>45</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="M14" t="s">
         <v>26</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
+        <v>101</v>
+      </c>
+      <c r="P14" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>103</v>
+      </c>
+      <c r="B15" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="E15" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I15">
         <v>2016</v>
       </c>
       <c r="J15" t="s">
         <v>45</v>
       </c>
       <c r="K15" t="s">
-        <v>24</v>
+        <v>106</v>
       </c>
       <c r="L15" t="s">
         <v>107</v>
       </c>
       <c r="M15" t="s">
         <v>26</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>108</v>
       </c>
       <c r="P15" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>110</v>
       </c>
       <c r="B16" t="s">
         <v>111</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>112</v>
+        <v>62</v>
       </c>
       <c r="E16" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
-        <v>2014</v>
+        <v>2020</v>
       </c>
       <c r="I16">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="J16" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="K16" t="s">
-        <v>113</v>
+        <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="M16" t="s">
         <v>26</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="P16" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="B17" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>62</v>
+        <v>117</v>
       </c>
       <c r="E17" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
-        <v>2020</v>
+        <v>2008</v>
       </c>
       <c r="I17">
-        <v>2023</v>
+        <v>2019</v>
       </c>
       <c r="J17" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="M17" t="s">
         <v>26</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
+        <v>119</v>
+      </c>
+      <c r="P17" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
+        <v>121</v>
+      </c>
+      <c r="B18" t="s">
         <v>122</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="D18" t="s">
         <v>124</v>
       </c>
       <c r="E18" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="F18" t="s">
-        <v>21</v>
+        <v>125</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>2008</v>
+        <v>2002</v>
       </c>
       <c r="I18">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="J18" t="s">
-        <v>45</v>
+        <v>126</v>
       </c>
       <c r="K18" t="s">
-        <v>24</v>
+        <v>127</v>
       </c>
       <c r="L18" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="M18" t="s">
-        <v>26</v>
+        <v>129</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="P18" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="B19" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="C19" t="s">
-        <v>130</v>
+        <v>123</v>
       </c>
       <c r="D19" t="s">
-        <v>131</v>
+        <v>124</v>
       </c>
       <c r="E19" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="F19" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
-        <v>2002</v>
+        <v>2013</v>
       </c>
       <c r="I19">
         <v>2015</v>
       </c>
       <c r="J19" t="s">
-        <v>133</v>
+        <v>126</v>
       </c>
       <c r="K19" t="s">
-        <v>134</v>
+        <v>127</v>
       </c>
       <c r="L19" t="s">
         <v>135</v>
       </c>
       <c r="M19" t="s">
+        <v>129</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
         <v>136</v>
       </c>
-      <c r="N19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P19" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
+        <v>137</v>
+      </c>
+      <c r="B20" t="s">
+        <v>138</v>
+      </c>
+      <c r="C20" t="s">
+        <v>123</v>
+      </c>
+      <c r="D20" t="s">
         <v>139</v>
       </c>
-      <c r="B20" t="s">
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>125</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2011</v>
+      </c>
+      <c r="I20">
+        <v>2014</v>
+      </c>
+      <c r="J20" t="s">
         <v>140</v>
       </c>
-      <c r="C20" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="K20" t="s">
-        <v>134</v>
+        <v>127</v>
       </c>
       <c r="L20" t="s">
         <v>141</v>
       </c>
       <c r="M20" t="s">
-        <v>136</v>
+        <v>129</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
         <v>142</v>
       </c>
       <c r="P20" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
       <c r="B21" t="s">
         <v>144</v>
       </c>
       <c r="C21" t="s">
-        <v>130</v>
+        <v>123</v>
       </c>
       <c r="D21" t="s">
+        <v>139</v>
+      </c>
+      <c r="E21" t="s">
+        <v>93</v>
+      </c>
+      <c r="F21" t="s">
+        <v>134</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2015</v>
+      </c>
+      <c r="I21">
+        <v>2017</v>
+      </c>
+      <c r="J21" t="s">
+        <v>140</v>
+      </c>
+      <c r="K21" t="s">
+        <v>127</v>
+      </c>
+      <c r="L21" t="s">
         <v>145</v>
       </c>
-      <c r="E21" t="s">
-[...14 lines deleted...]
-      <c r="J21" t="s">
+      <c r="M21" t="s">
+        <v>129</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
         <v>146</v>
       </c>
-      <c r="K21" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="P21" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="B22" t="s">
+        <v>148</v>
+      </c>
+      <c r="C22" t="s">
+        <v>123</v>
+      </c>
+      <c r="D22" t="s">
+        <v>149</v>
+      </c>
+      <c r="E22" t="s">
+        <v>93</v>
+      </c>
+      <c r="F22" t="s">
+        <v>134</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2011</v>
+      </c>
+      <c r="I22">
+        <v>2021</v>
+      </c>
+      <c r="J22" t="s">
+        <v>140</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
         <v>150</v>
       </c>
-      <c r="C22" t="s">
-[...26 lines deleted...]
-      <c r="L22" t="s">
+      <c r="M22" t="s">
+        <v>129</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
         <v>151</v>
       </c>
-      <c r="M22" t="s">
-[...5 lines deleted...]
-      <c r="O22" t="s">
+      <c r="P22" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>153</v>
       </c>
       <c r="B23" t="s">
         <v>154</v>
       </c>
       <c r="C23" t="s">
-        <v>130</v>
+        <v>123</v>
       </c>
       <c r="D23" t="s">
         <v>155</v>
       </c>
       <c r="E23" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="F23" t="s">
-        <v>74</v>
+        <v>125</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
-        <v>2011</v>
+        <v>2002</v>
       </c>
       <c r="I23">
         <v>2021</v>
       </c>
       <c r="J23" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
         <v>156</v>
       </c>
       <c r="M23" t="s">
-        <v>136</v>
+        <v>129</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
         <v>157</v>
       </c>
       <c r="P23" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>159</v>
       </c>
       <c r="B24" t="s">
         <v>160</v>
       </c>
       <c r="C24" t="s">
-        <v>130</v>
+        <v>123</v>
       </c>
       <c r="D24" t="s">
-        <v>161</v>
+        <v>92</v>
       </c>
       <c r="E24" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="F24" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
-        <v>2002</v>
+        <v>2011</v>
       </c>
       <c r="I24">
         <v>2021</v>
       </c>
       <c r="J24" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
+        <v>150</v>
+      </c>
+      <c r="M24" t="s">
+        <v>129</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>161</v>
+      </c>
+      <c r="P24" t="s">
         <v>162</v>
-      </c>
-[...10 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="B25" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="C25" t="s">
-        <v>130</v>
+        <v>123</v>
       </c>
       <c r="D25" t="s">
-        <v>99</v>
+        <v>155</v>
       </c>
       <c r="E25" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="F25" t="s">
-        <v>74</v>
+        <v>134</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2011</v>
       </c>
       <c r="I25">
         <v>2021</v>
       </c>
       <c r="J25" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>156</v>
+        <v>165</v>
       </c>
       <c r="M25" t="s">
-        <v>136</v>
+        <v>129</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
+        <v>166</v>
+      </c>
+      <c r="P25" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
+        <v>168</v>
+      </c>
+      <c r="B26" t="s">
         <v>169</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" t="s">
-        <v>130</v>
+        <v>123</v>
       </c>
       <c r="D26" t="s">
-        <v>161</v>
+        <v>149</v>
       </c>
       <c r="E26" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="F26" t="s">
-        <v>74</v>
+        <v>125</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
-        <v>2011</v>
+        <v>2002</v>
       </c>
       <c r="I26">
         <v>2021</v>
       </c>
       <c r="J26" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
+        <v>170</v>
+      </c>
+      <c r="M26" t="s">
+        <v>129</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
         <v>171</v>
       </c>
-      <c r="M26" t="s">
-[...5 lines deleted...]
-      <c r="O26" t="s">
+      <c r="P26" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
+        <v>173</v>
+      </c>
+      <c r="B27" t="s">
         <v>174</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" t="s">
-        <v>130</v>
+        <v>123</v>
       </c>
       <c r="D27" t="s">
-        <v>155</v>
+        <v>92</v>
       </c>
       <c r="E27" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="F27" t="s">
-        <v>132</v>
+        <v>125</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2002</v>
       </c>
       <c r="I27">
         <v>2021</v>
       </c>
       <c r="J27" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
+        <v>175</v>
+      </c>
+      <c r="M27" t="s">
+        <v>129</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
         <v>176</v>
       </c>
-      <c r="M27" t="s">
-[...5 lines deleted...]
-      <c r="O27" t="s">
+      <c r="P27" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
+        <v>178</v>
+      </c>
+      <c r="B28" t="s">
         <v>179</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
+        <v>123</v>
+      </c>
+      <c r="D28" t="s">
         <v>180</v>
       </c>
-      <c r="C28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E28" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="F28" t="s">
-        <v>132</v>
+        <v>125</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2002</v>
       </c>
       <c r="I28">
         <v>2021</v>
       </c>
       <c r="J28" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
         <v>181</v>
       </c>
       <c r="M28" t="s">
-        <v>136</v>
+        <v>129</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
         <v>182</v>
       </c>
       <c r="P28" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>184</v>
       </c>
       <c r="B29" t="s">
         <v>185</v>
       </c>
       <c r="C29" t="s">
-        <v>130</v>
+        <v>123</v>
       </c>
       <c r="D29" t="s">
-        <v>186</v>
+        <v>38</v>
       </c>
       <c r="E29" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="F29" t="s">
-        <v>132</v>
+        <v>125</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
-        <v>2002</v>
+        <v>2012</v>
       </c>
       <c r="I29">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="J29" t="s">
-        <v>146</v>
+        <v>126</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
+        <v>186</v>
+      </c>
+      <c r="M29" t="s">
+        <v>129</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
         <v>187</v>
       </c>
-      <c r="M29" t="s">
-[...5 lines deleted...]
-      <c r="O29" t="s">
+      <c r="P29" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
+        <v>189</v>
+      </c>
+      <c r="B30" t="s">
         <v>190</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
         <v>191</v>
       </c>
-      <c r="C30" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E30" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="F30" t="s">
-        <v>132</v>
+        <v>192</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="I30">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="J30" t="s">
-        <v>133</v>
+        <v>193</v>
       </c>
       <c r="K30" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>194</v>
+      </c>
+      <c r="L30"/>
       <c r="M30" t="s">
-        <v>136</v>
+        <v>195</v>
       </c>
       <c r="N30" t="s">
-        <v>27</v>
+        <v>196</v>
       </c>
       <c r="O30" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="P30" t="s">
-        <v>194</v>
-[...18 lines deleted...]
-      <c r="F31" t="s">
         <v>198</v>
-      </c>
-[...26 lines deleted...]
-        <v>204</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">