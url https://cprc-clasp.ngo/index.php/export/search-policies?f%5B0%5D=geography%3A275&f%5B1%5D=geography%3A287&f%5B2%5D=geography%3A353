--- v0 (2025-12-05)
+++ v1 (2026-02-27)
@@ -12,857 +12,863 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="437">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="439">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>Draft MEPS for chillers</t>
-[...665 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-indoor-led-lamps</t>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
   </si>
   <si>
+    <t>Draft MEPS for chillers</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS  requirement for chillers</t>
+  </si>
+  <si>
+    <t>Refrigeration, Industrial Process Chillers</t>
+  </si>
+  <si>
+    <t>Not applicable</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Under development</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-chillers</t>
+  </si>
+  <si>
+    <t>Draft MEPS for electric motors</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for electric motors.</t>
+  </si>
+  <si>
+    <t>Variable Speed Drives</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-electric-motors-0</t>
+  </si>
+  <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
+    <t>Draft MEPS for RDCs</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and energy labelling requirements for RDCs</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-rdcs</t>
+  </si>
+  <si>
+    <t>Draft MEPS for televisions</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IEC 62301, IEC 62087, SNI 04 6958 - 2003</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-televisions</t>
+  </si>
+  <si>
+    <t>Draft MEPS for washing machines</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for washing machines.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>SNI IEC 60311-2000</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-washing-machines-0</t>
+  </si>
+  <si>
+    <t>Draft MEPS for water pumps</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for water pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-water-pumps</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
+  </si>
+  <si>
+    <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 162.K/EK.06/DJE/2023 -- Television</t>
+  </si>
+  <si>
+    <t>The policy regulates minimum energy performance standards and label for televisions of  the liquid crystal display (LCD) type and light-emitting diode (LED) type, up to 55 inches in size</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-162kek06dje2023-television</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
+  </si>
+  <si>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for water dispense, a standalone device equipped with a heating component to heat drinking water, or a standalone device equipped with a heating and/or cooling component that uses a heat pump or thermoelectric system to cool drinking water. It uses bottled water as the water source, with a bottle capacity of up to 20 (twenty) liters. MEPS and Label rating:</t>
+  </si>
+  <si>
+    <t>Water Coolers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
+  </si>
+  <si>
+    <t>ISIR 14577, 1st Edition, Household refrigerating appliances - Determination of Criteria for energy consumption and energy labeling instructions</t>
+  </si>
+  <si>
+    <t>Domestic refrigerator, freezer, refrigerator-freezer</t>
+  </si>
+  <si>
+    <t>Iran</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>ISO-8187</t>
+  </si>
+  <si>
+    <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isir-14577-1st-edition-household-refrigerating-appliances-determination-criteria-energy</t>
+  </si>
+  <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
+    <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
+    <t>Industrial Fans</t>
+  </si>
+  <si>
+    <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 10635: 2008, Wet Cooling Towers, Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Applicable to wet cooling towers with capacity of 800 tons. Does not include cooling towers with natural flow</t>
+  </si>
+  <si>
+    <t>ISIRI 4514 (1998), BS EN 13741 (2003), BS 4485-part2 (1988), CTI ATC 105 (2000)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10635-2008-wet-cooling-towers-technical-specifications-and-test-methods-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 10636 Specification for Energy Consumption and Energy labeling of Fan coils and Ducted fan coils</t>
+  </si>
+  <si>
+    <t>Ducted and non-ducted fan coil room air conditioners</t>
+  </si>
+  <si>
+    <t>ANSI/ASHRAE STANDARD 79-2002, ARI 440-1998</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10636-specification-energy-consumption-and-energy-labeling-fan-coils-and-ducted-fan</t>
+  </si>
+  <si>
+    <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Refrigerated Display Cabinet. Does not include vending machines</t>
+  </si>
+  <si>
+    <t>ISIRI 9187-2:2007</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
+  </si>
+  <si>
+    <t>ISIRI 10638 -Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Single package non ducted single and multi split Product sub-type is yet to be determined.</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10638-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
+    <t>Refrigerant Compressors</t>
+  </si>
+  <si>
+    <t>ISIRI NS 4335</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
+  </si>
+  <si>
+    <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
+    <t>Imaging Equipment</t>
+  </si>
+  <si>
+    <t>IEC 311 (1988)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
+    <t>Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>NS 5635 (2001)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
+  </si>
+  <si>
+    <t>ISIRI 10759:2005, 1st Edition- technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Covers electric fluorescent ballast and tube fluorescent lamps 20-40 W, frequency 50hz, and 220-240 volts</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>34C/682/INF: 2005, 34C/693/NP: 2005</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-107592005-1st-edition-technical-specifications-and-test-method-energy-consumption</t>
+  </si>
+  <si>
+    <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
+  </si>
+  <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
+  </si>
+  <si>
+    <t>Central ACs</t>
+  </si>
+  <si>
+    <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 1219-2:2002- Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
+    <t>Storage water heater</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-1219-22002-test-method-energy-consumption-and-energy-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 1220-2- Test Methods for Energy Consumption and Energy Labelling Instructions</t>
+  </si>
+  <si>
+    <t>Gas fired space heaters with chimney with maximum consumption less than 150 MegaJolt per hr</t>
+  </si>
+  <si>
+    <t>Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>AS 4553,</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-1220-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
+  </si>
+  <si>
+    <t>ISIRI 12885, 1st Edition- technical specification and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Gas fired forced convection air heaters for space heating not exceeding a net heat input of 300 kW</t>
+  </si>
+  <si>
+    <t>BS EN 1020 1998, AS 4553&amp; AG 103 2000:</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-12885-1st-edition-technical-specification-and-test-method-energy-consumption-and</t>
+  </si>
+  <si>
+    <t>ISIRI 13368 Energy Consumption Criteria for Oil Distribution Transformers</t>
+  </si>
+  <si>
+    <t>Three Phases oil transformers, less than 36kVA and 25kVA up to 2500kVA ,50Hz</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
+  </si>
+  <si>
+    <t>IEC 60071-1, 2011, IEC 60071-2, 2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-13368-energy-consumption-criteria-oil-distribution-transformers</t>
+  </si>
+  <si>
+    <t>ISIRI 13782, Amendment No.1 , Boilers - Technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>BoilersTechnical Specifications and Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
+    <t>January 2020</t>
+  </si>
+  <si>
+    <t>ISIRI 4231 ,ASME PTC4</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-13782-amendment-no1-boilers-technical-specifications-and-test-method-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>ISIRI 10335</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-14628-determination-criteria-energy-consumption-and-energy-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 14629:2011-determination of critera for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>centeral heating boilers  of nominal heat input not exceeeding 70 kw -nominal heat input not exceeding 70kW</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-146292011-determination-critera-energy-consumption-and-energy-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 1563-2:2009, 1st Revision, Specification for energy consumption and energy labeling of electrical household water heaters</t>
+  </si>
+  <si>
+    <t>Standard includes electrical household water heaters. Does not include solar or coal water heaters. Does not include residential electric water heaters with capacity less than 50L and more than 120L.</t>
+  </si>
+  <si>
+    <t>IEC 379: 1987</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-1563-22009-1st-revision-specification-energy-consumption-and-energy-labeling</t>
+  </si>
+  <si>
+    <t>ISIRI 16163:2013-determination of criteria for energy consumption and labeling instruction</t>
+  </si>
+  <si>
+    <t>Residential electric dishwasher</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-161632013-determination-criteria-energy-consumption-and-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 1828-2-Test Methods for Energy Consumption and Energy Labelling Instructions</t>
+  </si>
+  <si>
+    <t>Instantaneous gas water heaters with maximum consumtion less than 250MegaJolt per Hr</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters</t>
+  </si>
+  <si>
+    <t>AG 102: 2000, EN 26: 2000, ISIRI 1828-1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-1828-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
+  </si>
+  <si>
+    <t>ISIRI 3477-2, 1st Edition, Specification for energy consumption and energy labeling of electrical household washing machines</t>
+  </si>
+  <si>
+    <t>Fully automatic residential clothes washer</t>
+  </si>
+  <si>
+    <t>95/12/EC</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-3477-2-1st-edition-specification-energy-consumption-and-energy-labeling-electrical</t>
+  </si>
+  <si>
+    <t>ISIRI 3678-2: 2002, 1st Edition- Method for measuring of energy consumption and energy labeling instructions</t>
+  </si>
+  <si>
+    <t>This policy applies to liquid chilling packages with water-cooled condenser and evaporator.</t>
+  </si>
+  <si>
+    <t>Chillers - Cooler Towers</t>
+  </si>
+  <si>
+    <t>NS 3678: 1995</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-3678-2-2002-1st-edition-method-measuring-energy-consumption-and-energy-labeling</t>
+  </si>
+  <si>
+    <t>ISIRI 4910-2, 1st Revision- Method for measuring of energy consumption and energy labeling instructions</t>
+  </si>
+  <si>
+    <t>Evaporative air coolers -Direct and indirect types</t>
+  </si>
+  <si>
+    <t>Evaporative Coolers</t>
+  </si>
+  <si>
+    <t>AS 2913-1987 ,IS3315-1974</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-4910-2-1st-revision-method-measuring-energy-consumption-and-energy-labeling</t>
+  </si>
+  <si>
+    <t>ISIRI 5916 Self Ballasted Lamps for General Lighting Services-performance requirements</t>
+  </si>
+  <si>
+    <t>Covers multi sector self ballasted lamps (60W and 100-250V)</t>
+  </si>
+  <si>
+    <t>IEC 60968 and IEC 60969</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-5916-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
+  </si>
+  <si>
+    <t>ISIRI 6016-2</t>
+  </si>
+  <si>
+    <t>Split-system non-ducted air conditioners and heat pumps - method for measuring of energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 6016, ISIRI 6016-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-6016-2</t>
+  </si>
+  <si>
+    <t>ISIRI 7268-2,Flueless gas room heaters - Technical specification and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Gas fired space heaters without chimney with maximum consumption 30MegaJolt/Hr.</t>
+  </si>
+  <si>
+    <t>AS 4553, ISIRI 7268-1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-7268-2flueless-gas-room-heaters-technical-specification-and-test-method-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 7342-2, Specification for energy consumption and energy labeling of electric houshold room heaters</t>
+  </si>
+  <si>
+    <t>Residential electric space heater</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-7342-2-specification-energy-consumption-and-energy-labeling-electric-houshold-room</t>
+  </si>
+  <si>
+    <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
+  </si>
+  <si>
+    <t>Centrifugal, mixed flow and axial pumps</t>
+  </si>
+  <si>
+    <t>ISO-2548 (Class C)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 7872:2009, 1st Rev, Household electric iron energy consumption requirements and energy labeling guideline</t>
+  </si>
+  <si>
+    <t>Covers residential steam and non-steam irons. Does not include residential press irons</t>
+  </si>
+  <si>
+    <t>Irons</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-78722009-1st-rev-household-electric-iron-energy-consumption-requirements-and-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 7874, 1st Edition, Specification for energy consumption and energy labeling of single phase electrical motors</t>
+  </si>
+  <si>
+    <t>Small 1-phase General Purpose</t>
+  </si>
+  <si>
+    <t>1-Phase Motors</t>
+  </si>
+  <si>
+    <t>ISIRI 3772-1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-7874-1st-edition-specification-energy-consumption-and-energy-labeling-single-phase</t>
+  </si>
+  <si>
+    <t>ISIRI 7875-1st edition- Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Includes electric kettles with capacity of minimum 4L and maximum 30L with 250 Va.c.</t>
+  </si>
+  <si>
+    <t>Electric Kettles</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-7875-1st-edition-specifications-and-test-methods-energy-consumption-and-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 7966, 1st Edition, Specification for energy consumption and energy labeling of three phase electrical motors</t>
+  </si>
+  <si>
+    <t>This policy covers all motors with 3 phase general purpose</t>
+  </si>
+  <si>
+    <t>3-Phase Motors</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-7966-1st-edition-specification-energy-consumption-and-energy-labeling-three-phase</t>
+  </si>
+  <si>
+    <t>ISIRI NS 7341, 1st edition- Technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Electric lamps - Tubular, double capped</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>NS687 (Double Capped), NS 2702 (High Pressure Mercury Vapor), NS 5191 (HPSI), NS 5211 (Single Capped), 98/11/EC</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-ns-7341-1st-edition-technical-specifications-and-test-method-energy-consumption-and</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
     <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
   </si>
   <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
   </si>
   <si>
     <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Rice Cooker</t>
   </si>
   <si>
     <t>The document specifies the MEPS and labeling requirements for cover rice cookers with rice cooking capacity not exceeding 3 L and voltage up to 250 V, excluding pressure cookers (HS code: 8516.60.10).</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>SNI IEC 60335-1
 ,   
                     SNI IEC 60335-2-15</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-1</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124347_115KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PENANAK_NASI.PDF</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
   </si>
   <si>
     <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
   </si>
   <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
     <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
     <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
   </si>
@@ -1702,51 +1708,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P84"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1702.156" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="119.114" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="131.968" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1786,4021 +1792,4017 @@
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
-      <c r="H2"/>
+      <c r="H2">
+        <v>2022</v>
+      </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2"/>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="P2"/>
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F3" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H3"/>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="P3"/>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="P4"/>
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="E5" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F5" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="L5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="P5"/>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="B6" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F6" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H6"/>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="M6" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="N6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="P6" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="B7" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F7" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H7"/>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="L7"/>
+      <c r="L7" t="s">
+        <v>56</v>
+      </c>
       <c r="M7" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="N7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="P7" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="B8" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>37</v>
+        <v>60</v>
       </c>
       <c r="E8" t="s">
-        <v>55</v>
+        <v>33</v>
       </c>
       <c r="F8" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="H8"/>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="N8" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="P8" t="s">
-        <v>59</v>
+        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B9" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>62</v>
+        <v>46</v>
       </c>
       <c r="E9" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H9">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I9">
         <v>2023</v>
       </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>64</v>
+        <v>26</v>
       </c>
       <c r="N9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="P9" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B10" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>41</v>
+        <v>70</v>
       </c>
       <c r="E10" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10">
         <v>2023</v>
       </c>
-      <c r="I10"/>
       <c r="J10" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="N10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="P10" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B11" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>72</v>
+        <v>50</v>
       </c>
       <c r="E11" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H11">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="N11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O11" t="s">
+        <v>76</v>
+      </c>
+      <c r="P11" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B12" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="E12" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H12">
+        <v>2022</v>
+      </c>
+      <c r="I12">
         <v>2024</v>
       </c>
-      <c r="I12">
-[...1 lines deleted...]
-      </c>
       <c r="J12" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="N12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="P12" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B13" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="E13" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>56</v>
-[...4 lines deleted...]
-      <c r="I13"/>
+        <v>22</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13">
+        <v>2024</v>
+      </c>
       <c r="J13" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="N13" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="P13" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B14" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="C14" t="s">
-        <v>84</v>
+        <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="E14" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H14">
-        <v>1998</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I14"/>
       <c r="J14" t="s">
-        <v>86</v>
+        <v>65</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="L14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L14"/>
       <c r="M14" t="s">
+        <v>71</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
         <v>88</v>
       </c>
-      <c r="N14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P14" t="s">
-        <v>90</v>
+        <v>73</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>89</v>
+      </c>
+      <c r="B15" t="s">
+        <v>90</v>
+      </c>
+      <c r="C15" t="s">
         <v>91</v>
       </c>
-      <c r="B15" t="s">
+      <c r="D15" t="s">
         <v>92</v>
       </c>
-      <c r="C15" t="s">
-[...2 lines deleted...]
-      <c r="D15" t="s">
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1998</v>
+      </c>
+      <c r="I15">
+        <v>2012</v>
+      </c>
+      <c r="J15" t="s">
         <v>93</v>
-      </c>
-[...16 lines deleted...]
-        <v>86</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
         <v>94</v>
       </c>
       <c r="M15" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="N15" t="s">
-        <v>95</v>
+        <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>96</v>
       </c>
       <c r="P15" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>98</v>
+      </c>
+      <c r="B16" t="s">
+        <v>99</v>
+      </c>
+      <c r="C16" t="s">
+        <v>91</v>
+      </c>
+      <c r="D16" t="s">
+        <v>100</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2008</v>
+      </c>
+      <c r="I16">
+        <v>2010</v>
+      </c>
+      <c r="J16" t="s">
+        <v>93</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>101</v>
+      </c>
+      <c r="M16" t="s">
+        <v>95</v>
+      </c>
+      <c r="N16" t="s">
+        <v>102</v>
+      </c>
+      <c r="O16" t="s">
+        <v>103</v>
+      </c>
+      <c r="P16" t="s">
         <v>97</v>
-      </c>
-[...43 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B17" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="C17" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D17" t="s">
-        <v>62</v>
+        <v>87</v>
       </c>
       <c r="E17" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H17">
+        <v>2002</v>
+      </c>
+      <c r="I17">
         <v>2008</v>
       </c>
-      <c r="I17">
-[...1 lines deleted...]
-      </c>
       <c r="J17" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="M17" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="N17" t="s">
-        <v>26</v>
+        <v>102</v>
       </c>
       <c r="O17" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="P17" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="B18" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="C18" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D18" t="s">
-        <v>37</v>
+        <v>70</v>
       </c>
       <c r="E18" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G18" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H18">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="I18">
-        <v>2012</v>
+        <v>2006</v>
       </c>
       <c r="J18" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="M18" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="N18" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="P18" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="B19" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="C19" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D19" t="s">
-        <v>62</v>
+        <v>46</v>
       </c>
       <c r="E19" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>111</v>
+        <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H19">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="I19"/>
+        <v>2007</v>
+      </c>
+      <c r="I19">
+        <v>2012</v>
+      </c>
       <c r="J19" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="L19"/>
+      <c r="L19" t="s">
+        <v>114</v>
+      </c>
       <c r="M19" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="N19" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="P19" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="B20" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="C20" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D20" t="s">
-        <v>115</v>
+        <v>70</v>
       </c>
       <c r="E20" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>31</v>
+        <v>118</v>
       </c>
       <c r="G20" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H20">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="L20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L20"/>
       <c r="M20" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="N20" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="P20" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="B21" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C21" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D21" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="E21" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H21">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I21"/>
       <c r="J21" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="M21" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="N21" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="P21" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="B22" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C22" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D22" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="E22" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G22" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H22">
         <v>2012</v>
       </c>
       <c r="I22">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="J22" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="M22" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="N22" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="P22" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B23" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C23" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D23" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="E23" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H23">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="I23"/>
+        <v>2012</v>
+      </c>
+      <c r="I23">
+        <v>2014</v>
+      </c>
       <c r="J23" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="M23" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="N23" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="P23" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B24" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C24" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D24" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="E24" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H24">
         <v>2009</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="M24" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="N24" t="s">
-        <v>95</v>
+        <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="P24" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B25" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C25" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D25" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="E25" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G25" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H25">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K25" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="L25"/>
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>143</v>
+      </c>
       <c r="M25" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="N25" t="s">
-        <v>26</v>
+        <v>102</v>
       </c>
       <c r="O25" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="P25" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="B26" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="C26" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D26" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="E26" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>111</v>
+        <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H26">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I26"/>
       <c r="J26" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K26" t="s">
-        <v>141</v>
-[...3 lines deleted...]
-      </c>
+        <v>148</v>
+      </c>
+      <c r="L26"/>
       <c r="M26" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="N26" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="P26" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
+        <v>150</v>
+      </c>
+      <c r="B27" t="s">
+        <v>151</v>
+      </c>
+      <c r="C27" t="s">
+        <v>91</v>
+      </c>
+      <c r="D27" t="s">
+        <v>152</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>118</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2002</v>
+      </c>
+      <c r="I27">
+        <v>2002</v>
+      </c>
+      <c r="J27" t="s">
+        <v>93</v>
+      </c>
+      <c r="K27" t="s">
         <v>148</v>
       </c>
-      <c r="B27" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="L27" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="M27" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="N27" t="s">
-        <v>95</v>
+        <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="P27" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
+        <v>155</v>
+      </c>
+      <c r="B28" t="s">
+        <v>156</v>
+      </c>
+      <c r="C28" t="s">
+        <v>91</v>
+      </c>
+      <c r="D28" t="s">
         <v>152</v>
       </c>
-      <c r="B28" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E28" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G28" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H28">
-        <v>2012</v>
+        <v>1998</v>
       </c>
       <c r="I28">
-        <v>2012</v>
+        <v>2009</v>
       </c>
       <c r="J28" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K28" t="s">
-        <v>24</v>
+        <v>148</v>
       </c>
       <c r="L28" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="M28" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="N28" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="O28" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="P28" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B29" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C29" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D29" t="s">
-        <v>145</v>
+        <v>161</v>
       </c>
       <c r="E29" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G29" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H29">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="I29">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="J29" t="s">
-        <v>159</v>
+        <v>93</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="M29" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="N29" t="s">
-        <v>26</v>
+        <v>102</v>
       </c>
       <c r="O29" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="P29" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="B30" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="C30" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D30" t="s">
-        <v>164</v>
+        <v>152</v>
       </c>
       <c r="E30" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H30">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I30"/>
+        <v>2011</v>
+      </c>
+      <c r="I30">
+        <v>2015</v>
+      </c>
       <c r="J30" t="s">
-        <v>86</v>
+        <v>166</v>
       </c>
       <c r="K30" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="M30" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="N30" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="P30" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B31" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C31" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D31" t="s">
-        <v>145</v>
+        <v>171</v>
       </c>
       <c r="E31" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G31" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H31">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I31">
         <v>2013</v>
       </c>
+      <c r="I31"/>
       <c r="J31" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K31" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="L31"/>
+        <v>148</v>
+      </c>
+      <c r="L31" t="s">
+        <v>172</v>
+      </c>
       <c r="M31" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="N31" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="P31" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="B32" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="C32" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D32" t="s">
-        <v>140</v>
+        <v>152</v>
       </c>
       <c r="E32" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G32" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H32">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="I32"/>
+        <v>2011</v>
+      </c>
+      <c r="I32">
+        <v>2013</v>
+      </c>
       <c r="J32" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K32" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>148</v>
+      </c>
+      <c r="L32"/>
       <c r="M32" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="N32" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="P32" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="B33" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="C33" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D33" t="s">
-        <v>176</v>
+        <v>147</v>
       </c>
       <c r="E33" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H33">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
-      <c r="L33"/>
+      <c r="L33" t="s">
+        <v>179</v>
+      </c>
       <c r="M33" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="N33" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="P33" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="B34" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="C34" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D34" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="E34" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G34" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H34">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I34"/>
       <c r="J34" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K34" t="s">
-        <v>141</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L34"/>
       <c r="M34" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="N34" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="P34" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B35" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C35" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D35" t="s">
-        <v>46</v>
+        <v>187</v>
       </c>
       <c r="E35" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G35" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H35">
-        <v>2002</v>
-[...1 lines deleted...]
-      <c r="I35"/>
+        <v>2003</v>
+      </c>
+      <c r="I35">
+        <v>2010</v>
+      </c>
       <c r="J35" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K35" t="s">
-        <v>24</v>
+        <v>148</v>
       </c>
       <c r="L35" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="M35" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="N35" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="P35" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="B36" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="C36" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D36" t="s">
-        <v>189</v>
+        <v>55</v>
       </c>
       <c r="E36" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G36" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H36">
         <v>2002</v>
       </c>
-      <c r="I36">
-[...1 lines deleted...]
-      </c>
+      <c r="I36"/>
       <c r="J36" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="M36" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="N36" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="P36" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B37" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="C37" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D37" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="E37" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G37" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H37">
-        <v>1999</v>
+        <v>2002</v>
       </c>
       <c r="I37">
-        <v>2009</v>
+        <v>2002</v>
       </c>
       <c r="J37" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="M37" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="N37" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="P37" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B38" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C38" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D38" t="s">
-        <v>72</v>
+        <v>201</v>
       </c>
       <c r="E38" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G38" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H38">
-        <v>2004</v>
-[...1 lines deleted...]
-      <c r="I38"/>
+        <v>1999</v>
+      </c>
+      <c r="I38">
+        <v>2009</v>
+      </c>
       <c r="J38" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="M38" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="N38" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="P38" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="B39" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="C39" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D39" t="s">
-        <v>62</v>
+        <v>79</v>
       </c>
       <c r="E39" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G39" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H39">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="M39" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="N39" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="P39" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="B40" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="C40" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D40" t="s">
-        <v>145</v>
+        <v>70</v>
       </c>
       <c r="E40" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>111</v>
+        <v>21</v>
       </c>
       <c r="G40" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H40">
         <v>2002</v>
       </c>
-      <c r="I40">
-[...1 lines deleted...]
-      </c>
+      <c r="I40"/>
       <c r="J40" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K40" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="M40" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="N40" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="P40" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="B41" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="C41" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D41" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="E41" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="G41" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H41">
         <v>2002</v>
       </c>
       <c r="I41">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="J41" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K41" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L41"/>
+        <v>148</v>
+      </c>
+      <c r="L41" t="s">
+        <v>214</v>
+      </c>
       <c r="M41" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="N41" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="P41" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B42" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C42" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D42" t="s">
-        <v>51</v>
+        <v>152</v>
       </c>
       <c r="E42" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>31</v>
+        <v>118</v>
       </c>
       <c r="G42" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H42">
         <v>2002</v>
       </c>
       <c r="I42">
-        <v>2002</v>
+        <v>2012</v>
       </c>
       <c r="J42" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
-      <c r="L42" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L42"/>
       <c r="M42" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="N42" t="s">
-        <v>95</v>
+        <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="P42" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="B43" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="C43" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D43" t="s">
-        <v>218</v>
+        <v>60</v>
       </c>
       <c r="E43" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G43" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H43">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="I43"/>
+        <v>2002</v>
+      </c>
+      <c r="I43">
+        <v>2002</v>
+      </c>
       <c r="J43" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>121</v>
+        <v>221</v>
       </c>
       <c r="M43" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="N43" t="s">
-        <v>26</v>
+        <v>102</v>
       </c>
       <c r="O43" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="P43" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="B44" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="C44" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D44" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="E44" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G44" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H44">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I44"/>
       <c r="J44" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>223</v>
+        <v>128</v>
       </c>
       <c r="M44" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="N44" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="P44" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="B45" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C45" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D45" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E45" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G45" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H45">
         <v>2012</v>
       </c>
       <c r="I45">
         <v>2012</v>
       </c>
       <c r="J45" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
-      <c r="L45"/>
+      <c r="L45" t="s">
+        <v>230</v>
+      </c>
       <c r="M45" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="N45" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="P45" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="B46" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="C46" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D46" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="E46" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G46" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H46">
         <v>2012</v>
       </c>
       <c r="I46">
         <v>2012</v>
       </c>
       <c r="J46" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="N46" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="P46" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B47" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="C47" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D47" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="E47" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G47" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H47">
-        <v>2004</v>
-[...1 lines deleted...]
-      <c r="I47"/>
+        <v>2012</v>
+      </c>
+      <c r="I47">
+        <v>2012</v>
+      </c>
       <c r="J47" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
-      <c r="L47" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L47"/>
       <c r="M47" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="N47" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="P47" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="B48" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="C48" t="s">
-        <v>18</v>
+        <v>91</v>
       </c>
       <c r="D48" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="E48" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G48" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H48">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2004</v>
+      </c>
+      <c r="I48"/>
       <c r="J48" t="s">
-        <v>241</v>
+        <v>93</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="M48" t="s">
-        <v>32</v>
+        <v>95</v>
       </c>
       <c r="N48" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="P48" t="s">
-        <v>244</v>
+        <v>97</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
         <v>245</v>
       </c>
       <c r="B49" t="s">
         <v>246</v>
       </c>
       <c r="C49" t="s">
         <v>18</v>
       </c>
       <c r="D49" t="s">
         <v>247</v>
       </c>
       <c r="E49" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G49" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H49">
         <v>2021</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49" t="s">
         <v>248</v>
       </c>
       <c r="M49" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="N49" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O49" t="s">
         <v>249</v>
       </c>
       <c r="P49" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
         <v>251</v>
       </c>
       <c r="B50" t="s">
         <v>252</v>
       </c>
       <c r="C50" t="s">
         <v>18</v>
       </c>
       <c r="D50" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="E50" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G50" t="s">
-        <v>56</v>
+        <v>253</v>
       </c>
       <c r="H50">
         <v>2021</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="M50" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="N50" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="P50" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B51" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C51" t="s">
         <v>18</v>
       </c>
       <c r="D51" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="E51" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F51" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G51" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H51">
         <v>2021</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="M51" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="N51" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="P51" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B52" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C52" t="s">
         <v>18</v>
       </c>
       <c r="D52" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="E52" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F52" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G52" t="s">
-        <v>63</v>
+        <v>266</v>
       </c>
       <c r="H52">
         <v>2021</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="M52" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="N52" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="P52" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="B53" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="C53" t="s">
         <v>18</v>
       </c>
       <c r="D53" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="E53" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G53" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H53">
         <v>2021</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="N53" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="P53" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="B54" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="C54" t="s">
         <v>18</v>
       </c>
       <c r="D54" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="E54" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G54" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H54">
         <v>2015</v>
       </c>
       <c r="I54">
         <v>2018</v>
       </c>
       <c r="J54" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="M54" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="N54" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="P54" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="B55" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="C55" t="s">
         <v>18</v>
       </c>
       <c r="D55" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="E55" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F55" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="G55" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H55">
         <v>2013</v>
       </c>
       <c r="I55">
         <v>2016</v>
       </c>
       <c r="J55" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="M55" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="N55" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="P55" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="B56" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C56" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D56" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="E56" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="F56" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G56" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H56">
         <v>2021</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="M56" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="N56" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="P56"/>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="B57" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="C57" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D57" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="E57" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="F57" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="G57" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H57">
         <v>2002</v>
       </c>
       <c r="I57">
         <v>2015</v>
       </c>
       <c r="J57" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="K57" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="L57" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="M57" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="N57" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="P57" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="B58" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="C58" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D58" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="E58" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="F58" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G58" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H58">
         <v>2013</v>
       </c>
       <c r="I58">
         <v>2015</v>
       </c>
       <c r="J58" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="K58" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="L58" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="M58" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="N58" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="P58" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="B59" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="C59" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D59" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="E59" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="F59" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="G59" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H59">
         <v>2006</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="M59" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="N59" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="P59" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="B60" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C60" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D60" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="E60" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F60" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="G60" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H60">
         <v>2011</v>
       </c>
       <c r="I60">
         <v>2014</v>
       </c>
       <c r="J60" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="K60" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="L60" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="M60" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="N60" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="P60" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="B61" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="C61" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D61" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="E61" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="F61" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G61" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H61">
         <v>2015</v>
       </c>
       <c r="I61">
         <v>2017</v>
       </c>
       <c r="J61" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="K61" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="L61" t="s">
+        <v>320</v>
+      </c>
+      <c r="M61" t="s">
+        <v>293</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>321</v>
+      </c>
+      <c r="P61" t="s">
         <v>318</v>
-      </c>
-[...10 lines deleted...]
-        <v>316</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="B62" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="C62" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D62" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="E62" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="F62" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G62" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H62">
         <v>2015</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="M62" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="N62" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="P62" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="B63" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="C63" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D63" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="E63" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="F63" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="G63" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H63">
         <v>2015</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="M63" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="N63" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="P63" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="B64" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="C64" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D64" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
       <c r="E64" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="F64" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G64" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H64">
         <v>2011</v>
       </c>
       <c r="I64">
         <v>2021</v>
       </c>
       <c r="J64" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="M64" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="N64" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="P64" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="B65" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="C65" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D65" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="E65" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="F65" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="G65" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H65">
         <v>2002</v>
       </c>
       <c r="I65">
         <v>2021</v>
       </c>
       <c r="J65" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="M65" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="N65" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="P65" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="B66" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="C66" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D66" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="E66" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="F66" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="G66" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H66">
         <v>2021</v>
       </c>
       <c r="I66"/>
       <c r="J66" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
       <c r="L66" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="M66" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="N66" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="P66" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="B67" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="C67" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D67" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="E67" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="F67" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="G67" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="H67">
         <v>2021</v>
       </c>
       <c r="I67"/>
       <c r="J67" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="M67" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="N67" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="P67" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="B68" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="C68" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D68" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="E68" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="F68" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G68" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H68">
         <v>2011</v>
       </c>
       <c r="I68">
         <v>2021</v>
       </c>
       <c r="J68" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="M68" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="N68" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="P68" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="B69" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="C69" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D69" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="E69" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="F69" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G69" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H69">
         <v>2011</v>
       </c>
       <c r="I69">
         <v>2021</v>
       </c>
       <c r="J69" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="M69" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="N69" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P69" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="B70" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="C70" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D70" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="E70" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="F70" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G70" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H70">
         <v>2021</v>
       </c>
       <c r="I70"/>
       <c r="J70" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="M70" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="N70" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="P70" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="B71" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="C71" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D71" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="E71" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="F71" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="G71" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H71">
         <v>2021</v>
       </c>
       <c r="I71"/>
       <c r="J71" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="M71" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="N71" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="P71" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="B72" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="C72" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D72" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
       <c r="E72" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="F72" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="G72" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H72">
         <v>2002</v>
       </c>
       <c r="I72">
         <v>2021</v>
       </c>
       <c r="J72" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="M72" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="N72" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="P72" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="B73" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="C73" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D73" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="E73" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="F73" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="G73" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H73">
         <v>2002</v>
       </c>
       <c r="I73">
         <v>2021</v>
       </c>
       <c r="J73" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="M73" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="N73" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="P73" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="B74" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="C74" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D74" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="E74" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="F74" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="G74" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H74">
         <v>2002</v>
       </c>
       <c r="I74">
         <v>2021</v>
       </c>
       <c r="J74" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
       <c r="L74" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="M74" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="N74" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="P74" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="B75" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="C75" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D75" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="E75" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="F75" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G75" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H75">
         <v>2021</v>
       </c>
       <c r="I75"/>
       <c r="J75" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="K75" t="s">
         <v>24</v>
       </c>
       <c r="L75" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="M75" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="N75" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="P75"/>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="B76" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="C76" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D76" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="E76" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="F76" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G76" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H76">
         <v>2021</v>
       </c>
       <c r="I76"/>
       <c r="J76" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
       <c r="L76" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="M76" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="N76" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="P76"/>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="B77" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="C77" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D77" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="E77" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="F77" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="G77" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H77">
         <v>2022</v>
       </c>
       <c r="I77"/>
       <c r="J77" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="K77" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="L77" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="M77" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="N77" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="P77" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="B78" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="C78" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D78" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="E78" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="F78" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="G78" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H78">
         <v>2022</v>
       </c>
       <c r="I78"/>
       <c r="J78" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="K78" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="L78"/>
       <c r="M78" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="N78" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="P78" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="B79" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="C79" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D79" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="E79" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="F79" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G79" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H79">
         <v>2022</v>
       </c>
       <c r="I79"/>
       <c r="J79" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="K79" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="L79" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="M79" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="N79" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="P79" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B80" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="C80" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D80" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="E80" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="F80" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G80" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H80">
         <v>2022</v>
       </c>
       <c r="I80"/>
       <c r="J80" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="K80" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="L80" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="M80" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="N80" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O80" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="P80" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="B81" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="C81" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D81" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="E81" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="F81" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G81" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H81">
         <v>2022</v>
       </c>
       <c r="I81"/>
       <c r="J81" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="K81" t="s">
         <v>24</v>
       </c>
       <c r="L81" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="M81" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="N81" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O81" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="P81" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="B82" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="C82" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D82" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="E82" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="F82" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="G82" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H82">
         <v>2008</v>
       </c>
       <c r="I82"/>
       <c r="J82" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="K82" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="L82" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="M82" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="N82" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="P82" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="B83" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="C83" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D83" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="E83" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="F83" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="G83" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H83">
         <v>2012</v>
       </c>
       <c r="I83">
         <v>2015</v>
       </c>
       <c r="J83" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="K83" t="s">
         <v>24</v>
       </c>
       <c r="L83" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="M83" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="N83" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="P83" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B84" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C84" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D84" t="s">
-        <v>154</v>
+        <v>161</v>
       </c>
       <c r="E84" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="F84" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G84" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H84"/>
       <c r="I84"/>
       <c r="J84" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="K84" t="s">
         <v>24</v>
       </c>
       <c r="L84"/>
       <c r="M84" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="N84" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="O84" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="P84"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>