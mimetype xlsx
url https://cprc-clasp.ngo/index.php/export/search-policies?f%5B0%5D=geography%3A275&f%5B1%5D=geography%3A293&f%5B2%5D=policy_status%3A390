--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -12,716 +12,615 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="207">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="173">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>AS 1731.14–2003: Refrigerated display cabinets—Part 14: Minimum energy performance standard (MEPS) requirements</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>AS/NZS 4847.2:2010: Self-ballasted lamps for general lighting services—Minimum Energy Performance standards (MEPS) requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies Minimum Energy Performance Standards (MEPS) requirements and related attributes for self ballasted compact fluorescent lamps (CFLs) with integrated means for controlling starting and stable operation that are intended for domestic and similar general lighting purposes. This Standard applies to self ballasted lamps of all voltages and wattages irrespective of the type of lamp cap. This Standard covers lamps that are supplied as individual lamps or part of a luminaire. This Standard is to be read in conjunction with AS/NZS 4847.1.</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
-    <t>Refrigerated Cabinets</t>
+    <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>AS 1731.1-13:2003</t>
+    <t>AS/NZS 4847.1:2010</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/173114-2003-refrigerated-display-cabinets-part-14-minimum-energy-performance-standard-meps</t>
-[...5 lines deleted...]
-    <t>Heat Pumps, Room ACs - Stationary ACs</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/asnzs-484722010-self-ballasted-lamps-general-lighting-services-minimum-energy-performance</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
+  </si>
+  <si>
+    <t>AS/NZS 4965.2:2008: Performance of close control air conditioners—Minimum energy performance standard (MEPS) requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
+    <t>Climate Controls</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>AS/NZS 4965.1:2008</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/asnzs-496522008-performance-close-control-air-conditioners-minimum-energy-performance</t>
+  </si>
+  <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
+  </si>
+  <si>
+    <t>AS/NZS 4782.2:2004: Double-capped fluorescent lamps—Performance specifications—Minimum Energy Performance Standard (MEPS)</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>AS/NZS 4782.1:2004</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/asnzs-478222004-double-capped-fluorescent-lamps-performance-specifications-minimum-energy</t>
+  </si>
+  <si>
+    <t>labeling for clothes dryers</t>
+  </si>
+  <si>
+    <t>Clothes Dryers</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>AS/NZS 2442.2:2000</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/labeling-clothes-dryers</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-dryers-factsheet.pdf</t>
+  </si>
+  <si>
+    <t>labeling for clothes washers</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>AS/NZS 2040.2:2005</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/labeling-clothes-washers</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-washer-factsheet.pdf</t>
+  </si>
+  <si>
+    <t>labeling for dishwashers</t>
+  </si>
+  <si>
+    <t>MEPL covers mains electric dishwashers intended for household and similar use. MEPL does not apply to dishwashers specifically designed for commercial use.</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>AS/NZS 2007.2:2005</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/labeling-dishwashers</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/dishwasher-factsheet.pdf</t>
+  </si>
+  <si>
+    <t>MEPS and MEPL for Computer Monitors</t>
+  </si>
+  <si>
+    <t>MEPS and MEPL cover computer monitors with a diagonal screen size up to 152 cm.</t>
+  </si>
+  <si>
+    <t>Displays</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>August 2018</t>
-[...127 lines deleted...]
-  <si>
     <t>AS/NZS 5815.2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-mepl-computer-monitors</t>
   </si>
   <si>
-    <t>MEPS and MEPL for televisions</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-and-mepl-televisions</t>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Monitor-Factsheet.pdf</t>
   </si>
   <si>
     <t>MEPS for ballasts for fluorescent lamps</t>
   </si>
   <si>
+    <t>MEPL covers mains electric clothes dryers intended for household and similar use. This includes vented dryers condenser dryers and the drying function of combination washer|dryer units. MEPL does not apply to clothes dryers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-ballasts-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/ballast-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Computers</t>
   </si>
   <si>
+    <t>MEPS covers desktop computers; notebooks; and small scale servers.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>AS/NZS 5813.2:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-computers</t>
   </si>
   <si>
-    <t>MEPS for Hot Water Systems</t>
-[...20 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-hot-water-systems-0</t>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Factsheet.pdf</t>
   </si>
   <si>
     <t>MEPS for set top boxes</t>
   </si>
   <si>
+    <t>MEPS covers simple non-recording standalone free-to-air digital television (DTV) set-top boxes (STBs) associated with DTV broadcasts.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes</t>
   </si>
   <si>
-    <t>Minimum energy performance requirements for three phase electric motors</t>
-[...32 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/minimum-performance-external-power-supplies</t>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/set-top-boxes-factsheet.pdf</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 28648 | Environmentally Friendly Design Requirements for Servers and Data Storage Products (2019/424/EU) (SGM:2021/15)</t>
   </si>
   <si>
+    <t>This policy applies to servers and covers online data storage products. It does not cover: servers used in embedded applications; servers with Computers and Computer Servers Communiqué on Relevant Environmentally Friendly Design Requirements (2013/617/EU) Classified as small-scale servers according to (SGM:2021/14) servers; servers with more than four processor sockets; server devices; large servers; fully fault tolerant servers; network servers; small data storage products; big data storage products. This policy is a transposition of Commission Regulation (EU) 2019/424.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Servers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/424</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-environmentally-friendly-design-requirements-servers-and</t>
   </si>
   <si>
-    <t>Turkish Official Gazette No 28648 | transposition of EC 392-2012</t>
+    <t>Turkish Official Gazette No 28861 (Transposition of EC 626-2011)</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of less than or equal to 12 kW for cooling; or heating; if the product has no cooling function.  This Regulation shall not apply to: appliances that use non-electric energy sources; or  air conditioners of which the condensor- or evaporator-side or both do not use air for heat transfer medium.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
-    <t>Electricity, Gas</t>
-[...22 lines deleted...]
-  <si>
     <t>EC 626-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28861-transposition-ec-626-2011</t>
   </si>
   <si>
-    <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
+    <t>https://united4efficiency.org/wp-content/uploads/2017/02/U4E_Policy-Assessment_TUR.pdf</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 666-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 666-2013 of 8 July 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-666-2013</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29564 - Amending No 29236 | transposition of EC 665-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 665-2013 of 3 May 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29564-amending-no-29236-transposition-ec-665-2013</t>
   </si>
   <si>
-    <t>Turkish Official Gazette No 31434 | Comminique on Ecodesign Requirements for Household Dishwashers (2019/2022/EU) (SGM:2021/1)</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-20192016eu-sgm20218</t>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/ELEKTR%C4%B0KL%C4%B0%20S%C3%9CP%C3%9CRGELER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices with Direct Sales Function (2019/2018/EU) (SGM:2021/10)</t>
+  </si>
+  <si>
+    <t>This policy defines energy labeling requirements for refrigerating appliances with a direct sales function, including supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, small ice-cream freezers, gelato-scooping cabinets, and refrigerated vending machines. It does not apply to Minibars and wine storage appliances with sales functions. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council about energy labelling of refrigerating appliances with a direct sales function.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>EN 16901
 ,   
                     EN 16902
 ,   
                     EN 50597
 ,   
                     EN ISO 23953-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-direct-sales-function</t>
   </si>
   <si>
-    <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design of Household Washing Machines with Dryers</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling</t>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-10.htm</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices with Direct Sales Function (2019/2024/EU) (SGM:2021/9)</t>
   </si>
   <si>
+    <t>This policy applies to the following refrigerating appliances with a direct sales function: supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, ice-cream freezers, gelato-scooping cabinets and refrigerated vending machines.</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-9.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Electronic Displays (2019/2021/EU) (SGM:2021/5)</t>
   </si>
   <si>
+    <t>This policy establishes a minimum energy performance standard for electronic displays, including televisions, monitors, and digital signage displays with a liquid crystal screen (LCD) and a screen area greater than 100 square centimeters. This policy is a transposition of Commission Regulation (EU) 2019/2021.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-electronic</t>
   </si>
   <si>
-    <t>Turkish Official Gazette No 31434 | Home Type Dishwasher Energy of Machines Notification on Labeling (2019/2017/EU) (SGM:2021/2)</t>
-[...26 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-energy-labeling-light-sources-20192015eu-sgm202112</t>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-5.htm</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
+  </si>
+  <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Solid Fuel Boilers and Packages of Solid Fuel Boilers, Additional Heaters, Temperature Control Devices and Solar Energy Devices (2015/1187/EU) (SGM: 2022/31)</t>
   </si>
   <si>
+    <t>This policy defines the energy labeling of and the provision of supplementary product information on solid fuel boilers with a rated heat output of 70 kW or less and packages of a solid fuel boiler with a rated heat output of 70 kW or less, supplementary heaters, temperature controls, and solar devices. It does not apply to boilers generating heat only for hot drinking or sanitary water; boilers for heating and distributing gaseous heat transfer media such as vapor or air; solid fuel cogeneration boilers with a maximum electrical capacity of 50 kW or more; non-woody biomass boilers. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1187.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Electricity, Solar, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-energy-labeling-solid-fuel-boilers-and-packages-solid</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Space Heaters (2015/1186/EU) (SGM: 2022/30)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the energy labeling of, and the provision of supplementary product information on local space heaters with a nominal heat output of 50 kW or less. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1186.</t>
+  </si>
+  <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-energy-labeling-space-heaters-20151186eu-sgm-202230</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Boilers (2015/1189/EU) (SGM: 2022/33)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel boilers with a rated heat output of 500 kilowatts (‘kW’) or less, including those integrated in packages of a solid fuel boiler, supplementary heaters, temperature controls, and solar devices as defined in Article 2 of Delegated Regulation (EU) 2015/1187. This policy is a transposition of Commission Regulation (EU) 2015/1189.</t>
+  </si>
+  <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1189</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Space Heaters (2015/1185/EU) (SGM: 2022/29)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. It does not apply to solid fuel local space heaters that are specified for the combustion of non-woody biomass only; solid fuel local space heaters that are specified for outdoor use only; solid fuel local space heaters of which the direct heat output is less than 6 % of the combined direct and indirect heat output at nominal heat output; solid fuel local space heaters that are not factory assembled, or are not provided as prefabricated components or parts by a single manufacturer which are to be assembled on site; air heating products; or sauna stoves. This policy is a transposition of Commission Regulation (EU) 2015/1185.</t>
+  </si>
+  <si>
     <t>Biomass, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1185</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-fuel</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Space Heaters (2015/1188/EU) (SGM: 2022/32)</t>
   </si>
   <si>
+    <t>This policy applies to local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less. This policy is a transposition of Commission Regulation (EU) 2015/1188.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-space</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-9.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 26897</t>
   </si>
   <si>
+    <t>This Regulation provides minimum energy efficiency and labeling for new hot water boilers with nominal output power less than 4 kW and not more than 400 kW</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>Council Directive 92/42/EEC of 21 May 1992</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-26897</t>
   </si>
   <si>
-    <t>Turkish Official Gazette No. 29564 - Energy Labeling of Televisions</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29564-energy-labeling-televisions</t>
+    <t>http://www.yegm.gov.tr/verimlilik/document/Sicaksu_Kazanlarinin_Verimlilik_Yonetmeligi.doc</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -985,2209 +884,1350 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N49"/>
+  <dimension ref="A1:P26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="955.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="119.114" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="301.926" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2008</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2004</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...20 lines deleted...]
-      <c r="I3" t="s">
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
         <v>29</v>
       </c>
-      <c r="J3" t="s">
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>44</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1990</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>44</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1990</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>45</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>51</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>44</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1987</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>45</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>57</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>63</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>45</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...5 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2002</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>45</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...16 lines deleted...]
-      <c r="E4" t="s">
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B10" t="s">
+        <v>73</v>
+      </c>
+      <c r="C10" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4">
+      <c r="D10" t="s">
+        <v>74</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>45</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>75</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>76</v>
+      </c>
+      <c r="P10" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>78</v>
+      </c>
+      <c r="B11" t="s">
+        <v>79</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>80</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2008</v>
       </c>
-      <c r="H4">
-[...5 lines deleted...]
-      <c r="J4" t="s">
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>45</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>81</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>82</v>
+      </c>
+      <c r="P11" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>84</v>
+      </c>
+      <c r="B12" t="s">
+        <v>85</v>
+      </c>
+      <c r="C12" t="s">
+        <v>86</v>
+      </c>
+      <c r="D12" t="s">
+        <v>87</v>
+      </c>
+      <c r="E12" t="s">
+        <v>88</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...5 lines deleted...]
-      <c r="M4" t="s">
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2021</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>89</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...29 lines deleted...]
-      <c r="J5" t="s">
+      <c r="L12" t="s">
+        <v>90</v>
+      </c>
+      <c r="M12" t="s">
+        <v>91</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>92</v>
+      </c>
+      <c r="P12"/>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>93</v>
+      </c>
+      <c r="B13" t="s">
+        <v>94</v>
+      </c>
+      <c r="C13" t="s">
+        <v>86</v>
+      </c>
+      <c r="D13" t="s">
+        <v>95</v>
+      </c>
+      <c r="E13" t="s">
+        <v>88</v>
+      </c>
+      <c r="F13" t="s">
+        <v>44</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2006</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>96</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>97</v>
+      </c>
+      <c r="M13" t="s">
+        <v>91</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>98</v>
+      </c>
+      <c r="P13" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>100</v>
+      </c>
+      <c r="B14" t="s">
+        <v>101</v>
+      </c>
+      <c r="C14" t="s">
+        <v>86</v>
+      </c>
+      <c r="D14" t="s">
+        <v>102</v>
+      </c>
+      <c r="E14" t="s">
+        <v>88</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...5 lines deleted...]
-      <c r="M5" t="s">
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2015</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>89</v>
+      </c>
+      <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-[...32 lines deleted...]
-      <c r="K6" t="s">
+      <c r="L14" t="s">
+        <v>103</v>
+      </c>
+      <c r="M14" t="s">
+        <v>91</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>104</v>
+      </c>
+      <c r="P14" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>106</v>
+      </c>
+      <c r="B15" t="s">
+        <v>107</v>
+      </c>
+      <c r="C15" t="s">
+        <v>86</v>
+      </c>
+      <c r="D15" t="s">
+        <v>102</v>
+      </c>
+      <c r="E15" t="s">
+        <v>88</v>
+      </c>
+      <c r="F15" t="s">
         <v>44</v>
       </c>
-      <c r="L6" t="s">
-[...2 lines deleted...]
-      <c r="M6" t="s">
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>96</v>
+      </c>
+      <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="N6" t="s">
-[...40 lines deleted...]
-      <c r="M7" t="s">
+      <c r="L15" t="s">
+        <v>108</v>
+      </c>
+      <c r="M15" t="s">
+        <v>91</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>109</v>
+      </c>
+      <c r="P15" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>111</v>
+      </c>
+      <c r="B16" t="s">
+        <v>112</v>
+      </c>
+      <c r="C16" t="s">
+        <v>86</v>
+      </c>
+      <c r="D16" t="s">
+        <v>113</v>
+      </c>
+      <c r="E16" t="s">
+        <v>88</v>
+      </c>
+      <c r="F16" t="s">
+        <v>44</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2021</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>89</v>
+      </c>
+      <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="N7" t="s">
-[...372 lines deleted...]
-      </c>
       <c r="L16" t="s">
-        <v>23</v>
+        <v>114</v>
       </c>
       <c r="M16" t="s">
-        <v>24</v>
+        <v>91</v>
       </c>
       <c r="N16" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>115</v>
+      </c>
+      <c r="P16" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>85</v>
+        <v>117</v>
       </c>
       <c r="B17" t="s">
-        <v>15</v>
+        <v>118</v>
       </c>
       <c r="C17" t="s">
         <v>86</v>
       </c>
       <c r="D17" t="s">
-        <v>17</v>
+        <v>119</v>
       </c>
       <c r="E17" t="s">
-        <v>18</v>
+        <v>88</v>
       </c>
       <c r="F17" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2003</v>
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
       </c>
       <c r="H17">
-        <v>2018</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I17"/>
       <c r="J17" t="s">
+        <v>89</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>120</v>
+      </c>
+      <c r="M17" t="s">
+        <v>91</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>121</v>
+      </c>
+      <c r="P17" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>123</v>
+      </c>
+      <c r="B18" t="s">
+        <v>124</v>
+      </c>
+      <c r="C18" t="s">
+        <v>86</v>
+      </c>
+      <c r="D18" t="s">
+        <v>62</v>
+      </c>
+      <c r="E18" t="s">
+        <v>88</v>
+      </c>
+      <c r="F18" t="s">
+        <v>125</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2021</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>89</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>126</v>
+      </c>
+      <c r="M18" t="s">
+        <v>91</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>127</v>
+      </c>
+      <c r="P18" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>129</v>
+      </c>
+      <c r="B19" t="s">
+        <v>130</v>
+      </c>
+      <c r="C19" t="s">
+        <v>86</v>
+      </c>
+      <c r="D19" t="s">
+        <v>131</v>
+      </c>
+      <c r="E19" t="s">
+        <v>88</v>
+      </c>
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K17" t="s">
-[...5 lines deleted...]
-      <c r="M17" t="s">
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2021</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>89</v>
+      </c>
+      <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="N17" t="s">
+      <c r="L19" t="s">
+        <v>132</v>
+      </c>
+      <c r="M19" t="s">
+        <v>91</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>133</v>
+      </c>
+      <c r="P19"/>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>129</v>
+      </c>
+      <c r="B20" t="s">
+        <v>130</v>
+      </c>
+      <c r="C20" t="s">
+        <v>86</v>
+      </c>
+      <c r="D20" t="s">
+        <v>131</v>
+      </c>
+      <c r="E20" t="s">
         <v>88</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C18" t="s">
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2021</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
         <v>89</v>
       </c>
-      <c r="D18" t="s">
-[...20 lines deleted...]
-      <c r="K18" t="s">
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>132</v>
+      </c>
+      <c r="M20" t="s">
         <v>91</v>
       </c>
-      <c r="L18" t="s">
-[...2 lines deleted...]
-      <c r="M18" t="s">
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>134</v>
+      </c>
+      <c r="P20"/>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>135</v>
+      </c>
+      <c r="B21" t="s">
+        <v>136</v>
+      </c>
+      <c r="C21" t="s">
+        <v>86</v>
+      </c>
+      <c r="D21" t="s">
+        <v>137</v>
+      </c>
+      <c r="E21" t="s">
+        <v>88</v>
+      </c>
+      <c r="F21" t="s">
+        <v>44</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2022</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>89</v>
+      </c>
+      <c r="K21" t="s">
+        <v>138</v>
+      </c>
+      <c r="L21" t="s">
+        <v>139</v>
+      </c>
+      <c r="M21" t="s">
+        <v>91</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>140</v>
+      </c>
+      <c r="P21" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>142</v>
+      </c>
+      <c r="B22" t="s">
+        <v>143</v>
+      </c>
+      <c r="C22" t="s">
+        <v>86</v>
+      </c>
+      <c r="D22" t="s">
+        <v>144</v>
+      </c>
+      <c r="E22" t="s">
+        <v>88</v>
+      </c>
+      <c r="F22" t="s">
+        <v>44</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2022</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>89</v>
+      </c>
+      <c r="K22" t="s">
+        <v>145</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>91</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>146</v>
+      </c>
+      <c r="P22" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>148</v>
+      </c>
+      <c r="B23" t="s">
+        <v>149</v>
+      </c>
+      <c r="C23" t="s">
+        <v>86</v>
+      </c>
+      <c r="D23" t="s">
+        <v>137</v>
+      </c>
+      <c r="E23" t="s">
+        <v>88</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2022</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>89</v>
+      </c>
+      <c r="K23" t="s">
+        <v>150</v>
+      </c>
+      <c r="L23" t="s">
+        <v>151</v>
+      </c>
+      <c r="M23" t="s">
+        <v>91</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>152</v>
+      </c>
+      <c r="P23" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>154</v>
+      </c>
+      <c r="B24" t="s">
+        <v>155</v>
+      </c>
+      <c r="C24" t="s">
+        <v>86</v>
+      </c>
+      <c r="D24" t="s">
+        <v>144</v>
+      </c>
+      <c r="E24" t="s">
+        <v>88</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2022</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>89</v>
+      </c>
+      <c r="K24" t="s">
+        <v>156</v>
+      </c>
+      <c r="L24" t="s">
+        <v>157</v>
+      </c>
+      <c r="M24" t="s">
+        <v>91</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>158</v>
+      </c>
+      <c r="P24" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>160</v>
+      </c>
+      <c r="B25" t="s">
+        <v>161</v>
+      </c>
+      <c r="C25" t="s">
+        <v>86</v>
+      </c>
+      <c r="D25" t="s">
+        <v>144</v>
+      </c>
+      <c r="E25" t="s">
+        <v>88</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2022</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>89</v>
+      </c>
+      <c r="K25" t="s">
         <v>24</v>
       </c>
-      <c r="N18" t="s">
-[...22 lines deleted...]
-      <c r="G19">
+      <c r="L25" t="s">
+        <v>162</v>
+      </c>
+      <c r="M25" t="s">
+        <v>91</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>163</v>
+      </c>
+      <c r="P25" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>165</v>
+      </c>
+      <c r="B26" t="s">
+        <v>166</v>
+      </c>
+      <c r="C26" t="s">
+        <v>86</v>
+      </c>
+      <c r="D26" t="s">
+        <v>167</v>
+      </c>
+      <c r="E26" t="s">
+        <v>88</v>
+      </c>
+      <c r="F26" t="s">
+        <v>168</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
         <v>2008</v>
       </c>
-      <c r="H19"/>
-[...15 lines deleted...]
-      <c r="N19" t="s">
+      <c r="I26"/>
+      <c r="J26" t="s">
         <v>96</v>
       </c>
-    </row>
-[...290 lines deleted...]
-      </c>
       <c r="K26" t="s">
-        <v>127</v>
+        <v>169</v>
       </c>
       <c r="L26" t="s">
-        <v>115</v>
+        <v>170</v>
       </c>
       <c r="M26" t="s">
-        <v>24</v>
+        <v>91</v>
       </c>
       <c r="N26" t="s">
-        <v>128</v>
-[...571 lines deleted...]
-      <c r="C40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
         <v>171</v>
       </c>
-      <c r="D40" t="s">
-[...20 lines deleted...]
-      <c r="K40" t="s">
+      <c r="P26" t="s">
         <v>172</v>
       </c>
-      <c r="L40" t="s">
-[...385 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>