--- v0 (2025-10-12)
+++ v1 (2026-02-05)
@@ -12,505 +12,668 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="175">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>MELS for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme (MELS) requirements for clothes dryers with a rated capacity of up to 10kg.
+Energy Consumption (EC) per wash in kWh (all clothes dryers)
+- 1 tick: NA
+- 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
+- 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
+- 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
+- 5 tick: Rated capacity x 0.30 ≥ EC
+Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-clothes-dryers</t>
   </si>
   <si>
-    <t>MELS for General Lighting</t>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
+    <t>MELS for General Lighting (2019)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting</t>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy set energy label scheme for all regulated lamps:</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Split Type Air-Conditioners</t>
+  </si>
+  <si>
+    <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>ISO 15042:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-split-type-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for casement and window air-conditioners</t>
   </si>
   <si>
+    <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance requirements for clothes dryers with a rated capacity of https://www.nea.gov.sg/up to 10kg. The revised 2022 MEPS are: EC ≤ [Rated Capacity x 0.55], where “Rated Capacity” means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile and “EC” means Energy Consumption in kWh per wash.</t>
+  </si>
+  <si>
     <t>IEC1 61121:2005 with amendment 1, Section 9.2.1: Drying tests general</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for General Lighting</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
   </si>
   <si>
     <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
 ,   
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting</t>
   </si>
   <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for lamps as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting-2024</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy performance requirements for the following refrigerators: 
+- Refrigerators without a freezer up to 900L: 
+- Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
+Vadj tot) x 0.409]
+- Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
+- “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
+delivers ice on demand externally through a door.
+- “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2025</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
+  </si>
+  <si>
+    <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
+The established MEPS are: 
+Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
+Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
+Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
+COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
+    <t>This policy raises MEPS for single and multi split air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>Singapore Green Labeling Scheme: Televisions Sets</t>
   </si>
   <si>
+    <t>This category establishes criteria for mains-powered television sets consisting of a unit whose main purpose is to receive, reproduce and, if applicable, decode television signals.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-televisions-sets</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Coffee Machine</t>
   </si>
   <si>
+    <t>This category establishes criteria for espresso and coffee machines, which include fully-automatic espresso/coffee machines, hand-operated piston espresso/coffee machines and capsule espresso/coffee machines. The category does not cover espresso/coffee machines with a system to warm cups, or capsule espresso/coffee machines which require capsules made by a certain manufacturer.</t>
+  </si>
+  <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-coffee-machine</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=56</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: LEDs</t>
   </si>
   <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
     <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-leds</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric household refrigerators (with or without low-temperature compartment), refrigerator-freezer combinations and freezers (chest and upright freezers) used as free-standing, built-under or built-in appliances.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-refrigerators-and-freezers</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 392-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EC 392-2012</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-transposition-ec-392-2012</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/EV%20T%C4%B0P%C4%B0%20FIRINLARIN%20VE%20ASP%C4%B0RAT%C3%96RLER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 932-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>EC 932-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-transposition-ec-932-2012</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
   </si>
   <si>
+    <t>Domestic electric and gas ovens including when incorporated into cookers and for domestic electric range hoods including when sold for non-domestic purposes. This Regulation shall not apply to:  a. ovens that use energy sources other than electricity or gas; b. ovens which offer a microwave heating function;  c. small ovens;  d. portable ovens;  e. heat storage ovens</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>EU 65-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens including when incorporated in cookers; domestic hobs and domestic electric range hoods including when sold for non-domestic purposes. This Regulation does not apply to:  a. appliances that use energy sources other than electricity or gas;   b. appliances which offer microwave heating function;   c. small ovens;   d. portable ovens;    e. heat storage ovens;   f. ovens which are heated with steam as a primary heating function;   g. covered gas burners in hobs;   h. outdoor cooking appliances;   i. appliances designed for use only with gases of the third family propane and butane; and    j. grills.</t>
+  </si>
+  <si>
     <t>EU 66-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017-0</t>
   </si>
   <si>
-    <t>EU 65-2014</t>
-[...4 lines deleted...]
-  <si>
     <t>Turkish Official Gazette No 31434 | Comminique on Ecodesign Requirements for Household Dishwashers (2019/2022/EU) (SGM:2021/1)</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-comminique-ecodesign-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-1.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices (2019/2016/EU) (SGM:2021/8)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. This Regulation shall apply to electric mains-operated household refrigerating appliances including those sold for non-household use or for the refrigeration of items other than foodstuffs and including built-in appliances. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated. This Regulation shall not apply to:    a. refrigerating appliances that are primarily powered by energy sources other than electricity such as liquefied petroleum gas LPG kerosene and bio-diesel fuels;   b. battery-operated refrigerating appliances that can be connected to the mains through an AC|DC converter purchased separately;    c. custom-made refrigerating appliances made on a one-off basis and not equivalent to other refrigerating appliance models;   d. refrigerating appliances for tertiary sector application where the removal of refrigerated foodstuffs is electronically sensed and that information can be automatically transmitted through a network connection to a remote control system for accounting;    e. appliances where the primary function is not the storage of foodstuffs through refrigeration such as stand-alone ice-makers or chilled drinks dispensers.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-20192016eu-sgm20218</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design of Household Washing Machines with Dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-household-washing-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-household-washing</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-3.htm</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices (2019/2019/EU) (SGM:2021/7)</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Home Type Dishwasher Energy of Machines Notification on Labeling (2019/2017/EU) (SGM:2021/2)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.  This policy is a transposition of (EU) 2019/2017.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-home-type-dishwasher-energy-machines-notification</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-2.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Household Laundry Environmentally Friendly Design of Household Washing Machines and Dryers Communiqué on Requirements (2019/2023/EU) (SGM:2021/3)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-household-laundry-environmentally-friendly-design</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-4.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Energy Labeling of Light Sources (2019/2015/EU) (SGM:2021/12)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on, light sources with or without integrated control gear. The requirements also apply to light sources placed on the market in a containing product. This policy does not apply to light sources specified in points 1 and 2 of Annex IV of Commission Delegated Regulation (EU) 2019/2015. Light sources specified in point 3 of Annex IV must comply only with the requirements in point 4 of Annex V of Commission Delegated Regulation (EU) 2019/2015. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2015.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-energy-labeling-light-sources-20192015eu-sgm202112</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/08/20210806-16.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 29564 - Energy Labeling of Televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor</t>
+  </si>
+  <si>
     <t>EC 1062-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29564-energy-labeling-televisions</t>
+  </si>
+  <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/TELEV%C4%B0ZYONLARIN%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -774,1405 +937,1588 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N30"/>
+  <dimension ref="A1:P30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="214" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="214.662" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1702.156" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="196.952" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="274.79" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2"/>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...4 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>8</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3">
+        <v>2014</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5">
+        <v>2024</v>
+      </c>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...25 lines deleted...]
-      <c r="H3">
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>36</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>8</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6">
         <v>2014</v>
       </c>
-      <c r="I3" t="s">
-[...8 lines deleted...]
-      <c r="L3" t="s">
+      <c r="J6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>51</v>
+      </c>
+      <c r="M6" t="s">
+        <v>36</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>50</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>55</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2011</v>
+      </c>
+      <c r="I7">
+        <v>2022</v>
+      </c>
+      <c r="J7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>56</v>
+      </c>
+      <c r="M7" t="s">
+        <v>36</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
         <v>32</v>
       </c>
-      <c r="M3" t="s">
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>55</v>
+      </c>
+      <c r="G8" t="s">
+        <v>8</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8">
+        <v>2022</v>
+      </c>
+      <c r="J8" t="s">
+        <v>34</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...4 lines deleted...]
-      <c r="A4" t="s">
+      <c r="L8" t="s">
+        <v>61</v>
+      </c>
+      <c r="M8" t="s">
+        <v>36</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>62</v>
+      </c>
+      <c r="P8" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>64</v>
+      </c>
+      <c r="B9" t="s">
+        <v>65</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>66</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>55</v>
+      </c>
+      <c r="G9" t="s">
+        <v>42</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
         <v>34</v>
       </c>
-      <c r="B4" t="s">
-[...14 lines deleted...]
-      <c r="G4">
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>67</v>
+      </c>
+      <c r="M9" t="s">
+        <v>36</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>68</v>
+      </c>
+      <c r="P9" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>69</v>
+      </c>
+      <c r="B10" t="s">
+        <v>70</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>41</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>55</v>
+      </c>
+      <c r="G10" t="s">
+        <v>8</v>
+      </c>
+      <c r="H10">
         <v>2015</v>
       </c>
-      <c r="H4">
-[...12 lines deleted...]
-      <c r="M4" t="s">
+      <c r="I10">
+        <v>2024</v>
+      </c>
+      <c r="J10" t="s">
+        <v>46</v>
+      </c>
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
+      <c r="L10"/>
+      <c r="M10" t="s">
         <v>36</v>
       </c>
-    </row>
-[...35 lines deleted...]
-      <c r="M5" t="s">
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>71</v>
+      </c>
+      <c r="P10" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>72</v>
+      </c>
+      <c r="B11" t="s">
+        <v>73</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>74</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>55</v>
+      </c>
+      <c r="G11" t="s">
+        <v>42</v>
+      </c>
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11">
+        <v>2022</v>
+      </c>
+      <c r="J11" t="s">
+        <v>34</v>
+      </c>
+      <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-[...34 lines deleted...]
-      <c r="K6" t="s">
+      <c r="L11" t="s">
+        <v>75</v>
+      </c>
+      <c r="M11" t="s">
+        <v>36</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>76</v>
+      </c>
+      <c r="P11" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>77</v>
+      </c>
+      <c r="B12" t="s">
+        <v>78</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>74</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>55</v>
+      </c>
+      <c r="G12" t="s">
+        <v>8</v>
+      </c>
+      <c r="H12">
+        <v>2011</v>
+      </c>
+      <c r="I12">
+        <v>2025</v>
+      </c>
+      <c r="J12" t="s">
+        <v>46</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>36</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>79</v>
+      </c>
+      <c r="P12" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>80</v>
+      </c>
+      <c r="B13" t="s">
+        <v>81</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>50</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>55</v>
+      </c>
+      <c r="G13" t="s">
         <v>42</v>
       </c>
-      <c r="L6" t="s">
-[...2 lines deleted...]
-      <c r="M6" t="s">
+      <c r="H13">
+        <v>2011</v>
+      </c>
+      <c r="I13">
+        <v>2022</v>
+      </c>
+      <c r="J13" t="s">
+        <v>34</v>
+      </c>
+      <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="N6" t="s">
-[...22 lines deleted...]
-      <c r="G7">
+      <c r="L13" t="s">
+        <v>82</v>
+      </c>
+      <c r="M13" t="s">
+        <v>36</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>83</v>
+      </c>
+      <c r="P13" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>84</v>
+      </c>
+      <c r="B14" t="s">
+        <v>85</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>50</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>55</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
         <v>2011</v>
       </c>
-      <c r="H7">
-[...8 lines deleted...]
-      <c r="K7" t="s">
+      <c r="I14">
+        <v>2025</v>
+      </c>
+      <c r="J14" t="s">
         <v>46</v>
       </c>
-      <c r="L7" t="s">
-[...2 lines deleted...]
-      <c r="M7" t="s">
+      <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="N7" t="s">
-[...140 lines deleted...]
-      <c r="C11" t="s">
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>36</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>86</v>
+      </c>
+      <c r="P14" t="s">
         <v>58</v>
       </c>
-      <c r="D11" t="s">
-[...161 lines deleted...]
-    <row r="15" spans="1:14">
+    </row>
+    <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>69</v>
+        <v>87</v>
       </c>
       <c r="B15" t="s">
-        <v>15</v>
+        <v>88</v>
       </c>
       <c r="C15" t="s">
-        <v>70</v>
+        <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>71</v>
+        <v>89</v>
       </c>
       <c r="E15" t="s">
-        <v>72</v>
+        <v>90</v>
       </c>
       <c r="F15" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>91</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
       </c>
       <c r="H15">
         <v>2012</v>
       </c>
-      <c r="I15" t="s">
-        <v>73</v>
+      <c r="I15">
+        <v>2012</v>
       </c>
       <c r="J15" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>92</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
       <c r="M15" t="s">
-        <v>24</v>
+        <v>93</v>
       </c>
       <c r="N15" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>94</v>
+      </c>
+      <c r="P15" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="B16" t="s">
-        <v>15</v>
+        <v>97</v>
       </c>
       <c r="C16" t="s">
-        <v>77</v>
+        <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>71</v>
+        <v>98</v>
       </c>
       <c r="E16" t="s">
-        <v>72</v>
+        <v>90</v>
       </c>
       <c r="F16" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>91</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
       </c>
       <c r="H16">
         <v>2012</v>
       </c>
-      <c r="I16" t="s">
-        <v>73</v>
+      <c r="I16">
+        <v>2012</v>
       </c>
       <c r="J16" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L16" t="s">
+        <v>92</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>93</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>99</v>
+      </c>
+      <c r="P16" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>101</v>
+      </c>
+      <c r="B17" t="s">
+        <v>102</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>103</v>
+      </c>
+      <c r="E17" t="s">
+        <v>90</v>
+      </c>
+      <c r="F17" t="s">
+        <v>91</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2012</v>
+      </c>
+      <c r="I17">
+        <v>2017</v>
+      </c>
+      <c r="J17" t="s">
+        <v>104</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>93</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>105</v>
+      </c>
+      <c r="P17" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>107</v>
+      </c>
+      <c r="B18" t="s">
+        <v>108</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
         <v>74</v>
       </c>
-      <c r="M16" t="s">
-[...60 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>72</v>
+        <v>90</v>
       </c>
       <c r="F18" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>91</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
       </c>
       <c r="H18">
         <v>2012</v>
       </c>
-      <c r="I18" t="s">
-        <v>73</v>
+      <c r="I18">
+        <v>2012</v>
       </c>
       <c r="J18" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>92</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
       <c r="M18" t="s">
+        <v>93</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>109</v>
+      </c>
+      <c r="P18" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>110</v>
+      </c>
+      <c r="B19" t="s">
+        <v>111</v>
+      </c>
+      <c r="C19" t="s">
+        <v>112</v>
+      </c>
+      <c r="D19" t="s">
+        <v>32</v>
+      </c>
+      <c r="E19" t="s">
+        <v>90</v>
+      </c>
+      <c r="F19" t="s">
+        <v>33</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2002</v>
+      </c>
+      <c r="I19">
+        <v>2015</v>
+      </c>
+      <c r="J19" t="s">
+        <v>113</v>
+      </c>
+      <c r="K19" t="s">
+        <v>114</v>
+      </c>
+      <c r="L19" t="s">
+        <v>115</v>
+      </c>
+      <c r="M19" t="s">
+        <v>116</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>117</v>
+      </c>
+      <c r="P19" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>119</v>
+      </c>
+      <c r="B20" t="s">
+        <v>120</v>
+      </c>
+      <c r="C20" t="s">
+        <v>112</v>
+      </c>
+      <c r="D20" t="s">
+        <v>32</v>
+      </c>
+      <c r="E20" t="s">
+        <v>90</v>
+      </c>
+      <c r="F20" t="s">
+        <v>55</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20">
+        <v>2015</v>
+      </c>
+      <c r="J20" t="s">
+        <v>113</v>
+      </c>
+      <c r="K20" t="s">
+        <v>114</v>
+      </c>
+      <c r="L20" t="s">
+        <v>121</v>
+      </c>
+      <c r="M20" t="s">
+        <v>116</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>122</v>
+      </c>
+      <c r="P20" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>123</v>
+      </c>
+      <c r="B21" t="s">
+        <v>124</v>
+      </c>
+      <c r="C21" t="s">
+        <v>112</v>
+      </c>
+      <c r="D21" t="s">
+        <v>125</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>33</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2011</v>
+      </c>
+      <c r="I21">
+        <v>2014</v>
+      </c>
+      <c r="J21" t="s">
+        <v>34</v>
+      </c>
+      <c r="K21" t="s">
+        <v>114</v>
+      </c>
+      <c r="L21" t="s">
+        <v>126</v>
+      </c>
+      <c r="M21" t="s">
+        <v>116</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>127</v>
+      </c>
+      <c r="P21" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>123</v>
+      </c>
+      <c r="B22" t="s">
+        <v>129</v>
+      </c>
+      <c r="C22" t="s">
+        <v>112</v>
+      </c>
+      <c r="D22" t="s">
+        <v>125</v>
+      </c>
+      <c r="E22" t="s">
+        <v>90</v>
+      </c>
+      <c r="F22" t="s">
+        <v>55</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2015</v>
+      </c>
+      <c r="I22">
+        <v>2017</v>
+      </c>
+      <c r="J22" t="s">
+        <v>34</v>
+      </c>
+      <c r="K22" t="s">
+        <v>114</v>
+      </c>
+      <c r="L22" t="s">
+        <v>130</v>
+      </c>
+      <c r="M22" t="s">
+        <v>116</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>131</v>
+      </c>
+      <c r="P22" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>132</v>
+      </c>
+      <c r="B23" t="s">
+        <v>133</v>
+      </c>
+      <c r="C23" t="s">
+        <v>112</v>
+      </c>
+      <c r="D23" t="s">
+        <v>134</v>
+      </c>
+      <c r="E23" t="s">
+        <v>90</v>
+      </c>
+      <c r="F23" t="s">
+        <v>55</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2011</v>
+      </c>
+      <c r="I23">
+        <v>2021</v>
+      </c>
+      <c r="J23" t="s">
+        <v>34</v>
+      </c>
+      <c r="K23" t="s">
         <v>24</v>
       </c>
-      <c r="N18" t="s">
-[...22 lines deleted...]
-      <c r="G19">
+      <c r="L23" t="s">
+        <v>135</v>
+      </c>
+      <c r="M23" t="s">
+        <v>116</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>136</v>
+      </c>
+      <c r="P23" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>138</v>
+      </c>
+      <c r="B24" t="s">
+        <v>139</v>
+      </c>
+      <c r="C24" t="s">
+        <v>112</v>
+      </c>
+      <c r="D24" t="s">
+        <v>140</v>
+      </c>
+      <c r="E24" t="s">
+        <v>90</v>
+      </c>
+      <c r="F24" t="s">
+        <v>33</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
         <v>2002</v>
       </c>
-      <c r="H19">
+      <c r="I24">
+        <v>2021</v>
+      </c>
+      <c r="J24" t="s">
+        <v>34</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>141</v>
+      </c>
+      <c r="M24" t="s">
+        <v>116</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>142</v>
+      </c>
+      <c r="P24" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>144</v>
+      </c>
+      <c r="B25" t="s">
+        <v>145</v>
+      </c>
+      <c r="C25" t="s">
+        <v>112</v>
+      </c>
+      <c r="D25" t="s">
+        <v>146</v>
+      </c>
+      <c r="E25" t="s">
+        <v>90</v>
+      </c>
+      <c r="F25" t="s">
+        <v>55</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2011</v>
+      </c>
+      <c r="I25">
+        <v>2021</v>
+      </c>
+      <c r="J25" t="s">
+        <v>34</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>135</v>
+      </c>
+      <c r="M25" t="s">
+        <v>116</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>147</v>
+      </c>
+      <c r="P25" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>149</v>
+      </c>
+      <c r="B26" t="s">
+        <v>150</v>
+      </c>
+      <c r="C26" t="s">
+        <v>112</v>
+      </c>
+      <c r="D26" t="s">
+        <v>140</v>
+      </c>
+      <c r="E26" t="s">
+        <v>90</v>
+      </c>
+      <c r="F26" t="s">
+        <v>55</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2011</v>
+      </c>
+      <c r="I26">
+        <v>2021</v>
+      </c>
+      <c r="J26" t="s">
+        <v>34</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>151</v>
+      </c>
+      <c r="M26" t="s">
+        <v>116</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>152</v>
+      </c>
+      <c r="P26" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>154</v>
+      </c>
+      <c r="B27" t="s">
+        <v>155</v>
+      </c>
+      <c r="C27" t="s">
+        <v>112</v>
+      </c>
+      <c r="D27" t="s">
+        <v>134</v>
+      </c>
+      <c r="E27" t="s">
+        <v>90</v>
+      </c>
+      <c r="F27" t="s">
+        <v>33</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2002</v>
+      </c>
+      <c r="I27">
+        <v>2021</v>
+      </c>
+      <c r="J27" t="s">
+        <v>34</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>156</v>
+      </c>
+      <c r="M27" t="s">
+        <v>116</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>157</v>
+      </c>
+      <c r="P27" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>159</v>
+      </c>
+      <c r="B28" t="s">
+        <v>160</v>
+      </c>
+      <c r="C28" t="s">
+        <v>112</v>
+      </c>
+      <c r="D28" t="s">
+        <v>146</v>
+      </c>
+      <c r="E28" t="s">
+        <v>90</v>
+      </c>
+      <c r="F28" t="s">
+        <v>33</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2002</v>
+      </c>
+      <c r="I28">
+        <v>2021</v>
+      </c>
+      <c r="J28" t="s">
+        <v>34</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>161</v>
+      </c>
+      <c r="M28" t="s">
+        <v>116</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>162</v>
+      </c>
+      <c r="P28" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>164</v>
+      </c>
+      <c r="B29" t="s">
+        <v>165</v>
+      </c>
+      <c r="C29" t="s">
+        <v>112</v>
+      </c>
+      <c r="D29" t="s">
+        <v>166</v>
+      </c>
+      <c r="E29" t="s">
+        <v>90</v>
+      </c>
+      <c r="F29" t="s">
+        <v>33</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2002</v>
+      </c>
+      <c r="I29">
+        <v>2021</v>
+      </c>
+      <c r="J29" t="s">
+        <v>34</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>167</v>
+      </c>
+      <c r="M29" t="s">
+        <v>116</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>168</v>
+      </c>
+      <c r="P29" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>170</v>
+      </c>
+      <c r="B30" t="s">
+        <v>171</v>
+      </c>
+      <c r="C30" t="s">
+        <v>112</v>
+      </c>
+      <c r="D30" t="s">
+        <v>89</v>
+      </c>
+      <c r="E30" t="s">
+        <v>90</v>
+      </c>
+      <c r="F30" t="s">
+        <v>33</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2012</v>
+      </c>
+      <c r="I30">
         <v>2015</v>
       </c>
-      <c r="I19" t="s">
-[...11 lines deleted...]
-      <c r="M19" t="s">
+      <c r="J30" t="s">
+        <v>113</v>
+      </c>
+      <c r="K30" t="s">
         <v>24</v>
       </c>
-      <c r="N19" t="s">
-[...342 lines deleted...]
-      <c r="K27" t="s">
+      <c r="L30" t="s">
+        <v>172</v>
+      </c>
+      <c r="M30" t="s">
         <v>116</v>
       </c>
-      <c r="L27" t="s">
-[...136 lines deleted...]
-      </c>
       <c r="N30" t="s">
-        <v>127</v>
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>173</v>
+      </c>
+      <c r="P30" t="s">
+        <v>174</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>