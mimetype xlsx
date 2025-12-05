--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,824 +12,1206 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="241">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="362">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Decision 13/2008 Technical requirements for energy-efficient street lights</t>
   </si>
   <si>
+    <t>This document specifies the technical requirements and labeling instructions for energy-efficient street lights.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-132008-technical-requirements-energy-efficient-street-lights</t>
   </si>
   <si>
+    <t>http://thuvienphapluat.vn/van-ban/Linh-vuc-khac/Quyet-dinh-13-2008-QD-BCT-quy-dinh-ve-yeu-cau-ky-thuat-choa-den-chieu-sang-duong-pho-tiet-kiem-nang-luong-67650.aspx</t>
+  </si>
+  <si>
     <t>Decision 4889/QD-BCT LED labeling guidelines</t>
   </si>
   <si>
+    <t>This decision specifies the labeling instructions for LED lamps. Affixing the label is voluntary until December 31, 2019 and will be mandatory from January 1, 2020.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>TCVN 11843:2017, TCVN 11844:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-4889qd-bct-led-labeling-guidelines</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-4889-QD-BCT-2018-cong-bo-tieu-chuan-ky-thuat-hieu-suat-va-dan-nhan-nang-luong-403823.aspx</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>TCVN 10289:2014 Commercial refrigerated cabinets - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for commercial refrigerated cabinets.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>TCVN 10290:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-102892014-commercial-refrigerated-cabinets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-10289-2014-tu-giu-lanh-thuong-mai-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 11844:2017 LED lamps - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for LED lamps.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-118442017-led-lamps-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-11844-2017-den-led-hieu-suat-nang-luong#van-ban-goc</t>
+  </si>
+  <si>
     <t>TCVN 11848:2021 - Notebook computers</t>
+  </si>
+  <si>
+    <t>This standard specifies energy efficiency requirements and methods for determining energy consumption for laptops, two-in-one laptops, all-in-one laptops, tablets, and mobile workstations.  This standard does not apply to client computers, mobile client computers, mobile gaming consoles, point-of-sale (POS) machines, and tablets used in point-of-sale machines. This standard was adopted on 28 December 2021. It will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>TCVN 11847:2017
 ,   
                     IEC 62623:2012
 ,   
                     IEC 61966-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-118482021-notebook-computers</t>
   </si>
   <si>
+    <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-viet-nam-tcvn-11848-2021-bo-khoa-hoc-va-cong-nghe-238464-d3/uploaded/VIETLAWFILE/2022/12/TCVN_11848_2021_TCDLCL_191222115003.pdf.aspx</t>
+  </si>
+  <si>
     <t>TCVN 12666:2019 LED Road and Street Lighting Luminaires – Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency levels for LED street and road lighting lamps with a power rating greater than or equal to 20 W, including those with separate power control gear.</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-126662019-led-road-and-street-lighting-luminaires-energy-efficiency</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+12666%3A2019</t>
+  </si>
+  <si>
     <t>TCVN 13256:2021 VRF/VRV Air Conditioners – Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard specifies the method for determining the performance and energy efficiency of outdoor units (outdoor units) for VRF/VRV air conditioners, using three-phase power sources.</t>
+  </si>
+  <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-132562021-vrfvrv-air-conditioners-energy-efficiency</t>
   </si>
   <si>
     <t>TCVN 13371:2021 - Desktop computers</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency requirements and methods for determining energy consumption for desktop computers, including integrated desktop computers. This standard does not apply to point-of-sale (POS) terminals, workstations, and client computers. This policy enters into force on 1 January 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133712021-desktop-computers</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13371%3A2021</t>
+  </si>
+  <si>
     <t>TCVN 13372:2021 Energy Efficiency for induction hobs</t>
   </si>
   <si>
+    <t>This standard standard specifies the minimum energy efficiency level and the method for determining the energy consumption of an induction cooker. This policy applies to All types of induction cookers with built-in other types of cooking zones such as radiant cooking zones. It will enter into force on 1 January 2025.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133722021-energy-efficiency-induction-hobs</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13372%3A2021</t>
+  </si>
+  <si>
     <t>TCVN 13373:2021 - Infrared cookers</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency levels and methods for determining energy consumption for infrared cookers/hobs. This standard applies to infrared cookers that integrate other types of cooking zones such as induction cooking zones. This policy will enter into force on 1 April 2025.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133732021-infrared-cookers</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13373-2021-Bep-hong-ngoai-Hieu-suat-nang-luong-920208.aspx</t>
+  </si>
+  <si>
     <t>TCVN 7540-1:2013 Three-phase asynchronous squirrel-cage electrical motors - Part 1: energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS for three-phase asynchronous squirrel-cage electrical motors.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>TCVN 7540-2:2013</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-7540-12013-three-phase-asynchronous-squirrel-cage-electrical-motors-part-1-energy</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7540-2013-dong-co-dien-khong-dong-bo-ba-pha-roto-long-soc-phan-1-hieu-suat</t>
+  </si>
+  <si>
     <t>TCVN 7826:2015 Electric fans - Energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for electric fans, including ceiling fans, table fans, wall fans, and pedestal fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>TCVN 7827:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78262015-electric-fans-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7826-2015-quat-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7828:2016 Refrigerator, refrigerator-freezer, and freezer - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for refrigerators, refrigerator-freezers, and freezers.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>TCVN 7829:2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78282016-refrigerator-refrigerator-freezer-and-freezer-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7828-2016-tu-mat-tu-lanh-tu-dong-hieu-suat-nang-luong#van-ban-goc</t>
+  </si>
+  <si>
     <t>TCVN 7830:2015 Non-ducted air conditioners - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>TCVN 6576:2013, TCVN 10273-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78302015-non-ducted-air-conditioners-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7830-2015-may-dieu-hoa-khong-khi-khong-ong-gio-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7830:2021: Energy Efficiency Standard for Non-Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This standard established MEPS for stand-alone and split-type non-ducted air conditioners with:
+→ Hermetic compressors
+→ Air cooling or naturally cooling condensers
+→ Constant speed type or variable frequency types
+→ And a rated cooling capacity that deoes not exceed 12000w (41000 BTU/h)
+The policy will enter into force in 2025.
+This policy does not apply to the following products:
+→ Water cooling condenser type air conditioners
+→ Duct type air conditioners (VRV, VRF, multi air conditioner)
+→ Portable air conditioners
+→ Cassette air conditioners
+→ Stand-Floor air conditioners
+→ Air conditioners with three-phase power supply</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78302021-energy-efficiency-standard-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-tcvn-78302021-may-dieu-hoa-khong-khi-ong-gio-hieu-suat-nang-luong-253650-d3/uploaded/VIETLAWFILE/2023/5/TCVN_7830_2021_TCDLCL_290523085326.pdf.aspx</t>
+  </si>
+  <si>
     <t>TCVN 7896:2015 Compact fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for compact fluorescent lamps (CFL).</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78962015-compact-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7896-2015-bong-den-huynh-quang-compact-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7897:2013 Electronic ballasts for fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for electronic ballasts for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>TCVN 7541-2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78972013-electronic-ballasts-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7897-2013-balat-dien-tu-dung-cho-bong-den-huynh-quang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7898:2018 Storage water heaters - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for storage water heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78982018-storage-water-heaters-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-7898-2018-Binh-dun-nuoc-nong-co-du-tru-dung-cho-muc-dich-gia-dung-918007.aspx</t>
+  </si>
+  <si>
     <t>TCVN 8248:2013 Electromagnetic ballasts for fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for electromagnetic ballasts for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82482013-electromagnetic-ballasts-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8248-2013-balat-dien-tu-dung-cho-bong-den-huynh-quang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8249:2013 Linear tubular fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for linear tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82492013-linear-tubular-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8249-2013-bong-den-huynh-quang-ong-thang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8251:2009 Solar water heaters - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the minimum thermal absorber efficiency and test methods for solar water heaters.</t>
+  </si>
+  <si>
     <t>Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82512009-solar-water-heaters-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8251-2009-thiet-bi-dun-nuoc-nong-bang-nang-luong-mat-troi</t>
+  </si>
+  <si>
     <t>TCVN 8252:2015 Rice cookers - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for rice cookers.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82522015-rice-cookers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8252-2015-noi-com-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8525:2015 Distribution transformers - MEPS and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for distribution transformers.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-85252015-distribution-transformers-meps-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8525-2015-may-bien-ap-phan-phoi-muc-hieu-suat-nang-luong-toi-thieu</t>
+  </si>
+  <si>
     <t>TCVN 8526:2013 Clothes washing machines for household use - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for clothes washing machines for household use.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>IEC 60456:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-85262013-clothes-washing-machines-household-use-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8526-2013-may-giat-gia-dung-hieu-suat-nang-luong-phuong-phap-xac-dinh#toan-van</t>
+  </si>
+  <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
+  </si>
+  <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
+    <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
+The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
+This standard does not apply to boilers used for electricity generation.
+It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
   <si>
     <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for computer monitors.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95082012-computer-monitors-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9508-2012-man-hinh-may-tinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9509:2012 Printers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for printers.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95092012-printers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9509-2012-may-in-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9510:2012 Copiers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for copiers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95102012-copiers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
+It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
+It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
+It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
+  </si>
+  <si>
     <t>TCVN 9536:2012 Television sets - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-television-sets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for televisions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9981:2020 - VRF/VRV air conditioners</t>
+  </si>
+  <si>
+    <t>This policy specifies the method for determining the performance and energy efficiency of outdoor assemblies (outdoor units) for VRF/VRV air conditioners using three-phase power sources. This policy will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>TCVN 9981:2020
 ,   
                     ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-99812020-vrfvrv-air-conditioners</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13256-2021-May-dieu-hoa-khong-khi-VRF-VRV-Hieu-suat-nang-luong-920245.aspx</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | Environmentally Friendly Design Requirements for Servers and Data Storage Products (2019/424/EU) (SGM:2021/15)</t>
   </si>
   <si>
+    <t>This policy applies to servers and covers online data storage products. It does not cover: servers used in embedded applications; servers with Computers and Computer Servers Communiqué on Relevant Environmentally Friendly Design Requirements (2013/617/EU) Classified as small-scale servers according to (SGM:2021/14) servers; servers with more than four processor sockets; server devices; large servers; fully fault tolerant servers; network servers; small data storage products; big data storage products. This policy is a transposition of Commission Regulation (EU) 2019/424.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Servers</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/424</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-environmentally-friendly-design-requirements-servers-and</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 392-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EC 392-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-transposition-ec-392-2012</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/EV%20T%C4%B0P%C4%B0%20FIRINLARIN%20VE%20ASP%C4%B0RAT%C3%96RLER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 932-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>EC 932-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-transposition-ec-932-2012</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 28861 (Transposition of EC 626-2011)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of less than or equal to 12 kW for cooling; or heating; if the product has no cooling function.  This Regulation shall not apply to: appliances that use non-electric energy sources; or  air conditioners of which the condensor- or evaporator-side or both do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>EC 626-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28861-transposition-ec-626-2011</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2017/02/U4E_Policy-Assessment_TUR.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
   </si>
   <si>
+    <t>Domestic electric and gas ovens including when incorporated into cookers and for domestic electric range hoods including when sold for non-domestic purposes. This Regulation shall not apply to:  a. ovens that use energy sources other than electricity or gas; b. ovens which offer a microwave heating function;  c. small ovens;  d. portable ovens;  e. heat storage ovens</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>EU 65-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens including when incorporated in cookers; domestic hobs and domestic electric range hoods including when sold for non-domestic purposes. This Regulation does not apply to:  a. appliances that use energy sources other than electricity or gas;   b. appliances which offer microwave heating function;   c. small ovens;   d. portable ovens;    e. heat storage ovens;   f. ovens which are heated with steam as a primary heating function;   g. covered gas burners in hobs;   h. outdoor cooking appliances;   i. appliances designed for use only with gases of the third family propane and butane; and    j. grills.</t>
+  </si>
+  <si>
     <t>EU 66-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017-0</t>
   </si>
   <si>
-    <t>EU 65-2014</t>
-[...4 lines deleted...]
-  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 666-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 666-2013 of 8 July 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-666-2013</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 29564 - Amending No 29236 | transposition of EC 665-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 665-2013 of 3 May 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29564-amending-no-29236-transposition-ec-665-2013</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/ELEKTR%C4%B0KL%C4%B0%20S%C3%9CP%C3%9CRGELER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Comminique on Ecodesign Requirements for Household Dishwashers (2019/2022/EU) (SGM:2021/1)</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-comminique-ecodesign-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-1.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices (2019/2016/EU) (SGM:2021/8)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. This Regulation shall apply to electric mains-operated household refrigerating appliances including those sold for non-household use or for the refrigeration of items other than foodstuffs and including built-in appliances. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated. This Regulation shall not apply to:    a. refrigerating appliances that are primarily powered by energy sources other than electricity such as liquefied petroleum gas LPG kerosene and bio-diesel fuels;   b. battery-operated refrigerating appliances that can be connected to the mains through an AC|DC converter purchased separately;    c. custom-made refrigerating appliances made on a one-off basis and not equivalent to other refrigerating appliance models;   d. refrigerating appliances for tertiary sector application where the removal of refrigerated foodstuffs is electronically sensed and that information can be automatically transmitted through a network connection to a remote control system for accounting;    e. appliances where the primary function is not the storage of foodstuffs through refrigeration such as stand-alone ice-makers or chilled drinks dispensers.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-20192016eu-sgm20218</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices with Direct Sales Function (2019/2018/EU) (SGM:2021/10)</t>
+  </si>
+  <si>
+    <t>This policy defines energy labeling requirements for refrigerating appliances with a direct sales function, including supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, small ice-cream freezers, gelato-scooping cabinets, and refrigerated vending machines. It does not apply to Minibars and wine storage appliances with sales functions. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council about energy labelling of refrigerating appliances with a direct sales function.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>EN 16901
 ,   
                     EN 16902
 ,   
                     EN 50597
 ,   
                     EN ISO 23953-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-direct-sales-function</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 |  Energy Labeling of Electronic Displays (2019/2013/EU) (SGM:2021/6)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on electronic displays, including televisions, monitors, and digital signage displays. This policy applies to electronic displays with a screen area greater than 100 square centimeters. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2013 .</t>
+  </si>
+  <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-electronic-displays-20192013eu-sgm20216</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design of Household Washing Machines with Dryers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-household-washing-0</t>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-household-washing</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-3.htm</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices (2019/2019/EU) (SGM:2021/7)</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices with Direct Sales Function (2019/2024/EU) (SGM:2021/9)</t>
   </si>
   <si>
+    <t>This policy applies to the following refrigerating appliances with a direct sales function: supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, ice-cream freezers, gelato-scooping cabinets and refrigerated vending machines.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-9.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Electronic Displays (2019/2021/EU) (SGM:2021/5)</t>
   </si>
   <si>
+    <t>This policy establishes a minimum energy performance standard for electronic displays, including televisions, monitors, and digital signage displays with a liquid crystal screen (LCD) and a screen area greater than 100 square centimeters. This policy is a transposition of Commission Regulation (EU) 2019/2021.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-electronic</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-5.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Home Type Dishwasher Energy of Machines Notification on Labeling (2019/2017/EU) (SGM:2021/2)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.  This policy is a transposition of (EU) 2019/2017.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-home-type-dishwasher-energy-machines-notification</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-2.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Household Laundry Environmentally Friendly Design of Household Washing Machines and Dryers Communiqué on Requirements (2019/2023/EU) (SGM:2021/3)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-household-laundry-environmentally-friendly-design</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-4.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Energy Labeling of Light Sources (2019/2015/EU) (SGM:2021/12)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on, light sources with or without integrated control gear. The requirements also apply to light sources placed on the market in a containing product. This policy does not apply to light sources specified in points 1 and 2 of Annex IV of Commission Delegated Regulation (EU) 2019/2015. Light sources specified in point 3 of Annex IV must comply only with the requirements in point 4 of Annex V of Commission Delegated Regulation (EU) 2019/2015. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2015.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-energy-labeling-light-sources-20192015eu-sgm202112</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/08/20210806-16.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
+  </si>
+  <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Solid Fuel Boilers and Packages of Solid Fuel Boilers, Additional Heaters, Temperature Control Devices and Solar Energy Devices (2015/1187/EU) (SGM: 2022/31)</t>
   </si>
   <si>
+    <t>This policy defines the energy labeling of and the provision of supplementary product information on solid fuel boilers with a rated heat output of 70 kW or less and packages of a solid fuel boiler with a rated heat output of 70 kW or less, supplementary heaters, temperature controls, and solar devices. It does not apply to boilers generating heat only for hot drinking or sanitary water; boilers for heating and distributing gaseous heat transfer media such as vapor or air; solid fuel cogeneration boilers with a maximum electrical capacity of 50 kW or more; non-woody biomass boilers. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1187.</t>
+  </si>
+  <si>
     <t>Electricity, Solar, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-energy-labeling-solid-fuel-boilers-and-packages-solid</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Space Heaters (2015/1186/EU) (SGM: 2022/30)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the energy labeling of, and the provision of supplementary product information on local space heaters with a nominal heat output of 50 kW or less. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1186.</t>
+  </si>
+  <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-energy-labeling-space-heaters-20151186eu-sgm-202230</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Boilers (2015/1189/EU) (SGM: 2022/33)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel boilers with a rated heat output of 500 kilowatts (‘kW’) or less, including those integrated in packages of a solid fuel boiler, supplementary heaters, temperature controls, and solar devices as defined in Article 2 of Delegated Regulation (EU) 2015/1187. This policy is a transposition of Commission Regulation (EU) 2015/1189.</t>
+  </si>
+  <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1189</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Space Heaters (2015/1185/EU) (SGM: 2022/29)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. It does not apply to solid fuel local space heaters that are specified for the combustion of non-woody biomass only; solid fuel local space heaters that are specified for outdoor use only; solid fuel local space heaters of which the direct heat output is less than 6 % of the combined direct and indirect heat output at nominal heat output; solid fuel local space heaters that are not factory assembled, or are not provided as prefabricated components or parts by a single manufacturer which are to be assembled on site; air heating products; or sauna stoves. This policy is a transposition of Commission Regulation (EU) 2015/1185.</t>
+  </si>
+  <si>
     <t>Biomass, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1185</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-fuel</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Space Heaters (2015/1188/EU) (SGM: 2022/32)</t>
   </si>
   <si>
+    <t>This policy applies to local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less. This policy is a transposition of Commission Regulation (EU) 2015/1188.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-space</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-9.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 26897</t>
   </si>
   <si>
+    <t>This Regulation provides minimum energy efficiency and labeling for new hot water boilers with nominal output power less than 4 kW and not more than 400 kW</t>
+  </si>
+  <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Council Directive 92/42/EEC of 21 May 1992</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-26897</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/verimlilik/document/Sicaksu_Kazanlarinin_Verimlilik_Yonetmeligi.doc</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 29564 - Energy Labeling of Televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor</t>
+  </si>
+  <si>
     <t>EC 1062-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29564-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/TELEV%C4%B0ZYONLARIN%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>UEVEP-E5 - implementing minimum performance standards for transformers</t>
   </si>
   <si>
+    <t>power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications</t>
+  </si>
+  <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Industrial Sector, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uevep-e5-implementing-minimum-performance-standards-transformers</t>
   </si>
   <si>
     <t>Vietnam Decision No. 51/2011/QD-TTg</t>
   </si>
   <si>
+    <t>Import, manufacture, and circulation of incandescent lamps with a power output higher than 60W will be banned from January 1, 2013.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vietnam-decision-no-512011qd-ttg</t>
+  </si>
+  <si>
+    <t>http://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-51-2011-QD-TTg-danh-muc-phuong-tien-thiet-bi-phai-dan-nhan-nang-129033.aspx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1093,2861 +1475,3244 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N65"/>
+  <dimension ref="A1:P65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1702.156" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="301.926" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2017</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>39</v>
+      </c>
+      <c r="G4" t="s">
+        <v>40</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4">
+        <v>2023</v>
+      </c>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>41</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>47</v>
+      </c>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2017</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H7">
+        <v>2017</v>
+      </c>
+      <c r="I7">
+        <v>2021</v>
+      </c>
+      <c r="J7" t="s">
+        <v>41</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>58</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>59</v>
+      </c>
+      <c r="P7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2019</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>63</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>64</v>
+      </c>
+      <c r="P8" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>68</v>
+      </c>
+      <c r="E9" t="s">
+        <v>69</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2021</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>63</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9"/>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>71</v>
+      </c>
+      <c r="B10" t="s">
+        <v>72</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>57</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H10">
+        <v>2017</v>
+      </c>
+      <c r="I10">
+        <v>2021</v>
+      </c>
+      <c r="J10" t="s">
+        <v>41</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>58</v>
+      </c>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>73</v>
+      </c>
+      <c r="P10" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>75</v>
+      </c>
+      <c r="B11" t="s">
+        <v>76</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>77</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>78</v>
+      </c>
+      <c r="H11">
+        <v>2021</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>41</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>79</v>
+      </c>
+      <c r="P11" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>81</v>
+      </c>
+      <c r="B12" t="s">
+        <v>82</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>83</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>78</v>
+      </c>
+      <c r="H12">
+        <v>2021</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>41</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>84</v>
+      </c>
+      <c r="P12" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>86</v>
+      </c>
+      <c r="B13" t="s">
+        <v>87</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>88</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>40</v>
+      </c>
+      <c r="H13">
+        <v>2005</v>
+      </c>
+      <c r="I13">
+        <v>2015</v>
+      </c>
+      <c r="J13" t="s">
+        <v>41</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>89</v>
+      </c>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
+        <v>90</v>
+      </c>
+      <c r="O13" t="s">
+        <v>91</v>
+      </c>
+      <c r="P13" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>93</v>
+      </c>
+      <c r="B14" t="s">
+        <v>94</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>95</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>96</v>
+      </c>
+      <c r="G14" t="s">
+        <v>40</v>
+      </c>
+      <c r="H14">
+        <v>2007</v>
+      </c>
+      <c r="I14">
+        <v>2020</v>
+      </c>
+      <c r="J14" t="s">
+        <v>41</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>97</v>
+      </c>
+      <c r="M14" t="s">
+        <v>25</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>98</v>
+      </c>
+      <c r="P14" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>100</v>
+      </c>
+      <c r="B15" t="s">
+        <v>101</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>102</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>40</v>
+      </c>
+      <c r="H15">
+        <v>2007</v>
+      </c>
+      <c r="I15">
+        <v>2015</v>
+      </c>
+      <c r="J15" t="s">
+        <v>41</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>103</v>
+      </c>
+      <c r="M15" t="s">
+        <v>25</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>104</v>
+      </c>
+      <c r="P15" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>106</v>
+      </c>
+      <c r="B16" t="s">
+        <v>107</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>108</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>40</v>
+      </c>
+      <c r="H16">
+        <v>2007</v>
+      </c>
+      <c r="I16">
+        <v>2020</v>
+      </c>
+      <c r="J16" t="s">
+        <v>41</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>109</v>
+      </c>
+      <c r="M16" t="s">
+        <v>25</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>110</v>
+      </c>
+      <c r="P16" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>112</v>
+      </c>
+      <c r="B17" t="s">
+        <v>113</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>108</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>78</v>
+      </c>
+      <c r="H17">
+        <v>2021</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>41</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>25</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>114</v>
+      </c>
+      <c r="P17" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>116</v>
+      </c>
+      <c r="B18" t="s">
+        <v>117</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>118</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>40</v>
+      </c>
+      <c r="H18">
         <v>2008</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I18">
+        <v>2015</v>
+      </c>
+      <c r="J18" t="s">
+        <v>41</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>25</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>119</v>
+      </c>
+      <c r="P18" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>121</v>
+      </c>
+      <c r="B19" t="s">
+        <v>122</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>123</v>
+      </c>
+      <c r="E19" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G19" t="s">
+        <v>40</v>
+      </c>
+      <c r="H19">
+        <v>2008</v>
+      </c>
+      <c r="I19">
+        <v>2015</v>
+      </c>
+      <c r="J19" t="s">
+        <v>41</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>124</v>
+      </c>
+      <c r="M19" t="s">
+        <v>25</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>125</v>
+      </c>
+      <c r="P19" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>127</v>
+      </c>
+      <c r="B20" t="s">
+        <v>128</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>129</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>40</v>
+      </c>
+      <c r="H20">
+        <v>2009</v>
+      </c>
+      <c r="I20">
+        <v>2018</v>
+      </c>
+      <c r="J20" t="s">
+        <v>41</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>25</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>130</v>
+      </c>
+      <c r="P20" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>132</v>
+      </c>
+      <c r="B21" t="s">
+        <v>133</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>123</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>40</v>
+      </c>
+      <c r="H21">
+        <v>2009</v>
+      </c>
+      <c r="I21">
+        <v>2013</v>
+      </c>
+      <c r="J21" t="s">
+        <v>41</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>124</v>
+      </c>
+      <c r="M21" t="s">
+        <v>25</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>134</v>
+      </c>
+      <c r="P21" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>136</v>
+      </c>
+      <c r="B22" t="s">
+        <v>137</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>118</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>40</v>
+      </c>
+      <c r="H22">
+        <v>2009</v>
+      </c>
+      <c r="I22">
+        <v>2013</v>
+      </c>
+      <c r="J22" t="s">
+        <v>41</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>25</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>138</v>
+      </c>
+      <c r="P22" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>140</v>
+      </c>
+      <c r="B23" t="s">
+        <v>141</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>129</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H23">
+        <v>2009</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K23" t="s">
+        <v>142</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...18 lines deleted...]
-      <c r="I3" t="s">
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>143</v>
+      </c>
+      <c r="P23" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>145</v>
+      </c>
+      <c r="B24" t="s">
+        <v>146</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>147</v>
+      </c>
+      <c r="E24" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F24" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...97 lines deleted...]
-      <c r="A6" t="s">
+      <c r="G24" t="s">
         <v>40</v>
-      </c>
-[...774 lines deleted...]
-        <v>2015</v>
       </c>
       <c r="H24">
         <v>2015</v>
       </c>
-      <c r="I24" t="s">
-        <v>34</v>
+      <c r="I24">
+        <v>2015</v>
       </c>
       <c r="J24" t="s">
+        <v>41</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>25</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>148</v>
+      </c>
+      <c r="P24" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>150</v>
+      </c>
+      <c r="B25" t="s">
+        <v>151</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>152</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
         <v>21</v>
       </c>
-      <c r="K24"/>
-      <c r="L24" t="s">
+      <c r="G25" t="s">
+        <v>40</v>
+      </c>
+      <c r="H25">
+        <v>2010</v>
+      </c>
+      <c r="I25">
+        <v>2015</v>
+      </c>
+      <c r="J25" t="s">
+        <v>41</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>25</v>
+      </c>
+      <c r="N25" t="s">
+        <v>90</v>
+      </c>
+      <c r="O25" t="s">
+        <v>153</v>
+      </c>
+      <c r="P25" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>155</v>
+      </c>
+      <c r="B26" t="s">
+        <v>156</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>157</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>40</v>
+      </c>
+      <c r="H26">
+        <v>2010</v>
+      </c>
+      <c r="I26">
+        <v>2013</v>
+      </c>
+      <c r="J26" t="s">
+        <v>41</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>158</v>
+      </c>
+      <c r="M26" t="s">
+        <v>25</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>159</v>
+      </c>
+      <c r="P26" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>161</v>
+      </c>
+      <c r="B27" t="s">
+        <v>162</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>163</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>40</v>
+      </c>
+      <c r="H27">
+        <v>2010</v>
+      </c>
+      <c r="I27">
+        <v>2019</v>
+      </c>
+      <c r="J27" t="s">
+        <v>41</v>
+      </c>
+      <c r="K27" t="s">
+        <v>164</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>25</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>165</v>
+      </c>
+      <c r="P27" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>167</v>
+      </c>
+      <c r="B28" t="s">
+        <v>168</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>163</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>40</v>
+      </c>
+      <c r="H28">
+        <v>2010</v>
+      </c>
+      <c r="I28">
+        <v>2019</v>
+      </c>
+      <c r="J28" t="s">
+        <v>63</v>
+      </c>
+      <c r="K28" t="s">
+        <v>164</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>25</v>
+      </c>
+      <c r="N28" t="s">
+        <v>90</v>
+      </c>
+      <c r="O28" t="s">
+        <v>169</v>
+      </c>
+      <c r="P28" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>170</v>
+      </c>
+      <c r="B29" t="s">
+        <v>171</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>172</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>40</v>
+      </c>
+      <c r="H29">
+        <v>2012</v>
+      </c>
+      <c r="I29">
+        <v>2015</v>
+      </c>
+      <c r="J29" t="s">
+        <v>41</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>173</v>
+      </c>
+      <c r="M29" t="s">
+        <v>25</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>174</v>
+      </c>
+      <c r="P29" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>176</v>
+      </c>
+      <c r="B30" t="s">
+        <v>177</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>178</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>40</v>
+      </c>
+      <c r="H30">
+        <v>2012</v>
+      </c>
+      <c r="I30">
+        <v>2015</v>
+      </c>
+      <c r="J30" t="s">
+        <v>41</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>173</v>
+      </c>
+      <c r="M30" t="s">
+        <v>25</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>179</v>
+      </c>
+      <c r="P30" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>181</v>
+      </c>
+      <c r="B31" t="s">
+        <v>182</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>178</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
         <v>22</v>
       </c>
-      <c r="M24" t="s">
+      <c r="H31">
+        <v>2012</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>41</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>173</v>
+      </c>
+      <c r="M31" t="s">
+        <v>25</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>183</v>
+      </c>
+      <c r="P31" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>185</v>
+      </c>
+      <c r="B32" t="s">
+        <v>186</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>187</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>40</v>
+      </c>
+      <c r="H32">
+        <v>2012</v>
+      </c>
+      <c r="I32">
+        <v>2021</v>
+      </c>
+      <c r="J32" t="s">
+        <v>63</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>25</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>188</v>
+      </c>
+      <c r="P32" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>190</v>
+      </c>
+      <c r="B33" t="s">
+        <v>191</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>187</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>40</v>
+      </c>
+      <c r="H33">
+        <v>2012</v>
+      </c>
+      <c r="I33">
+        <v>2015</v>
+      </c>
+      <c r="J33" t="s">
         <v>23</v>
       </c>
-      <c r="N24" t="s">
-[...4 lines deleted...]
-      <c r="A25" t="s">
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>25</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>192</v>
+      </c>
+      <c r="P33" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>194</v>
+      </c>
+      <c r="B34" t="s">
+        <v>195</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>187</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2012</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>41</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>25</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>196</v>
+      </c>
+      <c r="P34" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>198</v>
+      </c>
+      <c r="B35" t="s">
+        <v>199</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>68</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>78</v>
+      </c>
+      <c r="H35">
+        <v>2021</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>41</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>200</v>
+      </c>
+      <c r="M35" t="s">
+        <v>25</v>
+      </c>
+      <c r="N35" t="s">
+        <v>90</v>
+      </c>
+      <c r="O35" t="s">
+        <v>201</v>
+      </c>
+      <c r="P35" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>203</v>
+      </c>
+      <c r="B36" t="s">
+        <v>204</v>
+      </c>
+      <c r="C36" t="s">
+        <v>205</v>
+      </c>
+      <c r="D36" t="s">
+        <v>206</v>
+      </c>
+      <c r="E36" t="s">
+        <v>69</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2021</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>207</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>208</v>
+      </c>
+      <c r="M36" t="s">
+        <v>209</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>210</v>
+      </c>
+      <c r="P36"/>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>211</v>
+      </c>
+      <c r="B37" t="s">
+        <v>212</v>
+      </c>
+      <c r="C37" t="s">
+        <v>205</v>
+      </c>
+      <c r="D37" t="s">
+        <v>213</v>
+      </c>
+      <c r="E37" t="s">
+        <v>69</v>
+      </c>
+      <c r="F37" t="s">
+        <v>214</v>
+      </c>
+      <c r="G37" t="s">
+        <v>40</v>
+      </c>
+      <c r="H37">
+        <v>2002</v>
+      </c>
+      <c r="I37">
+        <v>2015</v>
+      </c>
+      <c r="J37" t="s">
+        <v>215</v>
+      </c>
+      <c r="K37" t="s">
+        <v>216</v>
+      </c>
+      <c r="L37" t="s">
+        <v>217</v>
+      </c>
+      <c r="M37" t="s">
+        <v>209</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>218</v>
+      </c>
+      <c r="P37" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>220</v>
+      </c>
+      <c r="B38" t="s">
+        <v>221</v>
+      </c>
+      <c r="C38" t="s">
+        <v>205</v>
+      </c>
+      <c r="D38" t="s">
+        <v>213</v>
+      </c>
+      <c r="E38" t="s">
+        <v>69</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>40</v>
+      </c>
+      <c r="H38">
+        <v>2013</v>
+      </c>
+      <c r="I38">
+        <v>2015</v>
+      </c>
+      <c r="J38" t="s">
+        <v>215</v>
+      </c>
+      <c r="K38" t="s">
+        <v>216</v>
+      </c>
+      <c r="L38" t="s">
+        <v>222</v>
+      </c>
+      <c r="M38" t="s">
+        <v>209</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>223</v>
+      </c>
+      <c r="P38" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>224</v>
+      </c>
+      <c r="B39" t="s">
+        <v>225</v>
+      </c>
+      <c r="C39" t="s">
+        <v>205</v>
+      </c>
+      <c r="D39" t="s">
+        <v>226</v>
+      </c>
+      <c r="E39" t="s">
+        <v>69</v>
+      </c>
+      <c r="F39" t="s">
+        <v>214</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2006</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>215</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>227</v>
+      </c>
+      <c r="M39" t="s">
+        <v>209</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>228</v>
+      </c>
+      <c r="P39" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>230</v>
+      </c>
+      <c r="B40" t="s">
+        <v>231</v>
+      </c>
+      <c r="C40" t="s">
+        <v>205</v>
+      </c>
+      <c r="D40" t="s">
+        <v>232</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>214</v>
+      </c>
+      <c r="G40" t="s">
+        <v>40</v>
+      </c>
+      <c r="H40">
+        <v>2011</v>
+      </c>
+      <c r="I40">
+        <v>2014</v>
+      </c>
+      <c r="J40" t="s">
+        <v>207</v>
+      </c>
+      <c r="K40" t="s">
+        <v>216</v>
+      </c>
+      <c r="L40" t="s">
+        <v>233</v>
+      </c>
+      <c r="M40" t="s">
+        <v>209</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>234</v>
+      </c>
+      <c r="P40" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>230</v>
+      </c>
+      <c r="B41" t="s">
+        <v>236</v>
+      </c>
+      <c r="C41" t="s">
+        <v>205</v>
+      </c>
+      <c r="D41" t="s">
+        <v>232</v>
+      </c>
+      <c r="E41" t="s">
+        <v>69</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>40</v>
+      </c>
+      <c r="H41">
+        <v>2015</v>
+      </c>
+      <c r="I41">
+        <v>2017</v>
+      </c>
+      <c r="J41" t="s">
+        <v>207</v>
+      </c>
+      <c r="K41" t="s">
+        <v>216</v>
+      </c>
+      <c r="L41" t="s">
+        <v>237</v>
+      </c>
+      <c r="M41" t="s">
+        <v>209</v>
+      </c>
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>238</v>
+      </c>
+      <c r="P41" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>239</v>
+      </c>
+      <c r="B42" t="s">
+        <v>240</v>
+      </c>
+      <c r="C42" t="s">
+        <v>205</v>
+      </c>
+      <c r="D42" t="s">
+        <v>241</v>
+      </c>
+      <c r="E42" t="s">
+        <v>69</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2015</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>207</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>242</v>
+      </c>
+      <c r="M42" t="s">
+        <v>209</v>
+      </c>
+      <c r="N42" t="s">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>243</v>
+      </c>
+      <c r="P42" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>244</v>
+      </c>
+      <c r="B43" t="s">
+        <v>245</v>
+      </c>
+      <c r="C43" t="s">
+        <v>205</v>
+      </c>
+      <c r="D43" t="s">
+        <v>241</v>
+      </c>
+      <c r="E43" t="s">
+        <v>69</v>
+      </c>
+      <c r="F43" t="s">
+        <v>214</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2015</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>215</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>246</v>
+      </c>
+      <c r="M43" t="s">
+        <v>209</v>
+      </c>
+      <c r="N43" t="s">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>247</v>
+      </c>
+      <c r="P43" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>249</v>
+      </c>
+      <c r="B44" t="s">
+        <v>250</v>
+      </c>
+      <c r="C44" t="s">
+        <v>205</v>
+      </c>
+      <c r="D44" t="s">
+        <v>251</v>
+      </c>
+      <c r="E44" t="s">
+        <v>69</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>40</v>
+      </c>
+      <c r="H44">
+        <v>2011</v>
+      </c>
+      <c r="I44">
+        <v>2021</v>
+      </c>
+      <c r="J44" t="s">
+        <v>207</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>252</v>
+      </c>
+      <c r="M44" t="s">
+        <v>209</v>
+      </c>
+      <c r="N44" t="s">
+        <v>26</v>
+      </c>
+      <c r="O44" t="s">
+        <v>253</v>
+      </c>
+      <c r="P44" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>255</v>
+      </c>
+      <c r="B45" t="s">
+        <v>256</v>
+      </c>
+      <c r="C45" t="s">
+        <v>205</v>
+      </c>
+      <c r="D45" t="s">
         <v>102</v>
       </c>
-      <c r="B25" t="s">
-[...23 lines deleted...]
-      <c r="J25" t="s">
+      <c r="E45" t="s">
+        <v>69</v>
+      </c>
+      <c r="F45" t="s">
+        <v>214</v>
+      </c>
+      <c r="G45" t="s">
+        <v>40</v>
+      </c>
+      <c r="H45">
+        <v>2002</v>
+      </c>
+      <c r="I45">
+        <v>2021</v>
+      </c>
+      <c r="J45" t="s">
+        <v>207</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>257</v>
+      </c>
+      <c r="M45" t="s">
+        <v>209</v>
+      </c>
+      <c r="N45" t="s">
+        <v>26</v>
+      </c>
+      <c r="O45" t="s">
+        <v>258</v>
+      </c>
+      <c r="P45" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>260</v>
+      </c>
+      <c r="B46" t="s">
+        <v>261</v>
+      </c>
+      <c r="C46" t="s">
+        <v>205</v>
+      </c>
+      <c r="D46" t="s">
+        <v>262</v>
+      </c>
+      <c r="E46" t="s">
+        <v>69</v>
+      </c>
+      <c r="F46" t="s">
+        <v>214</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2021</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>207</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>263</v>
+      </c>
+      <c r="M46" t="s">
+        <v>209</v>
+      </c>
+      <c r="N46" t="s">
+        <v>26</v>
+      </c>
+      <c r="O46" t="s">
+        <v>264</v>
+      </c>
+      <c r="P46" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>266</v>
+      </c>
+      <c r="B47" t="s">
+        <v>267</v>
+      </c>
+      <c r="C47" t="s">
+        <v>205</v>
+      </c>
+      <c r="D47" t="s">
+        <v>172</v>
+      </c>
+      <c r="E47" t="s">
+        <v>69</v>
+      </c>
+      <c r="F47" t="s">
+        <v>214</v>
+      </c>
+      <c r="G47" t="s">
+        <v>268</v>
+      </c>
+      <c r="H47">
+        <v>2021</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>207</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>269</v>
+      </c>
+      <c r="M47" t="s">
+        <v>209</v>
+      </c>
+      <c r="N47" t="s">
+        <v>26</v>
+      </c>
+      <c r="O47" t="s">
+        <v>270</v>
+      </c>
+      <c r="P47" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>272</v>
+      </c>
+      <c r="B48" t="s">
+        <v>273</v>
+      </c>
+      <c r="C48" t="s">
+        <v>205</v>
+      </c>
+      <c r="D48" t="s">
+        <v>157</v>
+      </c>
+      <c r="E48" t="s">
+        <v>69</v>
+      </c>
+      <c r="F48" t="s">
         <v>21</v>
       </c>
-      <c r="K25"/>
-      <c r="L25" t="s">
+      <c r="G48" t="s">
+        <v>40</v>
+      </c>
+      <c r="H48">
+        <v>2011</v>
+      </c>
+      <c r="I48">
+        <v>2021</v>
+      </c>
+      <c r="J48" t="s">
+        <v>207</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>252</v>
+      </c>
+      <c r="M48" t="s">
+        <v>209</v>
+      </c>
+      <c r="N48" t="s">
+        <v>26</v>
+      </c>
+      <c r="O48" t="s">
+        <v>274</v>
+      </c>
+      <c r="P48" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>276</v>
+      </c>
+      <c r="B49" t="s">
+        <v>277</v>
+      </c>
+      <c r="C49" t="s">
+        <v>205</v>
+      </c>
+      <c r="D49" t="s">
+        <v>102</v>
+      </c>
+      <c r="E49" t="s">
+        <v>69</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>40</v>
+      </c>
+      <c r="H49">
+        <v>2011</v>
+      </c>
+      <c r="I49">
+        <v>2021</v>
+      </c>
+      <c r="J49" t="s">
+        <v>207</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>278</v>
+      </c>
+      <c r="M49" t="s">
+        <v>209</v>
+      </c>
+      <c r="N49" t="s">
+        <v>26</v>
+      </c>
+      <c r="O49" t="s">
+        <v>279</v>
+      </c>
+      <c r="P49" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>281</v>
+      </c>
+      <c r="B50" t="s">
+        <v>282</v>
+      </c>
+      <c r="C50" t="s">
+        <v>205</v>
+      </c>
+      <c r="D50" t="s">
+        <v>46</v>
+      </c>
+      <c r="E50" t="s">
+        <v>69</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
         <v>22</v>
       </c>
-      <c r="M25" t="s">
-[...40 lines deleted...]
-      <c r="L26" t="s">
+      <c r="H50">
+        <v>2021</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>207</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>283</v>
+      </c>
+      <c r="M50" t="s">
+        <v>209</v>
+      </c>
+      <c r="N50" t="s">
+        <v>26</v>
+      </c>
+      <c r="O50" t="s">
+        <v>284</v>
+      </c>
+      <c r="P50" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>286</v>
+      </c>
+      <c r="B51" t="s">
+        <v>287</v>
+      </c>
+      <c r="C51" t="s">
+        <v>205</v>
+      </c>
+      <c r="D51" t="s">
+        <v>172</v>
+      </c>
+      <c r="E51" t="s">
+        <v>69</v>
+      </c>
+      <c r="F51" t="s">
+        <v>288</v>
+      </c>
+      <c r="G51" t="s">
         <v>22</v>
       </c>
-      <c r="M26" t="s">
-[...242 lines deleted...]
-      <c r="H32">
+      <c r="H51">
         <v>2021</v>
       </c>
-      <c r="I32" t="s">
-[...117 lines deleted...]
-      <c r="G35">
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>207</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>269</v>
+      </c>
+      <c r="M51" t="s">
+        <v>209</v>
+      </c>
+      <c r="N51" t="s">
+        <v>26</v>
+      </c>
+      <c r="O51" t="s">
+        <v>289</v>
+      </c>
+      <c r="P51" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>291</v>
+      </c>
+      <c r="B52" t="s">
+        <v>292</v>
+      </c>
+      <c r="C52" t="s">
+        <v>205</v>
+      </c>
+      <c r="D52" t="s">
+        <v>251</v>
+      </c>
+      <c r="E52" t="s">
+        <v>69</v>
+      </c>
+      <c r="F52" t="s">
+        <v>214</v>
+      </c>
+      <c r="G52" t="s">
+        <v>40</v>
+      </c>
+      <c r="H52">
+        <v>2002</v>
+      </c>
+      <c r="I52">
         <v>2021</v>
       </c>
-      <c r="H35"/>
-[...38 lines deleted...]
-      <c r="G36">
+      <c r="J52" t="s">
+        <v>207</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>293</v>
+      </c>
+      <c r="M52" t="s">
+        <v>209</v>
+      </c>
+      <c r="N52" t="s">
+        <v>26</v>
+      </c>
+      <c r="O52" t="s">
+        <v>294</v>
+      </c>
+      <c r="P52" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>296</v>
+      </c>
+      <c r="B53" t="s">
+        <v>297</v>
+      </c>
+      <c r="C53" t="s">
+        <v>205</v>
+      </c>
+      <c r="D53" t="s">
+        <v>157</v>
+      </c>
+      <c r="E53" t="s">
+        <v>69</v>
+      </c>
+      <c r="F53" t="s">
+        <v>214</v>
+      </c>
+      <c r="G53" t="s">
+        <v>40</v>
+      </c>
+      <c r="H53">
+        <v>2002</v>
+      </c>
+      <c r="I53">
         <v>2021</v>
       </c>
-      <c r="H36"/>
-[...38 lines deleted...]
-      <c r="G37">
+      <c r="J53" t="s">
+        <v>207</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>298</v>
+      </c>
+      <c r="M53" t="s">
+        <v>209</v>
+      </c>
+      <c r="N53" t="s">
+        <v>26</v>
+      </c>
+      <c r="O53" t="s">
+        <v>299</v>
+      </c>
+      <c r="P53" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>301</v>
+      </c>
+      <c r="B54" t="s">
+        <v>302</v>
+      </c>
+      <c r="C54" t="s">
+        <v>205</v>
+      </c>
+      <c r="D54" t="s">
+        <v>303</v>
+      </c>
+      <c r="E54" t="s">
+        <v>69</v>
+      </c>
+      <c r="F54" t="s">
+        <v>214</v>
+      </c>
+      <c r="G54" t="s">
+        <v>40</v>
+      </c>
+      <c r="H54">
         <v>2002</v>
       </c>
-      <c r="H37">
-[...301 lines deleted...]
-      <c r="H44">
+      <c r="I54">
         <v>2021</v>
       </c>
-      <c r="I44" t="s">
-[...433 lines deleted...]
-      </c>
       <c r="J54" t="s">
-        <v>21</v>
+        <v>207</v>
       </c>
       <c r="K54" t="s">
-        <v>202</v>
+        <v>24</v>
       </c>
       <c r="L54" t="s">
-        <v>139</v>
+        <v>304</v>
       </c>
       <c r="M54" t="s">
-        <v>23</v>
+        <v>209</v>
       </c>
       <c r="N54" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O54" t="s">
+        <v>305</v>
+      </c>
+      <c r="P54" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>204</v>
+        <v>307</v>
       </c>
       <c r="B55" t="s">
-        <v>135</v>
+        <v>308</v>
       </c>
       <c r="C55" t="s">
         <v>205</v>
       </c>
       <c r="D55" t="s">
-        <v>52</v>
+        <v>309</v>
       </c>
       <c r="E55" t="s">
-        <v>18</v>
+        <v>69</v>
       </c>
       <c r="F55" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G55">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
         <v>2021</v>
       </c>
-      <c r="H55"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I55"/>
       <c r="J55" t="s">
-        <v>21</v>
+        <v>207</v>
       </c>
       <c r="K55" t="s">
-        <v>206</v>
+        <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>139</v>
+        <v>310</v>
       </c>
       <c r="M55" t="s">
-        <v>23</v>
+        <v>209</v>
       </c>
       <c r="N55" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O55" t="s">
+        <v>311</v>
+      </c>
+      <c r="P55"/>
+    </row>
+    <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>204</v>
+        <v>307</v>
       </c>
       <c r="B56" t="s">
-        <v>135</v>
+        <v>308</v>
       </c>
       <c r="C56" t="s">
         <v>205</v>
       </c>
       <c r="D56" t="s">
-        <v>52</v>
+        <v>309</v>
       </c>
       <c r="E56" t="s">
+        <v>69</v>
+      </c>
+      <c r="F56" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2021</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>207</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>310</v>
+      </c>
+      <c r="M56" t="s">
+        <v>209</v>
+      </c>
+      <c r="N56" t="s">
+        <v>26</v>
+      </c>
+      <c r="O56" t="s">
+        <v>312</v>
+      </c>
+      <c r="P56"/>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>313</v>
+      </c>
+      <c r="B57" t="s">
+        <v>314</v>
+      </c>
+      <c r="C57" t="s">
+        <v>205</v>
+      </c>
+      <c r="D57" t="s">
+        <v>163</v>
+      </c>
+      <c r="E57" t="s">
+        <v>69</v>
+      </c>
+      <c r="F57" t="s">
+        <v>214</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2022</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>207</v>
+      </c>
+      <c r="K57" t="s">
+        <v>315</v>
+      </c>
+      <c r="L57" t="s">
+        <v>316</v>
+      </c>
+      <c r="M57" t="s">
+        <v>209</v>
+      </c>
+      <c r="N57" t="s">
+        <v>26</v>
+      </c>
+      <c r="O57" t="s">
+        <v>317</v>
+      </c>
+      <c r="P57" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>319</v>
+      </c>
+      <c r="B58" t="s">
+        <v>320</v>
+      </c>
+      <c r="C58" t="s">
+        <v>205</v>
+      </c>
+      <c r="D58" t="s">
+        <v>321</v>
+      </c>
+      <c r="E58" t="s">
+        <v>69</v>
+      </c>
+      <c r="F58" t="s">
+        <v>214</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2022</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>207</v>
+      </c>
+      <c r="K58" t="s">
+        <v>322</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>209</v>
+      </c>
+      <c r="N58" t="s">
+        <v>26</v>
+      </c>
+      <c r="O58" t="s">
+        <v>323</v>
+      </c>
+      <c r="P58" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>325</v>
+      </c>
+      <c r="B59" t="s">
+        <v>326</v>
+      </c>
+      <c r="C59" t="s">
+        <v>205</v>
+      </c>
+      <c r="D59" t="s">
+        <v>163</v>
+      </c>
+      <c r="E59" t="s">
+        <v>69</v>
+      </c>
+      <c r="F59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2022</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>207</v>
+      </c>
+      <c r="K59" t="s">
+        <v>327</v>
+      </c>
+      <c r="L59" t="s">
+        <v>328</v>
+      </c>
+      <c r="M59" t="s">
+        <v>209</v>
+      </c>
+      <c r="N59" t="s">
+        <v>26</v>
+      </c>
+      <c r="O59" t="s">
+        <v>329</v>
+      </c>
+      <c r="P59" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>331</v>
+      </c>
+      <c r="B60" t="s">
+        <v>332</v>
+      </c>
+      <c r="C60" t="s">
+        <v>205</v>
+      </c>
+      <c r="D60" t="s">
+        <v>321</v>
+      </c>
+      <c r="E60" t="s">
+        <v>69</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2022</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>207</v>
+      </c>
+      <c r="K60" t="s">
+        <v>333</v>
+      </c>
+      <c r="L60" t="s">
+        <v>334</v>
+      </c>
+      <c r="M60" t="s">
+        <v>209</v>
+      </c>
+      <c r="N60" t="s">
+        <v>26</v>
+      </c>
+      <c r="O60" t="s">
+        <v>335</v>
+      </c>
+      <c r="P60" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>337</v>
+      </c>
+      <c r="B61" t="s">
+        <v>338</v>
+      </c>
+      <c r="C61" t="s">
+        <v>205</v>
+      </c>
+      <c r="D61" t="s">
+        <v>321</v>
+      </c>
+      <c r="E61" t="s">
+        <v>69</v>
+      </c>
+      <c r="F61" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2022</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>207</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>339</v>
+      </c>
+      <c r="M61" t="s">
+        <v>209</v>
+      </c>
+      <c r="N61" t="s">
+        <v>26</v>
+      </c>
+      <c r="O61" t="s">
+        <v>340</v>
+      </c>
+      <c r="P61" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>342</v>
+      </c>
+      <c r="B62" t="s">
+        <v>343</v>
+      </c>
+      <c r="C62" t="s">
+        <v>205</v>
+      </c>
+      <c r="D62" t="s">
+        <v>129</v>
+      </c>
+      <c r="E62" t="s">
+        <v>69</v>
+      </c>
+      <c r="F62" t="s">
+        <v>344</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2008</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>215</v>
+      </c>
+      <c r="K62" t="s">
+        <v>164</v>
+      </c>
+      <c r="L62" t="s">
+        <v>345</v>
+      </c>
+      <c r="M62" t="s">
+        <v>209</v>
+      </c>
+      <c r="N62" t="s">
+        <v>26</v>
+      </c>
+      <c r="O62" t="s">
+        <v>346</v>
+      </c>
+      <c r="P62" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>348</v>
+      </c>
+      <c r="B63" t="s">
+        <v>349</v>
+      </c>
+      <c r="C63" t="s">
+        <v>205</v>
+      </c>
+      <c r="D63" t="s">
+        <v>187</v>
+      </c>
+      <c r="E63" t="s">
+        <v>69</v>
+      </c>
+      <c r="F63" t="s">
+        <v>214</v>
+      </c>
+      <c r="G63" t="s">
+        <v>40</v>
+      </c>
+      <c r="H63">
+        <v>2012</v>
+      </c>
+      <c r="I63">
+        <v>2015</v>
+      </c>
+      <c r="J63" t="s">
+        <v>215</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63" t="s">
+        <v>350</v>
+      </c>
+      <c r="M63" t="s">
+        <v>209</v>
+      </c>
+      <c r="N63" t="s">
+        <v>26</v>
+      </c>
+      <c r="O63" t="s">
+        <v>351</v>
+      </c>
+      <c r="P63" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>353</v>
+      </c>
+      <c r="B64" t="s">
+        <v>354</v>
+      </c>
+      <c r="C64" t="s">
+        <v>205</v>
+      </c>
+      <c r="D64" t="s">
+        <v>152</v>
+      </c>
+      <c r="E64" t="s">
+        <v>69</v>
+      </c>
+      <c r="F64" t="s">
+        <v>21</v>
+      </c>
+      <c r="G64" t="s">
+        <v>355</v>
+      </c>
+      <c r="H64"/>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>215</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>209</v>
+      </c>
+      <c r="N64" t="s">
+        <v>356</v>
+      </c>
+      <c r="O64" t="s">
+        <v>357</v>
+      </c>
+      <c r="P64"/>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>358</v>
+      </c>
+      <c r="B65" t="s">
+        <v>359</v>
+      </c>
+      <c r="C65" t="s">
         <v>18</v>
       </c>
-      <c r="F56" t="s">
-[...9 lines deleted...]
-      <c r="J56" t="s">
+      <c r="D65" t="s">
+        <v>303</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
         <v>21</v>
       </c>
-      <c r="K56" t="s">
-[...5 lines deleted...]
-      <c r="M56" t="s">
+      <c r="G65" t="s">
+        <v>40</v>
+      </c>
+      <c r="H65">
+        <v>2011</v>
+      </c>
+      <c r="I65">
+        <v>2013</v>
+      </c>
+      <c r="J65" t="s">
         <v>23</v>
       </c>
-      <c r="N56" t="s">
-[...369 lines deleted...]
-      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65"/>
       <c r="M65" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N65" t="s">
-        <v>240</v>
+        <v>26</v>
+      </c>
+      <c r="O65" t="s">
+        <v>360</v>
+      </c>
+      <c r="P65" t="s">
+        <v>361</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>