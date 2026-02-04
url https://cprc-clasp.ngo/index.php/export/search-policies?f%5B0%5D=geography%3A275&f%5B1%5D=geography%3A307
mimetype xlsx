--- v1 (2025-12-05)
+++ v2 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="362">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="364">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -522,50 +522,53 @@
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for clothes washing machines for household use.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>IEC 60456:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-85262013-clothes-washing-machines-household-use-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-8526-2013-may-giat-gia-dung-hieu-suat-nang-luong-phuong-phap-xac-dinh#toan-van</t>
   </si>
   <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
   </si>
   <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
     <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
 The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
 This standard does not apply to boilers used for electricity generation.
 It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
   <si>
     <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS and test methods for computer monitors.</t>
@@ -610,50 +613,53 @@
     <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
     <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
 It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
 It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
 It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
   </si>
   <si>
     <t>TCVN 9536:2012 Television sets - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
+  </si>
+  <si>
+    <t>Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance standards for televisions.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9981:2020 - VRF/VRV air conditioners</t>
   </si>
   <si>
     <t>This policy specifies the method for determining the performance and energy efficiency of outdoor assemblies (outdoor units) for VRF/VRV air conditioners using three-phase power sources. This policy will enter into force on 1 January 2025.</t>
   </si>
@@ -2771,1912 +2777,1912 @@
       </c>
       <c r="P26" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>161</v>
       </c>
       <c r="B27" t="s">
         <v>162</v>
       </c>
       <c r="C27" t="s">
         <v>18</v>
       </c>
       <c r="D27" t="s">
         <v>163</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
-        <v>40</v>
+        <v>164</v>
       </c>
       <c r="H27">
         <v>2010</v>
       </c>
       <c r="I27">
         <v>2019</v>
       </c>
       <c r="J27" t="s">
         <v>41</v>
       </c>
       <c r="K27" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
         <v>25</v>
       </c>
       <c r="N27" t="s">
         <v>26</v>
       </c>
       <c r="O27" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="P27" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B28" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C28" t="s">
         <v>18</v>
       </c>
       <c r="D28" t="s">
         <v>163</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>40</v>
       </c>
       <c r="H28">
         <v>2010</v>
       </c>
       <c r="I28">
         <v>2019</v>
       </c>
       <c r="J28" t="s">
         <v>63</v>
       </c>
       <c r="K28" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
         <v>25</v>
       </c>
       <c r="N28" t="s">
         <v>90</v>
       </c>
       <c r="O28" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="P28" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B29" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C29" t="s">
         <v>18</v>
       </c>
       <c r="D29" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>40</v>
       </c>
       <c r="H29">
         <v>2012</v>
       </c>
       <c r="I29">
         <v>2015</v>
       </c>
       <c r="J29" t="s">
         <v>41</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="M29" t="s">
         <v>25</v>
       </c>
       <c r="N29" t="s">
         <v>26</v>
       </c>
       <c r="O29" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="P29" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B30" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>40</v>
       </c>
       <c r="H30">
         <v>2012</v>
       </c>
       <c r="I30">
         <v>2015</v>
       </c>
       <c r="J30" t="s">
         <v>41</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="M30" t="s">
         <v>25</v>
       </c>
       <c r="N30" t="s">
         <v>26</v>
       </c>
       <c r="O30" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="P30" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B31" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C31" t="s">
         <v>18</v>
       </c>
       <c r="D31" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2012</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
         <v>41</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="M31" t="s">
         <v>25</v>
       </c>
       <c r="N31" t="s">
         <v>26</v>
       </c>
       <c r="O31" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="P31" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B32" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C32" t="s">
         <v>18</v>
       </c>
       <c r="D32" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>40</v>
       </c>
       <c r="H32">
         <v>2012</v>
       </c>
       <c r="I32">
         <v>2021</v>
       </c>
       <c r="J32" t="s">
         <v>63</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
         <v>25</v>
       </c>
       <c r="N32" t="s">
         <v>26</v>
       </c>
       <c r="O32" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="P32" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B33" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C33" t="s">
         <v>18</v>
       </c>
       <c r="D33" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
-        <v>40</v>
+        <v>193</v>
       </c>
       <c r="H33">
         <v>2012</v>
       </c>
       <c r="I33">
         <v>2015</v>
       </c>
       <c r="J33" t="s">
         <v>23</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
         <v>25</v>
       </c>
       <c r="N33" t="s">
         <v>26</v>
       </c>
       <c r="O33" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="P33" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B34" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="C34" t="s">
         <v>18</v>
       </c>
       <c r="D34" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2012</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
         <v>41</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
         <v>25</v>
       </c>
       <c r="N34" t="s">
         <v>26</v>
       </c>
       <c r="O34" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="P34" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B35" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="C35" t="s">
         <v>18</v>
       </c>
       <c r="D35" t="s">
         <v>68</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>78</v>
       </c>
       <c r="H35">
         <v>2021</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
         <v>41</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="M35" t="s">
         <v>25</v>
       </c>
       <c r="N35" t="s">
         <v>90</v>
       </c>
       <c r="O35" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="P35" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B36" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C36" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D36" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="E36" t="s">
         <v>69</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2021</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="M36" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="N36" t="s">
         <v>26</v>
       </c>
       <c r="O36" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="P36"/>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="B37" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="C37" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D37" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="E37" t="s">
         <v>69</v>
       </c>
       <c r="F37" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G37" t="s">
         <v>40</v>
       </c>
       <c r="H37">
         <v>2002</v>
       </c>
       <c r="I37">
         <v>2015</v>
       </c>
       <c r="J37" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="K37" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="L37" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="M37" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="N37" t="s">
         <v>26</v>
       </c>
       <c r="O37" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="P37" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B38" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="C38" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D38" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="E38" t="s">
         <v>69</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>40</v>
       </c>
       <c r="H38">
         <v>2013</v>
       </c>
       <c r="I38">
         <v>2015</v>
       </c>
       <c r="J38" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="K38" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="L38" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="M38" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="N38" t="s">
         <v>26</v>
       </c>
       <c r="O38" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="P38" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="B39" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="C39" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D39" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="E39" t="s">
         <v>69</v>
       </c>
       <c r="F39" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2006</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="M39" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="N39" t="s">
         <v>26</v>
       </c>
       <c r="O39" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="P39" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="B40" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="C40" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D40" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G40" t="s">
         <v>40</v>
       </c>
       <c r="H40">
         <v>2011</v>
       </c>
       <c r="I40">
         <v>2014</v>
       </c>
       <c r="J40" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="K40" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="L40" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="M40" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="N40" t="s">
         <v>26</v>
       </c>
       <c r="O40" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="P40" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="B41" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C41" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D41" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="E41" t="s">
         <v>69</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
         <v>40</v>
       </c>
       <c r="H41">
         <v>2015</v>
       </c>
       <c r="I41">
         <v>2017</v>
       </c>
       <c r="J41" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="K41" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="L41" t="s">
+        <v>239</v>
+      </c>
+      <c r="M41" t="s">
+        <v>211</v>
+      </c>
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>240</v>
+      </c>
+      <c r="P41" t="s">
         <v>237</v>
-      </c>
-[...10 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B42" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="C42" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D42" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E42" t="s">
         <v>69</v>
       </c>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2015</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="M42" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="N42" t="s">
         <v>26</v>
       </c>
       <c r="O42" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="P42" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="B43" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C43" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D43" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E43" t="s">
         <v>69</v>
       </c>
       <c r="F43" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2015</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="M43" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="N43" t="s">
         <v>26</v>
       </c>
       <c r="O43" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="P43" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="B44" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C44" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D44" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="E44" t="s">
         <v>69</v>
       </c>
       <c r="F44" t="s">
         <v>21</v>
       </c>
       <c r="G44" t="s">
         <v>40</v>
       </c>
       <c r="H44">
         <v>2011</v>
       </c>
       <c r="I44">
         <v>2021</v>
       </c>
       <c r="J44" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="M44" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="N44" t="s">
         <v>26</v>
       </c>
       <c r="O44" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="P44" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="B45" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="C45" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D45" t="s">
         <v>102</v>
       </c>
       <c r="E45" t="s">
         <v>69</v>
       </c>
       <c r="F45" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G45" t="s">
         <v>40</v>
       </c>
       <c r="H45">
         <v>2002</v>
       </c>
       <c r="I45">
         <v>2021</v>
       </c>
       <c r="J45" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="M45" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="N45" t="s">
         <v>26</v>
       </c>
       <c r="O45" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="P45" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="B46" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="C46" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D46" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="E46" t="s">
         <v>69</v>
       </c>
       <c r="F46" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2021</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="M46" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="N46" t="s">
         <v>26</v>
       </c>
       <c r="O46" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="P46" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="B47" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="C47" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D47" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E47" t="s">
         <v>69</v>
       </c>
       <c r="F47" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G47" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="H47">
         <v>2021</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="M47" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="N47" t="s">
         <v>26</v>
       </c>
       <c r="O47" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="P47" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="B48" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="C48" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D48" t="s">
         <v>157</v>
       </c>
       <c r="E48" t="s">
         <v>69</v>
       </c>
       <c r="F48" t="s">
         <v>21</v>
       </c>
       <c r="G48" t="s">
         <v>40</v>
       </c>
       <c r="H48">
         <v>2011</v>
       </c>
       <c r="I48">
         <v>2021</v>
       </c>
       <c r="J48" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="M48" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="N48" t="s">
         <v>26</v>
       </c>
       <c r="O48" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="P48" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="B49" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="C49" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D49" t="s">
         <v>102</v>
       </c>
       <c r="E49" t="s">
         <v>69</v>
       </c>
       <c r="F49" t="s">
         <v>21</v>
       </c>
       <c r="G49" t="s">
         <v>40</v>
       </c>
       <c r="H49">
         <v>2011</v>
       </c>
       <c r="I49">
         <v>2021</v>
       </c>
       <c r="J49" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="M49" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="N49" t="s">
         <v>26</v>
       </c>
       <c r="O49" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="P49" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="B50" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="C50" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D50" t="s">
         <v>46</v>
       </c>
       <c r="E50" t="s">
         <v>69</v>
       </c>
       <c r="F50" t="s">
         <v>21</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2021</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="M50" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="N50" t="s">
         <v>26</v>
       </c>
       <c r="O50" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="P50" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="B51" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="C51" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D51" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E51" t="s">
         <v>69</v>
       </c>
       <c r="F51" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>2021</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="M51" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="N51" t="s">
         <v>26</v>
       </c>
       <c r="O51" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="P51" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="B52" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="C52" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D52" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="E52" t="s">
         <v>69</v>
       </c>
       <c r="F52" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G52" t="s">
         <v>40</v>
       </c>
       <c r="H52">
         <v>2002</v>
       </c>
       <c r="I52">
         <v>2021</v>
       </c>
       <c r="J52" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="M52" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="N52" t="s">
         <v>26</v>
       </c>
       <c r="O52" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="P52" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="B53" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="C53" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D53" t="s">
         <v>157</v>
       </c>
       <c r="E53" t="s">
         <v>69</v>
       </c>
       <c r="F53" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G53" t="s">
         <v>40</v>
       </c>
       <c r="H53">
         <v>2002</v>
       </c>
       <c r="I53">
         <v>2021</v>
       </c>
       <c r="J53" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="M53" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="N53" t="s">
         <v>26</v>
       </c>
       <c r="O53" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="P53" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="B54" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="C54" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D54" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="E54" t="s">
         <v>69</v>
       </c>
       <c r="F54" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G54" t="s">
         <v>40</v>
       </c>
       <c r="H54">
         <v>2002</v>
       </c>
       <c r="I54">
         <v>2021</v>
       </c>
       <c r="J54" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="M54" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="N54" t="s">
         <v>26</v>
       </c>
       <c r="O54" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="P54" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B55" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="C55" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D55" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="E55" t="s">
         <v>69</v>
       </c>
       <c r="F55" t="s">
         <v>21</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
         <v>2021</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="M55" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="N55" t="s">
         <v>26</v>
       </c>
       <c r="O55" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="P55"/>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B56" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="C56" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D56" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="E56" t="s">
         <v>69</v>
       </c>
       <c r="F56" t="s">
         <v>21</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>2021</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="M56" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="N56" t="s">
         <v>26</v>
       </c>
       <c r="O56" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="P56"/>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="B57" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="C57" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D57" t="s">
         <v>163</v>
       </c>
       <c r="E57" t="s">
         <v>69</v>
       </c>
       <c r="F57" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>2022</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="K57" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="L57" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="M57" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="N57" t="s">
         <v>26</v>
       </c>
       <c r="O57" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="P57" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="B58" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="C58" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D58" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="E58" t="s">
         <v>69</v>
       </c>
       <c r="F58" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>2022</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="K58" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="L58"/>
       <c r="M58" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="N58" t="s">
         <v>26</v>
       </c>
       <c r="O58" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="P58" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="B59" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="C59" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D59" t="s">
         <v>163</v>
       </c>
       <c r="E59" t="s">
         <v>69</v>
       </c>
       <c r="F59" t="s">
         <v>21</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
         <v>2022</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="K59" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="L59" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="M59" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="N59" t="s">
         <v>26</v>
       </c>
       <c r="O59" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="P59" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B60" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="C60" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D60" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="E60" t="s">
         <v>69</v>
       </c>
       <c r="F60" t="s">
         <v>21</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>2022</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="K60" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="L60" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="M60" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="N60" t="s">
         <v>26</v>
       </c>
       <c r="O60" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="P60" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="B61" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="C61" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D61" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="E61" t="s">
         <v>69</v>
       </c>
       <c r="F61" t="s">
         <v>21</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
         <v>2022</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="M61" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="N61" t="s">
         <v>26</v>
       </c>
       <c r="O61" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="P61" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="B62" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="C62" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D62" t="s">
         <v>129</v>
       </c>
       <c r="E62" t="s">
         <v>69</v>
       </c>
       <c r="F62" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
         <v>2008</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="K62" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="L62" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="M62" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="N62" t="s">
         <v>26</v>
       </c>
       <c r="O62" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="P62" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="B63" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="C63" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D63" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E63" t="s">
         <v>69</v>
       </c>
       <c r="F63" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G63" t="s">
         <v>40</v>
       </c>
       <c r="H63">
         <v>2012</v>
       </c>
       <c r="I63">
         <v>2015</v>
       </c>
       <c r="J63" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="M63" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="N63" t="s">
         <v>26</v>
       </c>
       <c r="O63" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="P63" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="B64" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="C64" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D64" t="s">
         <v>152</v>
       </c>
       <c r="E64" t="s">
         <v>69</v>
       </c>
       <c r="F64" t="s">
         <v>21</v>
       </c>
       <c r="G64" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="H64"/>
       <c r="I64"/>
       <c r="J64" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64"/>
       <c r="M64" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="N64" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="O64" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="P64"/>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="B65" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="C65" t="s">
         <v>18</v>
       </c>
       <c r="D65" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>21</v>
       </c>
       <c r="G65" t="s">
         <v>40</v>
       </c>
       <c r="H65">
         <v>2011</v>
       </c>
       <c r="I65">
         <v>2013</v>
       </c>
       <c r="J65" t="s">
         <v>23</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65"/>
       <c r="M65" t="s">
         <v>25</v>
       </c>
       <c r="N65" t="s">
         <v>26</v>
       </c>
       <c r="O65" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="P65" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">