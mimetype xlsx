--- v0 (2025-10-15)
+++ v1 (2025-12-05)
@@ -12,1280 +12,1722 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="395">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="542">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Bidets</t>
   </si>
   <si>
+    <t>A type of hygienic device with nameplate output powerof power supply less than equal to 2,000W used to warmup the water to wash users anus or genital area after stool</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Toilet Seats (Electric)</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-bidets</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Computers</t>
   </si>
   <si>
+    <t>Computers with nameplate output power of powersupply less than equal to 1,000W</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-computers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Cordless/Corded Phones</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 100W, capable of automatic reporting,voice and image transmitting between the internal andexternal units, opening and locking of the gate,communicating with the security and crime &amp; fire controls; gas, fire, crime</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-cordlesscorded-phones</t>
   </si>
   <si>
     <t>e-Standby Power Program for DVD Players</t>
   </si>
   <si>
+    <t>Digital Versatile Disc Players.</t>
+  </si>
+  <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-dvd-players</t>
   </si>
   <si>
     <t>e-Standby Power Program for Energy-Saving &amp; Controlling</t>
   </si>
   <si>
+    <t>Controlling devices that automatically shut the power ofthe machine connected to multi-tab, by sensing operationor brightness of surrounding; or standby power blockingreceptacles.</t>
+  </si>
+  <si>
     <t>Smart home devices</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-energy-saving-controlling</t>
   </si>
   <si>
     <t>e-Standby Power Program for Fax Machine</t>
   </si>
   <si>
+    <t>Commercially-available imaging product with nameplateoutput power of power supply less than equal to 3,000Wwhose primary functions are scanning hard copy originalsfor electronic transmission to remote units and receivingsimilar electronic transmissions to produce hard copyoutput.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-fax-machine</t>
   </si>
   <si>
     <t>e-Standby Power Program for Home Audio Products</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than or equal to 1,000W whose intendedpurpose, other than providing non-video status displays, isthe production of recording of signals in the audio domainas reproduced by headphones, loudspeakers, or othertransducers, except radio cassette players.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-home-audio-products</t>
   </si>
   <si>
     <t>e-Standby Power Program for Home Gateway</t>
   </si>
   <si>
+    <t>Electronic products, with nameplate output power ofpower supply less than equal to 150W at LAN port whenthe maximum network traffic occur, that enable receivingexternal access networks, connecting home networkequipments based on wire/wireless networks, convertingprotocols, controlling, monitoring, managing and providingother home network related services</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-home-gateway</t>
   </si>
   <si>
     <t>e-Standby Power Program for Microwave Ovens</t>
   </si>
   <si>
+    <t>A household microwave oven with nameplate outputpower of power supply less than equal to 2,000W</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-microwave-ovens</t>
   </si>
   <si>
     <t>e-Standby Power Program for Modem</t>
   </si>
   <si>
+    <t>Short for modulator-demodulator, it is a device withnameplate output power of power supply less than equalto 150W that enables data transmission from computers orterminals of communication devices over cable lines. Theapplication scope is limited to external modems with itsown power supply device, separated from computer orcommunication terminals.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-modem</t>
   </si>
   <si>
     <t>e-Standby Power Program for Monitors</t>
   </si>
   <si>
+    <t>This policy applies to commercially-available electronic products with a display screen in a single housing that is capable of displaying output information from a computer via one or more inputs (such as VGA and DVI), with nameplate output power of power supply less than or equal to 1,000W.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-monitors</t>
   </si>
   <si>
     <t>e-Standby Power Program for Multifunctional devices</t>
   </si>
   <si>
+    <t>A multifunction equipment able to perform corefunctions of copying, printing, faxing or scanning withnameplate output power of power supply less than equalto 5,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-multifunctional-devices</t>
   </si>
   <si>
     <t>e-Standby Power Program for Printers</t>
   </si>
   <si>
+    <t>Commercially-available imaging product that serves as ahard copy output device, and is capable of receivinginformation from networked computers, or other inputdevices with nameplate output power of power supply lessthan equal to 3,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-printers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Scanners</t>
   </si>
   <si>
+    <t>Electro-optical device with nameplate output power ofpower supply less than equal to 1,000W for convertingcolor or black-and-white information into electronicimages that can be stored, edited, converted, ortransmitted primarily in a personal computing environment</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-scanners</t>
   </si>
   <si>
     <t>e-Standby Power Program for Set-Top Boxes</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 150W, capable of receiving,transmitting, processing, recording, converting signals anddisplaying by television or other displaying devices.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-set-top-boxes</t>
   </si>
   <si>
     <t>e-Standby Power Program for Televisions</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than equal to 1,000W, consisting of atuner|receiver and a monitor encased in a single housing</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-televisions</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Air Conditioners</t>
   </si>
   <si>
+    <t>Air-conditioners of rated cooling power consumption of not more than 7,500W and the rated cooling capacity of not more than 23,000W</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS C 9306-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dehumidifier</t>
   </si>
   <si>
+    <t>As a single-phase AC, and rated voltage of 220V, its aim is to decrease the humidity of indoors, equipped with compression refrigerating system, blower fan, etc in a single cabinet, its electric power consumption is shall be less than 1,000W.</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dehumidifier</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dish Dryers</t>
   </si>
   <si>
+    <t>A machine which only dries dishware, glassware, cutlery and, in some cases,cooking utensils by electrical means with the rated capacity 10 person or lessafter washing, and has the top or front door or sliding door.</t>
+  </si>
+  <si>
     <t>Dish Dryers</t>
   </si>
   <si>
     <t>December 2015</t>
   </si>
   <si>
     <t>KS C IEC 60335-1 Part 1; KS C IEC 60335-2-5 Part 2- 5; KS C IEC 60704-2-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dish-dryers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Electric washing machines</t>
   </si>
   <si>
+    <t>By KS C 9608 washing machine in which the textiles are substantially immersed in the washing water, the mechanical action being produced by a device moving, which are defined the agitator washing machine, and impeller washing machine with the rated capacity of 2 kg–20 kg</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>KS C 9608</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electric-washing-machines</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
+    <t>Electrical cooler and heater for drinking - water storage. Electrical cooler and heater for drinking-water storage shall be designed the vapor-compressor cooler, heater, and water storage in a cabinet. Water purifier is included. Rated cooling power consumption of not more than 500W and rated heating power consumptions of not more than 1000W.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>December 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - horizontal drum washing machine</t>
   </si>
   <si>
+    <t>Product Scope</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-horizontal-drum-washing-machine</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Television</t>
   </si>
   <si>
+    <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency % shall be measured by KS C IEC 62087.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-television</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Water Heaters</t>
   </si>
   <si>
+    <t>By KS B 8116 Gas water heater of rated gas consumption of 70.0 kW or less,and the total heat capacity is defined by KS B 8101</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>KS B 8116</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-water-heaters</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Air Cleaners</t>
   </si>
   <si>
+    <t>By the scope of KS C 9314 the mechanical and combined air cleaner which hasless 200W power consumption, and the single power 220V and 60Hz.</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>KS C 9314</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-air-cleaners</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Commercial Refrigerators</t>
   </si>
   <si>
+    <t>Commercial electric refrigerator-freezer of storage volume 300L-2000L withthe cooling system of less 1000W electric power consumption by KS C ISO15502. Exclude the freezer only, the showcase, the table type, and the specifiedtype.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>KS C ISO 15502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-commercial-refrigerators</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and/or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>KS C IEC 60436</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dishwashers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Electric Fan</t>
   </si>
   <si>
+    <t>By KS C 9301 household electric fan, desktop or stand; which has the diameterof wing of 20-41 cm and the axial single wing run by induction motor to be usedin general: table, stand, etc .</t>
+  </si>
+  <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>KS C 9301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electric-fan</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7601 Fluorescent lamps which are the tubular type of rated powerconsumption of 20W, 28W, 32W, and 40W, the circular type of rated powerconsumption of 32W, and 40W, and the compact type of rated powerconsumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W, FPL36W, FPL 45W, and FPL 55W .7</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-fluorescent-lamps</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Freezers</t>
   </si>
   <si>
+    <t>Household electric freezer of storage volume 80L-400L</t>
+  </si>
+  <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-freezers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Household Gas Boiler</t>
   </si>
   <si>
+    <t>By KS B 8109 and KS C 8127 Gas water heating boiler of rated gasconsumption of 69.5 kW or less, and the total heat capacity is defined by KS B8101</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>KS B 8109; KS C 8127</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-household-gas-boiler</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Incandescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7501 the white tungsten bulb at 220V of rated power consumption of25-150W, which includes the colorless transparent bulb, the inner frosting bulb,the bulb coated with white, and the bulb coated with thin film.   Energy Efficiency shall be measured by the test method in KS C 7501,which is obtained from lumen divided by power consumption.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>KS C 7501</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-incandescent-lamps</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>KS C 7502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-incandescent-lamps-0</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Kimchi Refrigerators</t>
   </si>
   <si>
+    <t>Household electric refrigerating appliances of total storage volume 1000L or less,and Kimchi storage compartment is much than 50% of the whole storage volumewith a function maturing which it will be able to take effect the foodstuffs of theKimchi artificially, and with a compression type refrigerating machine andstorage cabinet integrated in one body.</t>
+  </si>
+  <si>
     <t>Kim-chi Refrigerators</t>
   </si>
   <si>
     <t>KS C 9321</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-kimchi-refrigerators</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Refrigerators</t>
   </si>
   <si>
+    <t>This policy applies to household electric refrigerators and refrigerator-freezers of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-refrigerators</t>
   </si>
   <si>
+    <t>https://www.iea.org/policies/6501-energy-efficiency-labelling-and-standard-for-refrigerator</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Rice Cookers</t>
   </si>
   <si>
+    <t>By Annex 1 household electric rice-cooker and rice-warmer with a rated capacity 20 person or less.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-rice-cookers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable dry only</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Reflectors for HID Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3</t>
+  </si>
+  <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
+    <t>Metal-Halide Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-4</t>
+  </si>
+  <si>
+    <t>Ventilation fans</t>
+  </si>
+  <si>
+    <t>Exhaust Fans</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-9</t>
+  </si>
+  <si>
+    <t>This policy applies to windows with more than 0.34m2hC/kcal thermal resistance and less than 5m3/hm2 air leakage rate.</t>
+  </si>
+  <si>
+    <t>Insulations</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
+    <t>Industrial oil boilers</t>
+  </si>
+  <si>
+    <t>Oil</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-0</t>
+  </si>
+  <si>
+    <t>Oil boilers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-1</t>
+  </si>
+  <si>
+    <t>Direct-fired absorption chillers-heaters</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-2</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-4</t>
+    <t>Sensor lighting equipment, PLS equipment, UCD lamp equipment, LED lamps using external converter, LED lamps using internal converter, attaching and detaching LED equipment, LED sensor equipment, converters for LED lighting modules, Tublar LED lamps, LED lamps for fluorescent lamp retrofit (internal converter type)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-5</t>
   </si>
   <si>
+    <t>LED traffic lights, LED leading lights, LED guard lighting equipment, LED street lights, LED flood lighting equipment, LED tunnel luminaires, LED module for channel letter signs</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-6</t>
   </si>
   <si>
+    <t>Single-phase induction motors</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-7</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-8</t>
   </si>
   <si>
-    <t>Exhaust Fans</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-0</t>
+    <t>Centrifugal and Turbo Blowers</t>
   </si>
   <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-10</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-1</t>
-[...1 lines deleted...]
-  <si>
     <t>High-efficiency Appliances Certification Program for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>Three phase induction motors</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3-phase-induction-motor</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Associated Ballasts</t>
   </si>
   <si>
+    <t>Ballasts</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>KS C 7621-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-associated-ballasts</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Domestic Gas Boiler</t>
   </si>
   <si>
+    <t>Domestic gas boiler: Gas burning hot water boiler, whose heat efficiency is over 95 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-domestic-gas-boiler</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Energy Saving Device for Monitors</t>
   </si>
   <si>
+    <t>Energy saving device for monitor: controlling monitor power by detecting human body with sensor, whose net power consumption is less than 1.8W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-energy-saving-device-monitors</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Industrial Gas Boiler</t>
   </si>
   <si>
+    <t>Industrial gas boiler whose rated capacity is less than 12 million kcal per h, maximum allowable working pressure is less than 10kg per cm2, heat efficiency is over 91 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-industrial-gas-boiler</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Pumps</t>
   </si>
   <si>
+    <t>Centrifugal water chiller, whose chilling capacity is less than 1,500usRT</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-pumps</t>
   </si>
   <si>
+    <t>Pump: Centrifugal pump for feeding water into boilers</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-pumps-0</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Sensor Lighting Equipment</t>
   </si>
   <si>
+    <t>Sensor Lighting Equipment</t>
+  </si>
+  <si>
     <t>Lighting Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-sensor-lighting-equipment</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Streetlighting</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-streetlighting</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/download/Korean%20Energy%20Efficiency%20Policies%20(2015).pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Uniterruptible Power System</t>
   </si>
   <si>
+    <t>Uniterruptible power system: controlling its function according to the amount of loads</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-uniterruptible-power-system</t>
   </si>
   <si>
     <t>Korea Eco label Standards EL 228 Urinals</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Eco label of urinals installed in the buildings that use electronic flush valve or do not use water.</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>KSB 2369</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-el-228-urinals</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW76txsqp5XCkvi0ddnbZ9Jpc8eHawEBEWOC1mu2zFGur7racKsZ9gJsTis16avSB4Us4zZf5jO6hyPsqRagQx5G3WqHdRX52Jjpercent2F5tzY</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Showerhead and Water Saving Components for Faucet EL 222:2012</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving faucets having a water saving function installed at the end of water pipes such as a single faucet, hot water and cold water mixed faucets or a stop valve among faucets used for supplying water with less than use pressure of 735kPa (hereinafter referred to as faucet), and valve products having a water saving function by stopping supply or water, automatically closing the value or supplying the specified amount of water. However, faucets for special use such as drinking water faucets, faucets for fountains and faucets for toilets shall be excluded.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>KSB 2331</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-water-saving-showerhead-and-water-saving-components-faucet-el</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7percent2FUTvuniRHmqp75nbpercent2BGaeLny2YsN0IlrQjpercent2F0percent2BKgxM4ispercent2FKD9DlHJ1yXUpercent2Bskykx</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Toilet EL 223:2013</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving toilet among toilets (western style water closet) with low tanks or flush valves (hereinafter referred to as "toilet").</t>
+  </si>
+  <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>EM501, KS L 1551</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-water-saving-toilet-el-2232013</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7y58Apercent2B81L7P4rLapercent2FajMJdT9b5yA8fyWJFp6vjuUC7yZjvQUPGqd5ftUlbeqBjW52LjNaMUCnmqNVnT1JgBlH501zOaauLm</t>
+  </si>
+  <si>
     <t>Korea Ecolabel Standards Water-saving Faucets EL221:2012</t>
   </si>
   <si>
+    <t>The criteria shall apply to single faucet, cold and warm water mixed faucet or stagnant water faucet the water faucet (hereafter referred to as "faucet") used in water supply/bath supply with less than the usage pressure of 7.5kgf/㎠ 735kPa, to the water-saving faucet, which shall be set up at the end of water pipe and have water-saving effect, and to the valve that have water- saving effect through the function of immediate water-stopping, self-closing and fixed-quantity water-stopping. However, faucets for special use such as ones for drinking water, fountain and toilet shall be excluded.</t>
+  </si>
+  <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-ecolabel-standards-water-saving-faucets-el2212012</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW74bllzXvqY5Wq0bOgPxdSkbYOaV9uckpercent2FRVFBygq3tRSx2WHxMnswq0VzzPLOeGRpercent2FjEUYTYWPvjh94a8dm0PyBXVQlEUV6y</t>
+  </si>
+  <si>
     <t>MEPS for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>This policy applies to 3-phase induction motors with a rated output of 0.75kW-200kW.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-3-phase-induction-motor</t>
   </si>
   <si>
     <t>MEPS for Adapter - Charger</t>
   </si>
   <si>
+    <t>An adapter under 150W, nameplate output power; and a charger of input 20 W with Li-Ion Battery as a single voltage external power supply</t>
+  </si>
+  <si>
     <t>Battery Chargers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-adapter-charger</t>
   </si>
   <si>
     <t>MEPS for Adapter Charger</t>
   </si>
   <si>
+    <t>For using with mobile phone, notebook, speaker for computer, LCD monitor,printer, PDA, camcorder, digital camera, audio, DVD player, MP3, PMP,portable CD player, set-top box, wire-wireless phone, modem, all AC-DC orAC-AC external power supply shall be included.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-adapter-charger-0</t>
   </si>
   <si>
     <t>MEPS for Air Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-cleaners</t>
   </si>
   <si>
     <t>MEPS for Air Conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for Associated Ballasts</t>
   </si>
   <si>
+    <t>By KS C 7621 Associated ballasts which all components are in one, and anyparts are not allowed to change, and the rated power consumption of 5W-60W.But globe type is excluded.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-associated-ballasts</t>
   </si>
   <si>
     <t>MEPS for Commercial Refrigerators</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-refrigerators</t>
   </si>
   <si>
     <t>MEPS for Dehumidifier</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dehumidifier</t>
   </si>
   <si>
     <t>MEPS for Dish Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dish-dryers</t>
   </si>
   <si>
     <t>MEPS for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dishwashers</t>
   </si>
   <si>
     <t>MEPS for Electric Fan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-fan</t>
   </si>
   <si>
     <t>MEPS for Electric fan heater</t>
   </si>
   <si>
+    <t>Electric fan heater with the rated power consumption of 500W, less than 10kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-fan-heater</t>
   </si>
   <si>
     <t>MEPS for Electric stove</t>
   </si>
   <si>
+    <t>Electric stove with the rated power consumption of 500W, less than 10kW.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-stove</t>
   </si>
   <si>
     <t>MEPS for Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
     <t>MEPS for Electrical Driven Multi Heat Pump-Central HVAC</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for electrical-driven multi heat pumps.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Space Heating, Heat Pumps</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electrical-driven-multi-heat-pump-central-hvac</t>
   </si>
   <si>
+    <t>https://www.iea.org/policies/8283-meps-for-electrical-driven-multi-heat-pump-central-hvac</t>
+  </si>
+  <si>
     <t>MEPS for Fluorescent Lamps</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-fluorescent-lamps</t>
   </si>
   <si>
     <t>MEPS for Fluorescent Lamps Ballast</t>
   </si>
   <si>
+    <t>By KS C 8100 and KS C 8102 Fluorescent lamps ballasts which are the tubulartype of rated power consumption of 20W, 28W, 32W, and 40W, the circular typeof rated power consumption of 32W, and 40W, and the compact type of ratedpower consumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W,FPL 36W, FPL 45W, and FPL 55W</t>
+  </si>
+  <si>
     <t>KS C 8100; KS C 8102</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-fluorescent-lamps-ballast</t>
   </si>
   <si>
     <t>MEPS for Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-freezers</t>
   </si>
   <si>
     <t>MEPS for Gas Water Heater</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-gas-water-heater</t>
   </si>
   <si>
     <t>MEPS for horizontal drum washing machine</t>
   </si>
   <si>
+    <t>Product Scope:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-horizontal-drum-washing-machine</t>
   </si>
   <si>
     <t>MEPS for Household Gas Boiler</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-household-gas-boiler</t>
   </si>
   <si>
     <t>MEPS for Incandescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-incandescent-lamps</t>
   </si>
   <si>
+    <t>http://www.nea.gov.sg/energy-waste/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Kim-chi Refrigerators</t>
   </si>
   <si>
+    <t>Household electric refrigerating appliances of total storage volume 1000L or less,and Kimchi storage compartment is much than 50percent of the whole storage volumewith a function maturing which it will be able to take effect the foodstuffs of theKimchi artificially, and with a compression type refrigerating machine andstorage cabinet integrated in one body.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-kim-chi-refrigerators</t>
   </si>
   <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>MEPS for Refrigerator</t>
   </si>
   <si>
+    <t>This policy applies to household electric refrigerator and refrigerator-freezer of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerator</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/nd_file/kemco_eng/MKE_Notice_2010-124.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Set Top Boxes</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>This policy contains minimum energy performance standards for set-top boxes (excluding the digital converter) receiving one or more of cable, satellite, and IP TV broadcastings and sending the image and audio to a television or display unit, with the rated power consumption of less than 150W.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=149</t>
+  </si>
+  <si>
     <t>MEPS for Standby Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-standby-power</t>
   </si>
   <si>
     <t>MEPS for Television</t>
   </si>
   <si>
+    <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency percent shall be measured by KS C IEC 62087.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-television</t>
   </si>
   <si>
     <t>MEPS for Transformer</t>
   </si>
   <si>
+    <t>Transformers smaller than 1500kVA</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-transformer</t>
   </si>
   <si>
+    <t>Transformer defined in KS C 4306, KS C 4311, KS C 4316, KS C 4317 and Annex 3; 1500-3000kVa</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-transformer-0</t>
   </si>
   <si>
     <t>MEPS for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable, dry only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-vacuum-cleaners</t>
   </si>
   <si>
     <t>MEPS for Washing Machines</t>
   </si>
   <si>
+    <t>By KS C 9608 washing machine in which the textiles are substantially immersedin the washing water, the mechanical action being produced by a device moving,which are defined the agitator washing machine, and impeller washing machinewith the rated capacity of 2 kg-20kg</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-washing-machines</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Labeling and Standards, Ministry of Knowkedge Economy Notification No.2011-263. 2011.12.23</t>
   </si>
   <si>
+    <t>Drum washing machines</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy-0</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 28648 | Environmentally Friendly Design Requirements for Servers and Data Storage Products (2019/424/EU) (SGM:2021/15)</t>
   </si>
   <si>
+    <t>This policy applies to servers and covers online data storage products. It does not cover: servers used in embedded applications; servers with Computers and Computer Servers Communiqué on Relevant Environmentally Friendly Design Requirements (2013/617/EU) Classified as small-scale servers according to (SGM:2021/14) servers; servers with more than four processor sockets; server devices; large servers; fully fault tolerant servers; network servers; small data storage products; big data storage products. This policy is a transposition of Commission Regulation (EU) 2019/424.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Servers</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/424</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-environmentally-friendly-design-requirements-servers-and</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 392-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EC 392-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-transposition-ec-392-2012</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/EV%20T%C4%B0P%C4%B0%20FIRINLARIN%20VE%20ASP%C4%B0RAT%C3%96RLER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 932-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>EC 932-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-transposition-ec-932-2012</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 28861 (Transposition of EC 626-2011)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of less than or equal to 12 kW for cooling; or heating; if the product has no cooling function.  This Regulation shall not apply to: appliances that use non-electric energy sources; or  air conditioners of which the condensor- or evaporator-side or both do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>EC 626-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28861-transposition-ec-626-2011</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2017/02/U4E_Policy-Assessment_TUR.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
   </si>
   <si>
+    <t>Domestic electric and gas ovens including when incorporated into cookers and for domestic electric range hoods including when sold for non-domestic purposes. This Regulation shall not apply to:  a. ovens that use energy sources other than electricity or gas; b. ovens which offer a microwave heating function;  c. small ovens;  d. portable ovens;  e. heat storage ovens</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>EU 65-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens including when incorporated in cookers; domestic hobs and domestic electric range hoods including when sold for non-domestic purposes. This Regulation does not apply to:  a. appliances that use energy sources other than electricity or gas;   b. appliances which offer microwave heating function;   c. small ovens;   d. portable ovens;    e. heat storage ovens;   f. ovens which are heated with steam as a primary heating function;   g. covered gas burners in hobs;   h. outdoor cooking appliances;   i. appliances designed for use only with gases of the third family propane and butane; and    j. grills.</t>
+  </si>
+  <si>
     <t>EU 66-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017-0</t>
   </si>
   <si>
-    <t>EU 65-2014</t>
-[...4 lines deleted...]
-  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 666-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 666-2013 of 8 July 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-666-2013</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 29564 - Amending No 29236 | transposition of EC 665-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 665-2013 of 3 May 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29564-amending-no-29236-transposition-ec-665-2013</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/ELEKTR%C4%B0KL%C4%B0%20S%C3%9CP%C3%9CRGELER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Comminique on Ecodesign Requirements for Household Dishwashers (2019/2022/EU) (SGM:2021/1)</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-comminique-ecodesign-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-1.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices (2019/2016/EU) (SGM:2021/8)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. This Regulation shall apply to electric mains-operated household refrigerating appliances including those sold for non-household use or for the refrigeration of items other than foodstuffs and including built-in appliances. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated. This Regulation shall not apply to:    a. refrigerating appliances that are primarily powered by energy sources other than electricity such as liquefied petroleum gas LPG kerosene and bio-diesel fuels;   b. battery-operated refrigerating appliances that can be connected to the mains through an AC|DC converter purchased separately;    c. custom-made refrigerating appliances made on a one-off basis and not equivalent to other refrigerating appliance models;   d. refrigerating appliances for tertiary sector application where the removal of refrigerated foodstuffs is electronically sensed and that information can be automatically transmitted through a network connection to a remote control system for accounting;    e. appliances where the primary function is not the storage of foodstuffs through refrigeration such as stand-alone ice-makers or chilled drinks dispensers.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-20192016eu-sgm20218</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices with Direct Sales Function (2019/2018/EU) (SGM:2021/10)</t>
+  </si>
+  <si>
+    <t>This policy defines energy labeling requirements for refrigerating appliances with a direct sales function, including supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, small ice-cream freezers, gelato-scooping cabinets, and refrigerated vending machines. It does not apply to Minibars and wine storage appliances with sales functions. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council about energy labelling of refrigerating appliances with a direct sales function.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>EN 16901
 ,   
                     EN 16902
 ,   
                     EN 50597
 ,   
                     EN ISO 23953-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-direct-sales-function</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 |  Energy Labeling of Electronic Displays (2019/2013/EU) (SGM:2021/6)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on electronic displays, including televisions, monitors, and digital signage displays. This policy applies to electronic displays with a screen area greater than 100 square centimeters. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2013 .</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-electronic-displays-20192013eu-sgm20216</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design of Household Washing Machines with Dryers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-household-washing-0</t>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-household-washing</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-3.htm</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices (2019/2019/EU) (SGM:2021/7)</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices with Direct Sales Function (2019/2024/EU) (SGM:2021/9)</t>
   </si>
   <si>
+    <t>This policy applies to the following refrigerating appliances with a direct sales function: supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, ice-cream freezers, gelato-scooping cabinets and refrigerated vending machines.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-9.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Electronic Displays (2019/2021/EU) (SGM:2021/5)</t>
   </si>
   <si>
+    <t>This policy establishes a minimum energy performance standard for electronic displays, including televisions, monitors, and digital signage displays with a liquid crystal screen (LCD) and a screen area greater than 100 square centimeters. This policy is a transposition of Commission Regulation (EU) 2019/2021.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-electronic</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-5.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Home Type Dishwasher Energy of Machines Notification on Labeling (2019/2017/EU) (SGM:2021/2)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.  This policy is a transposition of (EU) 2019/2017.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-home-type-dishwasher-energy-machines-notification</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-2.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Household Laundry Environmentally Friendly Design of Household Washing Machines and Dryers Communiqué on Requirements (2019/2023/EU) (SGM:2021/3)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-household-laundry-environmentally-friendly-design</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-4.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Energy Labeling of Light Sources (2019/2015/EU) (SGM:2021/12)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on, light sources with or without integrated control gear. The requirements also apply to light sources placed on the market in a containing product. This policy does not apply to light sources specified in points 1 and 2 of Annex IV of Commission Delegated Regulation (EU) 2019/2015. Light sources specified in point 3 of Annex IV must comply only with the requirements in point 4 of Annex V of Commission Delegated Regulation (EU) 2019/2015. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2015.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-energy-labeling-light-sources-20192015eu-sgm202112</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/08/20210806-16.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
+  </si>
+  <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Solid Fuel Boilers and Packages of Solid Fuel Boilers, Additional Heaters, Temperature Control Devices and Solar Energy Devices (2015/1187/EU) (SGM: 2022/31)</t>
   </si>
   <si>
+    <t>This policy defines the energy labeling of and the provision of supplementary product information on solid fuel boilers with a rated heat output of 70 kW or less and packages of a solid fuel boiler with a rated heat output of 70 kW or less, supplementary heaters, temperature controls, and solar devices. It does not apply to boilers generating heat only for hot drinking or sanitary water; boilers for heating and distributing gaseous heat transfer media such as vapor or air; solid fuel cogeneration boilers with a maximum electrical capacity of 50 kW or more; non-woody biomass boilers. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1187.</t>
+  </si>
+  <si>
     <t>Electricity, Solar, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-energy-labeling-solid-fuel-boilers-and-packages-solid</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Space Heaters (2015/1186/EU) (SGM: 2022/30)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the energy labeling of, and the provision of supplementary product information on local space heaters with a nominal heat output of 50 kW or less. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1186.</t>
+  </si>
+  <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-energy-labeling-space-heaters-20151186eu-sgm-202230</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Boilers (2015/1189/EU) (SGM: 2022/33)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel boilers with a rated heat output of 500 kilowatts (‘kW’) or less, including those integrated in packages of a solid fuel boiler, supplementary heaters, temperature controls, and solar devices as defined in Article 2 of Delegated Regulation (EU) 2015/1187. This policy is a transposition of Commission Regulation (EU) 2015/1189.</t>
+  </si>
+  <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1189</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Space Heaters (2015/1185/EU) (SGM: 2022/29)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. It does not apply to solid fuel local space heaters that are specified for the combustion of non-woody biomass only; solid fuel local space heaters that are specified for outdoor use only; solid fuel local space heaters of which the direct heat output is less than 6 % of the combined direct and indirect heat output at nominal heat output; solid fuel local space heaters that are not factory assembled, or are not provided as prefabricated components or parts by a single manufacturer which are to be assembled on site; air heating products; or sauna stoves. This policy is a transposition of Commission Regulation (EU) 2015/1185.</t>
+  </si>
+  <si>
     <t>Biomass, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1185</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-fuel</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Space Heaters (2015/1188/EU) (SGM: 2022/32)</t>
   </si>
   <si>
+    <t>This policy applies to local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less. This policy is a transposition of Commission Regulation (EU) 2015/1188.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-space</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-9.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 26897</t>
   </si>
   <si>
+    <t>This Regulation provides minimum energy efficiency and labeling for new hot water boilers with nominal output power less than 4 kW and not more than 400 kW</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>Council Directive 92/42/EEC of 21 May 1992</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-26897</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/verimlilik/document/Sicaksu_Kazanlarinin_Verimlilik_Yonetmeligi.doc</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 29564 - Energy Labeling of Televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor</t>
+  </si>
+  <si>
     <t>EC 1062-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29564-energy-labeling-televisions</t>
+  </si>
+  <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/TELEV%C4%B0ZYONLARIN%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1549,5467 +1991,6226 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N127"/>
+  <dimension ref="A1:P127"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1702.156" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="119.114" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="87.122" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2010</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-[...22 lines deleted...]
-      <c r="G3">
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>33</v>
+      </c>
+      <c r="B4" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>35</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>36</v>
+      </c>
+      <c r="P4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>37</v>
+      </c>
+      <c r="B5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>39</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>40</v>
+      </c>
+      <c r="P5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>41</v>
+      </c>
+      <c r="B6" t="s">
+        <v>42</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>43</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2009</v>
       </c>
-      <c r="H3"/>
-      <c r="I3" t="s">
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>44</v>
+      </c>
+      <c r="P6" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>45</v>
+      </c>
+      <c r="B7" t="s">
+        <v>46</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>47</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-      <c r="L3" t="s">
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-      <c r="N3" t="s">
-[...4 lines deleted...]
-      <c r="A4" t="s">
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>48</v>
+      </c>
+      <c r="P7" t="s">
         <v>28</v>
       </c>
-      <c r="B4" t="s">
-[...14 lines deleted...]
-      <c r="G4">
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>49</v>
+      </c>
+      <c r="B8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>51</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
         <v>2010</v>
       </c>
-      <c r="H4"/>
-      <c r="I4" t="s">
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>52</v>
+      </c>
+      <c r="P8" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>53</v>
+      </c>
+      <c r="B9" t="s">
+        <v>54</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>55</v>
+      </c>
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-      <c r="L4" t="s">
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="M4" t="s">
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
         <v>23</v>
       </c>
-      <c r="N4" t="s">
-[...22 lines deleted...]
-      <c r="G5">
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>56</v>
+      </c>
+      <c r="P9" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>57</v>
+      </c>
+      <c r="B10" t="s">
+        <v>58</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>59</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>60</v>
+      </c>
+      <c r="P10" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>61</v>
+      </c>
+      <c r="B11" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>55</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2010</v>
       </c>
-      <c r="H5"/>
-      <c r="I5" t="s">
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>63</v>
+      </c>
+      <c r="P11" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>64</v>
+      </c>
+      <c r="B12" t="s">
+        <v>65</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>66</v>
+      </c>
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J5" t="s">
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K5"/>
-      <c r="L5" t="s">
+      <c r="G12" t="s">
         <v>22</v>
       </c>
-      <c r="M5" t="s">
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
         <v>23</v>
       </c>
-      <c r="N5" t="s">
-[...22 lines deleted...]
-      <c r="G6">
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>67</v>
+      </c>
+      <c r="P12" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>68</v>
+      </c>
+      <c r="B13" t="s">
+        <v>69</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>47</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
         <v>2009</v>
       </c>
-      <c r="H6"/>
-      <c r="I6" t="s">
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>70</v>
+      </c>
+      <c r="P13" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>71</v>
+      </c>
+      <c r="B14" t="s">
+        <v>72</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>47</v>
+      </c>
+      <c r="E14" t="s">
         <v>20</v>
       </c>
-      <c r="J6" t="s">
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K6"/>
-      <c r="L6" t="s">
+      <c r="G14" t="s">
         <v>22</v>
       </c>
-      <c r="M6" t="s">
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
         <v>23</v>
       </c>
-      <c r="N6" t="s">
-[...22 lines deleted...]
-      <c r="G7">
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>25</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>73</v>
+      </c>
+      <c r="P14" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>74</v>
+      </c>
+      <c r="B15" t="s">
+        <v>75</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>47</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
         <v>2010</v>
       </c>
-      <c r="H7"/>
-      <c r="I7" t="s">
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>25</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>76</v>
+      </c>
+      <c r="P15" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>77</v>
+      </c>
+      <c r="B16" t="s">
+        <v>78</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>79</v>
+      </c>
+      <c r="E16" t="s">
         <v>20</v>
       </c>
-      <c r="J7" t="s">
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K7"/>
-      <c r="L7" t="s">
+      <c r="G16" t="s">
         <v>22</v>
       </c>
-      <c r="M7" t="s">
+      <c r="H16">
+        <v>2010</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
         <v>23</v>
       </c>
-      <c r="N7" t="s">
-[...26 lines deleted...]
-      <c r="I8" t="s">
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>25</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>80</v>
+      </c>
+      <c r="P16" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>81</v>
+      </c>
+      <c r="B17" t="s">
+        <v>82</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>83</v>
+      </c>
+      <c r="E17" t="s">
         <v>20</v>
       </c>
-      <c r="J8" t="s">
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K8"/>
-      <c r="L8" t="s">
+      <c r="G17" t="s">
         <v>22</v>
       </c>
-      <c r="M8" t="s">
+      <c r="H17">
+        <v>2008</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
         <v>23</v>
       </c>
-      <c r="N8" t="s">
-[...62 lines deleted...]
-      <c r="G10">
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>25</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>84</v>
+      </c>
+      <c r="P17" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>85</v>
+      </c>
+      <c r="B18" t="s">
+        <v>86</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>87</v>
+      </c>
+      <c r="E18" t="s">
+        <v>88</v>
+      </c>
+      <c r="F18" t="s">
+        <v>89</v>
+      </c>
+      <c r="G18" t="s">
+        <v>90</v>
+      </c>
+      <c r="H18">
+        <v>1993</v>
+      </c>
+      <c r="I18">
         <v>2009</v>
       </c>
-      <c r="H10"/>
-[...324 lines deleted...]
-      </c>
       <c r="J18" t="s">
-        <v>21</v>
+        <v>91</v>
       </c>
       <c r="K18" t="s">
-        <v>72</v>
+        <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>22</v>
+        <v>92</v>
       </c>
       <c r="M18" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N18" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>93</v>
+      </c>
+      <c r="P18" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>74</v>
+        <v>95</v>
       </c>
       <c r="B19" t="s">
-        <v>15</v>
+        <v>96</v>
       </c>
       <c r="C19" t="s">
-        <v>75</v>
+        <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>68</v>
+        <v>97</v>
       </c>
       <c r="E19" t="s">
-        <v>69</v>
+        <v>88</v>
       </c>
       <c r="F19" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>89</v>
+      </c>
+      <c r="G19" t="s">
+        <v>90</v>
       </c>
       <c r="H19">
         <v>2012</v>
       </c>
-      <c r="I19" t="s">
-        <v>20</v>
+      <c r="I19">
+        <v>2012</v>
       </c>
       <c r="J19" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L19" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>25</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>98</v>
+      </c>
+      <c r="P19" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>100</v>
+      </c>
+      <c r="B20" t="s">
+        <v>101</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>102</v>
+      </c>
+      <c r="E20" t="s">
+        <v>88</v>
+      </c>
+      <c r="F20" t="s">
+        <v>89</v>
+      </c>
+      <c r="G20" t="s">
         <v>22</v>
       </c>
-      <c r="M19" t="s">
+      <c r="H20">
+        <v>2009</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>103</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>104</v>
+      </c>
+      <c r="M20" t="s">
+        <v>25</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>105</v>
+      </c>
+      <c r="P20" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>106</v>
+      </c>
+      <c r="B21" t="s">
+        <v>107</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>108</v>
+      </c>
+      <c r="E21" t="s">
+        <v>88</v>
+      </c>
+      <c r="F21" t="s">
+        <v>89</v>
+      </c>
+      <c r="G21" t="s">
+        <v>90</v>
+      </c>
+      <c r="H21">
+        <v>2000</v>
+      </c>
+      <c r="I21">
+        <v>2009</v>
+      </c>
+      <c r="J21" t="s">
         <v>23</v>
       </c>
-      <c r="N19" t="s">
-[...75 lines deleted...]
-      </c>
       <c r="K21" t="s">
-        <v>84</v>
+        <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>22</v>
+        <v>109</v>
       </c>
       <c r="M21" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N21" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>110</v>
+      </c>
+      <c r="P21" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>86</v>
+        <v>111</v>
       </c>
       <c r="B22" t="s">
-        <v>15</v>
+        <v>112</v>
       </c>
       <c r="C22" t="s">
-        <v>87</v>
+        <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>68</v>
+        <v>113</v>
       </c>
       <c r="E22" t="s">
-        <v>69</v>
+        <v>88</v>
       </c>
       <c r="F22" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>89</v>
+      </c>
+      <c r="G22" t="s">
+        <v>90</v>
       </c>
       <c r="H22">
         <v>2012</v>
       </c>
-      <c r="I22" t="s">
+      <c r="I22">
+        <v>2012</v>
+      </c>
+      <c r="J22" t="s">
+        <v>114</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>25</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>115</v>
+      </c>
+      <c r="P22" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>116</v>
+      </c>
+      <c r="B23" t="s">
+        <v>117</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>118</v>
+      </c>
+      <c r="E23" t="s">
         <v>88</v>
       </c>
-      <c r="J22" t="s">
-[...6 lines deleted...]
-      <c r="M22" t="s">
+      <c r="F23" t="s">
+        <v>89</v>
+      </c>
+      <c r="G23" t="s">
+        <v>90</v>
+      </c>
+      <c r="H23">
+        <v>2000</v>
+      </c>
+      <c r="I23">
+        <v>2009</v>
+      </c>
+      <c r="J23" t="s">
         <v>23</v>
       </c>
-      <c r="N22" t="s">
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>109</v>
+      </c>
+      <c r="M23" t="s">
+        <v>25</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>119</v>
+      </c>
+      <c r="P23" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>120</v>
+      </c>
+      <c r="B24" t="s">
+        <v>121</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>122</v>
+      </c>
+      <c r="E24" t="s">
+        <v>88</v>
+      </c>
+      <c r="F24" t="s">
         <v>89</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A23" t="s">
+      <c r="G24" t="s">
         <v>90</v>
       </c>
-      <c r="B23" t="s">
-[...2 lines deleted...]
-      <c r="C23" t="s">
+      <c r="H24">
+        <v>1992</v>
+      </c>
+      <c r="I24">
+        <v>2016</v>
+      </c>
+      <c r="J24" t="s">
         <v>91</v>
       </c>
-      <c r="D23" t="s">
-[...40 lines deleted...]
-      <c r="C24" t="s">
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>25</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>123</v>
+      </c>
+      <c r="P24" t="s">
         <v>94</v>
       </c>
-      <c r="D24" t="s">
-[...31 lines deleted...]
-    <row r="25" spans="1:14">
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>96</v>
+        <v>124</v>
       </c>
       <c r="B25" t="s">
-        <v>15</v>
+        <v>125</v>
       </c>
       <c r="C25" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="E25" t="s">
-        <v>69</v>
+        <v>88</v>
       </c>
       <c r="F25" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>89</v>
+      </c>
+      <c r="G25" t="s">
+        <v>90</v>
       </c>
       <c r="H25">
         <v>2012</v>
       </c>
-      <c r="I25" t="s">
-        <v>20</v>
+      <c r="I25">
+        <v>2012</v>
       </c>
       <c r="J25" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L25" t="s">
+        <v>23</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>25</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>126</v>
+      </c>
+      <c r="P25" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>127</v>
+      </c>
+      <c r="B26" t="s">
+        <v>128</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>129</v>
+      </c>
+      <c r="E26" t="s">
+        <v>88</v>
+      </c>
+      <c r="F26" t="s">
+        <v>89</v>
+      </c>
+      <c r="G26" t="s">
+        <v>90</v>
+      </c>
+      <c r="H26">
+        <v>2010</v>
+      </c>
+      <c r="I26">
+        <v>2015</v>
+      </c>
+      <c r="J26" t="s">
+        <v>23</v>
+      </c>
+      <c r="K26" t="s">
+        <v>130</v>
+      </c>
+      <c r="L26" t="s">
+        <v>131</v>
+      </c>
+      <c r="M26" t="s">
+        <v>25</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>132</v>
+      </c>
+      <c r="P26" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>133</v>
+      </c>
+      <c r="B27" t="s">
+        <v>134</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>135</v>
+      </c>
+      <c r="E27" t="s">
+        <v>88</v>
+      </c>
+      <c r="F27" t="s">
+        <v>89</v>
+      </c>
+      <c r="G27" t="s">
         <v>22</v>
       </c>
-      <c r="M25" t="s">
+      <c r="H27">
+        <v>2009</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
         <v>23</v>
       </c>
-      <c r="N25" t="s">
-[...75 lines deleted...]
-      </c>
       <c r="K27" t="s">
-        <v>105</v>
+        <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="M27" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N27" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>137</v>
+      </c>
+      <c r="P27" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>107</v>
+        <v>138</v>
       </c>
       <c r="B28" t="s">
-        <v>15</v>
+        <v>139</v>
       </c>
       <c r="C28" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D28" t="s">
-        <v>68</v>
+        <v>140</v>
       </c>
       <c r="E28" t="s">
-        <v>69</v>
+        <v>88</v>
       </c>
       <c r="F28" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>89</v>
+      </c>
+      <c r="G28" t="s">
+        <v>90</v>
       </c>
       <c r="H28">
         <v>2010</v>
       </c>
-      <c r="I28" t="s">
-        <v>71</v>
+      <c r="I28">
+        <v>2010</v>
       </c>
       <c r="J28" t="s">
-        <v>21</v>
+        <v>91</v>
       </c>
       <c r="K28" t="s">
-        <v>109</v>
+        <v>24</v>
       </c>
       <c r="L28" t="s">
+        <v>141</v>
+      </c>
+      <c r="M28" t="s">
+        <v>25</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>142</v>
+      </c>
+      <c r="P28" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>143</v>
+      </c>
+      <c r="B29" t="s">
+        <v>144</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>145</v>
+      </c>
+      <c r="E29" t="s">
+        <v>88</v>
+      </c>
+      <c r="F29" t="s">
+        <v>89</v>
+      </c>
+      <c r="G29" t="s">
+        <v>90</v>
+      </c>
+      <c r="H29">
+        <v>2002</v>
+      </c>
+      <c r="I29">
+        <v>2010</v>
+      </c>
+      <c r="J29" t="s">
+        <v>23</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>146</v>
+      </c>
+      <c r="M29" t="s">
+        <v>25</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>147</v>
+      </c>
+      <c r="P29" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>148</v>
+      </c>
+      <c r="B30" t="s">
+        <v>149</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>150</v>
+      </c>
+      <c r="E30" t="s">
+        <v>88</v>
+      </c>
+      <c r="F30" t="s">
+        <v>89</v>
+      </c>
+      <c r="G30" t="s">
         <v>22</v>
       </c>
-      <c r="M28" t="s">
+      <c r="H30">
+        <v>2009</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>91</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>151</v>
+      </c>
+      <c r="M30" t="s">
+        <v>25</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>152</v>
+      </c>
+      <c r="P30" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>153</v>
+      </c>
+      <c r="B31" t="s">
+        <v>154</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>155</v>
+      </c>
+      <c r="E31" t="s">
+        <v>88</v>
+      </c>
+      <c r="F31" t="s">
+        <v>89</v>
+      </c>
+      <c r="G31" t="s">
+        <v>90</v>
+      </c>
+      <c r="H31">
+        <v>1994</v>
+      </c>
+      <c r="I31">
+        <v>2003</v>
+      </c>
+      <c r="J31" t="s">
+        <v>91</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>25</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>156</v>
+      </c>
+      <c r="P31" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>157</v>
+      </c>
+      <c r="B32" t="s">
+        <v>158</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>159</v>
+      </c>
+      <c r="E32" t="s">
+        <v>88</v>
+      </c>
+      <c r="F32" t="s">
+        <v>89</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2010</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>91</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>25</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>160</v>
+      </c>
+      <c r="P32" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>161</v>
+      </c>
+      <c r="B33" t="s">
+        <v>162</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>163</v>
+      </c>
+      <c r="E33" t="s">
+        <v>88</v>
+      </c>
+      <c r="F33" t="s">
+        <v>89</v>
+      </c>
+      <c r="G33" t="s">
+        <v>90</v>
+      </c>
+      <c r="H33">
+        <v>2000</v>
+      </c>
+      <c r="I33">
+        <v>2010</v>
+      </c>
+      <c r="J33" t="s">
         <v>23</v>
       </c>
-      <c r="N28" t="s">
-[...37 lines deleted...]
-      <c r="L29" t="s">
+      <c r="K33" t="s">
+        <v>130</v>
+      </c>
+      <c r="L33" t="s">
+        <v>164</v>
+      </c>
+      <c r="M33" t="s">
+        <v>25</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>165</v>
+      </c>
+      <c r="P33" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>166</v>
+      </c>
+      <c r="B34" t="s">
+        <v>167</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>168</v>
+      </c>
+      <c r="E34" t="s">
+        <v>88</v>
+      </c>
+      <c r="F34" t="s">
+        <v>89</v>
+      </c>
+      <c r="G34" t="s">
+        <v>90</v>
+      </c>
+      <c r="H34">
+        <v>1996</v>
+      </c>
+      <c r="I34">
+        <v>2009</v>
+      </c>
+      <c r="J34" t="s">
+        <v>91</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>169</v>
+      </c>
+      <c r="M34" t="s">
+        <v>25</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>170</v>
+      </c>
+      <c r="P34" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>166</v>
+      </c>
+      <c r="B35" t="s">
+        <v>167</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>171</v>
+      </c>
+      <c r="E35" t="s">
+        <v>88</v>
+      </c>
+      <c r="F35" t="s">
+        <v>89</v>
+      </c>
+      <c r="G35" t="s">
+        <v>90</v>
+      </c>
+      <c r="H35">
+        <v>1997</v>
+      </c>
+      <c r="I35">
+        <v>2009</v>
+      </c>
+      <c r="J35" t="s">
+        <v>91</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>172</v>
+      </c>
+      <c r="M35" t="s">
+        <v>25</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>173</v>
+      </c>
+      <c r="P35" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>174</v>
+      </c>
+      <c r="B36" t="s">
+        <v>175</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>176</v>
+      </c>
+      <c r="E36" t="s">
+        <v>88</v>
+      </c>
+      <c r="F36" t="s">
+        <v>89</v>
+      </c>
+      <c r="G36" t="s">
         <v>22</v>
       </c>
-      <c r="M29" t="s">
-[...25 lines deleted...]
-      <c r="G30">
+      <c r="H36">
         <v>2009</v>
       </c>
-      <c r="H30"/>
-[...167 lines deleted...]
-      <c r="H34">
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>91</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>177</v>
+      </c>
+      <c r="M36" t="s">
+        <v>25</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>178</v>
+      </c>
+      <c r="P36" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>179</v>
+      </c>
+      <c r="B37" t="s">
+        <v>180</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>140</v>
+      </c>
+      <c r="E37" t="s">
+        <v>88</v>
+      </c>
+      <c r="F37" t="s">
+        <v>89</v>
+      </c>
+      <c r="G37" t="s">
+        <v>90</v>
+      </c>
+      <c r="H37">
+        <v>1992</v>
+      </c>
+      <c r="I37">
         <v>2009</v>
       </c>
-      <c r="I34" t="s">
-[...131 lines deleted...]
-      </c>
       <c r="J37" t="s">
-        <v>21</v>
+        <v>91</v>
       </c>
       <c r="K37" t="s">
-        <v>109</v>
+        <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>22</v>
+        <v>141</v>
       </c>
       <c r="M37" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N37" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>181</v>
+      </c>
+      <c r="P37" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>142</v>
+        <v>183</v>
       </c>
       <c r="B38" t="s">
-        <v>15</v>
+        <v>184</v>
       </c>
       <c r="C38" t="s">
-        <v>143</v>
+        <v>18</v>
       </c>
       <c r="D38" t="s">
-        <v>68</v>
+        <v>185</v>
       </c>
       <c r="E38" t="s">
-        <v>69</v>
+        <v>88</v>
       </c>
       <c r="F38" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>89</v>
+      </c>
+      <c r="G38" t="s">
+        <v>90</v>
       </c>
       <c r="H38">
         <v>2010</v>
       </c>
-      <c r="I38" t="s">
+      <c r="I38">
+        <v>2010</v>
+      </c>
+      <c r="J38" t="s">
+        <v>23</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>25</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>186</v>
+      </c>
+      <c r="P38" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>187</v>
+      </c>
+      <c r="B39" t="s">
+        <v>188</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>189</v>
+      </c>
+      <c r="E39" t="s">
+        <v>88</v>
+      </c>
+      <c r="F39" t="s">
+        <v>89</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2009</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>23</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>190</v>
+      </c>
+      <c r="M39" t="s">
+        <v>25</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>191</v>
+      </c>
+      <c r="P39" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>192</v>
+      </c>
+      <c r="B40" t="s">
+        <v>193</v>
+      </c>
+      <c r="C40" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40" t="s">
+        <v>168</v>
+      </c>
+      <c r="E40" t="s">
         <v>20</v>
       </c>
-      <c r="J38" t="s">
+      <c r="F40" t="s">
         <v>21</v>
       </c>
-      <c r="K38"/>
-      <c r="L38" t="s">
+      <c r="G40" t="s">
         <v>22</v>
-      </c>
-[...69 lines deleted...]
-        <v>2010</v>
       </c>
       <c r="H40">
         <v>2012</v>
       </c>
-      <c r="I40" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I40"/>
       <c r="J40" t="s">
+        <v>91</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>25</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>194</v>
+      </c>
+      <c r="P40" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>192</v>
+      </c>
+      <c r="B41" t="s">
+        <v>196</v>
+      </c>
+      <c r="C41" t="s">
+        <v>18</v>
+      </c>
+      <c r="D41" t="s">
+        <v>168</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
         <v>21</v>
       </c>
-      <c r="K40"/>
-      <c r="L40" t="s">
+      <c r="G41" t="s">
         <v>22</v>
       </c>
-      <c r="M40" t="s">
+      <c r="H41">
+        <v>2012</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>91</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>25</v>
+      </c>
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>197</v>
+      </c>
+      <c r="P41" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>192</v>
+      </c>
+      <c r="B42" t="s">
+        <v>198</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" t="s">
+        <v>199</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2012</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>91</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>25</v>
+      </c>
+      <c r="N42" t="s">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>200</v>
+      </c>
+      <c r="P42" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>192</v>
+      </c>
+      <c r="B43" t="s">
+        <v>201</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
+        <v>202</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2010</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
         <v>23</v>
       </c>
-      <c r="N40" t="s">
-[...22 lines deleted...]
-      <c r="G41">
+      <c r="K43" t="s">
+        <v>203</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>25</v>
+      </c>
+      <c r="N43" t="s">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>204</v>
+      </c>
+      <c r="P43" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>192</v>
+      </c>
+      <c r="B44" t="s">
+        <v>206</v>
+      </c>
+      <c r="C44" t="s">
+        <v>18</v>
+      </c>
+      <c r="D44" t="s">
+        <v>163</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>90</v>
+      </c>
+      <c r="H44">
+        <v>1996</v>
+      </c>
+      <c r="I44">
         <v>2012</v>
       </c>
-      <c r="H41"/>
-[...3 lines deleted...]
-      <c r="J41" t="s">
+      <c r="J44" t="s">
+        <v>23</v>
+      </c>
+      <c r="K44" t="s">
+        <v>207</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>25</v>
+      </c>
+      <c r="N44" t="s">
+        <v>26</v>
+      </c>
+      <c r="O44" t="s">
+        <v>208</v>
+      </c>
+      <c r="P44" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>192</v>
+      </c>
+      <c r="B45" t="s">
+        <v>209</v>
+      </c>
+      <c r="C45" t="s">
+        <v>18</v>
+      </c>
+      <c r="D45" t="s">
+        <v>163</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
         <v>21</v>
       </c>
-      <c r="K41"/>
-[...3 lines deleted...]
-      <c r="M41" t="s">
+      <c r="G45" t="s">
+        <v>90</v>
+      </c>
+      <c r="H45">
+        <v>1996</v>
+      </c>
+      <c r="I45">
+        <v>2012</v>
+      </c>
+      <c r="J45" t="s">
         <v>23</v>
       </c>
-      <c r="N41" t="s">
-[...22 lines deleted...]
-      <c r="G42">
+      <c r="K45" t="s">
+        <v>207</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>25</v>
+      </c>
+      <c r="N45" t="s">
+        <v>26</v>
+      </c>
+      <c r="O45" t="s">
+        <v>210</v>
+      </c>
+      <c r="P45" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>192</v>
+      </c>
+      <c r="B46" t="s">
+        <v>211</v>
+      </c>
+      <c r="C46" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46" t="s">
+        <v>212</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>90</v>
+      </c>
+      <c r="H46">
+        <v>2010</v>
+      </c>
+      <c r="I46">
         <v>2012</v>
       </c>
-      <c r="H42"/>
-[...3 lines deleted...]
-      <c r="J42" t="s">
+      <c r="J46" t="s">
+        <v>91</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>25</v>
+      </c>
+      <c r="N46" t="s">
+        <v>26</v>
+      </c>
+      <c r="O46" t="s">
+        <v>213</v>
+      </c>
+      <c r="P46" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>192</v>
+      </c>
+      <c r="B47" t="s">
+        <v>214</v>
+      </c>
+      <c r="C47" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" t="s">
+        <v>168</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
         <v>21</v>
       </c>
-      <c r="K42"/>
-[...3 lines deleted...]
-      <c r="M42" t="s">
+      <c r="G47" t="s">
+        <v>90</v>
+      </c>
+      <c r="H47">
+        <v>2012</v>
+      </c>
+      <c r="I47">
+        <v>2012</v>
+      </c>
+      <c r="J47" t="s">
+        <v>91</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>25</v>
+      </c>
+      <c r="N47" t="s">
+        <v>26</v>
+      </c>
+      <c r="O47" t="s">
+        <v>215</v>
+      </c>
+      <c r="P47" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>192</v>
+      </c>
+      <c r="B48" t="s">
+        <v>216</v>
+      </c>
+      <c r="C48" t="s">
+        <v>18</v>
+      </c>
+      <c r="D48" t="s">
+        <v>217</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>90</v>
+      </c>
+      <c r="H48">
+        <v>2012</v>
+      </c>
+      <c r="I48">
+        <v>2012</v>
+      </c>
+      <c r="J48" t="s">
+        <v>91</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>25</v>
+      </c>
+      <c r="N48" t="s">
+        <v>26</v>
+      </c>
+      <c r="O48" t="s">
+        <v>218</v>
+      </c>
+      <c r="P48" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>192</v>
+      </c>
+      <c r="B49" t="s">
+        <v>219</v>
+      </c>
+      <c r="C49" t="s">
+        <v>18</v>
+      </c>
+      <c r="D49" t="s">
+        <v>220</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>90</v>
+      </c>
+      <c r="H49">
+        <v>1996</v>
+      </c>
+      <c r="I49">
+        <v>2012</v>
+      </c>
+      <c r="J49" t="s">
         <v>23</v>
       </c>
-      <c r="N42" t="s">
-[...22 lines deleted...]
-      <c r="G43">
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>25</v>
+      </c>
+      <c r="N49" t="s">
+        <v>26</v>
+      </c>
+      <c r="O49" t="s">
+        <v>221</v>
+      </c>
+      <c r="P49" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>192</v>
+      </c>
+      <c r="B50" t="s">
+        <v>222</v>
+      </c>
+      <c r="C50" t="s">
+        <v>18</v>
+      </c>
+      <c r="D50" t="s">
+        <v>223</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>90</v>
+      </c>
+      <c r="H50">
+        <v>1996</v>
+      </c>
+      <c r="I50">
         <v>2012</v>
       </c>
-      <c r="H43">
-[...5 lines deleted...]
-      <c r="J43" t="s">
+      <c r="J50" t="s">
+        <v>23</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>25</v>
+      </c>
+      <c r="N50" t="s">
+        <v>26</v>
+      </c>
+      <c r="O50" t="s">
+        <v>224</v>
+      </c>
+      <c r="P50" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>192</v>
+      </c>
+      <c r="B51" t="s">
+        <v>225</v>
+      </c>
+      <c r="C51" t="s">
+        <v>18</v>
+      </c>
+      <c r="D51" t="s">
+        <v>226</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
         <v>21</v>
       </c>
-      <c r="K43"/>
-[...320 lines deleted...]
-        <v>1996</v>
+      <c r="G51" t="s">
+        <v>90</v>
       </c>
       <c r="H51">
         <v>2012</v>
       </c>
-      <c r="I51" t="s">
+      <c r="I51">
+        <v>2012</v>
+      </c>
+      <c r="J51" t="s">
+        <v>91</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>25</v>
+      </c>
+      <c r="N51" t="s">
+        <v>227</v>
+      </c>
+      <c r="O51" t="s">
+        <v>228</v>
+      </c>
+      <c r="P51" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>229</v>
+      </c>
+      <c r="B52" t="s">
+        <v>230</v>
+      </c>
+      <c r="C52" t="s">
+        <v>18</v>
+      </c>
+      <c r="D52" t="s">
+        <v>231</v>
+      </c>
+      <c r="E52" t="s">
         <v>20</v>
       </c>
-      <c r="J51" t="s">
-[...3 lines deleted...]
-      <c r="L51" t="s">
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>90</v>
+      </c>
+      <c r="H52">
+        <v>1996</v>
+      </c>
+      <c r="I52">
+        <v>2010</v>
+      </c>
+      <c r="J52" t="s">
+        <v>23</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>25</v>
+      </c>
+      <c r="N52" t="s">
+        <v>26</v>
+      </c>
+      <c r="O52" t="s">
+        <v>232</v>
+      </c>
+      <c r="P52" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>233</v>
+      </c>
+      <c r="B53" t="s">
+        <v>234</v>
+      </c>
+      <c r="C53" t="s">
+        <v>18</v>
+      </c>
+      <c r="D53" t="s">
+        <v>235</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" t="s">
+        <v>90</v>
+      </c>
+      <c r="H53">
+        <v>1996</v>
+      </c>
+      <c r="I53">
+        <v>2012</v>
+      </c>
+      <c r="J53" t="s">
+        <v>23</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>236</v>
+      </c>
+      <c r="M53" t="s">
+        <v>25</v>
+      </c>
+      <c r="N53" t="s">
+        <v>26</v>
+      </c>
+      <c r="O53" t="s">
+        <v>237</v>
+      </c>
+      <c r="P53" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>238</v>
+      </c>
+      <c r="B54" t="s">
+        <v>239</v>
+      </c>
+      <c r="C54" t="s">
+        <v>18</v>
+      </c>
+      <c r="D54" t="s">
+        <v>163</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>90</v>
+      </c>
+      <c r="H54">
+        <v>1996</v>
+      </c>
+      <c r="I54">
+        <v>2010</v>
+      </c>
+      <c r="J54" t="s">
+        <v>23</v>
+      </c>
+      <c r="K54" t="s">
+        <v>130</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>25</v>
+      </c>
+      <c r="N54" t="s">
+        <v>26</v>
+      </c>
+      <c r="O54" t="s">
+        <v>240</v>
+      </c>
+      <c r="P54" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>241</v>
+      </c>
+      <c r="B55" t="s">
+        <v>242</v>
+      </c>
+      <c r="C55" t="s">
+        <v>18</v>
+      </c>
+      <c r="D55" t="s">
+        <v>43</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>90</v>
+      </c>
+      <c r="H55">
+        <v>1996</v>
+      </c>
+      <c r="I55">
+        <v>2010</v>
+      </c>
+      <c r="J55" t="s">
+        <v>23</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>25</v>
+      </c>
+      <c r="N55" t="s">
+        <v>26</v>
+      </c>
+      <c r="O55" t="s">
+        <v>243</v>
+      </c>
+      <c r="P55" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>244</v>
+      </c>
+      <c r="B56" t="s">
+        <v>245</v>
+      </c>
+      <c r="C56" t="s">
+        <v>18</v>
+      </c>
+      <c r="D56" t="s">
+        <v>163</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" t="s">
+        <v>90</v>
+      </c>
+      <c r="H56">
+        <v>1996</v>
+      </c>
+      <c r="I56">
+        <v>2010</v>
+      </c>
+      <c r="J56" t="s">
+        <v>23</v>
+      </c>
+      <c r="K56" t="s">
+        <v>130</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>25</v>
+      </c>
+      <c r="N56" t="s">
+        <v>26</v>
+      </c>
+      <c r="O56" t="s">
+        <v>246</v>
+      </c>
+      <c r="P56" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>247</v>
+      </c>
+      <c r="B57" t="s">
+        <v>248</v>
+      </c>
+      <c r="C57" t="s">
+        <v>18</v>
+      </c>
+      <c r="D57" t="s">
+        <v>212</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>21</v>
+      </c>
+      <c r="G57" t="s">
+        <v>90</v>
+      </c>
+      <c r="H57">
+        <v>1996</v>
+      </c>
+      <c r="I57">
+        <v>2010</v>
+      </c>
+      <c r="J57" t="s">
+        <v>91</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>25</v>
+      </c>
+      <c r="N57" t="s">
+        <v>26</v>
+      </c>
+      <c r="O57" t="s">
+        <v>249</v>
+      </c>
+      <c r="P57" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>247</v>
+      </c>
+      <c r="B58" t="s">
+        <v>250</v>
+      </c>
+      <c r="C58" t="s">
+        <v>18</v>
+      </c>
+      <c r="D58" t="s">
+        <v>251</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>90</v>
+      </c>
+      <c r="H58">
+        <v>1996</v>
+      </c>
+      <c r="I58">
+        <v>2010</v>
+      </c>
+      <c r="J58" t="s">
+        <v>23</v>
+      </c>
+      <c r="K58" t="s">
+        <v>130</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>25</v>
+      </c>
+      <c r="N58" t="s">
+        <v>26</v>
+      </c>
+      <c r="O58" t="s">
+        <v>252</v>
+      </c>
+      <c r="P58" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>253</v>
+      </c>
+      <c r="B59" t="s">
+        <v>254</v>
+      </c>
+      <c r="C59" t="s">
+        <v>18</v>
+      </c>
+      <c r="D59" t="s">
+        <v>255</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G59" t="s">
+        <v>90</v>
+      </c>
+      <c r="H59">
+        <v>1996</v>
+      </c>
+      <c r="I59">
+        <v>2010</v>
+      </c>
+      <c r="J59" t="s">
+        <v>23</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>25</v>
+      </c>
+      <c r="N59" t="s">
+        <v>26</v>
+      </c>
+      <c r="O59" t="s">
+        <v>256</v>
+      </c>
+      <c r="P59" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>257</v>
+      </c>
+      <c r="B60" t="s">
+        <v>217</v>
+      </c>
+      <c r="C60" t="s">
+        <v>18</v>
+      </c>
+      <c r="D60" t="s">
+        <v>217</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>90</v>
+      </c>
+      <c r="H60">
+        <v>1996</v>
+      </c>
+      <c r="I60">
+        <v>2010</v>
+      </c>
+      <c r="J60" t="s">
+        <v>258</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>25</v>
+      </c>
+      <c r="N60" t="s">
+        <v>26</v>
+      </c>
+      <c r="O60" t="s">
+        <v>259</v>
+      </c>
+      <c r="P60" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>261</v>
+      </c>
+      <c r="B61" t="s">
+        <v>262</v>
+      </c>
+      <c r="C61" t="s">
+        <v>18</v>
+      </c>
+      <c r="D61" t="s">
+        <v>263</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61" t="s">
+        <v>90</v>
+      </c>
+      <c r="H61">
+        <v>1996</v>
+      </c>
+      <c r="I61">
+        <v>2010</v>
+      </c>
+      <c r="J61" t="s">
+        <v>23</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>25</v>
+      </c>
+      <c r="N61" t="s">
+        <v>26</v>
+      </c>
+      <c r="O61" t="s">
+        <v>264</v>
+      </c>
+      <c r="P61" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>265</v>
+      </c>
+      <c r="B62" t="s">
+        <v>266</v>
+      </c>
+      <c r="C62" t="s">
+        <v>18</v>
+      </c>
+      <c r="D62" t="s">
+        <v>267</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>21</v>
+      </c>
+      <c r="G62" t="s">
+        <v>90</v>
+      </c>
+      <c r="H62">
+        <v>2006</v>
+      </c>
+      <c r="I62">
+        <v>2015</v>
+      </c>
+      <c r="J62" t="s">
+        <v>268</v>
+      </c>
+      <c r="K62" t="s">
+        <v>269</v>
+      </c>
+      <c r="L62" t="s">
+        <v>270</v>
+      </c>
+      <c r="M62" t="s">
+        <v>271</v>
+      </c>
+      <c r="N62" t="s">
+        <v>272</v>
+      </c>
+      <c r="O62" t="s">
+        <v>273</v>
+      </c>
+      <c r="P62" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>275</v>
+      </c>
+      <c r="B63" t="s">
+        <v>276</v>
+      </c>
+      <c r="C63" t="s">
+        <v>18</v>
+      </c>
+      <c r="D63" t="s">
+        <v>277</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>21</v>
+      </c>
+      <c r="G63" t="s">
+        <v>90</v>
+      </c>
+      <c r="H63">
+        <v>2001</v>
+      </c>
+      <c r="I63">
+        <v>2012</v>
+      </c>
+      <c r="J63" t="s">
+        <v>268</v>
+      </c>
+      <c r="K63" t="s">
+        <v>269</v>
+      </c>
+      <c r="L63" t="s">
+        <v>278</v>
+      </c>
+      <c r="M63" t="s">
+        <v>271</v>
+      </c>
+      <c r="N63" t="s">
+        <v>272</v>
+      </c>
+      <c r="O63" t="s">
+        <v>279</v>
+      </c>
+      <c r="P63" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>281</v>
+      </c>
+      <c r="B64" t="s">
+        <v>282</v>
+      </c>
+      <c r="C64" t="s">
+        <v>18</v>
+      </c>
+      <c r="D64" t="s">
+        <v>283</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>21</v>
+      </c>
+      <c r="G64" t="s">
+        <v>90</v>
+      </c>
+      <c r="H64">
+        <v>1994</v>
+      </c>
+      <c r="I64">
+        <v>2013</v>
+      </c>
+      <c r="J64" t="s">
+        <v>268</v>
+      </c>
+      <c r="K64" t="s">
+        <v>269</v>
+      </c>
+      <c r="L64" t="s">
+        <v>284</v>
+      </c>
+      <c r="M64" t="s">
+        <v>271</v>
+      </c>
+      <c r="N64" t="s">
+        <v>272</v>
+      </c>
+      <c r="O64" t="s">
+        <v>285</v>
+      </c>
+      <c r="P64" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>287</v>
+      </c>
+      <c r="B65" t="s">
+        <v>288</v>
+      </c>
+      <c r="C65" t="s">
+        <v>18</v>
+      </c>
+      <c r="D65" t="s">
+        <v>289</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>21</v>
+      </c>
+      <c r="G65" t="s">
+        <v>90</v>
+      </c>
+      <c r="H65">
+        <v>1992</v>
+      </c>
+      <c r="I65">
+        <v>2012</v>
+      </c>
+      <c r="J65" t="s">
+        <v>268</v>
+      </c>
+      <c r="K65" t="s">
+        <v>269</v>
+      </c>
+      <c r="L65" t="s">
+        <v>278</v>
+      </c>
+      <c r="M65" t="s">
+        <v>271</v>
+      </c>
+      <c r="N65" t="s">
+        <v>272</v>
+      </c>
+      <c r="O65" t="s">
+        <v>290</v>
+      </c>
+      <c r="P65" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>292</v>
+      </c>
+      <c r="B66" t="s">
+        <v>293</v>
+      </c>
+      <c r="C66" t="s">
+        <v>18</v>
+      </c>
+      <c r="D66" t="s">
+        <v>231</v>
+      </c>
+      <c r="E66" t="s">
+        <v>88</v>
+      </c>
+      <c r="F66" t="s">
+        <v>294</v>
+      </c>
+      <c r="G66" t="s">
+        <v>90</v>
+      </c>
+      <c r="H66">
+        <v>2008</v>
+      </c>
+      <c r="I66">
+        <v>2016</v>
+      </c>
+      <c r="J66" t="s">
+        <v>23</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>25</v>
+      </c>
+      <c r="N66" t="s">
+        <v>26</v>
+      </c>
+      <c r="O66" t="s">
+        <v>295</v>
+      </c>
+      <c r="P66" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>296</v>
+      </c>
+      <c r="B67" t="s">
+        <v>297</v>
+      </c>
+      <c r="C67" t="s">
+        <v>18</v>
+      </c>
+      <c r="D67" t="s">
+        <v>298</v>
+      </c>
+      <c r="E67" t="s">
+        <v>88</v>
+      </c>
+      <c r="F67" t="s">
+        <v>294</v>
+      </c>
+      <c r="G67" t="s">
         <v>22</v>
       </c>
-      <c r="M51" t="s">
+      <c r="H67">
+        <v>2012</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
         <v>23</v>
       </c>
-      <c r="N51" t="s">
-[...35 lines deleted...]
-      <c r="L52" t="s">
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>25</v>
+      </c>
+      <c r="N67" t="s">
+        <v>26</v>
+      </c>
+      <c r="O67" t="s">
+        <v>299</v>
+      </c>
+      <c r="P67" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>300</v>
+      </c>
+      <c r="B68" t="s">
+        <v>301</v>
+      </c>
+      <c r="C68" t="s">
+        <v>18</v>
+      </c>
+      <c r="D68" t="s">
+        <v>302</v>
+      </c>
+      <c r="E68" t="s">
+        <v>88</v>
+      </c>
+      <c r="F68" t="s">
+        <v>294</v>
+      </c>
+      <c r="G68" t="s">
         <v>22</v>
       </c>
-      <c r="M52" t="s">
+      <c r="H68">
+        <v>2009</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
         <v>23</v>
       </c>
-      <c r="N52" t="s">
-[...673 lines deleted...]
-      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68"/>
       <c r="M68" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N68" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O68" t="s">
+        <v>303</v>
+      </c>
+      <c r="P68" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>226</v>
+        <v>304</v>
       </c>
       <c r="B69" t="s">
-        <v>15</v>
+        <v>134</v>
       </c>
       <c r="C69" t="s">
-        <v>104</v>
+        <v>18</v>
       </c>
       <c r="D69" t="s">
-        <v>68</v>
+        <v>135</v>
       </c>
       <c r="E69" t="s">
-        <v>218</v>
+        <v>88</v>
       </c>
       <c r="F69" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>294</v>
+      </c>
+      <c r="G69" t="s">
+        <v>90</v>
       </c>
       <c r="H69">
         <v>2011</v>
       </c>
-      <c r="I69" t="s">
-        <v>20</v>
+      <c r="I69">
+        <v>2011</v>
       </c>
       <c r="J69" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K69" t="s">
-        <v>105</v>
+        <v>24</v>
       </c>
       <c r="L69" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="M69" t="s">
+        <v>25</v>
+      </c>
+      <c r="N69" t="s">
+        <v>26</v>
+      </c>
+      <c r="O69" t="s">
+        <v>305</v>
+      </c>
+      <c r="P69" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>306</v>
+      </c>
+      <c r="B70" t="s">
+        <v>86</v>
+      </c>
+      <c r="C70" t="s">
+        <v>18</v>
+      </c>
+      <c r="D70" t="s">
+        <v>87</v>
+      </c>
+      <c r="E70" t="s">
+        <v>88</v>
+      </c>
+      <c r="F70" t="s">
+        <v>294</v>
+      </c>
+      <c r="G70" t="s">
+        <v>90</v>
+      </c>
+      <c r="H70">
+        <v>1993</v>
+      </c>
+      <c r="I70">
+        <v>2009</v>
+      </c>
+      <c r="J70" t="s">
+        <v>91</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
+        <v>92</v>
+      </c>
+      <c r="M70" t="s">
+        <v>25</v>
+      </c>
+      <c r="N70" t="s">
+        <v>26</v>
+      </c>
+      <c r="O70" t="s">
+        <v>307</v>
+      </c>
+      <c r="P70" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>308</v>
+      </c>
+      <c r="B71" t="s">
+        <v>309</v>
+      </c>
+      <c r="C71" t="s">
+        <v>18</v>
+      </c>
+      <c r="D71" t="s">
+        <v>235</v>
+      </c>
+      <c r="E71" t="s">
+        <v>88</v>
+      </c>
+      <c r="F71" t="s">
+        <v>294</v>
+      </c>
+      <c r="G71" t="s">
+        <v>90</v>
+      </c>
+      <c r="H71">
+        <v>1994</v>
+      </c>
+      <c r="I71">
+        <v>2003</v>
+      </c>
+      <c r="J71" t="s">
         <v>23</v>
       </c>
-      <c r="N69" t="s">
-[...77 lines deleted...]
-      </c>
       <c r="K71" t="s">
-        <v>177</v>
+        <v>24</v>
       </c>
       <c r="L71" t="s">
-        <v>22</v>
+        <v>236</v>
       </c>
       <c r="M71" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N71" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O71" t="s">
+        <v>310</v>
+      </c>
+      <c r="P71" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>232</v>
+        <v>311</v>
       </c>
       <c r="B72" t="s">
-        <v>15</v>
+        <v>139</v>
       </c>
       <c r="C72" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D72" t="s">
-        <v>68</v>
+        <v>140</v>
       </c>
       <c r="E72" t="s">
-        <v>218</v>
+        <v>88</v>
       </c>
       <c r="F72" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>294</v>
+      </c>
+      <c r="G72" t="s">
+        <v>90</v>
       </c>
       <c r="H72">
         <v>2010</v>
       </c>
-      <c r="I72" t="s">
-        <v>71</v>
+      <c r="I72">
+        <v>2010</v>
       </c>
       <c r="J72" t="s">
-        <v>21</v>
+        <v>91</v>
       </c>
       <c r="K72" t="s">
-        <v>109</v>
+        <v>24</v>
       </c>
       <c r="L72" t="s">
-        <v>22</v>
+        <v>141</v>
       </c>
       <c r="M72" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N72" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O72" t="s">
+        <v>312</v>
+      </c>
+      <c r="P72" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>234</v>
+        <v>313</v>
       </c>
       <c r="B73" t="s">
-        <v>15</v>
+        <v>96</v>
       </c>
       <c r="C73" t="s">
-        <v>75</v>
+        <v>18</v>
       </c>
       <c r="D73" t="s">
-        <v>68</v>
+        <v>97</v>
       </c>
       <c r="E73" t="s">
-        <v>218</v>
+        <v>88</v>
       </c>
       <c r="F73" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>294</v>
+      </c>
+      <c r="G73" t="s">
+        <v>90</v>
       </c>
       <c r="H73">
         <v>2012</v>
       </c>
-      <c r="I73" t="s">
-        <v>20</v>
+      <c r="I73">
+        <v>2012</v>
       </c>
       <c r="J73" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L73" t="s">
+        <v>23</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>25</v>
+      </c>
+      <c r="N73" t="s">
+        <v>26</v>
+      </c>
+      <c r="O73" t="s">
+        <v>314</v>
+      </c>
+      <c r="P73" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>315</v>
+      </c>
+      <c r="B74" t="s">
+        <v>101</v>
+      </c>
+      <c r="C74" t="s">
+        <v>18</v>
+      </c>
+      <c r="D74" t="s">
+        <v>102</v>
+      </c>
+      <c r="E74" t="s">
+        <v>88</v>
+      </c>
+      <c r="F74" t="s">
+        <v>294</v>
+      </c>
+      <c r="G74" t="s">
         <v>22</v>
       </c>
-      <c r="M73" t="s">
+      <c r="H74">
+        <v>2009</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
         <v>23</v>
       </c>
-      <c r="N73" t="s">
-[...22 lines deleted...]
-      <c r="G74">
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74" t="s">
+        <v>104</v>
+      </c>
+      <c r="M74" t="s">
+        <v>25</v>
+      </c>
+      <c r="N74" t="s">
+        <v>26</v>
+      </c>
+      <c r="O74" t="s">
+        <v>316</v>
+      </c>
+      <c r="P74" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>317</v>
+      </c>
+      <c r="B75" t="s">
+        <v>318</v>
+      </c>
+      <c r="C75" t="s">
+        <v>18</v>
+      </c>
+      <c r="D75" t="s">
+        <v>145</v>
+      </c>
+      <c r="E75" t="s">
+        <v>88</v>
+      </c>
+      <c r="F75" t="s">
+        <v>294</v>
+      </c>
+      <c r="G75" t="s">
+        <v>90</v>
+      </c>
+      <c r="H75">
+        <v>2002</v>
+      </c>
+      <c r="I75">
+        <v>2007</v>
+      </c>
+      <c r="J75" t="s">
+        <v>23</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75" t="s">
+        <v>146</v>
+      </c>
+      <c r="M75" t="s">
+        <v>25</v>
+      </c>
+      <c r="N75" t="s">
+        <v>26</v>
+      </c>
+      <c r="O75" t="s">
+        <v>319</v>
+      </c>
+      <c r="P75" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>320</v>
+      </c>
+      <c r="B76" t="s">
+        <v>149</v>
+      </c>
+      <c r="C76" t="s">
+        <v>18</v>
+      </c>
+      <c r="D76" t="s">
+        <v>150</v>
+      </c>
+      <c r="E76" t="s">
+        <v>88</v>
+      </c>
+      <c r="F76" t="s">
+        <v>294</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
         <v>2009</v>
       </c>
-      <c r="H74"/>
-[...9 lines deleted...]
-      <c r="L74" t="s">
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>91</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76" t="s">
+        <v>151</v>
+      </c>
+      <c r="M76" t="s">
+        <v>25</v>
+      </c>
+      <c r="N76" t="s">
+        <v>26</v>
+      </c>
+      <c r="O76" t="s">
+        <v>321</v>
+      </c>
+      <c r="P76" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>322</v>
+      </c>
+      <c r="B77" t="s">
+        <v>323</v>
+      </c>
+      <c r="C77" t="s">
+        <v>18</v>
+      </c>
+      <c r="D77" t="s">
+        <v>163</v>
+      </c>
+      <c r="E77" t="s">
+        <v>88</v>
+      </c>
+      <c r="F77" t="s">
+        <v>294</v>
+      </c>
+      <c r="G77" t="s">
         <v>22</v>
       </c>
-      <c r="M74" t="s">
+      <c r="H77">
+        <v>2011</v>
+      </c>
+      <c r="I77"/>
+      <c r="J77" t="s">
         <v>23</v>
       </c>
-      <c r="N74" t="s">
-[...10 lines deleted...]
-      <c r="C75" t="s">
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" t="s">
+        <v>25</v>
+      </c>
+      <c r="N77" t="s">
+        <v>26</v>
+      </c>
+      <c r="O77" t="s">
+        <v>324</v>
+      </c>
+      <c r="P77" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>325</v>
+      </c>
+      <c r="B78" t="s">
+        <v>326</v>
+      </c>
+      <c r="C78" t="s">
+        <v>18</v>
+      </c>
+      <c r="D78" t="s">
+        <v>327</v>
+      </c>
+      <c r="E78" t="s">
+        <v>88</v>
+      </c>
+      <c r="F78" t="s">
+        <v>294</v>
+      </c>
+      <c r="G78" t="s">
+        <v>90</v>
+      </c>
+      <c r="H78">
+        <v>2011</v>
+      </c>
+      <c r="I78">
+        <v>2015</v>
+      </c>
+      <c r="J78" t="s">
+        <v>23</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78"/>
+      <c r="M78" t="s">
+        <v>25</v>
+      </c>
+      <c r="N78" t="s">
+        <v>26</v>
+      </c>
+      <c r="O78" t="s">
+        <v>328</v>
+      </c>
+      <c r="P78" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>329</v>
+      </c>
+      <c r="B79" t="s">
         <v>112</v>
       </c>
-      <c r="D75" t="s">
-[...20 lines deleted...]
-      <c r="K75" t="s">
+      <c r="C79" t="s">
+        <v>18</v>
+      </c>
+      <c r="D79" t="s">
         <v>113</v>
       </c>
-      <c r="L75" t="s">
-[...145 lines deleted...]
-      </c>
       <c r="E79" t="s">
-        <v>218</v>
+        <v>88</v>
       </c>
       <c r="F79" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>294</v>
+      </c>
+      <c r="G79" t="s">
+        <v>90</v>
       </c>
       <c r="H79">
         <v>2012</v>
       </c>
-      <c r="I79" t="s">
+      <c r="I79">
+        <v>2012</v>
+      </c>
+      <c r="J79" t="s">
+        <v>114</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79"/>
+      <c r="M79" t="s">
+        <v>25</v>
+      </c>
+      <c r="N79" t="s">
+        <v>26</v>
+      </c>
+      <c r="O79" t="s">
+        <v>330</v>
+      </c>
+      <c r="P79" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>331</v>
+      </c>
+      <c r="B80" t="s">
+        <v>332</v>
+      </c>
+      <c r="C80" t="s">
+        <v>18</v>
+      </c>
+      <c r="D80" t="s">
+        <v>333</v>
+      </c>
+      <c r="E80" t="s">
         <v>88</v>
       </c>
-      <c r="J79" t="s">
-[...3 lines deleted...]
-      <c r="L79" t="s">
+      <c r="F80" t="s">
+        <v>294</v>
+      </c>
+      <c r="G80" t="s">
+        <v>334</v>
+      </c>
+      <c r="H80">
+        <v>2012</v>
+      </c>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>335</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>336</v>
+      </c>
+      <c r="N80" t="s">
+        <v>26</v>
+      </c>
+      <c r="O80" t="s">
+        <v>337</v>
+      </c>
+      <c r="P80" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>339</v>
+      </c>
+      <c r="B81" t="s">
+        <v>154</v>
+      </c>
+      <c r="C81" t="s">
+        <v>18</v>
+      </c>
+      <c r="D81" t="s">
+        <v>340</v>
+      </c>
+      <c r="E81" t="s">
+        <v>88</v>
+      </c>
+      <c r="F81" t="s">
+        <v>294</v>
+      </c>
+      <c r="G81" t="s">
+        <v>90</v>
+      </c>
+      <c r="H81">
+        <v>1994</v>
+      </c>
+      <c r="I81">
+        <v>2003</v>
+      </c>
+      <c r="J81" t="s">
+        <v>91</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81"/>
+      <c r="M81" t="s">
+        <v>25</v>
+      </c>
+      <c r="N81" t="s">
+        <v>26</v>
+      </c>
+      <c r="O81" t="s">
+        <v>341</v>
+      </c>
+      <c r="P81" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>342</v>
+      </c>
+      <c r="B82" t="s">
+        <v>343</v>
+      </c>
+      <c r="C82" t="s">
+        <v>18</v>
+      </c>
+      <c r="D82" t="s">
+        <v>235</v>
+      </c>
+      <c r="E82" t="s">
+        <v>88</v>
+      </c>
+      <c r="F82" t="s">
+        <v>294</v>
+      </c>
+      <c r="G82" t="s">
+        <v>90</v>
+      </c>
+      <c r="H82">
+        <v>1994</v>
+      </c>
+      <c r="I82">
+        <v>2004</v>
+      </c>
+      <c r="J82" t="s">
+        <v>23</v>
+      </c>
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82" t="s">
+        <v>344</v>
+      </c>
+      <c r="M82" t="s">
+        <v>25</v>
+      </c>
+      <c r="N82" t="s">
+        <v>26</v>
+      </c>
+      <c r="O82" t="s">
+        <v>345</v>
+      </c>
+      <c r="P82" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>346</v>
+      </c>
+      <c r="B83" t="s">
+        <v>158</v>
+      </c>
+      <c r="C83" t="s">
+        <v>18</v>
+      </c>
+      <c r="D83" t="s">
+        <v>159</v>
+      </c>
+      <c r="E83" t="s">
+        <v>88</v>
+      </c>
+      <c r="F83" t="s">
+        <v>294</v>
+      </c>
+      <c r="G83" t="s">
+        <v>90</v>
+      </c>
+      <c r="H83">
+        <v>2004</v>
+      </c>
+      <c r="I83">
+        <v>2010</v>
+      </c>
+      <c r="J83" t="s">
+        <v>91</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83"/>
+      <c r="M83" t="s">
+        <v>25</v>
+      </c>
+      <c r="N83" t="s">
+        <v>26</v>
+      </c>
+      <c r="O83" t="s">
+        <v>347</v>
+      </c>
+      <c r="P83" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>348</v>
+      </c>
+      <c r="B84" t="s">
+        <v>128</v>
+      </c>
+      <c r="C84" t="s">
+        <v>18</v>
+      </c>
+      <c r="D84" t="s">
+        <v>129</v>
+      </c>
+      <c r="E84" t="s">
+        <v>88</v>
+      </c>
+      <c r="F84" t="s">
+        <v>294</v>
+      </c>
+      <c r="G84" t="s">
+        <v>90</v>
+      </c>
+      <c r="H84">
+        <v>2010</v>
+      </c>
+      <c r="I84">
+        <v>2015</v>
+      </c>
+      <c r="J84" t="s">
+        <v>23</v>
+      </c>
+      <c r="K84" t="s">
+        <v>130</v>
+      </c>
+      <c r="L84" t="s">
+        <v>131</v>
+      </c>
+      <c r="M84" t="s">
+        <v>25</v>
+      </c>
+      <c r="N84" t="s">
+        <v>26</v>
+      </c>
+      <c r="O84" t="s">
+        <v>349</v>
+      </c>
+      <c r="P84" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>350</v>
+      </c>
+      <c r="B85" t="s">
+        <v>351</v>
+      </c>
+      <c r="C85" t="s">
+        <v>18</v>
+      </c>
+      <c r="D85" t="s">
+        <v>108</v>
+      </c>
+      <c r="E85" t="s">
+        <v>88</v>
+      </c>
+      <c r="F85" t="s">
+        <v>294</v>
+      </c>
+      <c r="G85" t="s">
+        <v>90</v>
+      </c>
+      <c r="H85">
+        <v>2002</v>
+      </c>
+      <c r="I85">
+        <v>2006</v>
+      </c>
+      <c r="J85" t="s">
+        <v>23</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85" t="s">
+        <v>109</v>
+      </c>
+      <c r="M85" t="s">
+        <v>25</v>
+      </c>
+      <c r="N85" t="s">
+        <v>26</v>
+      </c>
+      <c r="O85" t="s">
+        <v>352</v>
+      </c>
+      <c r="P85" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>353</v>
+      </c>
+      <c r="B86" t="s">
+        <v>162</v>
+      </c>
+      <c r="C86" t="s">
+        <v>18</v>
+      </c>
+      <c r="D86" t="s">
+        <v>163</v>
+      </c>
+      <c r="E86" t="s">
+        <v>88</v>
+      </c>
+      <c r="F86" t="s">
+        <v>294</v>
+      </c>
+      <c r="G86" t="s">
+        <v>90</v>
+      </c>
+      <c r="H86">
+        <v>2001</v>
+      </c>
+      <c r="I86">
+        <v>2010</v>
+      </c>
+      <c r="J86" t="s">
+        <v>23</v>
+      </c>
+      <c r="K86" t="s">
+        <v>130</v>
+      </c>
+      <c r="L86" t="s">
+        <v>164</v>
+      </c>
+      <c r="M86" t="s">
+        <v>25</v>
+      </c>
+      <c r="N86" t="s">
+        <v>26</v>
+      </c>
+      <c r="O86" t="s">
+        <v>354</v>
+      </c>
+      <c r="P86" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>355</v>
+      </c>
+      <c r="B87" t="s">
+        <v>167</v>
+      </c>
+      <c r="C87" t="s">
+        <v>18</v>
+      </c>
+      <c r="D87" t="s">
+        <v>168</v>
+      </c>
+      <c r="E87" t="s">
+        <v>88</v>
+      </c>
+      <c r="F87" t="s">
+        <v>294</v>
+      </c>
+      <c r="G87" t="s">
+        <v>90</v>
+      </c>
+      <c r="H87">
+        <v>2009</v>
+      </c>
+      <c r="I87">
+        <v>2014</v>
+      </c>
+      <c r="J87" t="s">
+        <v>91</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87" t="s">
+        <v>169</v>
+      </c>
+      <c r="M87" t="s">
+        <v>25</v>
+      </c>
+      <c r="N87" t="s">
+        <v>26</v>
+      </c>
+      <c r="O87" t="s">
+        <v>356</v>
+      </c>
+      <c r="P87" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>358</v>
+      </c>
+      <c r="B88" t="s">
+        <v>359</v>
+      </c>
+      <c r="C88" t="s">
+        <v>18</v>
+      </c>
+      <c r="D88" t="s">
+        <v>176</v>
+      </c>
+      <c r="E88" t="s">
+        <v>88</v>
+      </c>
+      <c r="F88" t="s">
+        <v>294</v>
+      </c>
+      <c r="G88" t="s">
         <v>22</v>
       </c>
-      <c r="M79" t="s">
+      <c r="H88">
+        <v>2004</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>91</v>
+      </c>
+      <c r="K88" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88" t="s">
+        <v>177</v>
+      </c>
+      <c r="M88" t="s">
+        <v>25</v>
+      </c>
+      <c r="N88" t="s">
+        <v>26</v>
+      </c>
+      <c r="O88" t="s">
+        <v>360</v>
+      </c>
+      <c r="P88" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>361</v>
+      </c>
+      <c r="B89" t="s">
+        <v>362</v>
+      </c>
+      <c r="C89" t="s">
+        <v>18</v>
+      </c>
+      <c r="D89" t="s">
+        <v>363</v>
+      </c>
+      <c r="E89" t="s">
+        <v>88</v>
+      </c>
+      <c r="F89" t="s">
+        <v>294</v>
+      </c>
+      <c r="G89" t="s">
+        <v>90</v>
+      </c>
+      <c r="H89">
+        <v>2010</v>
+      </c>
+      <c r="I89">
+        <v>2012</v>
+      </c>
+      <c r="J89" t="s">
+        <v>91</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89"/>
+      <c r="M89" t="s">
+        <v>25</v>
+      </c>
+      <c r="N89" t="s">
+        <v>26</v>
+      </c>
+      <c r="O89" t="s">
+        <v>364</v>
+      </c>
+      <c r="P89" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>365</v>
+      </c>
+      <c r="B90" t="s">
+        <v>366</v>
+      </c>
+      <c r="C90" t="s">
+        <v>18</v>
+      </c>
+      <c r="D90" t="s">
+        <v>140</v>
+      </c>
+      <c r="E90" t="s">
+        <v>88</v>
+      </c>
+      <c r="F90" t="s">
+        <v>294</v>
+      </c>
+      <c r="G90" t="s">
+        <v>90</v>
+      </c>
+      <c r="H90">
+        <v>1992</v>
+      </c>
+      <c r="I90">
+        <v>2004</v>
+      </c>
+      <c r="J90" t="s">
+        <v>91</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90" t="s">
+        <v>141</v>
+      </c>
+      <c r="M90" t="s">
+        <v>25</v>
+      </c>
+      <c r="N90" t="s">
+        <v>26</v>
+      </c>
+      <c r="O90" t="s">
+        <v>367</v>
+      </c>
+      <c r="P90" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>369</v>
+      </c>
+      <c r="B91" t="s">
+        <v>370</v>
+      </c>
+      <c r="C91" t="s">
+        <v>18</v>
+      </c>
+      <c r="D91" t="s">
+        <v>79</v>
+      </c>
+      <c r="E91" t="s">
+        <v>88</v>
+      </c>
+      <c r="F91" t="s">
+        <v>294</v>
+      </c>
+      <c r="G91" t="s">
+        <v>90</v>
+      </c>
+      <c r="H91">
+        <v>2015</v>
+      </c>
+      <c r="I91">
+        <v>2019</v>
+      </c>
+      <c r="J91" t="s">
+        <v>335</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91"/>
+      <c r="M91" t="s">
+        <v>336</v>
+      </c>
+      <c r="N91" t="s">
+        <v>26</v>
+      </c>
+      <c r="O91" t="s">
+        <v>371</v>
+      </c>
+      <c r="P91" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>373</v>
+      </c>
+      <c r="B92" t="s">
+        <v>78</v>
+      </c>
+      <c r="C92" t="s">
+        <v>18</v>
+      </c>
+      <c r="D92" t="s">
+        <v>79</v>
+      </c>
+      <c r="E92" t="s">
+        <v>88</v>
+      </c>
+      <c r="F92" t="s">
+        <v>294</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
+        <v>2015</v>
+      </c>
+      <c r="I92"/>
+      <c r="J92" t="s">
         <v>23</v>
       </c>
-      <c r="N79" t="s">
-[...178 lines deleted...]
-      <c r="C84" t="s">
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92"/>
+      <c r="M92" t="s">
+        <v>25</v>
+      </c>
+      <c r="N92" t="s">
+        <v>26</v>
+      </c>
+      <c r="O92" t="s">
+        <v>374</v>
+      </c>
+      <c r="P92" t="s">
         <v>99</v>
       </c>
-      <c r="D84" t="s">
-[...40 lines deleted...]
-      <c r="C85" t="s">
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>375</v>
+      </c>
+      <c r="B93" t="s">
+        <v>376</v>
+      </c>
+      <c r="C93" t="s">
+        <v>18</v>
+      </c>
+      <c r="D93" t="s">
         <v>83</v>
       </c>
-      <c r="D85" t="s">
-[...343 lines deleted...]
-      </c>
       <c r="E93" t="s">
-        <v>218</v>
+        <v>88</v>
       </c>
       <c r="F93" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>294</v>
+      </c>
+      <c r="G93" t="s">
+        <v>90</v>
       </c>
       <c r="H93">
         <v>2012</v>
       </c>
-      <c r="I93" t="s">
+      <c r="I93">
+        <v>2012</v>
+      </c>
+      <c r="J93" t="s">
+        <v>23</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93"/>
+      <c r="M93" t="s">
+        <v>25</v>
+      </c>
+      <c r="N93" t="s">
+        <v>26</v>
+      </c>
+      <c r="O93" t="s">
+        <v>377</v>
+      </c>
+      <c r="P93" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>378</v>
+      </c>
+      <c r="B94" t="s">
+        <v>379</v>
+      </c>
+      <c r="C94" t="s">
+        <v>18</v>
+      </c>
+      <c r="D94" t="s">
+        <v>223</v>
+      </c>
+      <c r="E94" t="s">
+        <v>88</v>
+      </c>
+      <c r="F94" t="s">
+        <v>294</v>
+      </c>
+      <c r="G94" t="s">
+        <v>90</v>
+      </c>
+      <c r="H94">
+        <v>2012</v>
+      </c>
+      <c r="I94">
+        <v>2016</v>
+      </c>
+      <c r="J94" t="s">
+        <v>23</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94"/>
+      <c r="M94" t="s">
+        <v>25</v>
+      </c>
+      <c r="N94" t="s">
+        <v>26</v>
+      </c>
+      <c r="O94" t="s">
+        <v>380</v>
+      </c>
+      <c r="P94" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>378</v>
+      </c>
+      <c r="B95" t="s">
+        <v>381</v>
+      </c>
+      <c r="C95" t="s">
+        <v>18</v>
+      </c>
+      <c r="D95" t="s">
+        <v>223</v>
+      </c>
+      <c r="E95" t="s">
+        <v>88</v>
+      </c>
+      <c r="F95" t="s">
+        <v>294</v>
+      </c>
+      <c r="G95" t="s">
+        <v>90</v>
+      </c>
+      <c r="H95">
+        <v>2012</v>
+      </c>
+      <c r="I95">
+        <v>2015</v>
+      </c>
+      <c r="J95" t="s">
+        <v>23</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95"/>
+      <c r="M95" t="s">
+        <v>25</v>
+      </c>
+      <c r="N95" t="s">
+        <v>26</v>
+      </c>
+      <c r="O95" t="s">
+        <v>382</v>
+      </c>
+      <c r="P95" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>383</v>
+      </c>
+      <c r="B96" t="s">
+        <v>384</v>
+      </c>
+      <c r="C96" t="s">
+        <v>18</v>
+      </c>
+      <c r="D96" t="s">
+        <v>189</v>
+      </c>
+      <c r="E96" t="s">
+        <v>88</v>
+      </c>
+      <c r="F96" t="s">
+        <v>294</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2009</v>
+      </c>
+      <c r="I96"/>
+      <c r="J96" t="s">
+        <v>23</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96" t="s">
+        <v>190</v>
+      </c>
+      <c r="M96" t="s">
+        <v>25</v>
+      </c>
+      <c r="N96" t="s">
+        <v>26</v>
+      </c>
+      <c r="O96" t="s">
+        <v>385</v>
+      </c>
+      <c r="P96" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>386</v>
+      </c>
+      <c r="B97" t="s">
+        <v>387</v>
+      </c>
+      <c r="C97" t="s">
+        <v>18</v>
+      </c>
+      <c r="D97" t="s">
+        <v>108</v>
+      </c>
+      <c r="E97" t="s">
+        <v>88</v>
+      </c>
+      <c r="F97" t="s">
+        <v>294</v>
+      </c>
+      <c r="G97" t="s">
+        <v>90</v>
+      </c>
+      <c r="H97">
+        <v>2002</v>
+      </c>
+      <c r="I97">
+        <v>2004</v>
+      </c>
+      <c r="J97" t="s">
+        <v>23</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97" t="s">
+        <v>109</v>
+      </c>
+      <c r="M97" t="s">
+        <v>25</v>
+      </c>
+      <c r="N97" t="s">
+        <v>26</v>
+      </c>
+      <c r="O97" t="s">
+        <v>388</v>
+      </c>
+      <c r="P97" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>389</v>
+      </c>
+      <c r="B98" t="s">
+        <v>390</v>
+      </c>
+      <c r="C98" t="s">
+        <v>18</v>
+      </c>
+      <c r="D98" t="s">
+        <v>108</v>
+      </c>
+      <c r="E98" t="s">
         <v>20</v>
       </c>
-      <c r="J93" t="s">
+      <c r="F98" t="s">
         <v>21</v>
       </c>
-      <c r="K93"/>
-[...200 lines deleted...]
-        <v>2012</v>
+      <c r="G98" t="s">
+        <v>90</v>
       </c>
       <c r="H98">
         <v>2012</v>
       </c>
-      <c r="I98" t="s">
+      <c r="I98">
+        <v>2012</v>
+      </c>
+      <c r="J98" t="s">
+        <v>23</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98"/>
+      <c r="M98" t="s">
+        <v>25</v>
+      </c>
+      <c r="N98" t="s">
+        <v>26</v>
+      </c>
+      <c r="O98" t="s">
+        <v>391</v>
+      </c>
+      <c r="P98" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>389</v>
+      </c>
+      <c r="B99" t="s">
+        <v>83</v>
+      </c>
+      <c r="C99" t="s">
+        <v>18</v>
+      </c>
+      <c r="D99" t="s">
+        <v>83</v>
+      </c>
+      <c r="E99" t="s">
         <v>20</v>
       </c>
-      <c r="J98" t="s">
+      <c r="F99" t="s">
         <v>21</v>
       </c>
-      <c r="K98"/>
-[...30 lines deleted...]
-        <v>2012</v>
+      <c r="G99" t="s">
+        <v>90</v>
       </c>
       <c r="H99">
         <v>2012</v>
       </c>
-      <c r="I99" t="s">
+      <c r="I99">
+        <v>2012</v>
+      </c>
+      <c r="J99" t="s">
+        <v>23</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99"/>
+      <c r="M99" t="s">
+        <v>25</v>
+      </c>
+      <c r="N99" t="s">
+        <v>26</v>
+      </c>
+      <c r="O99" t="s">
+        <v>392</v>
+      </c>
+      <c r="P99" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>393</v>
+      </c>
+      <c r="B100" t="s">
+        <v>394</v>
+      </c>
+      <c r="C100" t="s">
+        <v>395</v>
+      </c>
+      <c r="D100" t="s">
+        <v>396</v>
+      </c>
+      <c r="E100" t="s">
         <v>20</v>
       </c>
-      <c r="J99" t="s">
-[...3 lines deleted...]
-      <c r="L99" t="s">
+      <c r="F100" t="s">
+        <v>294</v>
+      </c>
+      <c r="G100" t="s">
         <v>22</v>
       </c>
-      <c r="M99" t="s">
-[...2 lines deleted...]
-      <c r="N99" t="s">
+      <c r="H100">
+        <v>2021</v>
+      </c>
+      <c r="I100"/>
+      <c r="J100" t="s">
+        <v>397</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100" t="s">
+        <v>398</v>
+      </c>
+      <c r="M100" t="s">
+        <v>399</v>
+      </c>
+      <c r="N100" t="s">
+        <v>26</v>
+      </c>
+      <c r="O100" t="s">
+        <v>400</v>
+      </c>
+      <c r="P100"/>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>401</v>
+      </c>
+      <c r="B101" t="s">
+        <v>402</v>
+      </c>
+      <c r="C101" t="s">
+        <v>395</v>
+      </c>
+      <c r="D101" t="s">
+        <v>403</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>89</v>
+      </c>
+      <c r="G101" t="s">
+        <v>90</v>
+      </c>
+      <c r="H101">
+        <v>2002</v>
+      </c>
+      <c r="I101">
+        <v>2015</v>
+      </c>
+      <c r="J101" t="s">
+        <v>404</v>
+      </c>
+      <c r="K101" t="s">
+        <v>405</v>
+      </c>
+      <c r="L101" t="s">
+        <v>406</v>
+      </c>
+      <c r="M101" t="s">
+        <v>399</v>
+      </c>
+      <c r="N101" t="s">
+        <v>26</v>
+      </c>
+      <c r="O101" t="s">
+        <v>407</v>
+      </c>
+      <c r="P101" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>409</v>
+      </c>
+      <c r="B102" t="s">
+        <v>410</v>
+      </c>
+      <c r="C102" t="s">
+        <v>395</v>
+      </c>
+      <c r="D102" t="s">
+        <v>403</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
         <v>294</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G100">
+      <c r="G102" t="s">
+        <v>90</v>
+      </c>
+      <c r="H102">
+        <v>2013</v>
+      </c>
+      <c r="I102">
+        <v>2015</v>
+      </c>
+      <c r="J102" t="s">
+        <v>404</v>
+      </c>
+      <c r="K102" t="s">
+        <v>405</v>
+      </c>
+      <c r="L102" t="s">
+        <v>411</v>
+      </c>
+      <c r="M102" t="s">
+        <v>399</v>
+      </c>
+      <c r="N102" t="s">
+        <v>26</v>
+      </c>
+      <c r="O102" t="s">
+        <v>412</v>
+      </c>
+      <c r="P102" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>413</v>
+      </c>
+      <c r="B103" t="s">
+        <v>414</v>
+      </c>
+      <c r="C103" t="s">
+        <v>395</v>
+      </c>
+      <c r="D103" t="s">
+        <v>415</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>89</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2006</v>
+      </c>
+      <c r="I103"/>
+      <c r="J103" t="s">
+        <v>404</v>
+      </c>
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103" t="s">
+        <v>416</v>
+      </c>
+      <c r="M103" t="s">
+        <v>399</v>
+      </c>
+      <c r="N103" t="s">
+        <v>26</v>
+      </c>
+      <c r="O103" t="s">
+        <v>417</v>
+      </c>
+      <c r="P103" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>419</v>
+      </c>
+      <c r="B104" t="s">
+        <v>420</v>
+      </c>
+      <c r="C104" t="s">
+        <v>395</v>
+      </c>
+      <c r="D104" t="s">
+        <v>421</v>
+      </c>
+      <c r="E104" t="s">
+        <v>88</v>
+      </c>
+      <c r="F104" t="s">
+        <v>89</v>
+      </c>
+      <c r="G104" t="s">
+        <v>90</v>
+      </c>
+      <c r="H104">
+        <v>2011</v>
+      </c>
+      <c r="I104">
+        <v>2014</v>
+      </c>
+      <c r="J104" t="s">
+        <v>397</v>
+      </c>
+      <c r="K104" t="s">
+        <v>405</v>
+      </c>
+      <c r="L104" t="s">
+        <v>422</v>
+      </c>
+      <c r="M104" t="s">
+        <v>399</v>
+      </c>
+      <c r="N104" t="s">
+        <v>26</v>
+      </c>
+      <c r="O104" t="s">
+        <v>423</v>
+      </c>
+      <c r="P104" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>419</v>
+      </c>
+      <c r="B105" t="s">
+        <v>425</v>
+      </c>
+      <c r="C105" t="s">
+        <v>395</v>
+      </c>
+      <c r="D105" t="s">
+        <v>421</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>294</v>
+      </c>
+      <c r="G105" t="s">
+        <v>90</v>
+      </c>
+      <c r="H105">
+        <v>2015</v>
+      </c>
+      <c r="I105">
+        <v>2017</v>
+      </c>
+      <c r="J105" t="s">
+        <v>397</v>
+      </c>
+      <c r="K105" t="s">
+        <v>405</v>
+      </c>
+      <c r="L105" t="s">
+        <v>426</v>
+      </c>
+      <c r="M105" t="s">
+        <v>399</v>
+      </c>
+      <c r="N105" t="s">
+        <v>26</v>
+      </c>
+      <c r="O105" t="s">
+        <v>427</v>
+      </c>
+      <c r="P105" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>428</v>
+      </c>
+      <c r="B106" t="s">
+        <v>429</v>
+      </c>
+      <c r="C106" t="s">
+        <v>395</v>
+      </c>
+      <c r="D106" t="s">
+        <v>189</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>294</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
+        <v>2015</v>
+      </c>
+      <c r="I106"/>
+      <c r="J106" t="s">
+        <v>397</v>
+      </c>
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106" t="s">
+        <v>430</v>
+      </c>
+      <c r="M106" t="s">
+        <v>399</v>
+      </c>
+      <c r="N106" t="s">
+        <v>26</v>
+      </c>
+      <c r="O106" t="s">
+        <v>431</v>
+      </c>
+      <c r="P106" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>432</v>
+      </c>
+      <c r="B107" t="s">
+        <v>433</v>
+      </c>
+      <c r="C107" t="s">
+        <v>395</v>
+      </c>
+      <c r="D107" t="s">
+        <v>189</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>89</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
+        <v>2015</v>
+      </c>
+      <c r="I107"/>
+      <c r="J107" t="s">
+        <v>404</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107" t="s">
+        <v>434</v>
+      </c>
+      <c r="M107" t="s">
+        <v>399</v>
+      </c>
+      <c r="N107" t="s">
+        <v>26</v>
+      </c>
+      <c r="O107" t="s">
+        <v>435</v>
+      </c>
+      <c r="P107" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>437</v>
+      </c>
+      <c r="B108" t="s">
+        <v>438</v>
+      </c>
+      <c r="C108" t="s">
+        <v>395</v>
+      </c>
+      <c r="D108" t="s">
+        <v>145</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>294</v>
+      </c>
+      <c r="G108" t="s">
+        <v>90</v>
+      </c>
+      <c r="H108">
+        <v>2011</v>
+      </c>
+      <c r="I108">
         <v>2021</v>
       </c>
-      <c r="H100"/>
-[...38 lines deleted...]
-      <c r="G101">
+      <c r="J108" t="s">
+        <v>397</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108" t="s">
+        <v>439</v>
+      </c>
+      <c r="M108" t="s">
+        <v>399</v>
+      </c>
+      <c r="N108" t="s">
+        <v>26</v>
+      </c>
+      <c r="O108" t="s">
+        <v>440</v>
+      </c>
+      <c r="P108" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>442</v>
+      </c>
+      <c r="B109" t="s">
+        <v>443</v>
+      </c>
+      <c r="C109" t="s">
+        <v>395</v>
+      </c>
+      <c r="D109" t="s">
+        <v>444</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>89</v>
+      </c>
+      <c r="G109" t="s">
+        <v>90</v>
+      </c>
+      <c r="H109">
         <v>2002</v>
       </c>
-      <c r="H101">
+      <c r="I109">
+        <v>2021</v>
+      </c>
+      <c r="J109" t="s">
+        <v>397</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109" t="s">
+        <v>445</v>
+      </c>
+      <c r="M109" t="s">
+        <v>399</v>
+      </c>
+      <c r="N109" t="s">
+        <v>26</v>
+      </c>
+      <c r="O109" t="s">
+        <v>446</v>
+      </c>
+      <c r="P109" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>448</v>
+      </c>
+      <c r="B110" t="s">
+        <v>449</v>
+      </c>
+      <c r="C110" t="s">
+        <v>395</v>
+      </c>
+      <c r="D110" t="s">
+        <v>450</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>89</v>
+      </c>
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
+        <v>2021</v>
+      </c>
+      <c r="I110"/>
+      <c r="J110" t="s">
+        <v>397</v>
+      </c>
+      <c r="K110" t="s">
+        <v>24</v>
+      </c>
+      <c r="L110" t="s">
+        <v>451</v>
+      </c>
+      <c r="M110" t="s">
+        <v>399</v>
+      </c>
+      <c r="N110" t="s">
+        <v>26</v>
+      </c>
+      <c r="O110" t="s">
+        <v>452</v>
+      </c>
+      <c r="P110" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>454</v>
+      </c>
+      <c r="B111" t="s">
+        <v>455</v>
+      </c>
+      <c r="C111" t="s">
+        <v>395</v>
+      </c>
+      <c r="D111" t="s">
+        <v>66</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
+        <v>89</v>
+      </c>
+      <c r="G111" t="s">
+        <v>334</v>
+      </c>
+      <c r="H111">
+        <v>2021</v>
+      </c>
+      <c r="I111"/>
+      <c r="J111" t="s">
+        <v>397</v>
+      </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111" t="s">
+        <v>456</v>
+      </c>
+      <c r="M111" t="s">
+        <v>399</v>
+      </c>
+      <c r="N111" t="s">
+        <v>26</v>
+      </c>
+      <c r="O111" t="s">
+        <v>457</v>
+      </c>
+      <c r="P111" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>459</v>
+      </c>
+      <c r="B112" t="s">
+        <v>460</v>
+      </c>
+      <c r="C112" t="s">
+        <v>395</v>
+      </c>
+      <c r="D112" t="s">
+        <v>108</v>
+      </c>
+      <c r="E112" t="s">
+        <v>20</v>
+      </c>
+      <c r="F112" t="s">
+        <v>294</v>
+      </c>
+      <c r="G112" t="s">
+        <v>90</v>
+      </c>
+      <c r="H112">
+        <v>2011</v>
+      </c>
+      <c r="I112">
+        <v>2021</v>
+      </c>
+      <c r="J112" t="s">
+        <v>397</v>
+      </c>
+      <c r="K112" t="s">
+        <v>24</v>
+      </c>
+      <c r="L112" t="s">
+        <v>439</v>
+      </c>
+      <c r="M112" t="s">
+        <v>399</v>
+      </c>
+      <c r="N112" t="s">
+        <v>26</v>
+      </c>
+      <c r="O112" t="s">
+        <v>461</v>
+      </c>
+      <c r="P112" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>463</v>
+      </c>
+      <c r="B113" t="s">
+        <v>464</v>
+      </c>
+      <c r="C113" t="s">
+        <v>395</v>
+      </c>
+      <c r="D113" t="s">
+        <v>444</v>
+      </c>
+      <c r="E113" t="s">
+        <v>20</v>
+      </c>
+      <c r="F113" t="s">
+        <v>294</v>
+      </c>
+      <c r="G113" t="s">
+        <v>90</v>
+      </c>
+      <c r="H113">
+        <v>2011</v>
+      </c>
+      <c r="I113">
+        <v>2021</v>
+      </c>
+      <c r="J113" t="s">
+        <v>397</v>
+      </c>
+      <c r="K113" t="s">
+        <v>24</v>
+      </c>
+      <c r="L113" t="s">
+        <v>465</v>
+      </c>
+      <c r="M113" t="s">
+        <v>399</v>
+      </c>
+      <c r="N113" t="s">
+        <v>26</v>
+      </c>
+      <c r="O113" t="s">
+        <v>466</v>
+      </c>
+      <c r="P113" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>468</v>
+      </c>
+      <c r="B114" t="s">
+        <v>469</v>
+      </c>
+      <c r="C114" t="s">
+        <v>395</v>
+      </c>
+      <c r="D114" t="s">
+        <v>470</v>
+      </c>
+      <c r="E114" t="s">
+        <v>20</v>
+      </c>
+      <c r="F114" t="s">
+        <v>294</v>
+      </c>
+      <c r="G114" t="s">
+        <v>22</v>
+      </c>
+      <c r="H114">
+        <v>2021</v>
+      </c>
+      <c r="I114"/>
+      <c r="J114" t="s">
+        <v>397</v>
+      </c>
+      <c r="K114" t="s">
+        <v>24</v>
+      </c>
+      <c r="L114" t="s">
+        <v>471</v>
+      </c>
+      <c r="M114" t="s">
+        <v>399</v>
+      </c>
+      <c r="N114" t="s">
+        <v>26</v>
+      </c>
+      <c r="O114" t="s">
+        <v>472</v>
+      </c>
+      <c r="P114" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>474</v>
+      </c>
+      <c r="B115" t="s">
+        <v>475</v>
+      </c>
+      <c r="C115" t="s">
+        <v>395</v>
+      </c>
+      <c r="D115" t="s">
+        <v>66</v>
+      </c>
+      <c r="E115" t="s">
+        <v>20</v>
+      </c>
+      <c r="F115" t="s">
+        <v>476</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
+      </c>
+      <c r="H115">
+        <v>2021</v>
+      </c>
+      <c r="I115"/>
+      <c r="J115" t="s">
+        <v>397</v>
+      </c>
+      <c r="K115" t="s">
+        <v>24</v>
+      </c>
+      <c r="L115" t="s">
+        <v>456</v>
+      </c>
+      <c r="M115" t="s">
+        <v>399</v>
+      </c>
+      <c r="N115" t="s">
+        <v>26</v>
+      </c>
+      <c r="O115" t="s">
+        <v>477</v>
+      </c>
+      <c r="P115" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>479</v>
+      </c>
+      <c r="B116" t="s">
+        <v>480</v>
+      </c>
+      <c r="C116" t="s">
+        <v>395</v>
+      </c>
+      <c r="D116" t="s">
+        <v>145</v>
+      </c>
+      <c r="E116" t="s">
+        <v>20</v>
+      </c>
+      <c r="F116" t="s">
+        <v>89</v>
+      </c>
+      <c r="G116" t="s">
+        <v>90</v>
+      </c>
+      <c r="H116">
+        <v>2002</v>
+      </c>
+      <c r="I116">
+        <v>2021</v>
+      </c>
+      <c r="J116" t="s">
+        <v>397</v>
+      </c>
+      <c r="K116" t="s">
+        <v>24</v>
+      </c>
+      <c r="L116" t="s">
+        <v>481</v>
+      </c>
+      <c r="M116" t="s">
+        <v>399</v>
+      </c>
+      <c r="N116" t="s">
+        <v>26</v>
+      </c>
+      <c r="O116" t="s">
+        <v>482</v>
+      </c>
+      <c r="P116" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>484</v>
+      </c>
+      <c r="B117" t="s">
+        <v>485</v>
+      </c>
+      <c r="C117" t="s">
+        <v>395</v>
+      </c>
+      <c r="D117" t="s">
+        <v>108</v>
+      </c>
+      <c r="E117" t="s">
+        <v>20</v>
+      </c>
+      <c r="F117" t="s">
+        <v>89</v>
+      </c>
+      <c r="G117" t="s">
+        <v>90</v>
+      </c>
+      <c r="H117">
+        <v>2002</v>
+      </c>
+      <c r="I117">
+        <v>2021</v>
+      </c>
+      <c r="J117" t="s">
+        <v>397</v>
+      </c>
+      <c r="K117" t="s">
+        <v>24</v>
+      </c>
+      <c r="L117" t="s">
+        <v>486</v>
+      </c>
+      <c r="M117" t="s">
+        <v>399</v>
+      </c>
+      <c r="N117" t="s">
+        <v>26</v>
+      </c>
+      <c r="O117" t="s">
+        <v>487</v>
+      </c>
+      <c r="P117" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>489</v>
+      </c>
+      <c r="B118" t="s">
+        <v>490</v>
+      </c>
+      <c r="C118" t="s">
+        <v>395</v>
+      </c>
+      <c r="D118" t="s">
+        <v>168</v>
+      </c>
+      <c r="E118" t="s">
+        <v>20</v>
+      </c>
+      <c r="F118" t="s">
+        <v>89</v>
+      </c>
+      <c r="G118" t="s">
+        <v>90</v>
+      </c>
+      <c r="H118">
+        <v>2002</v>
+      </c>
+      <c r="I118">
+        <v>2021</v>
+      </c>
+      <c r="J118" t="s">
+        <v>397</v>
+      </c>
+      <c r="K118" t="s">
+        <v>24</v>
+      </c>
+      <c r="L118" t="s">
+        <v>491</v>
+      </c>
+      <c r="M118" t="s">
+        <v>399</v>
+      </c>
+      <c r="N118" t="s">
+        <v>26</v>
+      </c>
+      <c r="O118" t="s">
+        <v>492</v>
+      </c>
+      <c r="P118" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>494</v>
+      </c>
+      <c r="B119" t="s">
+        <v>495</v>
+      </c>
+      <c r="C119" t="s">
+        <v>395</v>
+      </c>
+      <c r="D119" t="s">
+        <v>496</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>294</v>
+      </c>
+      <c r="G119" t="s">
+        <v>22</v>
+      </c>
+      <c r="H119">
+        <v>2021</v>
+      </c>
+      <c r="I119"/>
+      <c r="J119" t="s">
+        <v>397</v>
+      </c>
+      <c r="K119" t="s">
+        <v>24</v>
+      </c>
+      <c r="L119" t="s">
+        <v>497</v>
+      </c>
+      <c r="M119" t="s">
+        <v>399</v>
+      </c>
+      <c r="N119" t="s">
+        <v>26</v>
+      </c>
+      <c r="O119" t="s">
+        <v>498</v>
+      </c>
+      <c r="P119"/>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>494</v>
+      </c>
+      <c r="B120" t="s">
+        <v>495</v>
+      </c>
+      <c r="C120" t="s">
+        <v>395</v>
+      </c>
+      <c r="D120" t="s">
+        <v>496</v>
+      </c>
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
+        <v>294</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
+      </c>
+      <c r="H120">
+        <v>2021</v>
+      </c>
+      <c r="I120"/>
+      <c r="J120" t="s">
+        <v>397</v>
+      </c>
+      <c r="K120" t="s">
+        <v>24</v>
+      </c>
+      <c r="L120" t="s">
+        <v>497</v>
+      </c>
+      <c r="M120" t="s">
+        <v>399</v>
+      </c>
+      <c r="N120" t="s">
+        <v>26</v>
+      </c>
+      <c r="O120" t="s">
+        <v>499</v>
+      </c>
+      <c r="P120"/>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>500</v>
+      </c>
+      <c r="B121" t="s">
+        <v>501</v>
+      </c>
+      <c r="C121" t="s">
+        <v>395</v>
+      </c>
+      <c r="D121" t="s">
+        <v>163</v>
+      </c>
+      <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="F121" t="s">
+        <v>89</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
+        <v>2022</v>
+      </c>
+      <c r="I121"/>
+      <c r="J121" t="s">
+        <v>397</v>
+      </c>
+      <c r="K121" t="s">
+        <v>502</v>
+      </c>
+      <c r="L121" t="s">
+        <v>503</v>
+      </c>
+      <c r="M121" t="s">
+        <v>399</v>
+      </c>
+      <c r="N121" t="s">
+        <v>26</v>
+      </c>
+      <c r="O121" t="s">
+        <v>504</v>
+      </c>
+      <c r="P121" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>506</v>
+      </c>
+      <c r="B122" t="s">
+        <v>507</v>
+      </c>
+      <c r="C122" t="s">
+        <v>395</v>
+      </c>
+      <c r="D122" t="s">
+        <v>508</v>
+      </c>
+      <c r="E122" t="s">
+        <v>20</v>
+      </c>
+      <c r="F122" t="s">
+        <v>89</v>
+      </c>
+      <c r="G122" t="s">
+        <v>22</v>
+      </c>
+      <c r="H122">
+        <v>2022</v>
+      </c>
+      <c r="I122"/>
+      <c r="J122" t="s">
+        <v>397</v>
+      </c>
+      <c r="K122" t="s">
+        <v>509</v>
+      </c>
+      <c r="L122"/>
+      <c r="M122" t="s">
+        <v>399</v>
+      </c>
+      <c r="N122" t="s">
+        <v>26</v>
+      </c>
+      <c r="O122" t="s">
+        <v>510</v>
+      </c>
+      <c r="P122" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>512</v>
+      </c>
+      <c r="B123" t="s">
+        <v>513</v>
+      </c>
+      <c r="C123" t="s">
+        <v>395</v>
+      </c>
+      <c r="D123" t="s">
+        <v>163</v>
+      </c>
+      <c r="E123" t="s">
+        <v>20</v>
+      </c>
+      <c r="F123" t="s">
+        <v>294</v>
+      </c>
+      <c r="G123" t="s">
+        <v>22</v>
+      </c>
+      <c r="H123">
+        <v>2022</v>
+      </c>
+      <c r="I123"/>
+      <c r="J123" t="s">
+        <v>397</v>
+      </c>
+      <c r="K123" t="s">
+        <v>514</v>
+      </c>
+      <c r="L123" t="s">
+        <v>515</v>
+      </c>
+      <c r="M123" t="s">
+        <v>399</v>
+      </c>
+      <c r="N123" t="s">
+        <v>26</v>
+      </c>
+      <c r="O123" t="s">
+        <v>516</v>
+      </c>
+      <c r="P123" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>518</v>
+      </c>
+      <c r="B124" t="s">
+        <v>519</v>
+      </c>
+      <c r="C124" t="s">
+        <v>395</v>
+      </c>
+      <c r="D124" t="s">
+        <v>508</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" t="s">
+        <v>294</v>
+      </c>
+      <c r="G124" t="s">
+        <v>22</v>
+      </c>
+      <c r="H124">
+        <v>2022</v>
+      </c>
+      <c r="I124"/>
+      <c r="J124" t="s">
+        <v>397</v>
+      </c>
+      <c r="K124" t="s">
+        <v>520</v>
+      </c>
+      <c r="L124" t="s">
+        <v>521</v>
+      </c>
+      <c r="M124" t="s">
+        <v>399</v>
+      </c>
+      <c r="N124" t="s">
+        <v>26</v>
+      </c>
+      <c r="O124" t="s">
+        <v>522</v>
+      </c>
+      <c r="P124" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>524</v>
+      </c>
+      <c r="B125" t="s">
+        <v>525</v>
+      </c>
+      <c r="C125" t="s">
+        <v>395</v>
+      </c>
+      <c r="D125" t="s">
+        <v>508</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
+        <v>294</v>
+      </c>
+      <c r="G125" t="s">
+        <v>22</v>
+      </c>
+      <c r="H125">
+        <v>2022</v>
+      </c>
+      <c r="I125"/>
+      <c r="J125" t="s">
+        <v>397</v>
+      </c>
+      <c r="K125" t="s">
+        <v>24</v>
+      </c>
+      <c r="L125" t="s">
+        <v>526</v>
+      </c>
+      <c r="M125" t="s">
+        <v>399</v>
+      </c>
+      <c r="N125" t="s">
+        <v>26</v>
+      </c>
+      <c r="O125" t="s">
+        <v>527</v>
+      </c>
+      <c r="P125" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>529</v>
+      </c>
+      <c r="B126" t="s">
+        <v>530</v>
+      </c>
+      <c r="C126" t="s">
+        <v>395</v>
+      </c>
+      <c r="D126" t="s">
+        <v>531</v>
+      </c>
+      <c r="E126" t="s">
+        <v>20</v>
+      </c>
+      <c r="F126" t="s">
+        <v>532</v>
+      </c>
+      <c r="G126" t="s">
+        <v>22</v>
+      </c>
+      <c r="H126">
+        <v>2008</v>
+      </c>
+      <c r="I126"/>
+      <c r="J126" t="s">
+        <v>404</v>
+      </c>
+      <c r="K126" t="s">
+        <v>533</v>
+      </c>
+      <c r="L126" t="s">
+        <v>534</v>
+      </c>
+      <c r="M126" t="s">
+        <v>399</v>
+      </c>
+      <c r="N126" t="s">
+        <v>26</v>
+      </c>
+      <c r="O126" t="s">
+        <v>535</v>
+      </c>
+      <c r="P126" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>537</v>
+      </c>
+      <c r="B127" t="s">
+        <v>538</v>
+      </c>
+      <c r="C127" t="s">
+        <v>395</v>
+      </c>
+      <c r="D127" t="s">
+        <v>83</v>
+      </c>
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="F127" t="s">
+        <v>89</v>
+      </c>
+      <c r="G127" t="s">
+        <v>90</v>
+      </c>
+      <c r="H127">
+        <v>2012</v>
+      </c>
+      <c r="I127">
         <v>2015</v>
       </c>
-      <c r="I101" t="s">
-[...1113 lines deleted...]
-      </c>
       <c r="J127" t="s">
-        <v>21</v>
+        <v>404</v>
       </c>
       <c r="K127" t="s">
-        <v>393</v>
+        <v>24</v>
       </c>
       <c r="L127" t="s">
-        <v>300</v>
+        <v>539</v>
       </c>
       <c r="M127" t="s">
-        <v>23</v>
+        <v>399</v>
       </c>
       <c r="N127" t="s">
-        <v>394</v>
+        <v>26</v>
+      </c>
+      <c r="O127" t="s">
+        <v>540</v>
+      </c>
+      <c r="P127" t="s">
+        <v>541</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>