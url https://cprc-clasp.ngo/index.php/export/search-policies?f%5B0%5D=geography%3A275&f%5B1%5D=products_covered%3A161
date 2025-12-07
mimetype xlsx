--- v0 (2025-10-13)
+++ v1 (2025-12-07)
@@ -12,188 +12,204 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Energy Labeling of Light Sources (2019/2015/EU) (SGM:2021/12)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on, light sources with or without integrated control gear. The requirements also apply to light sources placed on the market in a containing product. This policy does not apply to light sources specified in points 1 and 2 of Annex IV of Commission Delegated Regulation (EU) 2019/2015. Light sources specified in point 3 of Annex IV must comply only with the requirements in point 4 of Annex V of Commission Delegated Regulation (EU) 2019/2015. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2015.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2015</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-energy-labeling-light-sources-20192015eu-sgm202112</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/08/20210806-16.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
+  </si>
+  <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -457,279 +473,302 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N4"/>
+  <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="187" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="152" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="187.526" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="955.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="119.114" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="152.106" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="74.268" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2002</v>
+      </c>
+      <c r="I2">
+        <v>2021</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
         <v>2021</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3"/>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>30</v>
+      </c>
+      <c r="B4" t="s">
+        <v>31</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...5 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2021</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L4" t="s">
+        <v>35</v>
+      </c>
+      <c r="M4" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...71 lines deleted...]
-      </c>
+      <c r="O4" t="s">
+        <v>37</v>
+      </c>
+      <c r="P4"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>