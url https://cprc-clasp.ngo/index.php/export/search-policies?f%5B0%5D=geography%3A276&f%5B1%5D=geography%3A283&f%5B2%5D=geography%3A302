--- v0 (2025-10-10)
+++ v1 (2026-02-28)
@@ -12,302 +12,369 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-scheme</t>
   </si>
   <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-equipment-energy-performance-standards</t>
   </si>
   <si>
     <t>UAE.S 5010 3: 2020 – Labeling – Energy Efficiency Label for Electrical Appliances Part 3: Household Refrigerating Appliances.</t>
   </si>
   <si>
+    <t>This regulation covers brand new household refrigerators, freezers and refrigerator-freezers with a capacity of less than 1,500 liters imported to or manufactured in the UAE. This regulation applies to electric mains-operated household refrigerating appliances, stand-alone or built-in configuration.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>UAE.S IEC 62552:2013</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-3-2020-labeling-energy-efficiency-label-electrical-appliances-part-3-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2020/TBT/ARE/20_4362_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-1: 2019 – Labeling – Energy efficiency label for electrical appliances Part 1: household air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels requirements for residential single package and split-system non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>UAE.S ISO 5151:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-1-2019-labeling-energy-efficiency-label-electrical-appliances-part-1-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1431_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-2:2013 – Labeling – Energy efficiency label for electrical appliances Part 2: Washing Machines and Dryers</t>
   </si>
   <si>
+    <t>This regulation deals with methods for measuring the energy and water consumption of clothes washing machines for household use, with or without heating devices and for cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force and is applicable to appliances for both washing and drying textiles (washer-dryers). This standard also applies to household electric tumble dryers, automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>IEC 60456 /2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-22013-labeling-energy-efficiency-label-electrical-appliances-part-2-washing</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/are119_t.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-4: 2014 – Labeling – Energy Efficiency Label for Electrical Appliances Part 4: Storage Water Heaters.</t>
   </si>
   <si>
+    <t>This regulation establishes requirements for electrical safety and energy efficiency labeling of electric water heater types listed in Annex A. This regulation does not apply to instantaneous water heaters and water heaters that use gas, solid or liquid fuels, solar water heaters and water heaters designed for making hot drinks only.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-4-2014-labeling-energy-efficiency-label-electrical-appliances-part-4-storage</t>
   </si>
   <si>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
+  </si>
+  <si>
     <t>UAE.S 5010-5: 2019 – Labeling – Energy efficiency label for electrical appliances - Part 5: commercial and central air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels and the minimum energy performance standard (MEPS) requirements for factory-made residential, commercial and industrial.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-5-2019-labeling-energy-efficiency-label-electrical-appliances-part-5-commercial</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1430_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-6: 2018 – Labeling – Energy efficiency label for electrical appliances Part 6: Dishwashers.</t>
   </si>
   <si>
+    <t>This regulation is developed to ensure that dishwasher are registered and monitored for their continuous compliance to the set specifications. Includes energy consumption and water consumption.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-6-2018-labeling-energy-efficiency-label-electrical-appliances-part-6-dishwashers</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2018/TBT/ARE/18_1779_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-7: 2017 – Labeling – Energy Efficiency Label for Electrical Appliances - Part: 7 Minimum Energy Efficiency Limits for Rotodynamic Water Pumps.</t>
   </si>
   <si>
+    <t>This standard covers brand new rotodynamic water pumps for pumping clean water, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-7-2017-labeling-energy-efficiency-label-electrical-appliances-part-7-minimum</t>
   </si>
   <si>
     <t>UAE.S 5010-8:2018 – Labeling – Energy Efficiency Label for Electrical Appliances – Part 8: Television Sets</t>
   </si>
   <si>
+    <t>This regulation covers televisions or television sets. It is developed to ensure that television sets are registered and monitored for their continuous compliance to the set specifications.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-82018-labeling-energy-efficiency-label-electrical-appliances-part-8-television</t>
+  </si>
+  <si>
+    <t>https://www.tuvsud.com/en/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-11-2019/uae-mandatory-standard-for-tv-energy-efficiency-labelling-in-force</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -571,609 +638,684 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N12"/>
+  <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="181" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="181.527" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="621.563" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="207.521" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2"/>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
       <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>36</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>47</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>49</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...5 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G5" t="s">
+        <v>50</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5">
+        <v>2020</v>
+      </c>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>47</v>
+      </c>
+      <c r="D6" t="s">
+        <v>58</v>
+      </c>
+      <c r="E6" t="s">
+        <v>49</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>50</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>51</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>53</v>
+      </c>
+      <c r="N6" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...11 lines deleted...]
-      <c r="G3">
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>47</v>
+      </c>
+      <c r="D7" t="s">
+        <v>64</v>
+      </c>
+      <c r="E7" t="s">
+        <v>49</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
         <v>2013</v>
       </c>
-      <c r="H3"/>
-[...10 lines deleted...]
-      <c r="M3" t="s">
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>65</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-        <v>34</v>
+      <c r="L7" t="s">
+        <v>66</v>
+      </c>
+      <c r="M7" t="s">
+        <v>53</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-      <c r="A4" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>47</v>
+      </c>
+      <c r="D8" t="s">
+        <v>71</v>
+      </c>
+      <c r="E8" t="s">
+        <v>49</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>50</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8">
+        <v>2015</v>
+      </c>
+      <c r="J8" t="s">
+        <v>65</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>53</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>47</v>
+      </c>
+      <c r="D9" t="s">
+        <v>76</v>
+      </c>
+      <c r="E9" t="s">
+        <v>49</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
         <v>35</v>
       </c>
-      <c r="B4" t="s">
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>51</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>53</v>
+      </c>
+      <c r="N9" t="s">
         <v>27</v>
       </c>
-      <c r="C4" t="s">
-[...18 lines deleted...]
-      <c r="J4" t="s">
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>47</v>
+      </c>
+      <c r="D10" t="s">
+        <v>81</v>
+      </c>
+      <c r="E10" t="s">
+        <v>49</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-[...3 lines deleted...]
-      <c r="M4" t="s">
+      <c r="G10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H10">
+        <v>2016</v>
+      </c>
+      <c r="I10">
+        <v>2018</v>
+      </c>
+      <c r="J10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-        <v>37</v>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>53</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>82</v>
+      </c>
+      <c r="P10" t="s">
+        <v>83</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...27 lines deleted...]
-      <c r="J5" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>84</v>
+      </c>
+      <c r="B11" t="s">
+        <v>85</v>
+      </c>
+      <c r="C11" t="s">
+        <v>47</v>
+      </c>
+      <c r="D11" t="s">
+        <v>86</v>
+      </c>
+      <c r="E11" t="s">
+        <v>49</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...5 lines deleted...]
-      <c r="M5" t="s">
+      <c r="G11" t="s">
+        <v>35</v>
+      </c>
+      <c r="H11">
+        <v>2017</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>65</v>
+      </c>
+      <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-        <v>46</v>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>53</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>87</v>
+      </c>
+      <c r="P11" t="s">
+        <v>73</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-      <c r="A6" t="s">
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>88</v>
+      </c>
+      <c r="B12" t="s">
+        <v>89</v>
+      </c>
+      <c r="C12" t="s">
         <v>47</v>
       </c>
-      <c r="B6" t="s">
-[...17 lines deleted...]
-      <c r="H6">
+      <c r="D12" t="s">
+        <v>90</v>
+      </c>
+      <c r="E12" t="s">
+        <v>49</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>50</v>
+      </c>
+      <c r="H12">
+        <v>2016</v>
+      </c>
+      <c r="I12">
         <v>2019</v>
       </c>
-      <c r="I6" t="s">
-[...11 lines deleted...]
-      <c r="M6" t="s">
+      <c r="J12" t="s">
+        <v>65</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N6" t="s">
-[...26 lines deleted...]
-      <c r="I7" t="s">
+      <c r="L12"/>
+      <c r="M12" t="s">
         <v>53</v>
       </c>
-      <c r="J7" t="s">
-[...218 lines deleted...]
-      </c>
       <c r="N12" t="s">
-        <v>70</v>
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>91</v>
+      </c>
+      <c r="P12" t="s">
+        <v>92</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>