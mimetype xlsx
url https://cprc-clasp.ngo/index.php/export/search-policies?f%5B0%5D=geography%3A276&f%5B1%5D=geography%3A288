--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,415 +12,528 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Act on the Rational Use of Energy</t>
   </si>
   <si>
+    <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/act-rational-use-energy</t>
   </si>
   <si>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
+  </si>
+  <si>
     <t>Energy Saving Labeling Program - Air Conditioners</t>
   </si>
   <si>
+    <t>Cooling and heating for home-use; wall-hung and non-ducted type; for home-use and other uses. Manufacturers can affix the Energy-Saving Label on their products. This label typically consists of the energy conservation logo, information on target year, achievement rate of energy efficiency standards, and energy consumption efficiency. Participation in the Energy Saving Labeling Program is voluntary.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computer Servers Version 3.0</t>
   </si>
   <si>
+    <t>A product must meet the definition of a Computer Server provided in Section 1 of the policy document
+to be eligible for ENERGY STAR certification under this specification. Eligibility under Version 3.0
+is limited to Blade-, Multi-node, Rack-mounted, or Pedestal form factor computer servers with no
+more than four processor sockets in the computer server (or per blade or node in the case of
+blade or multi-node servers).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan</t>
   </si>
   <si>
     <t>Servers</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computer Servers (Rev. Sept-2018); SPEC most current SERT</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computer-servers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/enterprise_servers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Displays Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Display and are powered directly from AC mains; an External Power Supply; or Standard DC are eligible for ENERGY STAR certification. Typical products that would be eligible for certification under this specification include: Monitors; Signage Displays; and Signage Displays and Monitors with Plug-in Modules.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Determining Display Energy Rev. Sep-2015; ICDM Information Display Measurements Standard Version 1.03; CTA-2037-A; VESA High performance Monitor and Display Compliance Test Specification (DisplayHDR CTS) Version 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-displays-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/displays/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Computers</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-computers</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Gas cooking appliances</t>
   </si>
   <si>
+    <t>This policy covers gas burners.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>It covers grills or ovens</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-gas-cooking-appliances-0</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Magnetic disk units</t>
   </si>
   <si>
+    <t>It covers magnetic disk units</t>
+  </si>
+  <si>
     <t>Hard-Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-magnetic-disk-units</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Rice Cookers</t>
   </si>
   <si>
+    <t>Electric rice cookers</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-rice-cookers</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Routers</t>
   </si>
   <si>
+    <t>It covers routers</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-routers</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Space heaters</t>
   </si>
   <si>
+    <t>Space heaters using gas or oil for fuel</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-space-heaters</t>
   </si>
   <si>
     <t>UAE.S 5010 3: 2020 – Labeling – Energy Efficiency Label for Electrical Appliances Part 3: Household Refrigerating Appliances.</t>
   </si>
   <si>
+    <t>This regulation covers brand new household refrigerators, freezers and refrigerator-freezers with a capacity of less than 1,500 liters imported to or manufactured in the UAE. This regulation applies to electric mains-operated household refrigerating appliances, stand-alone or built-in configuration.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>UAE.S IEC 62552:2013</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-3-2020-labeling-energy-efficiency-label-electrical-appliances-part-3-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2020/TBT/ARE/20_4362_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-1: 2019 – Labeling – Energy efficiency label for electrical appliances Part 1: household air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels requirements for residential single package and split-system non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>UAE.S ISO 5151:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-1-2019-labeling-energy-efficiency-label-electrical-appliances-part-1-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1431_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-2:2013 – Labeling – Energy efficiency label for electrical appliances Part 2: Washing Machines and Dryers</t>
   </si>
   <si>
+    <t>This regulation deals with methods for measuring the energy and water consumption of clothes washing machines for household use, with or without heating devices and for cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force and is applicable to appliances for both washing and drying textiles (washer-dryers). This standard also applies to household electric tumble dryers, automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>IEC 60456 /2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-22013-labeling-energy-efficiency-label-electrical-appliances-part-2-washing</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/are119_t.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-4: 2014 – Labeling – Energy Efficiency Label for Electrical Appliances Part 4: Storage Water Heaters.</t>
   </si>
   <si>
+    <t>This regulation establishes requirements for electrical safety and energy efficiency labeling of electric water heater types listed in Annex A. This regulation does not apply to instantaneous water heaters and water heaters that use gas, solid or liquid fuels, solar water heaters and water heaters designed for making hot drinks only.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-4-2014-labeling-energy-efficiency-label-electrical-appliances-part-4-storage</t>
   </si>
   <si>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
+  </si>
+  <si>
     <t>UAE.S 5010-5: 2019 – Labeling – Energy efficiency label for electrical appliances - Part 5: commercial and central air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels and the minimum energy performance standard (MEPS) requirements for factory-made residential, commercial and industrial.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-5-2019-labeling-energy-efficiency-label-electrical-appliances-part-5-commercial</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1430_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-6: 2018 – Labeling – Energy efficiency label for electrical appliances Part 6: Dishwashers.</t>
   </si>
   <si>
+    <t>This regulation is developed to ensure that dishwasher are registered and monitored for their continuous compliance to the set specifications. Includes energy consumption and water consumption.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-6-2018-labeling-energy-efficiency-label-electrical-appliances-part-6-dishwashers</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2018/TBT/ARE/18_1779_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-7: 2017 – Labeling – Energy Efficiency Label for Electrical Appliances - Part: 7 Minimum Energy Efficiency Limits for Rotodynamic Water Pumps.</t>
   </si>
   <si>
+    <t>This standard covers brand new rotodynamic water pumps for pumping clean water, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-7-2017-labeling-energy-efficiency-label-electrical-appliances-part-7-minimum</t>
   </si>
   <si>
     <t>UAE.S 5010-8:2018 – Labeling – Energy Efficiency Label for Electrical Appliances – Part 8: Television Sets</t>
   </si>
   <si>
+    <t>This regulation covers televisions or television sets. It is developed to ensure that television sets are registered and monitored for their continuous compliance to the set specifications.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-82018-labeling-energy-efficiency-label-electrical-appliances-part-8-television</t>
+  </si>
+  <si>
+    <t>https://www.tuvsud.com/en/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-11-2019/uae-mandatory-standard-for-tv-energy-efficiency-labelling-in-force</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -684,1043 +797,1178 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N22"/>
+  <dimension ref="A1:P22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="181" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="181.527" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="621.563" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="216.947" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="207.521" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1979</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...14 lines deleted...]
-      <c r="K2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2000</v>
+      </c>
+      <c r="I3">
+        <v>2012</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...37 lines deleted...]
-      </c>
+      <c r="L3"/>
       <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4">
+        <v>2020</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...4 lines deleted...]
-      <c r="A4" t="s">
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
         <v>33</v>
       </c>
-      <c r="B4" t="s">
+      <c r="F5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1994</v>
+      </c>
+      <c r="I5">
+        <v>2020</v>
+      </c>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>46</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>43</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1992</v>
+      </c>
+      <c r="I6">
+        <v>2020</v>
+      </c>
+      <c r="J6" t="s">
+        <v>44</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>60</v>
+      </c>
+      <c r="M6" t="s">
+        <v>46</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>51</v>
+      </c>
+      <c r="D7" t="s">
+        <v>65</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>43</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2001</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>44</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>66</v>
+      </c>
+      <c r="M7" t="s">
+        <v>46</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>52</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
         <v>34</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2004</v>
+      </c>
+      <c r="I8">
+        <v>2011</v>
+      </c>
+      <c r="J8" t="s">
+        <v>71</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
         <v>36</v>
       </c>
-      <c r="F4" t="s">
-[...14 lines deleted...]
-      <c r="K4" t="s">
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
         <v>38</v>
       </c>
-      <c r="L4" t="s">
-[...183 lines deleted...]
-    <row r="9" spans="1:14">
+    </row>
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>58</v>
+        <v>73</v>
       </c>
       <c r="B9" t="s">
-        <v>15</v>
+        <v>74</v>
       </c>
       <c r="C9" t="s">
-        <v>59</v>
+        <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>75</v>
       </c>
       <c r="E9" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F9" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
       </c>
       <c r="H9">
         <v>2006</v>
       </c>
-      <c r="I9" t="s">
-        <v>56</v>
+      <c r="I9">
+        <v>2006</v>
       </c>
       <c r="J9" t="s">
-        <v>60</v>
-[...4 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="K9" t="s">
+        <v>76</v>
+      </c>
+      <c r="L9"/>
       <c r="M9" t="s">
+        <v>36</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>78</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>79</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2006</v>
+      </c>
+      <c r="I10">
+        <v>2008</v>
+      </c>
+      <c r="J10" t="s">
+        <v>71</v>
+      </c>
+      <c r="K10" t="s">
+        <v>76</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>36</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>80</v>
+      </c>
+      <c r="P10" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>83</v>
+      </c>
+      <c r="E11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2009</v>
+      </c>
+      <c r="I11">
+        <v>2011</v>
+      </c>
+      <c r="J11" t="s">
+        <v>71</v>
+      </c>
+      <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="N9" t="s">
-[...22 lines deleted...]
-      <c r="G10">
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>36</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>84</v>
+      </c>
+      <c r="P11" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>87</v>
+      </c>
+      <c r="E12" t="s">
+        <v>33</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>2006</v>
       </c>
-      <c r="H10">
+      <c r="I12">
         <v>2008</v>
       </c>
-      <c r="I10" t="s">
-[...9 lines deleted...]
-      <c r="M10" t="s">
+      <c r="J12" t="s">
+        <v>71</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N10" t="s">
-[...25 lines deleted...]
-      <c r="H11">
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>36</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>88</v>
+      </c>
+      <c r="P12" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>89</v>
+      </c>
+      <c r="B13" t="s">
+        <v>90</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>91</v>
+      </c>
+      <c r="E13" t="s">
+        <v>33</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2008</v>
+      </c>
+      <c r="I13">
+        <v>2010</v>
+      </c>
+      <c r="J13" t="s">
+        <v>71</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>36</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>92</v>
+      </c>
+      <c r="P13" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>93</v>
+      </c>
+      <c r="B14" t="s">
+        <v>94</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>95</v>
+      </c>
+      <c r="E14" t="s">
+        <v>33</v>
+      </c>
+      <c r="F14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
+        <v>96</v>
+      </c>
+      <c r="H14">
+        <v>2006</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>71</v>
+      </c>
+      <c r="K14" t="s">
+        <v>97</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>36</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>98</v>
+      </c>
+      <c r="P14" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>99</v>
+      </c>
+      <c r="B15" t="s">
+        <v>100</v>
+      </c>
+      <c r="C15" t="s">
+        <v>101</v>
+      </c>
+      <c r="D15" t="s">
+        <v>102</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>103</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15">
+        <v>2020</v>
+      </c>
+      <c r="J15" t="s">
+        <v>44</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>104</v>
+      </c>
+      <c r="M15" t="s">
+        <v>105</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>106</v>
+      </c>
+      <c r="P15" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>108</v>
+      </c>
+      <c r="B16" t="s">
+        <v>109</v>
+      </c>
+      <c r="C16" t="s">
+        <v>101</v>
+      </c>
+      <c r="D16" t="s">
+        <v>32</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>103</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
         <v>2011</v>
       </c>
-      <c r="I11" t="s">
-[...9 lines deleted...]
-      <c r="M11" t="s">
+      <c r="I16">
+        <v>2019</v>
+      </c>
+      <c r="J16" t="s">
+        <v>44</v>
+      </c>
+      <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="N11" t="s">
-[...38 lines deleted...]
-      <c r="M12" t="s">
+      <c r="L16" t="s">
+        <v>110</v>
+      </c>
+      <c r="M16" t="s">
+        <v>105</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>111</v>
+      </c>
+      <c r="P16" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>113</v>
+      </c>
+      <c r="B17" t="s">
+        <v>114</v>
+      </c>
+      <c r="C17" t="s">
+        <v>101</v>
+      </c>
+      <c r="D17" t="s">
+        <v>115</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>103</v>
+      </c>
+      <c r="G17" t="s">
+        <v>96</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>116</v>
+      </c>
+      <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="N12" t="s">
-[...38 lines deleted...]
-      <c r="M13" t="s">
+      <c r="L17" t="s">
+        <v>117</v>
+      </c>
+      <c r="M17" t="s">
+        <v>105</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>118</v>
+      </c>
+      <c r="P17" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>120</v>
+      </c>
+      <c r="B18" t="s">
+        <v>121</v>
+      </c>
+      <c r="C18" t="s">
+        <v>101</v>
+      </c>
+      <c r="D18" t="s">
+        <v>122</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>103</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2014</v>
+      </c>
+      <c r="I18">
+        <v>2015</v>
+      </c>
+      <c r="J18" t="s">
+        <v>116</v>
+      </c>
+      <c r="K18" t="s">
         <v>24</v>
       </c>
-      <c r="N13" t="s">
-[...36 lines deleted...]
-      <c r="M14" t="s">
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>105</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>123</v>
+      </c>
+      <c r="P18" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>125</v>
+      </c>
+      <c r="B19" t="s">
+        <v>126</v>
+      </c>
+      <c r="C19" t="s">
+        <v>101</v>
+      </c>
+      <c r="D19" t="s">
+        <v>127</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>103</v>
+      </c>
+      <c r="G19" t="s">
+        <v>96</v>
+      </c>
+      <c r="H19">
+        <v>2014</v>
+      </c>
+      <c r="I19">
+        <v>2019</v>
+      </c>
+      <c r="J19" t="s">
+        <v>44</v>
+      </c>
+      <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="N14" t="s">
-[...40 lines deleted...]
-      <c r="M15" t="s">
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>105</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>128</v>
+      </c>
+      <c r="P19" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>130</v>
+      </c>
+      <c r="B20" t="s">
+        <v>131</v>
+      </c>
+      <c r="C20" t="s">
+        <v>101</v>
+      </c>
+      <c r="D20" t="s">
+        <v>132</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>103</v>
+      </c>
+      <c r="G20" t="s">
+        <v>96</v>
+      </c>
+      <c r="H20">
+        <v>2016</v>
+      </c>
+      <c r="I20">
+        <v>2018</v>
+      </c>
+      <c r="J20" t="s">
+        <v>44</v>
+      </c>
+      <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="N15" t="s">
-[...25 lines deleted...]
-      <c r="H16">
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>105</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>133</v>
+      </c>
+      <c r="P20" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>135</v>
+      </c>
+      <c r="B21" t="s">
+        <v>136</v>
+      </c>
+      <c r="C21" t="s">
+        <v>101</v>
+      </c>
+      <c r="D21" t="s">
+        <v>137</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>103</v>
+      </c>
+      <c r="G21" t="s">
+        <v>96</v>
+      </c>
+      <c r="H21">
+        <v>2017</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>116</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>105</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>138</v>
+      </c>
+      <c r="P21" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>139</v>
+      </c>
+      <c r="B22" t="s">
+        <v>140</v>
+      </c>
+      <c r="C22" t="s">
+        <v>101</v>
+      </c>
+      <c r="D22" t="s">
+        <v>141</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>103</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2016</v>
+      </c>
+      <c r="I22">
         <v>2019</v>
       </c>
-      <c r="I16" t="s">
-[...11 lines deleted...]
-      <c r="M16" t="s">
+      <c r="J22" t="s">
+        <v>116</v>
+      </c>
+      <c r="K22" t="s">
         <v>24</v>
       </c>
-      <c r="N16" t="s">
-[...212 lines deleted...]
-      <c r="A22" t="s">
+      <c r="L22"/>
+      <c r="M22" t="s">
         <v>105</v>
       </c>
-      <c r="B22" t="s">
-[...32 lines deleted...]
-      </c>
       <c r="N22" t="s">
-        <v>107</v>
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>142</v>
+      </c>
+      <c r="P22" t="s">
+        <v>143</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>