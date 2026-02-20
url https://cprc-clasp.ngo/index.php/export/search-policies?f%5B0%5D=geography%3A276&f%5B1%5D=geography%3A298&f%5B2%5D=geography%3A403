--- v0 (2025-12-11)
+++ v1 (2026-02-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="375">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="376">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -529,75 +529,78 @@
     <t>https://cprc-clasp.ngo/index.php/policies/mels-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme (MELS) requirements for clothes dryers with a rated capacity of up to 10kg.
 Energy Consumption (EC) per wash in kWh (all clothes dryers)
 - 1 tick: NA
 - 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
 - 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
 - 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
 - 5 tick: Rated capacity x 0.30 ≥ EC
 Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
   </si>
   <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-clothes-dryers</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
-[...2 lines deleted...]
-    <t>MELS for General Lighting</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting</t>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
   </si>
@@ -646,60 +649,60 @@
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-televisions</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>MEPS for casement and window air-conditioners</t>
   </si>
   <si>
     <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
   </si>
   <si>
     <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for clothes dryers with a rated capacity of https://www.nea.gov.sg/up to 10kg. The revised 2022 MEPS are: EC ≤ [Rated Capacity x 0.55], where “Rated Capacity” means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile and “EC” means Energy Consumption in kWh per wash.</t>
   </si>
   <si>
     <t>IEC1 61121:2005 with amendment 1, Section 9.2.1: Drying tests general</t>
   </si>
@@ -747,153 +750,153 @@
   </si>
   <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for lamps as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2025</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-televisions-20242025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors</t>
-[...2 lines deleted...]
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors-2018</t>
+  </si>
+  <si>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-water-heater-2025</t>
   </si>
   <si>
     <t>Singapore Green Labeling Scheme: CFLs</t>
   </si>
   <si>
     <t>This standard establishes requirements for integral compact fluorescent lamps (CFL) where the tube and ballast are combined into a single unit. These lamps allow consumers to replace incandescent lamps easily with CFL. The product group that is within the scope of certification would include screw-based lamps with ballast and adaptor in a single assembly.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
@@ -2856,2203 +2859,2205 @@
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>164</v>
       </c>
       <c r="B26" t="s">
         <v>165</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" t="s">
         <v>166</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>43</v>
       </c>
       <c r="G26" t="s">
         <v>167</v>
       </c>
       <c r="H26">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
         <v>168</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>157</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
         <v>169</v>
       </c>
       <c r="P26" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>170</v>
       </c>
       <c r="B27" t="s">
         <v>171</v>
       </c>
       <c r="C27" t="s">
         <v>18</v>
       </c>
       <c r="D27" t="s">
         <v>42</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>43</v>
       </c>
       <c r="G27" t="s">
-        <v>8</v>
+        <v>172</v>
       </c>
       <c r="H27">
         <v>2015</v>
       </c>
       <c r="I27">
         <v>2019</v>
       </c>
       <c r="J27" t="s">
         <v>155</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
         <v>157</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="P27" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B28" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C28" t="s">
         <v>18</v>
       </c>
       <c r="D28" t="s">
         <v>42</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>43</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2015</v>
       </c>
       <c r="I28">
         <v>2024</v>
       </c>
       <c r="J28" t="s">
         <v>168</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
         <v>157</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="P28" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B29" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C29" t="s">
         <v>18</v>
       </c>
       <c r="D29" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>43</v>
       </c>
       <c r="G29" t="s">
         <v>167</v>
       </c>
-      <c r="H29">
+      <c r="H29"/>
+      <c r="I29">
         <v>2024</v>
       </c>
-      <c r="I29"/>
       <c r="J29" t="s">
         <v>168</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
         <v>157</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="P29" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B30" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>43</v>
       </c>
       <c r="G30" t="s">
         <v>154</v>
       </c>
       <c r="H30">
         <v>2008</v>
       </c>
       <c r="I30">
         <v>2014</v>
       </c>
       <c r="J30" t="s">
         <v>155</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="M30" t="s">
         <v>157</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="P30" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B31" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C31" t="s">
         <v>18</v>
       </c>
       <c r="D31" t="s">
         <v>116</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>43</v>
       </c>
       <c r="G31" t="s">
         <v>8</v>
       </c>
       <c r="H31">
         <v>2008</v>
       </c>
       <c r="I31">
         <v>2014</v>
       </c>
       <c r="J31" t="s">
         <v>155</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="M31" t="s">
         <v>157</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="P31" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B32" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C32" t="s">
         <v>18</v>
       </c>
       <c r="D32" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>43</v>
       </c>
       <c r="G32" t="s">
         <v>154</v>
       </c>
       <c r="H32">
         <v>2014</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
         <v>155</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="M32" t="s">
         <v>157</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="P32" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B33" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C33" t="s">
         <v>18</v>
       </c>
       <c r="D33" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>43</v>
       </c>
       <c r="G33" t="s">
         <v>154</v>
       </c>
       <c r="H33">
         <v>2021</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
         <v>155</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="M33" t="s">
         <v>157</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="P33" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B34" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C34" t="s">
         <v>18</v>
       </c>
       <c r="D34" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>43</v>
       </c>
       <c r="G34" t="s">
-        <v>167</v>
+        <v>154</v>
       </c>
       <c r="H34">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
         <v>168</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
         <v>157</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="P34" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B35" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C35" t="s">
         <v>18</v>
       </c>
       <c r="D35" t="s">
         <v>116</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>34</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2011</v>
       </c>
       <c r="I35">
         <v>2022</v>
       </c>
       <c r="J35" t="s">
         <v>155</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="M35" t="s">
         <v>157</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="P35" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B36" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C36" t="s">
         <v>18</v>
       </c>
       <c r="D36" t="s">
         <v>149</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>34</v>
       </c>
       <c r="G36" t="s">
         <v>8</v>
       </c>
       <c r="H36">
         <v>2014</v>
       </c>
       <c r="I36">
         <v>2022</v>
       </c>
       <c r="J36" t="s">
         <v>155</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="M36" t="s">
         <v>157</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="P36" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B37" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C37" t="s">
         <v>18</v>
       </c>
       <c r="D37" t="s">
         <v>166</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>34</v>
       </c>
       <c r="G37" t="s">
         <v>167</v>
       </c>
       <c r="H37">
         <v>2025</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
         <v>168</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
         <v>157</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="P37" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B38" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C38" t="s">
         <v>18</v>
       </c>
       <c r="D38" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>34</v>
       </c>
       <c r="G38" t="s">
-        <v>8</v>
+        <v>172</v>
       </c>
       <c r="H38">
         <v>2015</v>
       </c>
       <c r="I38">
         <v>2019</v>
       </c>
       <c r="J38" t="s">
         <v>155</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="M38" t="s">
         <v>157</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="P38" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B39" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C39" t="s">
         <v>18</v>
       </c>
       <c r="D39" t="s">
         <v>42</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>34</v>
       </c>
       <c r="G39" t="s">
         <v>8</v>
       </c>
       <c r="H39">
         <v>2015</v>
       </c>
       <c r="I39">
         <v>2024</v>
       </c>
       <c r="J39" t="s">
         <v>168</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
         <v>157</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="P39" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B40" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C40" t="s">
         <v>18</v>
       </c>
       <c r="D40" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>34</v>
       </c>
       <c r="G40" t="s">
         <v>154</v>
       </c>
       <c r="H40">
         <v>2024</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
         <v>168</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
         <v>157</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="P40" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B41" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C41" t="s">
         <v>18</v>
       </c>
       <c r="D41" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>34</v>
       </c>
       <c r="G41" t="s">
-        <v>22</v>
+        <v>172</v>
       </c>
       <c r="H41">
         <v>2011</v>
       </c>
       <c r="I41">
         <v>2022</v>
       </c>
       <c r="J41" t="s">
         <v>155</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="M41" t="s">
         <v>157</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="P41" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B42" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C42" t="s">
         <v>18</v>
       </c>
       <c r="D42" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>34</v>
       </c>
       <c r="G42" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H42">
         <v>2011</v>
       </c>
       <c r="I42">
         <v>2025</v>
       </c>
       <c r="J42" t="s">
         <v>168</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
         <v>157</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="P42" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B43" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C43" t="s">
         <v>18</v>
       </c>
       <c r="D43" t="s">
         <v>116</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>34</v>
       </c>
       <c r="G43" t="s">
-        <v>8</v>
+        <v>172</v>
       </c>
       <c r="H43">
         <v>2011</v>
       </c>
       <c r="I43">
         <v>2022</v>
       </c>
       <c r="J43" t="s">
         <v>155</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="M43" t="s">
         <v>157</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="P43" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B44" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C44" t="s">
         <v>18</v>
       </c>
       <c r="D44" t="s">
         <v>116</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>34</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2011</v>
       </c>
       <c r="I44">
         <v>2025</v>
       </c>
       <c r="J44" t="s">
         <v>168</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
         <v>157</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="P44" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B45" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C45" t="s">
         <v>18</v>
       </c>
       <c r="D45" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>34</v>
       </c>
       <c r="G45" t="s">
         <v>167</v>
       </c>
-      <c r="H45"/>
+      <c r="H45">
+        <v>2024</v>
+      </c>
       <c r="I45"/>
       <c r="J45" t="s">
         <v>168</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45"/>
       <c r="M45" t="s">
         <v>157</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="P45" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B46" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C46" t="s">
         <v>18</v>
       </c>
       <c r="D46" t="s">
         <v>53</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>34</v>
       </c>
       <c r="G46" t="s">
         <v>154</v>
       </c>
       <c r="H46">
         <v>2018</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
         <v>155</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="M46" t="s">
         <v>157</v>
       </c>
       <c r="N46" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="O46" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="P46" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B47" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C47" t="s">
         <v>18</v>
       </c>
       <c r="D47" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>34</v>
       </c>
       <c r="G47" t="s">
         <v>154</v>
       </c>
       <c r="H47">
         <v>2021</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
         <v>155</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="M47" t="s">
         <v>157</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="P47" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B48" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C48" t="s">
         <v>18</v>
       </c>
       <c r="D48" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>34</v>
       </c>
       <c r="G48" t="s">
         <v>167</v>
       </c>
       <c r="H48">
         <v>2025</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
         <v>168</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
         <v>157</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="P48" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B49" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C49" t="s">
         <v>18</v>
       </c>
       <c r="D49" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="E49" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="F49" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="G49" t="s">
         <v>167</v>
       </c>
       <c r="H49">
         <v>2012</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="P49" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B50" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C50" t="s">
         <v>18</v>
       </c>
       <c r="D50" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="E50" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="F50" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="G50" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="H50"/>
       <c r="I50"/>
       <c r="J50" t="s">
         <v>23</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50"/>
       <c r="M50" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="P50" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B51" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C51" t="s">
         <v>18</v>
       </c>
       <c r="D51" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="E51" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="F51" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="G51" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="H51"/>
       <c r="I51"/>
       <c r="J51" t="s">
         <v>23</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="P51" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B52" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C52" t="s">
         <v>18</v>
       </c>
       <c r="D52" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="E52" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="F52" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="G52" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="H52"/>
       <c r="I52"/>
       <c r="J52" t="s">
         <v>23</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="P52" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B53" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C53" t="s">
         <v>18</v>
       </c>
       <c r="D53" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="E53" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="F53" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="G53" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="H53"/>
       <c r="I53"/>
       <c r="J53" t="s">
         <v>23</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="P53" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B54" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C54" t="s">
         <v>18</v>
       </c>
       <c r="D54" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E54" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="F54" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2012</v>
       </c>
       <c r="I54">
         <v>2012</v>
       </c>
       <c r="J54" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="P54" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B55" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C55" t="s">
         <v>18</v>
       </c>
       <c r="D55" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="E55" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="F55" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
         <v>2012</v>
       </c>
       <c r="I55">
         <v>2012</v>
       </c>
       <c r="J55" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55"/>
       <c r="M55" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="P55" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B56" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C56" t="s">
         <v>18</v>
       </c>
       <c r="D56" t="s">
         <v>79</v>
       </c>
       <c r="E56" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="F56" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="G56" t="s">
         <v>167</v>
       </c>
       <c r="H56">
         <v>2013</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56"/>
       <c r="M56" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="P56" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B57" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C57" t="s">
         <v>18</v>
       </c>
       <c r="D57" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="E57" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="F57" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="G57" t="s">
         <v>167</v>
       </c>
       <c r="H57">
         <v>2017</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57"/>
       <c r="M57" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="P57" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B58" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C58" t="s">
         <v>18</v>
       </c>
       <c r="D58" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="E58" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="F58" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="G58" t="s">
         <v>167</v>
       </c>
       <c r="H58">
         <v>2017</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="K58" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="L58"/>
       <c r="M58" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="P58" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B59" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C59" t="s">
         <v>18</v>
       </c>
       <c r="D59" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="E59" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="F59" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="G59" t="s">
         <v>167</v>
       </c>
       <c r="H59">
         <v>2017</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="K59" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="P59" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B60" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C60" t="s">
         <v>18</v>
       </c>
       <c r="D60" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="E60" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="F60" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>2012</v>
       </c>
       <c r="I60">
         <v>2017</v>
       </c>
       <c r="J60" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60"/>
       <c r="M60" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="P60" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B61" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C61" t="s">
         <v>18</v>
       </c>
       <c r="D61" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="E61" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="F61" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="G61" t="s">
         <v>167</v>
       </c>
       <c r="H61">
         <v>2017</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="K61" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="L61"/>
       <c r="M61" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="P61" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B62" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C62" t="s">
         <v>18</v>
       </c>
       <c r="D62" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E62" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="F62" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
         <v>2012</v>
       </c>
       <c r="I62">
         <v>2012</v>
       </c>
       <c r="J62" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62"/>
       <c r="M62" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="P62" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B63" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C63" t="s">
         <v>18</v>
       </c>
       <c r="D63" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="E63" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="F63" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="G63" t="s">
         <v>167</v>
       </c>
       <c r="H63">
         <v>2017</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="K63" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="L63"/>
       <c r="M63" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="P63" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="B64" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C64" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D64" t="s">
         <v>90</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>21</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
         <v>2013</v>
       </c>
       <c r="I64">
         <v>2020</v>
       </c>
       <c r="J64" t="s">
         <v>35</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="M64" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="P64" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B65" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C65" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D65" t="s">
         <v>116</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>21</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
         <v>2011</v>
       </c>
       <c r="I65">
         <v>2019</v>
       </c>
       <c r="J65" t="s">
         <v>35</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="M65" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="P65" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="B66" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="C66" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D66" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>21</v>
       </c>
       <c r="G66" t="s">
         <v>167</v>
       </c>
       <c r="H66">
         <v>2013</v>
       </c>
       <c r="I66"/>
       <c r="J66" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
       <c r="L66" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="M66" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="P66" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B67" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C67" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D67" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>21</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
         <v>2014</v>
       </c>
       <c r="I67">
         <v>2015</v>
       </c>
       <c r="J67" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67"/>
       <c r="M67" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="P67" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B68" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C68" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D68" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
         <v>21</v>
       </c>
       <c r="G68" t="s">
         <v>167</v>
       </c>
       <c r="H68">
         <v>2014</v>
       </c>
       <c r="I68">
         <v>2019</v>
       </c>
       <c r="J68" t="s">
         <v>35</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68"/>
       <c r="M68" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="P68" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B69" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C69" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D69" t="s">
         <v>79</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>21</v>
       </c>
       <c r="G69" t="s">
         <v>167</v>
       </c>
       <c r="H69">
         <v>2016</v>
       </c>
       <c r="I69">
         <v>2018</v>
       </c>
       <c r="J69" t="s">
         <v>35</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69"/>
       <c r="M69" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="P69" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B70" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C70" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D70" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
         <v>21</v>
       </c>
       <c r="G70" t="s">
         <v>167</v>
       </c>
       <c r="H70">
         <v>2017</v>
       </c>
       <c r="I70"/>
       <c r="J70" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70"/>
       <c r="M70" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="P70" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B71" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C71" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D71" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
         <v>21</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
         <v>2016</v>
       </c>
       <c r="I71">
         <v>2019</v>
       </c>
       <c r="J71" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71"/>
       <c r="M71" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="P71" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">