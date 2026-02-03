--- v0 (2025-10-15)
+++ v1 (2026-02-03)
@@ -12,269 +12,327 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>UAE.S 5010 3: 2020 – Labeling – Energy Efficiency Label for Electrical Appliances Part 3: Household Refrigerating Appliances.</t>
   </si>
   <si>
+    <t>This regulation covers brand new household refrigerators, freezers and refrigerator-freezers with a capacity of less than 1,500 liters imported to or manufactured in the UAE. This regulation applies to electric mains-operated household refrigerating appliances, stand-alone or built-in configuration.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>UAE.S IEC 62552:2013</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-3-2020-labeling-energy-efficiency-label-electrical-appliances-part-3-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2020/TBT/ARE/20_4362_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-1: 2019 – Labeling – Energy efficiency label for electrical appliances Part 1: household air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels requirements for residential single package and split-system non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>UAE.S ISO 5151:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-1-2019-labeling-energy-efficiency-label-electrical-appliances-part-1-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1431_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-2:2013 – Labeling – Energy efficiency label for electrical appliances Part 2: Washing Machines and Dryers</t>
   </si>
   <si>
+    <t>This regulation deals with methods for measuring the energy and water consumption of clothes washing machines for household use, with or without heating devices and for cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force and is applicable to appliances for both washing and drying textiles (washer-dryers). This standard also applies to household electric tumble dryers, automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>IEC 60456 /2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-22013-labeling-energy-efficiency-label-electrical-appliances-part-2-washing</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/are119_t.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-4: 2014 – Labeling – Energy Efficiency Label for Electrical Appliances Part 4: Storage Water Heaters.</t>
   </si>
   <si>
+    <t>This regulation establishes requirements for electrical safety and energy efficiency labeling of electric water heater types listed in Annex A. This regulation does not apply to instantaneous water heaters and water heaters that use gas, solid or liquid fuels, solar water heaters and water heaters designed for making hot drinks only.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-4-2014-labeling-energy-efficiency-label-electrical-appliances-part-4-storage</t>
   </si>
   <si>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
+  </si>
+  <si>
     <t>UAE.S 5010-5: 2019 – Labeling – Energy efficiency label for electrical appliances - Part 5: commercial and central air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels and the minimum energy performance standard (MEPS) requirements for factory-made residential, commercial and industrial.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-5-2019-labeling-energy-efficiency-label-electrical-appliances-part-5-commercial</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1430_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-6: 2018 – Labeling – Energy efficiency label for electrical appliances Part 6: Dishwashers.</t>
   </si>
   <si>
+    <t>This regulation is developed to ensure that dishwasher are registered and monitored for their continuous compliance to the set specifications. Includes energy consumption and water consumption.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-6-2018-labeling-energy-efficiency-label-electrical-appliances-part-6-dishwashers</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2018/TBT/ARE/18_1779_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-7: 2017 – Labeling – Energy Efficiency Label for Electrical Appliances - Part: 7 Minimum Energy Efficiency Limits for Rotodynamic Water Pumps.</t>
   </si>
   <si>
+    <t>This standard covers brand new rotodynamic water pumps for pumping clean water, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-7-2017-labeling-energy-efficiency-label-electrical-appliances-part-7-minimum</t>
   </si>
   <si>
     <t>UAE.S 5010-8:2018 – Labeling – Energy Efficiency Label for Electrical Appliances – Part 8: Television Sets</t>
   </si>
   <si>
+    <t>This regulation covers televisions or television sets. It is developed to ensure that television sets are registered and monitored for their continuous compliance to the set specifications.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-82018-labeling-energy-efficiency-label-electrical-appliances-part-8-television</t>
+  </si>
+  <si>
+    <t>https://www.tuvsud.com/en/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-11-2019/uae-mandatory-standard-for-tv-energy-efficiency-labelling-in-force</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -538,529 +596,592 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N10"/>
+  <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="181" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="181.527" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2"/>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
       <c r="H2"/>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...5 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3">
+        <v>2020</v>
+      </c>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>36</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...11 lines deleted...]
-      <c r="G3">
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>50</v>
+      </c>
+      <c r="H5">
         <v>2013</v>
       </c>
-      <c r="H3">
-[...5 lines deleted...]
-      <c r="J3" t="s">
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>38</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6">
+        <v>2015</v>
+      </c>
+      <c r="J6" t="s">
+        <v>51</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>38</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
         <v>32</v>
       </c>
-      <c r="L3" t="s">
-[...2 lines deleted...]
-      <c r="M3" t="s">
+      <c r="D7" t="s">
+        <v>62</v>
+      </c>
+      <c r="E7" t="s">
+        <v>34</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>50</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>36</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>38</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>67</v>
+      </c>
+      <c r="E8" t="s">
         <v>34</v>
       </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>50</v>
+      </c>
+      <c r="H8">
+        <v>2016</v>
+      </c>
+      <c r="I8">
+        <v>2018</v>
+      </c>
+      <c r="J8" t="s">
+        <v>36</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>38</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>69</v>
+      </c>
     </row>
-    <row r="4" spans="1:14">
-      <c r="A4" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>72</v>
+      </c>
+      <c r="E9" t="s">
+        <v>34</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>50</v>
+      </c>
+      <c r="H9">
+        <v>2017</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>51</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>38</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P9" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>76</v>
+      </c>
+      <c r="E10" t="s">
+        <v>34</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
         <v>35</v>
       </c>
-      <c r="B4" t="s">
+      <c r="H10">
+        <v>2016</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>38</v>
+      </c>
+      <c r="N10" t="s">
         <v>27</v>
       </c>
-      <c r="C4" t="s">
-[...283 lines deleted...]
-        <v>59</v>
+      <c r="O10" t="s">
+        <v>77</v>
+      </c>
+      <c r="P10" t="s">
+        <v>78</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>