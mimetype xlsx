--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,227 +12,264 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
+    <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
+  </si>
+  <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
   </si>
   <si>
+    <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
+  </si>
+  <si>
     <t>UAE.S 5010 3: 2020 – Labeling – Energy Efficiency Label for Electrical Appliances Part 3: Household Refrigerating Appliances.</t>
   </si>
   <si>
+    <t>This regulation covers brand new household refrigerators, freezers and refrigerator-freezers with a capacity of less than 1,500 liters imported to or manufactured in the UAE. This regulation applies to electric mains-operated household refrigerating appliances, stand-alone or built-in configuration.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>UAE.S IEC 62552:2013</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-3-2020-labeling-energy-efficiency-label-electrical-appliances-part-3-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2020/TBT/ARE/20_4362_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-1: 2019 – Labeling – Energy efficiency label for electrical appliances Part 1: household air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels requirements for residential single package and split-system non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>UAE.S ISO 5151:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-1-2019-labeling-energy-efficiency-label-electrical-appliances-part-1-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1431_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-4: 2014 – Labeling – Energy Efficiency Label for Electrical Appliances Part 4: Storage Water Heaters.</t>
   </si>
   <si>
+    <t>This regulation establishes requirements for electrical safety and energy efficiency labeling of electric water heater types listed in Annex A. This regulation does not apply to instantaneous water heaters and water heaters that use gas, solid or liquid fuels, solar water heaters and water heaters designed for making hot drinks only.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-4-2014-labeling-energy-efficiency-label-electrical-appliances-part-4-storage</t>
   </si>
   <si>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
+  </si>
+  <si>
     <t>UAE.S 5010-8:2018 – Labeling – Energy Efficiency Label for Electrical Appliances – Part 8: Television Sets</t>
   </si>
   <si>
+    <t>This regulation covers televisions or television sets. It is developed to ensure that television sets are registered and monitored for their continuous compliance to the set specifications.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-82018-labeling-energy-efficiency-label-electrical-appliances-part-8-television</t>
+  </si>
+  <si>
+    <t>https://www.tuvsud.com/en/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-11-2019/uae-mandatory-standard-for-tv-energy-efficiency-labelling-in-force</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -496,365 +533,404 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N6"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="155" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="396.332" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="207.521" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1982</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2024</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3">
+        <v>2020</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...30 lines deleted...]
-      <c r="K3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
         <v>31</v>
       </c>
-      <c r="L3" t="s">
-[...2 lines deleted...]
-      <c r="M3" t="s">
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>33</v>
       </c>
-      <c r="N3" t="s">
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
         <v>34</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="K4" t="s">
         <v>35</v>
       </c>
-      <c r="B4" t="s">
-[...26 lines deleted...]
-      <c r="K4" t="s">
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>33</v>
       </c>
       <c r="N4" t="s">
         <v>38</v>
       </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
     </row>
-    <row r="5" spans="1:14">
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="B5" t="s">
-        <v>26</v>
+        <v>48</v>
       </c>
       <c r="C5" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="E5" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G5">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2014</v>
       </c>
-      <c r="H5">
+      <c r="I5">
         <v>2015</v>
       </c>
-      <c r="I5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J5" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>35</v>
+      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
+        <v>37</v>
+      </c>
+      <c r="N5" t="s">
+        <v>38</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>33</v>
       </c>
-      <c r="N5" t="s">
-[...22 lines deleted...]
-      <c r="G6">
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2016</v>
       </c>
-      <c r="H6">
+      <c r="I6">
         <v>2019</v>
       </c>
-      <c r="I6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J6" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="K6" t="s">
+        <v>35</v>
+      </c>
+      <c r="L6"/>
       <c r="M6" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="N6" t="s">
-        <v>45</v>
+        <v>38</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>