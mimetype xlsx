--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,164 +12,177 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>UAE.S 5010-4: 2014 – Labeling – Energy Efficiency Label for Electrical Appliances Part 4: Storage Water Heaters.</t>
   </si>
   <si>
+    <t>This regulation establishes requirements for electrical safety and energy efficiency labeling of electric water heater types listed in Annex A. This regulation does not apply to instantaneous water heaters and water heaters that use gas, solid or liquid fuels, solar water heaters and water heaters designed for making hot drinks only.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-4-2014-labeling-energy-efficiency-label-electrical-appliances-part-4-storage</t>
+  </si>
+  <si>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -433,193 +446,208 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N2"/>
+  <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="133" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="152" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="133.253" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="396.332" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="152.106" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="188.668" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2014</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2015</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
       <c r="M2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N2" t="s">
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>