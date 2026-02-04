--- v0 (2025-10-15)
+++ v1 (2026-02-04)
@@ -12,5069 +12,7710 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1585">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2421">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
+  </si>
+  <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>SNI IEC 62612:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/135kek07dje2022-meps-indoor-led-lamps</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>Act on the Rational Use of Energy</t>
   </si>
   <si>
+    <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
-    <t>Mandatory</t>
-[...1 lines deleted...]
-  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>October 2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>Electricity</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
-    <t>Energy Efficiency</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/act-rational-use-energy</t>
   </si>
   <si>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
+  </si>
+  <si>
     <t>AS 1731.14–2003: Refrigerated display cabinets—Part 14: Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the mandatory requirements for remote and self-contained refrigerated display cabinets that fall within the Scope of AS 1731.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>AS 1731.1-13:2003</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/173114-2003-refrigerated-display-cabinets-part-14-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108798</t>
+  </si>
+  <si>
     <t>AS/NZS 3823.2:2013 Performance of electrical appliances—Air conditioners and heat pumps—Part 2: Energy labelling and minimum energy performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>MEPL covers some single phase heat pump|air conditioners.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
-    <t>Comparative Label, Minimum Performance Standard</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.4:2012 or AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-382322013-performance-electrical-appliances-air-conditioners-and-heat-pumps-part-2</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790----https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Air-Con-Heat-Pump-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>AS/NZS 4776.2:2008: Liquid-chilling packages using the vapour compression cycle—Minimum energy performance standard (MEPS) and compliance requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>AS/NZS 4776 parts 1.1 and 1.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-477622008-liquid-chilling-packages-using-vapour-compression-cycle-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
+  </si>
+  <si>
     <t>AS/NZS 4474.2:2009: Performance of household electrical appliances—Refrigerating appliances—Energy labelling and minimum energy performance standard requirements</t>
   </si>
   <si>
+    <t>This standard specifies the energy labelling and minimum energy performance standard (MEPS) requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of AS/NZS 4474.1:2007. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007, will be replaced by IEC 62552 1-3: 2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-447422009-performance-household-electrical-appliances-refrigerating-appliances</t>
   </si>
   <si>
     <t>BDS 1139:1986</t>
   </si>
   <si>
+    <t>This standard covers three-phase induction motors for voltages up to and including 11000 V and</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-11391986</t>
   </si>
   <si>
+    <t>https://www.bstibds.com/single_product/4919</t>
+  </si>
+  <si>
     <t>BDS 1761:2013 (1st revision)</t>
   </si>
   <si>
+    <t>Ballast for tubular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>BDS 1724:2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-17612013-1st-revision</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BDS 1850:2012 Energy efficiency rating of household refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>This section of the standard specifies requirements for energy efficiency labeling of household electric refrigerators 'of the vapour compression type, together with a test method for determining the energy consumption of refrigerators that are capable of complying.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>BDS-1850 : 2012 (Energy Efficiency rating) ,BDS 1849 : 2011 (Performance standards)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18502012-energy-efficiency-rating-household-refrigerators-refrigerator-freezers-and</t>
   </si>
   <si>
     <t>BDS 1852:2012 Performance of air conditioners and heat pumps — energy labelling and minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This Standard specifies the energy labelling requirements for single-phase non-ducted air conditioners of the vapour compression type and the minimum energy performance standard (MEPS) requirements for single-phase and three-phase air conditioners of the vapour compression type up to a rated total cooling capacity of 65 kW that fall within the scope of AS/NZS 3823.1,1, AS/NZS 3823.1.2 or AS/NZS 3823, 1.3</t>
+  </si>
+  <si>
     <t>BDS ISO 13253:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18522012-performance-air-conditioners-and-heat-pumps-energy-labelling-and-minimum</t>
   </si>
   <si>
     <t>BDS 1860:2012 Minimum allowable values of energy efficiency and energy efficiency grades for ac electric fan</t>
   </si>
   <si>
+    <t>Specifies the energy efficiency grades, allowable values of energy efficiency, evaluating values of energy conservation, test methods and inspection rules for AC fans. This standard is applicable to desk fan, box fan, wall fan, slide fan, floor fan and ceiling fan that the rated voltage not exceeding 250 V, other rated voltage not exceeding 480 V and driven by AC motors.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18602012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>CEL 021-2021 Ventilators</t>
+  </si>
+  <si>
+    <t>This policy contains energy labeling requirements for ventilators. It applies to the following types of fans: centrifugal and axial-flow types for general use; centrifugal ID-fans for industrial steam boilers; centrifugal IF-fans and ID-fans for power station boilers; axial type fans used at power stations; centrifugal fans for AC. It does not apply to specialized-structured and used fans like jet-type fans, cross-flow fans, and roof fans.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Industrial Fans</t>
   </si>
   <si>
     <t>GB 19761-2009
 ,   
                     GB/T 1236
 ,   
                     GB/T 10178</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and National Dev…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-021-2021-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=1c9b5fb96da84efca25632a94eb5e85f</t>
+  </si>
+  <si>
     <t>CEL 022-2021 Flat panel TVs</t>
   </si>
   <si>
+    <t>This policy specifies energy labeling requirements for flat panel TVs. It applies to both LCD TVs and OLED TVs.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>GB 24850-2013</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China(SAMR) and National Deve…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-022-2021-flat-panel-tvs</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=d6c1a8d2aed2480c9fbf43c16c246f6c</t>
+  </si>
+  <si>
     <t>CEL 024-2021 Set-top box</t>
   </si>
   <si>
+    <t>This policy applies to set-top boxes that work normally under AC 220 V, 50 Hz power supply conditions, including cable set-top boxes, terrestrial set-top boxes, satellite set-top boxes, and network set-top boxes. It does not apply to live satellite set-top boxes.</t>
+  </si>
+  <si>
     <t>Audio-Visual</t>
   </si>
   <si>
     <t>GB24850</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-024-2021-set-top-box</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=939c3e0e27c54716ad6844218c19a9fc</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-024-2021-set-top-box-0</t>
   </si>
   <si>
     <t>CEL-004. Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the electrically driven compressor and indoor static pressure at 0Pa unitary ACs, computer and data processing center unitary ACs, communication stations unitary ACs, and constant temperature and humidity unitary ACs. Not including multi-connected AC, rooftop air conditioning unit, and ducted air-conditioning (heat pump) units.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>November 2021</t>
   </si>
   <si>
     <t>GB 19576-2004 GB/T 17758 GB/T 18836 JB/T 8072</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-004-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/10/%E5%8D%95%E5%85%83%E5%BC%8F%E7%A9%BA%E6%B0%94%E8%B0%83%E8%8A%82%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-007. Small &amp; Medium Three-phase Asynchronous Motors</t>
   </si>
   <si>
+    <t>Applies to motors working under three-phase AC; with voltage lower than 690V and frequency of 50Hz; for motors of energy efficiency grade 2 and 3; their rated power shall be 0.55kW-315kW; and for grade 1 motors; rated power should be 3kW-315kW; number of poles shall be 2; 4; and 6; of single-speed closed self-fan cooling type; N design type; for general service or explosion-proof type.</t>
+  </si>
+  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 1032</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-007-small-medium-three-phase-asynchronous-motors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/CEL%20007-2021%E4%B8%AD%E5%B0%8F%E5%9E%8B%E4%B8%89%E7%9B%B8%E5%BC%82%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-009. Domestic Gas Instantaneous Water Heater and Gas Fired Heating - Hot Water Combination Boilers</t>
   </si>
   <si>
+    <t>Applies to products with heating load lower than 70kW. Does not apply to storage type of gas fired heating hot water product.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB/T 13611 CJ/T 228</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-009-domestic-gas-instantaneous-water-heater-and-gas-fired-heating-hot-water</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B611_%E5%AE%B6%E7%94%A8%E7%87%83%E6%B0%94%E5%BF%AB%E9%80%9F%E7%83%AD%E6%B0%B4%E5%99%A8%E5%92%8C%E7%87%83%E6%B0%94%E9%87%87%E6%9A%96%E7%83%AD%E6%B0%B4%E7%82%89%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-016. Automatic Electric Rice Cooker</t>
   </si>
   <si>
+    <t>Applies to automatic electric rice cookers working under normal voltage and rated power lower than 2000W, with electric heating elements as the heat source.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 4706.19 GB 12021.6-2008 CCEC/T11-2006 QB/T 3899</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-016-automatic-electric-rice-cooker</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99(1).pdf</t>
+  </si>
+  <si>
     <t>CEL-017. Alternative Current Electric Fans</t>
   </si>
   <si>
+    <t>Applies to AC fans with single phase rated voltage no more than 250V other rated voltage no more than 480V and driven by AC motor including desk fan; rotary fan; wall fan; slide fan; floor fan and ceiling fan.</t>
+  </si>
+  <si>
     <t>GB 12021.9-2008, GB 13380</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-017-alternative-current-electric-fans</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B619_%E4%BA%A4%E6%B5%81%E7%94%B5%E9%A3%8E%E6%89%87%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-019. Air Compressor -Displacement Air Compressor</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered under this policy: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>GB-T 3853-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-019-air-compressor-displacement-air-compressor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B621_%E5%AE%B9%E7%A7%AF%E5%BC%8F%E7%A9%BA%E6%B0%94%E5%8E%8B%E7%BC%A9%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-020. Refrigerators</t>
   </si>
   <si>
+    <t>Applies to motor-driven compressor type refrigerators that are for household use -including those with volume greater than 500L. Does not apply to built-in type exhibition type with a transparent door or other specialized types.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>GB/T 8059.1-1995 GB 12021.2-2008 GB 19606-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-020-refrigerators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B63_%E5%AE%B6%E7%94%A8%E7%94%B5%E5%86%B0%E7%AE%B1%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-022. Ventilators</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does not apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
     <t>GB 19761-2009 GB/T 1236 GB/T 10178 JB/T 2977 JB/T 4357 JB/T 4358 JB/T 4362 JB/T 10562 JB/T 10563</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-022-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=96b107ffcb3f41dabc9e99d133001670</t>
+  </si>
+  <si>
     <t>CEL-023. Room Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor; completely closed type electric motor-compressor type AC; whose cooling capacity is below 14000W and climate type is T1. Does not apply to portable; variable speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>GB/T 7725-2004 GB 12021.3-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-023-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://app.sist.org.cn/label/Upload/ProductFile/ee65aebc-6a40-477d-8864-0479f0ec2fa4.pdf</t>
+  </si>
+  <si>
     <t>CEL-024. Flat Panel TV</t>
   </si>
   <si>
+    <t>Applies to LCD and OLED TV (referred to as "flat panel TV") and LCD and OLED monitors that work under AC 220 V and 50 Hz power supply conditions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-024-flat-panel-tv</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E7%94%B5%E8%A7%86.pdf</t>
+  </si>
+  <si>
     <t>CEL-025. Household and Similar Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwaves with rated input power lower than 2500W and uses the electro-magnetic power in ISM frequency range 2450MHz and resistance heating element to heat including microwave ovens with single microwave function and with barbecue and hot wind convection function. Does not apply to commercial and industrial microwave ovens or ovens with ventilators.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>GB-T 18800-2008 CCEC-T09-2006 GB 24849-2010 GB 4706.21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-025-household-and-similar-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-026. Domestic solar water heating system</t>
   </si>
   <si>
+    <t>Applies to solar water heaters with volume less than 0.6 cubic meters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>GB 26969-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-026-domestic-solar-water-heating-system</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B628_%E5%AE%B6%E7%94%A8%E5%A4%AA%E9%98%B3%E8%83%BD%E7%83%AD%E6%B0%B4%E7%B3%BB%E7%BB%9F%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-027. Microcomputers</t>
   </si>
   <si>
+    <t>Desktop computers microcomputers with a display function and laptop computers of general purpose. Does not apply to: workstations and IPC; microcomputers with two or more discrete graphics display units; microcomputers with a rated power supply greater than 750 W; laptops with the display diagonal less than 0.294 6m or 11.6 inches</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>GB 28380-2014, GB/T 9813</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-027-microcomputers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B629_%E5%BE%AE%E5%9E%8B%E8%AE%A1%E7%AE%97%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-028. Refrigerated Display Cabinets with Remote Condensing Units</t>
   </si>
   <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does not apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
     <t>GB 26920.1-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-028-refrigerated-display-cabinets-remote-condensing-units</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B627_%E8%BF%9C%E7%BD%AE%E5%86%B7%E5%87%9D%E6%9C%BA%E7%BB%84%E5%86%B7%E8%97%8F%E9%99%88%E5%88%97%E6%9F%9C%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-031. Electric Clothes Washers</t>
   </si>
   <si>
+    <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does not apply to those with washing capacity no larger than 1.0kg and those without dehydration function. For washer-dryer type only washing performance is considered.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>GB/T 4288 2008 GB 12021.4-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-031-electric-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B65_%E7%94%B5%E5%8A%A8%E6%B4%97%E8%A1%A3%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-032. Self-Ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Applies to self-ballasted CFLs of rated voltage of 220V, rated working frequency of 50Hz and rated power of 3 W-60 W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stablization parts are integrated. Does not apply to CFLs with covers.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>GB/T 17263-2013 GB 19044-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-032-self-ballasted-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E6%99%AE%E9%80%9A%E7%85%A7%E6%98%8E%E7%94%A8%E8%87%AA%E9%95%87%E6%B5%81%E8%8D%A7%E5%85%89%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-035. Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>Applies to motor-driven air source heat pump water heaters with vapor-compression refrigeration cycle. Does not apply to electrical storage water heaters</t>
+  </si>
+  <si>
     <t>Heat Pumps, Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>GB 29541-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-035-heat-pump-water-heaters</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B631_%E7%83%AD%E6%B3%B5%E7%83%AD%E6%B0%B4%E6%9C%BA%EF%BC%88%E5%99%A8%EF%BC%89%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-036. Household Cookers</t>
   </si>
   <si>
+    <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does not apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>GB 21456-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-036-household-cookers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B615_%E5%AE%B6%E7%94%A8%E7%94%B5%E7%A3%81%E7%81%B6%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-037. Copiers, Printers, and Fax Machines</t>
   </si>
   <si>
+    <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does not apply to AC contactors with external power saving device or semi-conductor type -solid type contactor.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>GB 21521-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-037-copiers-printers-and-fax-machines</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B617_%E5%A4%8D%E5%8D%B0%E6%9C%BA%E3%80%81%E6%89%93%E5%8D%B0%E6%9C%BA%E5%92%8C%E4%BC%A0%E7%9C%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-038. Household Gas Stoves</t>
   </si>
   <si>
+    <t>Applies only to gas stove with a nominal heat load of a single burner not more than 5.23 kW.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>GB-T 13611, GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-038-household-gas-stoves</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B632_%E5%AE%B6%E7%94%A8%E7%87%83%E6%B0%94%E7%81%B6%E5%85%B7%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-040. Groundwater Source Heat Pump Systems</t>
   </si>
   <si>
+    <t>Groundwater source heat pump systems of commercial and industrial use.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>GB 30721-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-040-groundwater-source-heat-pump-systems</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B634_%E6%B0%B4%EF%BC%88%E5%9C%B0%EF%BC%89%E6%BA%90%E7%83%AD%E6%B3%B5%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CNS 11010-89: Electric Water Heaters</t>
   </si>
   <si>
+    <t>covers househod household electric storage water heaters with rated power consumption not exceeding 12 kW.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>CNS 3263</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cns-11010-89-electric-water-heaters</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>CQC31-030421-2010. CQC Mark Certification - Doors and Windows</t>
   </si>
   <si>
+    <t>This policy applies to doors and windows with a thermal insulation function.</t>
+  </si>
+  <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>CQC 3118-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492708.shtml</t>
   </si>
   <si>
     <t>CQC31-030421-2010. Energy Conservation Certification Rules - Doors and Windows</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for doors and windows. It applies to doors and windows with a thermal insulation function.</t>
+  </si>
+  <si>
     <t>Doors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-030421-2010-energy-conservation-certification-rules-doors-and-windows</t>
   </si>
   <si>
     <t>CQC31-045201-2012. CQC Mark Certification - Computers</t>
   </si>
   <si>
+    <t>Applies to ordinary desktop PC and laptops also to equipment of similar hardware structure</t>
+  </si>
+  <si>
     <t>CCEC-T22-2003 CQC 3114-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-045201-2012-cqc-mark-certification-computers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492784.shtml</t>
+  </si>
+  <si>
     <t>CQC31-415321-2009 Energy Conservation Certification Rules for Aluminum Thermal Profiles</t>
   </si>
   <si>
+    <t>Applies to Aluminum Thermal Profiles.</t>
+  </si>
+  <si>
     <t>Insulations</t>
   </si>
   <si>
     <t>CQC3116-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-415321-2009-energy-conservation-certification-rules-aluminum-thermal-profiles</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-12-11/492682.shtml</t>
+  </si>
+  <si>
     <t>CQC31-423221-2017 Energy Conservation Certification Rules for Industrial Boilers</t>
   </si>
   <si>
+    <t>Applies to industrial boilers including: steam boiler; hot water boiler; and organic heat transfer matrial boilers with a rated steam pressure no larger than 3.8MPa; and fuel source of coal; oil; gas; or biomass.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, Oil</t>
   </si>
   <si>
     <t>CQC3161-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-423221-2017-energy-conservation-certification-rules-industrial-boilers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-05-24/499029.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432212-2009. CQC Mark Certification - Centrifugal Corrosion Resisting Pumps</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction centrifugal pump for fresh water; single stage double suction centrifugal pump for fresh water; and multiple stage centrifugal pump for fresh water</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>GB 19762-2007 GB/T 3216 GB/T 5657 GB/T 7021 GB/T 13006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432212-2009-cqc-mark-certification-centrifugal-corrosion-resisting-pumps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-11-20/492766.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432217-2017 Energy Conservation Certification Rules for Submersible motor-pumps</t>
   </si>
   <si>
+    <t>Applies to  small size submersible motor-pumps; sewage submersible motor-pumps; well-use submersible motor-pumps</t>
+  </si>
+  <si>
     <t>GB32029-2015, GB32031-2015, GB32030-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432217-2017-energy-conservation-certification-rules-submersible-motor-pumps</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-06-15/546484.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432218-2017 Energy Conservation Certification Rules for Centrifugal pump for fresh water</t>
   </si>
   <si>
+    <t>Applies to centrifugal pump for fresh water powered by 50Hz three-phase DC power under 690V or lower; which are three-phase DC motor drive typical load units; Applies to single stage single punction|single stage double punction|multi-stage centrifugal pump for fresh water with a rated power of 0.75kW-375kW</t>
+  </si>
+  <si>
     <t>JBT 11706.1-2013</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432218-2017-energy-conservation-certification-rules-centrifugal-pump-fresh-water</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-06-15/546487.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439121-2013. CQC Mark Certification - Room Air Conditioner -Variable Speed</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor completely closed type with variable electric motor-compressor type AC whose cooling capacity is below 14000W and climate type is T1. Does NOT apply to portable fixed speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>GB/T 7725; GB/T 17758, GB 21455-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439121-2013-cqc-mark-certification-room-air-conditioner-variable-speed</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-01-14/492741.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439122-2010. CQC Mark Certification - Room AC</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor; completely closed type electric motor-compressor type AC; whose cooling capacity is below 14000W and climate type is T1. Does NOT apply to portable; variable speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439122-2010-cqc-mark-certification-room-ac</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-01-14/492744.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439124-2019. Energy Conservation Certification Rules for Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the following types of unitary AC which have a rated cooling capacity of bigger than 7100W: electric driven compressor type unitary AC and duct type and roof type unitary AC. Not including multi-connected AC -heat pump or variable speed type AC.</t>
+  </si>
+  <si>
     <t>GB 19576-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439124-2019-energy-conservation-certification-rules-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/492754.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439131-2013. CQC Mark Certification - Lithium bromide absorption water chiller</t>
   </si>
   <si>
+    <t>Applies to direct-fired type and steam type lithium bromide absorption water chiller.</t>
+  </si>
+  <si>
     <t>GB 29540-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439131-2013-cqc-mark-certification-lithium-bromide-absorption-water-chiller</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/492752.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439133-2013. CQC Mark Certification - Heat pump water heater</t>
   </si>
   <si>
+    <t>Applies to air-source motor heat pump water heater with the hot water providing as a main purpose. Does not apply to water-source heat pump water heaters</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439133-2013-cqc-mark-certification-heat-pump-water-heater</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492738.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439135-2010. CQC Mark Certification - Multi-connected air-condition -heat pump- unit</t>
   </si>
   <si>
+    <t>Applies to multi-connected air conditioning -heat pump- unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
     <t>GB 21454-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439135-2010-cqc-mark-certification-multi-connected-air-condition-heat-pump-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492750.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439136-2016. Energy Conservation Certification Rules for Water Chillers</t>
   </si>
   <si>
+    <t>Applies to motor-driven centrifugal water chillers.</t>
+  </si>
+  <si>
     <t>GB 19577-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439136-2016-energy-conservation-certification-rules-water-chillers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492753.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439138-2013. CQC Mark Certification - Multi-connected air-condition -heat pump- unit |ULTRA HIGH</t>
   </si>
   <si>
     <t>GB/T 18837-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439138-2013-cqc-mark-certification-multi-connected-air-condition-heat-pump-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/498394.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439139-2016 Energy Conservation Certification Rules for Water-source multiple air conditioning -heat pump unit</t>
   </si>
   <si>
+    <t>Applies to water-source multiple air conditioning -heat pump unit that use A1 type refrigerant according to GB-T 7778 rules.</t>
+  </si>
+  <si>
     <t>CQC 3156-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439139-2016-energy-conservation-certification-rules-water-source-multiple-air</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/529439.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439801-2019. Energy Conservation Certification Rules for Low Ambient Temperature Air Source Heat Pump (Water Chilling) Packages</t>
   </si>
   <si>
+    <t>Applies to low ambient temperature air source heat pump -water chilling packages</t>
+  </si>
+  <si>
     <t>Heat Pumps, Pumps Other</t>
   </si>
   <si>
     <t>GB 37480-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439801-2019-energy-conservation-certification-rules-low-ambient-temperature-air</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-01-29/542277.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439803-2018 CQC Energy conservation certification rules for low ambient temperator air source heat pump air heaters</t>
   </si>
   <si>
+    <t>Applies to split air source heat pump air heaters that are motor-compressor driven; of which condensor and evaporator both use air heat exchanger; which can operate under an ambient temperature not lower than 30 and rated heating capapity not larger than 14000W; which are used for indoor environment</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>CQC 3165-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439803-2018-cqc-energy-conservation-certification-rules-low-ambient-temperator-air</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-06-22/553630.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448113-2012. CQC Mark Certification - Refrigerated Display Cabinets With Remote Condensing Unit</t>
   </si>
   <si>
+    <t>Applies to refrigerated display cabinet with remote condensing unit used for the sales and display of food products. Does NOT apply to refrigerated automatic vending machine and refrigerated display cabinet for non-retail purpose.</t>
+  </si>
+  <si>
     <t>GB 26920.1-2011;GB/T 21001.3-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448113-2012-cqc-mark-certification-refrigerated-display-cabinets-remote-condensing</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/495769.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448116-2016 Energy Conservation Certification Rules for Commercial refrigerated cabinets with self-contained condensing unit</t>
   </si>
   <si>
+    <t>This policy applies to commercial condensing refrigerated cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
+  </si>
+  <si>
     <t>CQC-F002-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448116-2016-energy-conservation-certification-rules-commercial-refrigerated-cabinets</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-17/537286.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448173-2018. CQC Mark Certification Electric Storage Water Heaters</t>
   </si>
   <si>
+    <t>Applies to Domestic Electric Storage Water Heaters</t>
+  </si>
+  <si>
     <t>GB 21519-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448173-2018-cqc-mark-certification-electric-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492757.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448184-2011. CQC Mark Certification - Commercial Induction Cooker</t>
   </si>
   <si>
+    <t>Applies to household induction coookers with one or more heating units with the rated power of each unit of 700W</t>
+  </si>
+  <si>
     <t>SB-T 10548</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448184-2011-cqc-mark-certification-commercial-induction-cooker</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492839.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448187-2016 Energy Conservation Certification Rules for Household and Similar Use Room Heaters</t>
   </si>
   <si>
+    <t>Applies to room heaters that with a single-phase rated power voltage of no more than 250V, applies to portable, fixed, standing, and embedded type of room hearers.</t>
+  </si>
+  <si>
     <t>CQC3154-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448187-2016-energy-conservation-certification-rules-household-and-similar-use-room</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/513956.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452421-2011. CQC Mark Certification - Server</t>
   </si>
   <si>
+    <t>Applies to tower or rack-mounted servers with 1 and 2 processor sockets. Does NOT apply to Bladed Server or Multi-node Systems</t>
+  </si>
+  <si>
     <t>Servers</t>
   </si>
   <si>
     <t>CQC3135-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452421-2011-cqc-mark-certification-server</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492857.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452611-2011. CQC Mark Certification - Scanners</t>
   </si>
   <si>
+    <t>Applies to drum scanners; flatbed scanners; and scanners for film or transparent media.</t>
+  </si>
+  <si>
     <t>CQC 3134-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452611-2011-cqc-mark-certification-scanners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-04/492776.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452627-2014. CQC Mark Certification - Copy machines; printers; fax machines and multi-function equipment</t>
   </si>
   <si>
+    <t>Applies to copiers; printers; fax machines; and multi-function equipment. Applies to products operating under 220V and 50Hz; with printing speed lower than 70pages per minute and standard format. Can be used as reference for products with printing speed higher than 70pages per minute and non-standard format.</t>
+  </si>
+  <si>
     <t>GB 21521-2014, GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452627-2014-cqc-mark-certification-copy-machines-printers-fax-machines-and-multi</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492780.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452629-2016. Energy Conservation Certification Rules for Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to CRT and LCD monitors for computers working under normal electricity grid voltage and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>GB 21520-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452629-2016-energy-conservation-certification-rules-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492777.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2013. CQC Mark Certification - Flat panel TV</t>
   </si>
   <si>
+    <t>Applies to LCD TV and Plasma TV that work under electricity grid of normal voltage and serve for general service. Also applies to LCD or plasma display equipment which main function is TV but without moderator and other types of flat panel displays.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452631-2013-cqc-mark-certification-flat-panel-tv</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2021. Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes. It applies to LCD TVs and Plasma TVs that work under an electricity grid of normal voltage and serve for general service. It also applies to LCD or plasma display equipment (with its main function as a TV, but without moderators and other types of flat panel displays) and set-top boxes.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB 24850</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452631-2021-energy-conservation-certification-rules-flat-panel-tvs-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-07/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452691-2016 Energy conservation certification rules for LED display unit</t>
   </si>
   <si>
+    <t>Applies to indoor and outdoor full-color LED display units that work under electric grid normal voltage</t>
+  </si>
+  <si>
     <t>CQC3158-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452691-2016-energy-conservation-certification-rules-led-display-unit</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-22/537408.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452692-2017 Energy conservation certification rules for multimedia display terminal</t>
   </si>
   <si>
+    <t>Applies to on-grid nomral voltage multimedia display terminal</t>
+  </si>
+  <si>
     <t>CQC3163-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452692-2017-energy-conservation-certification-rules-multimedia-display-terminal</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-09-27/549899.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461121-2021. Energy Conservation Certification Rules for Motors</t>
   </si>
   <si>
+    <t>Applies to motors working under three-phase AC; with voltage lower than 690V and frequency of 50Hz; rated power shall be 0.55kW-315kW; and for grade 1 motors; rated power should be 3kW-315kW; number of poles shall be 2; 4; and 6; of single-speed closed self-fan cooling type; N design type; for general service or explosion-proof type</t>
+  </si>
+  <si>
     <t>GB 18613-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461121-2021-energy-conservation-certification-rules-motors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39731</t>
+  </si>
+  <si>
     <t>CQC31-461122-2014. CQC Mark Certification - Permanent magnet synchronous motors</t>
   </si>
   <si>
+    <t>Applies to products with rated voltage of lower than 1140V; powered by three-phase AC of 50Hz; rated power between 0.55kW-275kW; poles number of 2; 4; 6; 8; 10; 12; 16</t>
+  </si>
+  <si>
     <t>GB 30253-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461122-2014-cqc-mark-certification-permanent-magnet-synchronous-motors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492762.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461137-2017 Energy Conservation Certification Rules for Line Operated AC Motors</t>
   </si>
   <si>
+    <t>Applies to sine-wave voltage single-speed motor which: rated output of 0.12kW-1000kW;  voltage of 50-1000V and frequency of 50Hz 60Hz;  number of poles: 2P 4P 6P 8P; long-time and continuious operation under rated output power given that the temperature rise limit shall meet the one specified corresponding to the insulation level;  ambent temperature of 0.12kW-1000kW; altitude of no larger than 4000m</t>
+  </si>
+  <si>
     <t>GB755; GB14711</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461137-2017-energy-conservation-certification-rules-line-operated-ac-motors</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-04-19/551557.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461212-2020. Energy Conservation Certification Rules for Power Transformer</t>
   </si>
   <si>
+    <t>Applies to three-phase; off-Circuit-Tap-Changing transformers with voltage level of 10kV; and rated capacities of 30kVA-1600kVA for oil-immersed transformers or 30kVA-2500kVA for dry-type transformers. Does not apply to gas-filled transformers.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>GB 20052-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461212-2020-energy-conservation-certification-rules-power-transformer</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-10-26/492765.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461219-2010. CQC Mark Certification - Power Transformer</t>
   </si>
   <si>
+    <t>Applies to power transformers with voltage level of 35kV-220kV; and rated capacities of 3150kVA. Does not apply to dry-type transformers.</t>
+  </si>
+  <si>
     <t>GB 1094.1-1996 GB/T 2900.15-1997 GB/T 6451-2008 GB 24790-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461219-2010-cqc-mark-certification-power-transformer</t>
   </si>
   <si>
     <t>CQC31-461226-2010. CQC Mark Certification - High Pressure Sodium Vapor Lamps Ballast</t>
   </si>
   <si>
+    <t>Applies to independent and or built-in magnetic ballasts for high pressure sodium lamps which work under rated voltage of 220V; rated frequency of 50Hz; and rated power of 70W-1000W.</t>
+  </si>
+  <si>
     <t>GB 19574-2004 GB/T 7451 GB/T 13434 GB 19510.10</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461226-2010-cqc-mark-certification-high-pressure-sodium-vapor-lamps-ballast</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492717.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461227-2010. CQC Mark Certification - Metal-Halide Lamps Ballast</t>
   </si>
   <si>
+    <t>Applies to LC peak lead type of independent and built-in type magnetic ballasts for single capped metal halide lamps with rated 220V frequency 50Hz and power 175W-1500W.</t>
+  </si>
+  <si>
     <t>GB 20053-2006 GB/T 15042 GB 15910.10 QB/T 2511 QB/T 2515</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461227-2010-cqc-mark-certification-metal-halide-lamps-ballast</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492715.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461229-2014. CQC Mark Certification - AC electronic ballast for single-capped electrodeless fluorescent lamps</t>
   </si>
   <si>
+    <t>Applies to electronic ballasts working under 220V and 50Hz AC; used for single-capped electrodeless fluorescent lamps with rated power range of 30W-400W.</t>
+  </si>
+  <si>
     <t>GB 17896-2012; GB/T 15144-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461229-2014-cqc-mark-certification-ac-electronic-ballast-single-capped-electrodeless</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/510012.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461235-2014. CQC Mark Certification - Switch power supply of computers</t>
   </si>
   <si>
+    <t>Applies to products as the internal switch of computers which working under normal grid voltage including ordinary desktop computers; high level desktop computers; working station, etc.</t>
+  </si>
+  <si>
     <t>Internal Power Supply</t>
   </si>
   <si>
     <t>CQC 3112-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461235-2014-cqc-mark-certification-switch-power-supply-computers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492782.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461236-2014. CQC Marking Certification: single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
+    <t>Applies to power supplies operating under under 220V and 50Hz;  which transfer AC grid's voltage to a fixed and single way low voltage DC current; no more than 36V; or low voltage AC; no more than 36V; and rated output power is no larger than 250W.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>GB 20943-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461236-2014-cqc-marking-certification-single-voltage-external-ac-dc-and-ac-ac-power</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492783.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461238-2009. CQC Mark Certification - Variable frequency speed regulation devices</t>
   </si>
   <si>
+    <t>Applies to variable frequency speed regulation devices using three-phase AC power supply which voltage is no higher than 660V frequency of 50Hz and power no bigger than 315kW.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>GB/T 12668.2-2002 GB/Z 17625.6-2003 GB/T 17623</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461238-2009-cqc-mark-certification-variable-frequency-speed-regulation-devices</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492770.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462121-2021. Energy Conservation Certification Rules for Step-down Power Saving Devices</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for step-down power-saving devices. It applies to low voltage distribution savers with a rated voltage lower than 1000 V, rated frequency of 50 Hz, and rated capacity no more than 2500 kVA.</t>
+  </si>
+  <si>
     <t>Electronics, Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>CQC 3103-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462121-2021-energy-conservation-certification-rules-step-down-power-saving-devices</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-05-26/492772.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462191-2010. CQC Mark Certification - Socket-outlets and adaptors</t>
   </si>
   <si>
+    <t>Applies to products that are used indoor or outdoor; household or similar type; working under AC current; rated voltage higher than 50V and lower than 250V; rated current 10A and 16A; with or without earth contactor; with conservative stand-by power function.</t>
+  </si>
+  <si>
     <t>Power strips</t>
   </si>
   <si>
     <t>CQC 3121-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462191-2010-cqc-mark-certification-socket-outlets-and-adaptors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492763.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465135-2018 Energy Conservation Certification Rules for Metal-Halide Lamps</t>
   </si>
   <si>
+    <t>Applies to metal halide lamps which are with LC peak lead type of ballasts - or ballasts and trigger units- that can be lighted and operate normally with 92-106 percent of rated voltage. Power range should be from 50W-1500W. does not apply to power coated metal halide lamp</t>
+  </si>
+  <si>
     <t>GBT 18661-2008ï¼›GB 20054-2015ï¼› GB19652-2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465135-2018-energy-conservation-certification-rules-metal-halide-lamps</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-07-30/492720.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465195-2014. CQC Mark Certification - Self-ballasted Electrodeless fluorescent lamps with general lighting service</t>
   </si>
   <si>
+    <t>Applies to fluorescent Lamps for General Lighting Service; Self-ballasted and Electrode-Less; operating under conditions of 220V and 50Hz; with a nominal power of 10W-60W</t>
+  </si>
+  <si>
     <t>GB 29142-2012 GB 17625.1-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465195-2014-cqc-mark-certification-self-ballasted-electrodeless-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-10-17/509985.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465197-2014. CQC Mark Certification - Double-capped LED Lamps designed to retrofit linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Applies to G13 double-capped T8 LED Lamps designed to retrofit linear Fluorescent Lamps with technical characteristics based on GB|T 10682</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>CQC 3148-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465197-2014-cqc-mark-certification-double-capped-led-lamps-designed-retrofit-linear</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/rootfiles/2014/11/02/1414876321132078-1414876321176625.pdf</t>
+  </si>
+  <si>
     <t>CQC31-465391-2018 Energy Conservation Certification Rules for Luminaries System for Road Lighting</t>
   </si>
   <si>
+    <t>Applies to Powers Luminaries System for Road Lighting which use Fluorescent lamps and high intensity gas discharge lamps as lighting source</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>CQC 3105-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465391-2018-energy-conservation-certification-rules-luminaries-system-road-lighting</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-02-05/492775.shtml</t>
+  </si>
+  <si>
     <t>CQC31-499111-2020 Energy Conservation Certification Rules for Motorcycles and Electric Bicycles</t>
+  </si>
+  <si>
+    <t>This policy contains energy conservation certification rules for motorcycles and electric bicycles. It applies to L1 (electric drive), L3 (internal combustion engine drive + electric drive), L4 (internal combustion engine drive), and L5 (internal combustion engine drive) that are driven by internal combustion engines or electric drives and have obtained national compulsory product certification, and electric bicycles (electric drive only) that have obtained national compulsory product certification.</t>
   </si>
   <si>
     <t>Mobility</t>
   </si>
   <si>
     <t>GB15744-2019
 ,   
                     GB/T 24157-2017
 ,   
                     CQC3174-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-499111-2020-energy-conservation-certification-rules-motorcycles-and-electric</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-03-11/512923.shtml</t>
+  </si>
+  <si>
     <t>CQC32-353224-2013 Water Conservation Certification Rules for Liquid Fabric Detergent</t>
   </si>
   <si>
+    <t>This policy contains water conservation certification rules for liquid fabric detergent. It applies liquid detergents prepared with various surfactants and auxiliaries and conforming to QB/T 1224-2012, including laundry detergents and silk wool detergents. This rule does not apply to non-washable and laundry pre-stain products.</t>
+  </si>
+  <si>
     <t>Water</t>
   </si>
   <si>
     <t>QB/T 1224-2012</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-353224-2013-water-conservation-certification-rules-liquid-fabric-detergent</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492636.shtml</t>
+  </si>
+  <si>
     <t>CQC32-372121-2013 Water Conservation Certification Rules for Flush tank and Flush tank fitting</t>
   </si>
   <si>
+    <t>Applies to Flush tank and Flush tank fitting that are mounted on cold water supply line of static pressure smaller than 0.6MPa and driven by water gravity. This includes flushing tank inlet valve and drain valve -as flushing tank fitting</t>
+  </si>
+  <si>
     <t>Toilet Seats (Electric)</t>
   </si>
   <si>
     <t>GBT 26730-2011; GBT 6952-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-372121-2013-water-conservation-certification-rules-flush-tank-and-flush-tank-fitting</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-18/492667.shtml</t>
+  </si>
+  <si>
     <t>CQC32-439154-2022 Water Conservation Certification Rules for Drinking Water Treatment Purifiers</t>
   </si>
   <si>
+    <t>This policy contains water conservation certification rules for drinking water treatment purifiers. It applies small water purifiers used in households or similar places with municipal tap water or other centralized raw water supplier and uses reverse osmosis membrane or nanofiltration membrane as the main purification element. It does not apply to large water purifiers with length, width, or height ≥2000 mm; mass ≥100 kg and net water flow ≥3 L/min.</t>
+  </si>
+  <si>
     <t>Water Fixtures</t>
   </si>
   <si>
     <t>GB34914-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-439154-2022-water-conservation-certification-rules-drinking-water-treatment</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2022-03-22/529526.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448104-2016. Energy Conservation and Environmentally-friendly Certification Rules for Household Refrigerators</t>
   </si>
   <si>
+    <t>Applies to motor-driven compressor type refrigerators that are for household use including those whose volume is bigger than 500L. Does NOT apply to built-in type exhibition type with a transparent door or other specialized types.</t>
+  </si>
+  <si>
     <t>GB 12021.2-2015; GB 19606-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448104-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492745.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448117-2016 Energy Conservation and Environmentally-friendly Certification Rules for Household Refrigerators</t>
   </si>
   <si>
+    <t>This policy applies to enclosed motor-drive and compressed type household refrigerators.</t>
+  </si>
+  <si>
     <t>CQC 6104-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448117-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-15/536899.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448151-2018 Energy Conservation and Environmentally-friendly Certification Rules for Range Hood</t>
   </si>
   <si>
+    <t>Applies to venting type range hood products -except for intgrated kitchen; installed above cooker cooking range or appliances of similar purpose with the rated voltage not exceeding 250V.</t>
+  </si>
+  <si>
     <t>CQC6101-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448151-2018-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-05-08/498678.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448211-2015. CQC Mark Certification - domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to products with rated load no bigger than 5.23kW for a single burner</t>
+  </si>
+  <si>
     <t>CQC 6151-2009 QB/T 1236-2008 GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448211-2015-cqc-mark-certification-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/512168.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448261-2012. CQC Mark Certification - Domestic Solar Water Heating Systems</t>
   </si>
   <si>
+    <t>Applies to domestic solar water heating systems with storage tanks smaller than 0.6 m3</t>
+  </si>
+  <si>
     <t>GB 26969-2011; GB/T 19141-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448261-2012-cqc-mark-certification-domestic-solar-water-heating-systems</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492677.shtml</t>
+  </si>
+  <si>
     <t>CQC62-448121-2013. CQC Mark Certification - Electric Washing Machines</t>
   </si>
   <si>
+    <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does NOT apply to those with washing capacity no larger than 1.0kg.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc62-448121-2013-cqc-mark-certification-electric-washing-machines</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492565.shtml</t>
+  </si>
+  <si>
     <t>CQC64-439141-2017 Safety and Performance and Energy Conservation Certification Rules For Household and Similar Use Outdoor Air System Equipment</t>
   </si>
   <si>
+    <t>Applies to Household and Similar Use Outdoor Air System Equipment with an air volume below 2000cubic meters per hour</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>CQC6401-2017 4.3.1 and 4.3.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc64-439141-2017-safety-and-performance-and-energy-conservation-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-13/544879.shtml</t>
+  </si>
+  <si>
     <t>CQC64-439802-2018 Safety and Energy conservation certification rules for air source heat pump drying -dehumidifying unit</t>
   </si>
   <si>
+    <t>Applies to air source heat pump drying -dehumidifying unit</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>CQC6402-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc64-439802-2018-safety-and-energy-conservation-certification-rules-air-source-heat-pump</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-04-19/553403.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448157-2014. CQC Mark Certification - Air Cleaners</t>
   </si>
   <si>
+    <t>Air cleaners: single-phase rated voltage not exceeding 250V; other rated voltage not exceeding 450V</t>
+  </si>
+  <si>
     <t>GB/T 18801-2015 5.5.2 and 5.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc64-448157-2014-cqc-mark-certification-air-cleaners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-08/511616.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448160-2018 Energy and Water Conservation and Anti-microbial Certification Rules for Household and Similar Electrical Appliances - Electronic Toilets</t>
   </si>
   <si>
+    <t>Applies to electric toilets used by non-professionals in households schools stores; etc.</t>
+  </si>
+  <si>
     <t>GBT23131-2008;GB21551.2-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc64-448160-2018-energy-and-water-conservation-and-anti-microbial-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-01-29/552296.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Domestic fridges and freezers</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover fridges and freezers intended for household (or similar) use.</t>
+  </si>
+  <si>
     <t>IEC 62552 parts 1 to 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/domestic-fridges-and-freezers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/fridges-and-freezers-domestic/</t>
+  </si>
+  <si>
     <t>Efficiency Policy for Deep Freezers</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for deep freezers being manufactured, commercially purchased, or sold in India. It applies to deep freezers of the vapour compression type having a storage volume of up to and including 1000 litres.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IS 7872 (all amendments)</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficiency-policy-deep-freezers</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Deep_Freezer_Regulations.pdf</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Clothes Dryers</t>
   </si>
   <si>
+    <t>Clothes Dryer</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>The Energy Factor (EF) for Energy Label qualified clothes dryer products shall be measured under the test conditions and methodology approved by the energy regulating competent authority, and shall have a measured value of greater than 1.7 kg (clothes dried)/kWh.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-clothes-dryers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=2</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Clothes Washers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of C.C.C. Code: 8450 under the clothes washers category or recognized by the Bureau of Energy of MOEA as Washing Machines and shall also meet the requirements of CNS 3765-7. Covers both top-loading and front-loading types.</t>
+  </si>
+  <si>
     <t>JIS C 9606</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-clothes-washers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=6</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Television</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 14336-1 or CNS 14408; Chinese National Standards; or be recognized by Bureau of Energy</t>
+  </si>
+  <si>
     <t>Test procedure acording to En-Tech 10405003751</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-television</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=7</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Chilled-Warm-Hot Drinking water Dispensers; En-Tech 10405000331</t>
   </si>
   <si>
+    <t>Chilled, warm, hot drinking water dispensers. Products shall meet the requirements of Article 13516; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>CNS-13516</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-chilled-warm-hot-drinking-water</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=13%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for DVD Players|Recorders</t>
   </si>
   <si>
+    <t>The applicable products shall be household DVD players or recorders which meet the requirements of CNS-13438; CNS-13439; CNS-14336 or CNS-14408; or have been recognized by the competent authority as household DVD player; recorder products.</t>
+  </si>
+  <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>IEC62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-dvd-playersrecorders</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=25</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hair Dryers; En-Tech 10104024360</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 3714 - Hand-Supported Hair Dryers or be recognized by Bureau of Energy MOEA.</t>
+  </si>
+  <si>
     <t>Hair Dryers</t>
   </si>
   <si>
     <t>IEC 61855: 2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-hair-dryers-en-tech-10104024360</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=10%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hand Dryers</t>
   </si>
   <si>
+    <t>The measured Useful Energy Ratio -UER; for Energy Label qualified hand dryer products shall be no less than 90 percent. If the product is touch activated each drying session shall be less than 40 seconds; if the product is motion activated the power shall be cut-off within 2 seconds after the sensor sensed the absence of user and each drying session shall be less than 1 minute.</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-hand-dryers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=11</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Non-ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This policy applies to room air conditioners (window and split). The product shall meet the requirements of CNS 3615 for non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>CNS 3615-95 CNS 7183</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=1</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Warm-Hot Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>Water Dispensers: warm; hot. The applicable products shall be warm-hot water dispensers which meet the requirements of CNS-13516-C4469.</t>
+  </si>
+  <si>
     <t>Section 10.3.1 of CNS-13516; Sections 4.10 and 8.4 of CNS-13516</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-warm-hot-drinking-water-dispensers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=12</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Warm-Hot Water Fountains Machines</t>
   </si>
   <si>
+    <t>Warm-hot water fountains machines which meet the requirements of CNS-3910-C4129.</t>
+  </si>
+  <si>
     <t>CNS 14125</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-warm-hot-water-fountains-machines</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=26</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Ovens; No. En-Tech 10205010121</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency endorsement labeling criteria for electric ovens. It applies to products of single-phase AC power supply with voltage below 300 V.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-electric-ovens-no-en-tech-10205010121</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=51</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Storage Tank Boiling Water Heaters; No. En-Tech 10205017171</t>
   </si>
   <si>
+    <t>This policy specifies the requirements for tank boiling water heaters applying for Energy Label Certification. It applies to products of single-phase AC power supply with voltage below 250 V, with storage capacity under 500 L.</t>
+  </si>
+  <si>
     <t>Method as described in policy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-electric-storage-tank-boiling-water-heaters</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=53</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>The qualified heaters shall be as defined in CNS 11010 or recognized by the Bureau of Energy of MOEA as Storage Tank Water Heaters.</t>
+  </si>
+  <si>
     <t>CNS 11010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-electric-storage-tank-water-heaters</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=23</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Air Cleaners</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 7619 regarding air cleaners or recognized by the Bureau of Energy of MOEA as domestic indoor air cleaners.</t>
+  </si>
+  <si>
     <t>CNS 7619</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=34</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Chilled-Warm-Hot Drinking Water Supplier; En-Tech 10405003141</t>
   </si>
   <si>
+    <t>Chilled; warm; hot drinking water fountains. The applicable Products shall meet the requirements of Article 3910; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>CNS-3910</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-chilled-warm-hot</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=14%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Displays</t>
   </si>
   <si>
+    <t>Displays shall meet the requirements of Article 14336-1 or Article 14408; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 5.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-displays</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Electric Cookers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of C.C.C. Code: 8516.60.20.00-4 under the electric cookers category including both the direct-heat and indirect heat types; or recognized by the Bureau of Energy of MOEA as electric cookers; and shall also meet the requirements of CNS 2518.</t>
+  </si>
+  <si>
     <t>CNS 2518</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-electric-cookers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=21</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Fluorescent Lamps with Embedded Ballasts</t>
   </si>
   <si>
+    <t>The product shall meet the definition of fluorescent lamp products with embedded ballasts as defined in CNS 14125.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=17</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp; No. En-Tech 10405000341</t>
   </si>
   <si>
+    <t>Desk; table; bedside; and floor lightings as well as any planar lamp compliant with the following criteria: Products shall meet the requirements of Article 14335 or 14115; Chinese National Standards -CNS; or be recognized by Bureau of Energy -MOEA. The light emitting surface is composed of diffusion assembly or light guide plate. Size of the surface shall be of 30cm or more in diameter for circular one and in least side length for rectangle one. Upper limit of thickness: 70mm</t>
+  </si>
+  <si>
     <t>Indoor Luminaires</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-led-planar-lamp-no</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=56</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Printers; Neng-Chi-Tze-10405006191</t>
   </si>
   <si>
+    <t>Printers - 1. The Printer that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.32.00.00.1-A, 8443.31.00.00-2-A; or recognized by competent authority.   2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0  --hereunder briefed as ENERGY STAR REV. 2.0.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment (Version 2.0)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-printers-neng-chi</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=33%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Refrigerators</t>
   </si>
   <si>
+    <t>Fan-type refrigerator-freezer; direct cooling type refrigerator-freezer; refrigerator only</t>
+  </si>
+  <si>
     <t>CNS 2062-95 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-refrigerators</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=4</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Street Lights</t>
   </si>
   <si>
+    <t>Street lights - The product shall meet the definitions of street lights as defined in CNS 9118 Street Lights or CNS 15233 LED Street Lights.</t>
+  </si>
+  <si>
     <t>CNS 9118 Street Lights or CNS 15233 LED Street Lights</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-street-lights</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=35</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Window type</t>
   </si>
   <si>
+    <t>Bathroom and wall ventilation fans shall meet the requirements of CNS 2060 Ventilation fans; and are installed on wall; windows or surrounding space; in order to draw in or discharge air; and with the blade diameter of greater than 20 cm but less than 46 cm; or recognized by the Bureau of Energy of MOEA as wall ventilation fans.</t>
+  </si>
+  <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>ISO 5801 and AMCA 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans-0</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=42</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Fluorescent Lamp with Embedded Ballasts; No. En-Tech 10205010111</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 927: Ballasts for fluorescent lamp or CNS 13755: AC supplied electronic ballasts for fluorescent lamp.</t>
+  </si>
+  <si>
     <t>CNS 927 or CNS 13755</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-fluorescent-lamp-embedded-ballasts-no-en</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=50</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Air Source Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>Air Source Heat Pump Water Heaters shall meet the requirements of CNS 15466; or be recognized by Bureau of Energy MOEA.</t>
+  </si>
+  <si>
     <t>CNS 15466</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-air-source-heat-pump-water</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=46</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Gas Burning Cooking Appliances; En-Tech 10004066280</t>
   </si>
   <si>
+    <t>Gas Burning Cooking Appliances shall meet the requirements of CNS 13604; and the definition of C.C.C. Code 7321.81.00.00-0-A; or recognized by the Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
     <t>CNS 13604</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-gas-burning-cooking</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=19%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Desktop Computers; No. En-Tech 10104012311</t>
   </si>
   <si>
+    <t>Desktop Products shall comply with the definition of desktop computer1 or integrated desktop computer2 of the ENERGY STAR Program Requirements for Computers Version 5.2.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-desktop-computers-no-en-tech-10104012311</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=36%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Notebook Computers; No. En-Tech 10104012321</t>
   </si>
   <si>
+    <t>Notebook  Products shall comply with the definition of notebook computer1 of the ENERGY STAR Program Requirements for Computers Version 5.2 of the United States.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-notebook-computers-no-en-tech-10104012321</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=37%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Qualified High Bay Luminaire</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label-qualified high bay luminaires.</t>
+  </si>
+  <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>CNS15437</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-qualified-high-bay-luminaire</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=58</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Air Conditioners</t>
   </si>
   <si>
+    <t>Air-conditioners of rated cooling power consumption of not more than 7,500W and the rated cooling capacity of not more than 23,000W</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>KS C 9306-2002</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dehumidifier</t>
   </si>
   <si>
+    <t>As a single-phase AC, and rated voltage of 220V, its aim is to decrease the humidity of indoors, equipped with compression refrigerating system, blower fan, etc in a single cabinet, its electric power consumption is shall be less than 1,000W.</t>
+  </si>
+  <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dehumidifier</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Electric washing machines</t>
   </si>
   <si>
+    <t>By KS C 9608 washing machine in which the textiles are substantially immersed in the washing water, the mechanical action being produced by a device moving, which are defined the agitator washing machine, and impeller washing machine with the rated capacity of 2 kg–20 kg</t>
+  </si>
+  <si>
     <t>KS C 9608</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electric-washing-machines</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
+    <t>Electrical cooler and heater for drinking - water storage. Electrical cooler and heater for drinking-water storage shall be designed the vapor-compressor cooler, heater, and water storage in a cabinet. Water purifier is included. Rated cooling power consumption of not more than 500W and rated heating power consumptions of not more than 1000W.</t>
+  </si>
+  <si>
     <t>December 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - horizontal drum washing machine</t>
   </si>
   <si>
+    <t>Product Scope</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-horizontal-drum-washing-machine</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Television</t>
   </si>
   <si>
+    <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency % shall be measured by KS C IEC 62087.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-television</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Water Heaters</t>
   </si>
   <si>
+    <t>By KS B 8116 Gas water heater of rated gas consumption of 70.0 kW or less,and the total heat capacity is defined by KS B 8101</t>
+  </si>
+  <si>
     <t>KS B 8116</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-water-heaters</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Commercial Refrigerators</t>
   </si>
   <si>
+    <t>Commercial electric refrigerator-freezer of storage volume 300L-2000L withthe cooling system of less 1000W electric power consumption by KS C ISO15502. Exclude the freezer only, the showcase, the table type, and the specifiedtype.</t>
+  </si>
+  <si>
     <t>KS C ISO 15502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-commercial-refrigerators</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and/or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>KS C IEC 60436</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dishwashers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7601 Fluorescent lamps which are the tubular type of rated powerconsumption of 20W, 28W, 32W, and 40W, the circular type of rated powerconsumption of 32W, and 40W, and the compact type of rated powerconsumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W, FPL36W, FPL 45W, and FPL 55W .7</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-fluorescent-lamps</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Household Gas Boiler</t>
   </si>
   <si>
+    <t>By KS B 8109 and KS C 8127 Gas water heating boiler of rated gasconsumption of 69.5 kW or less, and the total heat capacity is defined by KS B8101</t>
+  </si>
+  <si>
     <t>KS B 8109; KS C 8127</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-household-gas-boiler</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Incandescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7501 the white tungsten bulb at 220V of rated power consumption of25-150W, which includes the colorless transparent bulb, the inner frosting bulb,the bulb coated with white, and the bulb coated with thin film.   Energy Efficiency shall be measured by the test method in KS C 7501,which is obtained from lumen divided by power consumption.</t>
+  </si>
+  <si>
     <t>KS C 7501</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-incandescent-lamps</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>KS C 7502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-incandescent-lamps-0</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Refrigerators</t>
   </si>
   <si>
+    <t>This policy applies to household electric refrigerators and refrigerator-freezers of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-refrigerators</t>
   </si>
   <si>
+    <t>https://www.iea.org/policies/6501-energy-efficiency-labelling-and-standard-for-refrigerator</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Rice Cookers</t>
   </si>
   <si>
+    <t>By Annex 1 household electric rice-cooker and rice-warmer with a rated capacity 20 person or less.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-rice-cookers</t>
   </si>
   <si>
     <t>Energy Efficiency Label No5 for Air Purifiers</t>
   </si>
   <si>
+    <t>This program covers split-type air purifiers such as mechanical air cleaners, ionic air cleaners, and Combined Air Purifiers</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-3-2009 for evaluating the performance of air cleaners</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-purifiers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/#.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Cooktop</t>
+  </si>
+  <si>
+    <t>This program covers an electric induction cooker with 1 – 4 heads and the diameter of the cooker does not exceed 220 mm. Covers Portable type and built-in type all sizes (watts), single-phase AC, rated frequency 50 Hz and rated voltage does not exceed 250 V, manufactured locally or imported for sale in Thailand, and must not be a product that does not pass the random test of electric efficiency of the program within 1 year from the notification of the random test result.</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013)
 ,   
                     IEC 61817
 ,   
                     IEC 60350-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-cooktop</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/stove.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Electric Stoves</t>
   </si>
   <si>
+    <t>This program covers shallow bottoms pan type: heating type integrated with pan, separate heating with the pan.</t>
+  </si>
+  <si>
     <t>TIS 2673-2559 (2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-electric-stoves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pan.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Irons</t>
   </si>
   <si>
+    <t>This program covers electric irons types: dry types, steam types, and steam iron system types.</t>
+  </si>
+  <si>
     <t>Irons</t>
   </si>
   <si>
     <t>IEC 60311 Edition 4.1:2006-02</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-irons</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/iron.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for LEDs</t>
+  </si>
+  <si>
+    <t>This program covers all LED lamp types, including dimmable LEDs.</t>
   </si>
   <si>
     <t>IES LM-79-08
 ,   
                     IEC 62612: 2013
 ,   
                     IEC 62722-2-1: 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-leds</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/led.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Microwaves</t>
   </si>
   <si>
+    <t>This program covers microwave oven types: single and multi-functions</t>
+  </si>
+  <si>
     <t>IEC 60705</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-microwaves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/microwave.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Refrigerated Cabinet</t>
   </si>
   <si>
+    <t>This program covers vertical glass door type refrigerated cabinets. It defines efficiency levels for refrigerated cabinets with a net volume of 140L to 1,650L. The labeling criteria (Efficiency cost [unit/day]) are as followed: 
+-number5: 2.6767+0.0034V
+-number5*: 2.1414+0.0027V
+-number5**: 1.6060+0.0020V
+-number5***: 1.0707+0.0014V</t>
+  </si>
+  <si>
     <t>TIS 1235 – 2556</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-refrigerated-cabinet</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/refd.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for TVs</t>
+  </si>
+  <si>
+    <t>This program covers TV screen types: LCD, EDGE LED, FULL LED, DIRECT LED, OLED, UHD 4K, Plasma, etc.</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301 Ed 2.0 (2011-01)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-tvs</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/tv.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Washing Machines</t>
   </si>
   <si>
+    <t>This program covers the following washing machine types: top load, twin tub, and front load.</t>
+  </si>
+  <si>
     <t>TIS 2537-2562 (or IEC 60456 : 2010)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-washing-machines</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wash.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Dispenser</t>
   </si>
   <si>
+    <t>This program covers hot and cold water dispensers with water tanks and drinking water coolers with water tanks.</t>
+  </si>
+  <si>
     <t>TIS 2746-2559</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-water-dispenser</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wv.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Pump</t>
   </si>
   <si>
+    <t>This program covers automatic electric water pumps - sprocket and normal blades types.</t>
+  </si>
+  <si>
     <t>TIS 2618-2557</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-water-pump</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pump.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Electric Storage Water Heaters</t>
   </si>
   <si>
+    <t>This policy contains voluntary labeling requirements for electric storage water heaters. It applies to domestic electrical water heaters and storage in a thermally well-insulated container that has a device to control the water temperature, uses mains electricity as the only power source, and has a rated water storage capacity exceeding 50 L but not exceeding 300 L.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Water Heating</t>
   </si>
   <si>
     <t>IEC 60379</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-electric-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Storage%20Water%20Heaters%202021_Jan_eng_v1.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This policy specifies voluntary labeling requirements for refrigerating appliances. It applies to products with a rated total storage volume exceeding 500 liters.</t>
+  </si>
+  <si>
     <t>Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>IEC 62552</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-refrigerating-appliances</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS-Ref%20App-2021_01_eng%20v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Room Air Conditioners</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for room air conditioners. It applies to air-cooled non-dusted room air-conditioners powered by electric current, either single unit or split system with a rated cooling capacity not exceeding 10 kW, and does not apply to fan-coil air conditioning units, heat pump, and water-cooled units. For room air conditioners with a reverse cycle heat pump, both the cooling and heating functions will be considered.</t>
   </si>
   <si>
     <t>ISO 5151
 ,   
                     ISO16358-2
 ,   
                      ISO16358-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Room%20Air%20Conditioners%202021Jan%20_eng_v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Televisions</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for televisions. It applies to televisions used for the reception and display of television broadcasts that use mains electricity as the only power source, have a rated visible diagonal screen size exceeding 50 cm, and have a built-in television tuner. It does not apply to products that display broadcasts by means of front or rear projection.</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-televisions</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Televisions%202021%20Jan_eng_v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Washing Machines</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for washing machines. It applies to washing machines used for cleaning and rinsing textiles that use water (with and without a means of extracting excess water from the textiles), use mains electricity as the primary power source, and have a rated washing capacity between 7–10 kg. It does not cover washing machines that use other energy sources or have no spin extraction capability.</t>
   </si>
   <si>
     <t>IEC 60456
 ,   
                     JIS C 9606</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-washing-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Washing%20Machines%202021%20Jan_eng_v1.pdf</t>
+  </si>
+  <si>
     <t>Energy efficiency limit values ​​and energy efficiency grades for high voltage three-phase cage-type asynchronous motors</t>
   </si>
   <si>
+    <t>This policy defines minimum allowable values of energy efficiency and energy efficiency grades for cage three-phase high voltage induction motors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-limit-values-and-energy-efficiency-grades-high-voltage-three-phase-cage</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=208DEC46F6A847EEE06397BE0A0AA4A0</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Ceiling Fans</t>
   </si>
   <si>
+    <t>This policy defines star labeling requirements and minimum energy performance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans</t>
   </si>
   <si>
     <t>IS 374:2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-ceiling-fans</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/CFN_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Color Televisions (Color TV)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for every colour television with native resolution up to 1920 x 1080 pixels, of cathode ray tube (CRT), liquid crystal display (LCD) with cold cathode fluorescent lamp backlight, and plasma technologies type, and liquid crystal display with light emitting diode backlight, excluding computer monitors being manufactured, commercially purchased or sold in India. The policy is revised in the year of 2022.</t>
+  </si>
+  <si>
     <t>IEC 62301 (Ed 2.0), IEC 62087 (Ed 3.0), IS 13384:1992 (part 1, 2), IS 13900:1993, IS 616:2010/IEC 60065:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-color-televisions-color-tv</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/CTV_notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Direct Cool Refrigerator</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered direct cool refrigerating appliance of the vapour compression type intended for household and similar use being manufactures; imported; or sold in India. From January 2020, a revised star rating table will be in effect and ratcheted up by 1 star.
+This policy was revised in 2014, 2017 and 2020.</t>
+  </si>
+  <si>
     <t>IS 1476 (Part-I): 2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-direct-cool-refrigerator</t>
   </si>
   <si>
+    <t>https://www.tuv.com/content-media-files/master-content/rs/Attachments/987_F_BEESLBEE_SLBEESL_AlertsGazette%20Notification%20regarding%20DCR%20and%20FFR_194090.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Distribution Transformers (DT)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling requirements for oil immersed, naturally air cooled, three phase, and double wound non sealed type out door distribution transformer. The standard ratings covered under the pilot scheme are 16, 25, 63, 100, 160 and 200 kVA and non standard ratings from 16 kVA to 200 kVA.</t>
+  </si>
+  <si>
     <t>IS 2026 (part I, II, III):1977, IS 1180 (part I):2014, IS 2500 (part I):2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-distribution-transformers-dt</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DTnoti.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Frost-Free Refrigerators</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered Frost-Free refrigerating appliances cooled by internal natural convection (Direct Cool) or forced air circulation (Frost Free) that are manufactured, commercially purchased, sold or imported in India.</t>
+  </si>
+  <si>
     <t>IS 17550</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-frost-free-refrigerators</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/FFRnoti.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Cassette, Floor Standing Tower, Ceiling, Corner AC)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for Single-phase split and unitary air conditioners of the vapour compression type for household use up to a rated cooling capacity of 10.5 kW.</t>
+  </si>
+  <si>
     <t>IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-cassette-floor-standing-tower-ceiling</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/AC_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Fixed Speed)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling for fixed speed unitary and split ACs.</t>
+  </si>
+  <si>
     <t>IS 1391 (part I), IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-fixed-speed</t>
   </si>
   <si>
-    <t>Energy Efficiency Policy for Room Air Conditioners (Split Air Conditioners)</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-split-air-conditioners</t>
+    <t>http://egazette.nic.in/WriteReadData/2017/177975.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Self-Ballasted LED Lamps</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for self-ballasted general service LED lamps for general lighting services that works on single phase ac supply up to and including 250V, 50Hz.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>IS 16102 (part 2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-self-ballasted-led-lamps</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/2_Amendment_IV_14a.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Storage Water Heaters</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for specifies following single phase electric storage water heaters up to 200 litres, for household and similar purposes and intended for heating water below boiling temperature, their rated voltage being not more than 250 V, namely:
+(a) Closed waters heaters:
+(b) Cistern-fed water heaters;
+(c) Cistern-type water heaters;
+(d) Open-outlet water heaters; and
+(e) Vented water heaters</t>
+  </si>
+  <si>
     <t>IS 2082:1993 and clause 15 of IS 302-2-21:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/GeyserNote.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Tubular Fluorescent Lamps (TFL)</t>
   </si>
   <si>
+    <t>The policy specifies the tubular fluorescent lamps for general lighting services covering all wattages with nominal dimension starting from 1100 millimeter and upto1500 millimeter covering color temperature of 6500 kelvin for halo-phosphate category, and 2700 kelvin, 4000 kelvin and 6500 kelvin  tri-phosphate lamps categories for display of particulars on label.</t>
+  </si>
+  <si>
     <t>IS 2418 (part 1 and 2) -1977 with all amendments</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-tubular-fluorescent-lamps-tfl</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/TFLnoti_New.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Standard and Indication Method for the Copier Machine Energy Conservation Marker; Neng-Chi-Tze-10405006201</t>
   </si>
   <si>
+    <t>The Copier Machine that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.31.00.00-2-B, 8443.32.00.00-1-B, or recognized by competent authority.     2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0 -hereunder briefed as ENERGY STAR REV. 2.0.     3. The fax machine possessing single-page copying function shall not be applicable for the scope provided herein.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-standard-and-indication-method-copier-machine-energy-conservation-marker</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=32%20</t>
+  </si>
+  <si>
     <t>Energy Saving Labeling Program - Air Conditioners</t>
   </si>
   <si>
+    <t>Cooling and heating for home-use; wall-hung and non-ducted type; for home-use and other uses. Manufacturers can affix the Energy-Saving Label on their products. This label typically consists of the energy conservation logo, information on target year, achievement rate of energy efficiency standards, and energy consumption efficiency. Participation in the Energy Saving Labeling Program is voluntary.</t>
+  </si>
+  <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computer Servers Version 3.0</t>
   </si>
   <si>
+    <t>A product must meet the definition of a Computer Server provided in Section 1 of the policy document
+to be eligible for ENERGY STAR certification under this specification. Eligibility under Version 3.0
+is limited to Blade-, Multi-node, Rack-mounted, or Pedestal form factor computer servers with no
+more than four processor sockets in the computer server (or per blade or node in the case of
+blade or multi-node servers).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computer Servers (Rev. Sept-2018); SPEC most current SERT</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computer-servers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/enterprise_servers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Displays Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Display and are powered directly from AC mains; an External Power Supply; or Standard DC are eligible for ENERGY STAR certification. Typical products that would be eligible for certification under this specification include: Monitors; Signage Displays; and Signage Displays and Monitors with Plug-in Modules.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Determining Display Energy Rev. Sep-2015; ICDM Information Display Measurements Standard Version 1.03; CTA-2037-A; VESA High performance Monitor and Display Compliance Test Specification (DisplayHDR CTS) Version 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-displays-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/displays/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Computers</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-computers</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Gas cooking appliances</t>
   </si>
   <si>
+    <t>This policy covers gas burners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>It covers grills or ovens</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-gas-cooking-appliances-0</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Magnetic disk units</t>
   </si>
   <si>
+    <t>It covers magnetic disk units</t>
+  </si>
+  <si>
     <t>Hard-Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-magnetic-disk-units</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Rice Cookers</t>
   </si>
   <si>
+    <t>Electric rice cookers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-rice-cookers</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Routers</t>
   </si>
   <si>
+    <t>It covers routers</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-routers</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning</t>
-[...2 lines deleted...]
-    <t>Indonesia</t>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
   </si>
   <si>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators</t>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
   </si>
   <si>
     <t>Fans - Taiwan</t>
   </si>
   <si>
+    <t>MEPS Requirements: The testing standards are referenced to CNS 2450; CNS 2061; CNS 597 and CNS 547 or approved methods and conditions by Energy Commission</t>
+  </si>
+  <si>
     <t>CNS 2061 CNS 2450 CNS 547 CNS 597</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fans-taiwan</t>
   </si>
   <si>
     <t>Fluorescent tubes</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fluorescent-tubes</t>
   </si>
   <si>
     <t>GB 12021.2-2015 The maximum allowable values of the energy consumption and energy efficiency grade for household refrigerators</t>
   </si>
   <si>
+    <t>Applies to motor-driven compressor type refrigerators that are for household use including those whose volume is bigger than 500L; also applies to wine coolers and built-in type refrigerating appliances.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 8059; IEC 62552-1; IEC 62552-2; IEC 62552-3</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120212-2015-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
-    <t>GB 12021.2-2025 Maximum Allowable Values of Energy Consumption and Energy Efficiency Grade for Household Refrigerating Appliance</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-120212-2025-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D8094FD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 12021.4-2013 The maximum allowable values of the energy water consumption and grades for household electric washing machines</t>
   </si>
   <si>
+    <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does NOT apply to washing machines with rated wash capacity below 1.0kg or single tub washing machines without centrifugal drying functions; Does NOT apply to agitator-type washing machines. For washing and drying machines; only washing functions will be assessed.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120214-2013-maximum-allowable-values-energy-water-consumption-and-grades-household</t>
   </si>
   <si>
-    <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6BED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
+  </si>
+  <si>
+    <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
-[...2 lines deleted...]
-    <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
+    <t>November 2025</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
-    <t>GB 17896-2012 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for tubular fluorescent lamps</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-17896-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
   </si>
   <si>
     <t>GB 17896-2022 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for gas discharge lamps for general lighting</t>
   </si>
   <si>
+    <t>This standards revised minimum energy performance standards and rating for
+ballasts for tubular fluorescent lamps with a rated power of 4 W to 120 W, supplied by AC power at 220 V and 50 Hz;
+electronic ballasts for external electrode fluorescent lamps with a rated power of 30 W to 400 W;
+independent and built-in electromagnetic and electronic ballasts for metal halide lamps with a rated power of 20 W to 1,500 W;
+and independent and built-in electromagnetic ballasts for high-pressure sodium lamps with a rated power of 70 W to 1,000 W. It replaces GB 17896-2012,GB 29143-2012,GB 20053-2015,GB 19574-2004</t>
+  </si>
+  <si>
     <t>Lighting, Fluorescent and HID Lighting</t>
   </si>
   <si>
-    <t>October 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-17896-2022-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=F113142E3FE54B65E05397BE0A0A5AB9</t>
+  </si>
+  <si>
     <t>GB 18613-2020 Minimum Allowable Values of Energy Efficiency and Values of Efficiency Grades for Motors</t>
   </si>
   <si>
+    <t>This policy applies to general purpose electric motors or general purpose anti explosion electric motors with the following characteristics: three-phase AC with voltage lower than 1000V and frequency of 50Hz; rated power between 0.75kW-375kW; number of poles of 2; 4; and 6; single-speed closed self-fan cooling; N design.</t>
+  </si>
+  <si>
     <t>GB/T 755-2019; GB/T 1032; GB/T 5171.1-2014; GB/T 5171.21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-18613-2020-minimum-allowable-values-energy-efficiency-and-values-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF578CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 19044-2013 Limited values of energy efficiency and rating criteria of self-ballasted fluorescent lamps for general lighting service</t>
   </si>
   <si>
+    <t>Applies to CFLs of rated voltage of 220V; rated working frequency of 50Hz and rated power lower than 60W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stabilization parts are integrated.</t>
+  </si>
+  <si>
     <t>GB 17263</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19044-2013-limited-values-energy-efficiency-and-rating-criteria-self-ballasted</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FF70D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 19153-2019 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Displacement Air Compressors</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>GB/T 3853; GB/T 4975; GB/T 13279; GB/T 13928; GB/T26967; JB/T 4253; JB/T 6430; JB/T 7662; JB/T 8933; JB/T 8934; JB/T 9107; JB/T 10972; JB/T 11423; JB/T 13345</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19153-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 19415-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single-capped fluorescent lamps</t>
   </si>
   <si>
+    <t>Applies to single capped fluorescent lamps with pre-heating cathode and internal ignition device or external ignition device.</t>
+  </si>
+  <si>
     <t>GB/T 17262</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19415-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D803B9D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 19573-2004 Limited values of energy efficiency and rating criteria for high-pressure sodium vapour lamps</t>
   </si>
   <si>
+    <t>Applies to High-pressure sodium lamps with transparent glass cover for outdoor lighting service, and power ranges from 50W-1000W with matching ballasts and ignitors and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
     <t>GB 19573-2004 GB/T 13434 GB/T 13259</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19573-2004-limited-values-energy-efficiency-and-rating-criteria-high-pressure-sodium</t>
   </si>
   <si>
-    <t>GB 19574-2004 Limited values of energy efficiency and evaluating values of energy conservation of ballast for high-pressure sodium lamps</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-19574-2004-limited-values-energy-efficiency-and-evaluating-values-energy-conservation</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C5F2D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 19576-2019 The minimum allowable values of the energy efficiency and energy efficiency grades for unitary air conditioners</t>
   </si>
   <si>
+    <t>Applies to the following types of unitary AC which have a rated cooling capacity of bigger than 7100W: electric driven compressor type unitary AC and duct type and roof type unitary AC. Not including multi-connected AC -heat pump- or variable speed type AC.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19576-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBC0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 19577-2015 The Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Water Chillers</t>
   </si>
   <si>
+    <t>Applies to Water chilling -heat pump- packages using the vapor compression cycle with electric motor driven compressor.</t>
+  </si>
+  <si>
     <t>GB/T 10870; GB/T 18430.1; GB/T 18430.2; GB/T 25131</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19577-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80EECD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 19761-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Fan</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does NOT apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>GB/T 1236; GB/T 3235; GB/T 10178; JB/T 2977; JB/T 4357; JB/T 4358; JB/T 4362; JB/T 7221; JB/T 9068; JB/T 10562; JB/T 10563</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19761-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-fan</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF568CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 19762-2007 Minimum allowable values of energy efficiency and evaluating values of energy conservation of centrifugal pump for fresh water</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction clear water centrifugal pumps, single stage double suction clear water centrifugal pumps, and multiple stage clear water centrifugal pumps. This standard does not apply to other types of pumps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19762-2007-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D78826D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20052-2024 Energy efficiency limit values ​​and energy efficiency grades for power transformers</t>
   </si>
   <si>
+    <t>This document specifies the minimum allowable values of energy efficiency, the energy efficiency grades and test methods for power transformers. The policy applies to oil-immersed and dry-type distribution transformers. It will enter into effect on 1 February 2025.</t>
+  </si>
+  <si>
     <t>GB/T 1094.1; GB/T 1094.11; GB/T 2900.95; GB/T 6451; GB/T 10228; GB/T 22072; GB/T 25438; GB/T 25446</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20052-2024-energy-efficiency-limit-values-and-energy-efficiency-grades-power</t>
   </si>
   <si>
-    <t>GB 20053-2015 Limited values of energy efficiency and rating criteria for ballast of metal-halide lamps</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-20053-2015-limited-values-energy-efficiency-and-rating-criteria-ballast-metal-halide</t>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=B0CE4A3FBCC4501211A25E3E10F75498</t>
   </si>
   <si>
     <t>GB 20054-2015 Minimum allowable values of energy efficiency and energy efficiency grades for metal-halide lamps</t>
   </si>
   <si>
+    <t>This policy applies to transparent glass shell scandium sodium metal halide lamps single-end 50 W-1500 W; double-end 70 W-250 W; ceramic metal halide lamps 20W-400W.</t>
+  </si>
+  <si>
     <t>GB/T 2900.65; GB/T 13434; GB/T 18661; GB 19652; GB/T 24458</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20054-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F03D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20665-2015 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas instantaneous water heaters and gas fired heating and hot water combi-boilers</t>
+  </si>
+  <si>
+    <t>Applies to instantaneous water heaters and heating and hot water combi-boilers which use gas as source and whose heat load is equal to or smaller than 70kW</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB|T 13611 CJ|T 228
 ,   
                     GB 6932-2001; GB/T 13611; GB 25034-2010; CJ/T 336-2010; CJ/T 395-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20665-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80536D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
+    <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
+  </si>
+  <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20943-2025  Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for AC-DC and AC-AC Power Supplies</t>
   </si>
   <si>
+    <t>This revised policy substantially expands its regulatory scope through the inclusion of additional product categories and extended power capacity ranges, while integrating embedded power supplies into its framework for the first time. Aligned with the European Union’s latest minimum energy efficiency requirements of power supplies, GB 20943-2025 introduces a globally pioneering specification for Grade 1 no-load power consumption, establishing a stringent threshold of 0.05W to 0.075W.</t>
+  </si>
+  <si>
+    <t>Power Supply and Power Conversion</t>
+  </si>
+  <si>
+    <t>February 2025</t>
+  </si>
+  <si>
+    <t>GB 20943-2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=2D9BC7B2DA386BF6E06397BE0A0A4ED1</t>
+  </si>
+  <si>
+    <t>GB 21454-2008 Minimum allowable values of the IPLV and energy efficiency grades for multi-connected air- condition -heat pump unit</t>
+  </si>
+  <si>
+    <t>GB/T 18837</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-21454-2008-minimum-allowable-values-iplv-and-energy-efficiency-grades-multi-connected</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D767B7D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 21455-2019 Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Room Air Conditioners</t>
+  </si>
+  <si>
+    <t>GB/T 7725-2004; GB/T 35758-2017; JB/T 13573-2018</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-21455-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-room</t>
+  </si>
+  <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=BC04CDC71AD8C36B62C0FF4AE58F633C&amp;refer=outter</t>
+  </si>
+  <si>
+    <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
+  </si>
+  <si>
+    <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
+a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
+b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
+c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
+d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
+e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
+f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
-  </si>
-[...43 lines deleted...]
-    <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21456-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=F966E2FC4C7AB718356847B0DB1045E4</t>
+  </si>
+  <si>
     <t>GB 21518-2008 Minimum allowable values of energy efficiency and energy efficiency grades for AC contactors</t>
   </si>
   <si>
+    <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does NOT apply to AC contactors with external power saving device or semi-conductor type -solid type contactor</t>
+  </si>
+  <si>
     <t>Contactors</t>
   </si>
   <si>
     <t>GB 14048.1 GB 14048.4</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21518-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D773ECD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21519-2008 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Electrical Storage Water</t>
   </si>
   <si>
+    <t>This standard applies only to Electrical storage water hearters.</t>
+  </si>
+  <si>
     <t>GB/T 20289-2006 GB 21519-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21519-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D77279D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21520-2015 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to LCD monitors for computers working under normal electricity grid voltage, and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>GB/T 8170; GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21520-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80B40D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21521-2014 Minimum allowable values of energy efficiency and energy efficiency grades for copy machines; printers and fax machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21521-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-copy</t>
   </si>
   <si>
-    <t>GB 24849-2017 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Household and Similar Microwave Ovens</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-24849-2017-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED11D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 24850-2013 Minimum allowable values of energy efficiency and energy efficiency grades for flat panel TV</t>
   </si>
   <si>
+    <t>Applies to liquid crystal display and plasma display TVs referred as flat-panel TVs; that has the following characteristics: work under grid voltage; receive ground cable satellite or analogue signals; and have primary functions of demodulation and display. Also applies to display equipments that function as TV but not equipped with tuners</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-24850-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-flat</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D803C2D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 24850-2020 Minimum allowable values of energy efficiency limits and energy efficiency grades for flat-panel TVs and set-top boxes</t>
+  </si>
+  <si>
+    <t>MEPS for flat panel televisions and set-top boxes</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 17309.1
 ,   
                     GB 24850-2020
 ,   
                     IEC 62087-2:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-24850-2020-minimum-allowable-values-energy-efficiency-limits-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EFC3FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
     <t>GB 25501-2019 Minimum allowable values of water efficiency and water efficiency grades for faucets</t>
   </si>
   <si>
+    <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grades and test methods for faucets. It is applicable to the water efficiency evaluation of washbasin faucets, kitchen faucets, bidgets faucets and ordinary washing faucets that are installed at ends of cold and hot water supply pipelines in buildings, with nominal pressure (static pressure) of not greater than 1.0 MPa and medium temperature of 4℃~ 90℃.</t>
+  </si>
+  <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>GB/T 33733</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-25501-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94003A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 25502-2017 Minimum allowable values of water efficiency and water efficiency grades for water closets</t>
   </si>
   <si>
+    <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grade, and test methods for water closets. This standard is applicable to evaluation for water efficiency of various water closets installed in cold water pipeline in building facilities and used when water supply pressure is less than 0.6MPa.</t>
+  </si>
+  <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>GB 6952</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-25502-2017-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D81450D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 25957-2010 Minimum allowable values of energy efficiency and energy efficiency grades for digital television adapters -set-top boxes</t>
   </si>
   <si>
+    <t>Applies to adapters working under 220V 50Hz including cable adapters ground adapters and satellite adapters.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 2829-2002; GB/T 14857; GB/T 17700; GB/T 17975.1; GB/T 17975.2; GB/T 17975.3; GB/T 20600; GB 20943; GD/JN 01; GY/T 155; GY/T 170; IEC 62087:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-25957-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E07ED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26920.1-2011 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 1:Refrigerated display cabinets with remote condensing unit.</t>
   </si>
   <si>
+    <t>applies to remote refrigerated display cabinets for food sales and display.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-269201-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7DA2BD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26920.2-2015 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 2:Commercial refrigerated cabinets with self-contained condensing unit.</t>
   </si>
   <si>
+    <t>Applies to commercial refrigerated display cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
+  </si>
+  <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T  10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-269202-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F5FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26969-2011 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
   </si>
   <si>
     <t>GB 3100; GB/T 12936; GB/T 18708; GB/T 19141; GB/T 26970; GB/T26971; ISO 9488:1999</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-26969-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
-    <t>GB 26969-2025 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
-[...7 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-26969-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FB07D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 28377-2019 Minimum allowable values of water efficiency and water efficiency grades for urinals</t>
   </si>
   <si>
+    <t>This standard specifies the water efficiency grades, technical requirements and test methods for urinals. This standard is applicable to the evaluation on water efficiency of urinals (excluding waterless urinals) installed on cold water supply piping in building facilities and used under the static water supply pressure of 0.6 MPa.</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>GB/T 9195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28377-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94002A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 28378-2019 Minimum allowable values of water efficiency and water efficiency grades for showers</t>
   </si>
   <si>
+    <t>This standard specifies the water efficiency grade, technical requirements, and test methods for showers. It is applicable to the water efficiency evaluation of showers (including shower heads or combinations) used in sanitary facilities such as lavatories and shower rooms installed in buildings with nominal pressure (static pressure) less than 1.0 MPa and medium temperature of 4℃~90℃.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28378-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA9400CA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 28380-2012 Minimum allowable values of energy efficiency and energy grades for microcomputers</t>
+  </si>
+  <si>
+    <t>This policy applies to general purpose microcomputers, including desktop computers with integrated display functions and portable PCs. Also applies to microcomputers with two or more independent graphic displays. Does not apply to microcomputers with rated power higher than 750W or portable computers with a display diagonal less than 0.2946m or 11.6 inches.</t>
   </si>
   <si>
     <t>,   
                     GB 28380-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28380-2012-minimum-allowable-values-energy-efficiency-and-energy-grades-microcomputers</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E1CFD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29142-2012 Minimum allowable values of energy efficiency and energy efficiency grades for single-capped electrodeless fluorescent lamps</t>
   </si>
   <si>
+    <t>This policy applies to out-coupling and inner-coupling, single-capped, electrode-less fluorescent lamps with rated power between 30W and 400W; 220V 50Hz</t>
+  </si>
+  <si>
     <t>QB/T 2938; GB 29142</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29142-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
-    <t>GB 29143-2012 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for electrodeless fluorescent lamps</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-29143-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E62DD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 29144-2012 Minimum allowable values of energy efficiency and the energy efficiency grades for self-ballasted electrodeless fluorescent lamps with general lighting service</t>
   </si>
   <si>
+    <t>This policy applies to fluorescent Lamps for General Lighting Service - Self-ballasted and Electrode-Less</t>
+  </si>
+  <si>
     <t>GB/T 21091; GB 21554</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29144-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-self</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E50CD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29541-2013 Minimum allowable values of the energy efficiency and energy efficiency grades for heat pump water heaters</t>
   </si>
   <si>
+    <t>This policy applies to air source heat pump water heaters with vapor-compression refrigeration and driven by electric motors.</t>
+  </si>
+  <si>
     <t>GB/T 23137-2008; GB/T 21362-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29541-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-heat</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E871D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30255-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED products for indoor lighting</t>
   </si>
   <si>
+    <t>This policy applies to non-directional self-ballasted LED-lamps for general lighting services.</t>
+  </si>
+  <si>
     <t>GB/T 24842; GB/T 24826; GB/T 24908; GB/T 29293; GB/T 29294; GB/T 29295; GB/T 29296; GB/T 31112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30255-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB70E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 30717-2019 Minimum allowable values of water efficiency and water efficiency grades for squatting pans</t>
   </si>
   <si>
+    <t>It covers Squatting Toilets</t>
+  </si>
+  <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30717-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FF5A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
+  </si>
+  <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30721-2014 Minimum allowable values of energy efficiency and energy efficiency grades for water-source -ground-source- heat pumps</t>
   </si>
   <si>
+    <t>Applies to water-source; ground-source; heat pumps with electrical and mechanical compression systems</t>
+  </si>
+  <si>
     <t>GB/T 19409-2003, GB/T 19409-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30721-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7F003D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 31276-2014 Minimum allowable values of energy efficiency and evaluating values of energy conservation of tungsten halogen lamp</t>
   </si>
   <si>
+    <t>Applies to non-directional tungsten halogen lamp for general lighting purposes with rated voltage no larger than 24V; power range 5W-100W; with rated voltage 220V-250V; power range 15W-500W.</t>
+  </si>
+  <si>
     <t>GB/T 14094; GB 14196.2; GB 14196.3; GB/T 26178</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-31276-2014-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80887D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32029-2015 Minimum allowable values of energy efficiency and energy efficiency grades for small-size submersible motor-pumps</t>
   </si>
   <si>
+    <t>This policy applies to small-size submersible motor-pumps with rated power no larger than 22kW that are single- or three- phase and single- or multi- stage.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 12785-2014; GB/T 25409</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32029-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80934D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32030-2015 Minimum allowable values of energy efficiency and energy efficiency grades for submersible pumps for deep well</t>
   </si>
   <si>
+    <t>This policy applies to submersible pumps for deep well - an integrated system of pump and submersible motors used in well, which is used to extract clean water.</t>
+  </si>
+  <si>
     <t>GB/T 2816; GB/T 2818; GB/T 2828.1; GB/T 2829; GB/T 12785-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32030-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80933D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32031-2015 Minimum allowable values of energy efficiency and energy efficiency grades for waste submersible motor-pumps</t>
   </si>
   <si>
+    <t>This policy applies to single-phase or three-phase waste submersible motor-pumps that are used for carrying sewage or mixed liquid that contains sediment, fabrics, feces, and river sludge.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 12785-2014; GB/T 24674</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32031-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80932D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32284-2015 Minimum allowable values of energy efficiency and energy efficiency grades for petrochemical centrifugal pumps</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction centrifugal pumps with shrouded -maximum- impeller which are used to transport clean liquid</t>
+  </si>
+  <si>
     <t>GB/T 3215; GB/T 3216; GB/T 5656; GB/T 7021; GB/T 13006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32284-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80EEBD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 34914-2021 Minimum allowable values of water efficiency and water efficiency grades for water purifiers</t>
+  </si>
+  <si>
+    <t>This standard specifies the water efficiency grades, technical requirements, and test methods for water purifiers. This standard applies to small water purifiers that use municipal tap water or other centralized water supply as raw water and use reverse osmosis membrane or nanofiltration membrane as the main purification element for use in households or similar places. This standard does not apply to large-scale water purifiers with a length or width or height greater than 2000mm, heavier than 100kg, or net water flow greater than 3L/min.</t>
   </si>
   <si>
     <t>GB 8538
 ,   
                     GB/T 5750
 ,   
                     GB 34914-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-34914-2021-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=D275887A54507721E05397BE0A0AFB27</t>
+  </si>
+  <si>
     <t>GB 36893-2024 Minimum allowable values of energy efficiency and energy efficiency grades for air cleaner</t>
   </si>
   <si>
+    <t>This standard revised minimum energy performance standards and grades for air cleaners:
+ — Air cleaners with a single-phase rated voltage greater than 5 V and not exceeding 250 V, and other rated voltages not exceeding 480 V;
+— Air cleaners with functions for removing particulate matter and gaseous pollutants;
+— Humidifying purifiers and purifying fans with an independent air purification function mode.</t>
+  </si>
+  <si>
     <t>GB/T 18801—2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-36893-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E22E8A3E06397BE0A0AC332</t>
+  </si>
+  <si>
     <t>GB 37478-2025 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>This revised MEPS raises the minimum energy efficiency requirements by about 25% for LED road and tunnel lighting luminaires, setting a benchmark of 130 lm/W for LED road lighting luminaires with Correlated Color Temperature (CCT) between 3500K to 5000K, and 150 lm/W for LED road lighting luminaires with CCT over 5000K. The minimum energy efficiency requirements for LED tunnel lighting luminaires are 10 lm/W lower than the requirements for LED road lighting luminaires. The standard scope is expanded from AC products to AC and DC LED Road and tunnel lighting luminaires.</t>
+  </si>
+  <si>
+    <t>June 2025</t>
+  </si>
+  <si>
     <t>GB/T39018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37478-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29FD444E06397BE0A0ACC4C</t>
+  </si>
+  <si>
     <t>GB 38383-2025 Minimum Allowable Values and Grades of the Energy Efficiency and Water Efficiency for Dishwashers</t>
+  </si>
+  <si>
+    <t>This standard raises energy efficiency and water efficiency for electric dishwashers used at home. It will replace GB38383—2019 and will be effective starting April 2027.</t>
+  </si>
+  <si>
+    <t>September 2025</t>
   </si>
   <si>
     <t>GB/T20290—2024
 ,   
                     GB/T23119</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38383-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
-    <t>GB 38448-2025 Minimum allowable values and grades of the energy efficiency and water efficiency for smart toilets</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-38448-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency-0</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3840811E06397BE0A0A2D54</t>
+  </si>
+  <si>
+    <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
+  </si>
+  <si>
+    <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
+- Drying Performance
+- Energy Consumption
+- Water Usage
+- Program Time
+- Drying Uniformity
+- Condensation Efficiency
+- Noise Level
+- Off/Standby Power
+- Fluffiness Performance
+- Wrinkle Removal Performance
+- Washing Performance for Washer-Dryer Combo Machines
+- Washing-Drying Performance
+- Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
+  </si>
+  <si>
+    <t>Clothes Dryers, Washer and Dryers</t>
+  </si>
+  <si>
+    <t>Quality Standard</t>
+  </si>
+  <si>
+    <t>January 2025</t>
+  </si>
+  <si>
+    <t>SAMR, SAC</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
   </si>
   <si>
     <t>GB19043-2013 Minimum allowable values of energy efficiency grades of double-capped fluorescent lamps for general lighting service</t>
   </si>
   <si>
+    <t>Applies to non-directional self-ballasted LED lamps with the rated rated power of 2W-60W; rated voltage of 220V; frequency 50Hz</t>
+  </si>
+  <si>
     <t>GB/T 10682-2010 GB 19043-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb19043-2013-minimum-allowable-values-energy-efficiency-grades-double-capped-fluorescent</t>
   </si>
   <si>
-    <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6C0D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Air Conditioner</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for air conditioners with the following criteria:
+(a) single-phase;
+(b) non-ducted;
+(c) single-split wall mounted;
+(d) vapor compression air conditioners; and
+(e) with a cooling capacity of up to 7.1 kW</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS ISO 5151:2012
 ,   
                     ISO 5151:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-air-conditioner</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
-[...7 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-domestic-fan</t>
+    <t>https://www.st.gov.my/contents/2025/EECA/07-20250415%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
+  </si>
+  <si>
+    <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
+(b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
+(c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
+(d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
+(e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>MS 1220:2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
   </si>
   <si>
-    <t>Malaysia</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode.</t>
   </si>
   <si>
     <t>IEC 60350-1:2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
     <t>Refrigeration, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact
+fluorescent lamps) and circular fluorescent lamps for general
+lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
+services with lamp cap E14, E27, GU10, B22d and G13; and
+(e) filament tungsten incandescent lamps</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>d MS IEC 60081:2003 or IEC 60081:2003
 ,   
                      MS IEC 60969:2006 or IEC 60969:2001
 ,   
                      MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for lamp with the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact fluorescent lamps) and circular fluorescent lamps for general lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting services with lamp cap E14, E27, GU10, B22d, G5 and G13; and
+(e) filament tungsten incandescent lamps.</t>
+  </si>
+  <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>MS IEC 60081:2003 or IEC 60081:2003
 ,   
                     MS IEC 60969:2006 or IEC 60969:2001
 ,   
                     MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-lamp</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
+(a) solo;
+(b) combination;
+(c) convection; and
+(d) any other microwave oven with similar function;</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Refrigerator</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for refrigerator with the following criteria:
+(a) one door or two door;
+(b) can be connected to main power; and
+(c) within the scope of MS IEC 62552-1:2016 or equivalent standard
+IEC 62552-1:2015</t>
   </si>
   <si>
     <t>MS IEC 62552-1:2016
 ,   
                     MS IEC 62552-3:2016
 ,   
                     IEC 62552-1:2015
 ,   
                     IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-refrigerator</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Television</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for television with size up to or equal to 177.8 cm (70 inch):
+(a) plasma;
+(b) liquid crystal display (LCD);
+(c) light emitting diode (LED);
+(d) cathode ray tube (CRT); and
+(e) any other display type with similar function</t>
+  </si>
+  <si>
     <t>MS IEC 62301:2012; IEC 62301:2011
 ,   
                     MS IEC 62087-3:2017; IEC 62087-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-television</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Washing Machine</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for washing machine for household use with or without heating devises utilizing cold or hot water supply.</t>
+  </si>
+  <si>
     <t>MS IEC 60456: 2012
 ,   
                     IEC 60456: 2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-washing-machine</t>
   </si>
   <si>
     <t>Green Label Scheme - TGL-23-R2-12 Electronic Ballasts</t>
   </si>
   <si>
+    <t>Electronic ballasts for fluorescent lamps</t>
+  </si>
+  <si>
     <t>TIS 1506-2542; TIS 1449; TIS 623; CIE No. 25</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/green-label-scheme-tgl-23-r2-12-electronic-ballasts</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/application-electric.html</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Air Conditioners up to 65kW) Determination 2019</t>
   </si>
   <si>
+    <t>The products covered by this Determination are single-phase and three-phase: air conditioners; and multi‑split outdoor units (whether or not supplied or offered for supply as part of a multi‑split system); and single‑split outdoor units;  that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of 65kW or less. Air conditioners that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of greater than 65kW are expected to be covered by another GEMS determination.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>AS/NZS 3823.2:2013</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-air-conditioners-65kw-determination-2019</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2019L00490</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Ballasts for Fluorescent Lamps) Determination 2012</t>
   </si>
   <si>
+    <t>Ballasts for fluorescent lamps manufactured in or imported into Australia or New Zealand must comply with Minimum Energy Performance Standards (MEPS) requirements which are set out in AS/NZS 4783.2.MEPS DOES apply to the following types of ballasts:  ferromagnetic and electronic ballasts used with linear fluorescent lamps from 15W to 70W;  rated for 50 Hz and 230/240/250V supply (or a range that includes these);  ballasts supplied as separate components or as part of a luminaire. MEPS DOES NOT apply to the following types of ballasts:  primarily for use on DC supplies or batteries;  primarily for the production of light (radiation) outside the visible spectrum;  to exit signs within the scope of AS/NZS 2293;  to hazardous area lighting equipment within the scope of AS/NZS 2380 AS/NZS 60079 and AS/NZS 61241.  "</t>
+  </si>
+  <si>
     <t>AS/NZS 4783.1:2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-ballasts-fluorescent-lamps-determination-2012</t>
   </si>
   <si>
+    <t>http://www.comlaw.gov.au/Details/F2012L02133</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Clothes Washing Machines) Determination 2015</t>
   </si>
   <si>
+    <t>This policy applies to clothes washers which are intended for household or similar use.</t>
+  </si>
+  <si>
     <t>AS/NZS 2040.1:2005 AS/NZS 2040:2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-clothes-washing-machines-determination-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2015L01816</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Computer Monitors) Determination 2014</t>
   </si>
   <si>
+    <t>This policy covers computer monitors specified in the table following this subsection which are designed to be connected to 230 or 240 volts mains voltage via:
+                (a)    a direct connection; or
+               (b)    an external power supply permanently connected to the product; or
+                (c)    an external power supply that can be disconnected from the product.</t>
+  </si>
+  <si>
+    <t>AS/NZS 5813.2:2012; AS/NZS 4665.1:2005; AS/NZS 5813.1:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Series/F2014L00780</t>
+  </si>
+  <si>
+    <t>This Determination covers computer monitors specified in the table following this subsection which are designed to be connected to 230 or 240 volts mains voltage via: (a) a direct connection; or (b) an external power supply permanently connected to the product; or (c) an external power supply that can be disconnected from the product. Class 1 Computer monitors with a diagonal screen size less than 76 cm (30 inches) and a screen resolution less than or equal to 1.1 MegaPixels. Class 2 Computer monitors with a diagonal screen size less than 76 cm (30 inches) and a screen resolution greater than 1.1 MegaPixels. Class 3 Computer monitors with a diagonal screen size equal to or greater than 76 cm (30 inches) and equal to or less than 152 cm (60 inches)." "</t>
+  </si>
+  <si>
     <t>AS/NZS 5815.1:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014</t>
   </si>
   <si>
-    <t>AS/NZS 5813.2:2012; AS/NZS 4665.1:2005; AS/NZS 5813.1:2012</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014-0</t>
+    <t>https://www.legislation.gov.au/Details/F2014L00780</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Digital Television Set-top Boxes) Determination 2012</t>
   </si>
   <si>
+    <t>A Digital TV (DTV) set top box (STB) is used to convert digital TV signals to a signal compatible with the existing audiovisual display technology, including analogue RF, composite video, s-vhs, component video or DVI/HDMI. Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time.Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time. STBs have different requirements if they are designed for free-to-air (FTA) broadcast television or subscription television (STV).</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010AS/NZS 62087.2.1: 2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-digital-television-set-top-boxes-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02116</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Dishwashers) Determination 2015</t>
   </si>
   <si>
+    <t>The standard is applicable to electric dishwashers which are intended for household or similar use. A number of performance requirements must be met by dishwashers during a test for energy consumption. These include: Washing index  the washing index of the test machine must exceed the specified value measured on the reference machine which is tested in parallel. The reference machine is a dishwasher which specially constructed and calibrated for this purpose (Miele G590). Drying index  the drying index of the test machine must exceed 50% (this is conducted as a separate test) Rated capacity  all specified load items shall be supported. Water consumption  shall not exceed 110% of the value stated by the manufacturer. Water pressure  machine shall be capable of operating at the maximum and minimum water pressure stated by the manufacturer. "</t>
+  </si>
+  <si>
     <t>AS/NZS2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-dishwashers-determination-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2015L01825</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Double-capped Fluorescent Lamps) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers double-capped fluorescent lamps in the product classes set out in subsection (2) that are:</t>
+  </si>
+  <si>
     <t>AS/NZS 4782.1:2004AS/NZS 4782.2:2004AS/NZS 4782.3:2006AS/NZS 61231: 2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-double-capped-fluorescent-lamps-determination-2017</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2017L00652</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Electric Water Heaters) Determination 2012</t>
   </si>
   <si>
+    <t>Electric storage water heaters of the unvented type (displacement) without an attached feed tank. Heat exchanger models and low pressure (vented) models are not included at the present time.The following products are exempt from MEPS: Water heaters that use electric resistive heating to provide less than 50% of the energy supplied in a typical year (eg heat pump and solar water heaters) when simulated to AS 4234 under Climate Zone 3 with an energy delivery of 22.5 MJ/day for an electric boosting element and energisation profile specified by the manufacturer.</t>
+  </si>
+  <si>
     <t>AS/NZS 4692.1:2005, AS 1056.1-1991/Amdt 5-2005 AS/NZS 1361-1995 AS/NZS 4234:2008 AS/NZS 4692.2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-electric-water-heaters-determination-2012</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02125</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (External Power Supplies) Determination 2014</t>
   </si>
   <si>
+    <t>Products covered include external power supply units with a nominal 230 V a.c. supply input and a single output at extra low voltage (ELV), either a.c. or d.c. and a maximum output of 250 W or 250 VA (see the standard for further details on products covered).</t>
+  </si>
+  <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>AS/NZS 4665.1:2005 AS/NZS 4665.2:2005 AS/NZS 4665</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-external-power-supplies-determination-2014</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2014L01580</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Gas Water Heaters) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers water heaters that come within the product classes set out in subsection (2) and that:</t>
+  </si>
+  <si>
     <t>Gas, LPG</t>
   </si>
   <si>
     <t>AS 4552:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-gas-water-heaters-determination-2017</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2017L01608</t>
+  </si>
+  <si>
+    <t>Specifies minimum energy performance standards (MEPS) requirements for gas water heaters intended for use with natural gas, liquefied petroleum gas (LPG) and simulated natural gas (SNG); external storage heaters with a nominal gas consumption of less than 50 MJ/h and storage capacity of over 30 litres internal and external instant gas water heaters with a nominal gas consumption of less than 250 MJ/h and a heat output of less than 13.1 kW (equivalent to a delivery rate of 7.5 L/min raised through 25C)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-gas-water-heaters-determination-2017-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2017L01608</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Incandescent Lamps for General Lighting Services) Determination 2016</t>
   </si>
   <si>
+    <t>This Determination covers incandescent lamps used in general lighting services in the product classes set out in the following table: GLS tungsten filament lamps; extra low voltage halogen non-reflector lamps; candle tungsten filament lamps; fancy round tungsten filament lamps; decorative tungsten filament lamps; mains voltage halogen non-reflector lamps; and extra low voltage halogen reflector lamps.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires, Non-Directional lamps</t>
   </si>
   <si>
     <t>AS/NZS 4934.1(Int):2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-incandescent-lamps-general-lighting-services</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2016L00659</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Liquid-chilling Packages Using the Vapour Compression Cycle) Determination 2012</t>
   </si>
   <si>
+    <t>Air-cooled and water-cooled liquid-chilling packages with a cooling capacity of 350 kW or above.</t>
+  </si>
+  <si>
     <t>AS/NZS 4776.1.2:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-liquid-chilling-packages-using-vapour-compression</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02123</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Refrigerated Cabinets) Determination 2024</t>
+  </si>
+  <si>
+    <t>This Determination covers products that are:  
+RDCs (short for refrigerated display cabinets);
+refrigerated drinks cabinets;
+ice cream freezer cabinets;
+scooping cabinets;
+RSCs (short for refrigerated storage cabinets).
+The policy replaces the following determination: Greenhouse and Energy Minimum Standards (Refrigerated Cabinets) Determination 2020</t>
   </si>
   <si>
     <t>ISO 23953-1:2023
 ,   
                     ISO 23953-2:2023
 ,   
                     ISO 22041
 ,   
                     ISO 22043
 ,   
                     EN 16838:2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-refrigerated-cabinets-determination-2024</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/F2024L01263/asmade/downloads</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Rotary Clothes Dryers) Determination 2015</t>
   </si>
   <si>
+    <t>Electric rotary clothes dryers intended for household and similar use. It does not specify safety requirements. Examples of appliances covered by this Standard include vented dryers, condenser dryers and the drying function of combination washer/dryer units.</t>
+  </si>
+  <si>
     <t>AS/NZS 2442.1:1996 AS/NZS 2442:2: 2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-rotary-clothes-dryers-determination-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2015L01828</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Self-ballasted Compact Fluorescent Lamps for General Lighting Services) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers self-ballasted compact fluorescent lamps of any voltage or wattage and with any type of lamp cap, whether supplied as an individual lamp or as part of a luminaire, that are ordinarily supplied and used for general lighting services.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-self-ballasted-compact-fluorescent-lamps-general</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02133</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Television) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>Any display device that is designed for the primary purpose of showing television pictures and is supplied with a television tuner must meet the requirements set out in the relevant standards. This includes multifunction televisions and display devices supplied in modular form with an external television tuner.. All televisions excluding the following:</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010AS/NZS62087.2.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-television-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2013L01500</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Three Phase Cage Induction Motors) Determination 2019</t>
   </si>
   <si>
+    <t>This Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c. with rated voltages up to 1100 V, alternating current (AC). NOTE: This range includes motors with ratings of 1 hp and 1 CV/PS (French/German or metric horsepower). MEPS does not apply to submersible motors, integral motor-gear systems, variable or multi-speed speed motors or those rated only for short duty cycles (IEC60034-2 duty rating S2).</t>
+  </si>
+  <si>
     <t>AS 1359.102.1:1997 (Method B), AS 1359.102.3:2003 (Method A)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-three-phase-cage-induction-motors-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2019L00968</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Transformers and Electronic Step-down Converters for ELV Lamps) Determination 2012</t>
   </si>
   <si>
+    <t>The scope of transformer MEPS covers oil-immersed and dry-type distribution transformers with power ratings from 10 kVA to 2500 kVA intended to be used on 11 kV and 22 kV networks.This standard does not apply to certain categories of special transformers such a - (a) transformers other than those on 11 or 22 kv networks; (b) instrument transformers; (c) auto transformers; (d) traction transformers mounted on rolling stock; (e) starting transformers; (f) testing transformers; (g) welding transformers; (h) three phase transformers with three or more windings per phase; (i) arc-furnace transformers; (j) earthing transformers; (k) rectifier or converter transformers; (l) uninterruptible power supply (ups) transformers; (m) transformers with an impedance less than 3% or more than 8%; (n) voltage regulating transformers; (o) transformers designed for frequencies other than 50 hertz; (p) gas-filled dry-type transformers; or (q) flameproof transformers.</t>
+  </si>
+  <si>
     <t>AS 2374.1; AS 2735</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-transformers-and-electronic-step-down-converters</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02135</t>
+  </si>
+  <si>
     <t>Greenmark N 17 - Personal Computers -System Unit</t>
   </si>
   <si>
+    <t>Applies to system units of personal computers in the form of vertical tower; horizontal case or other forms; and are composed of CPU; motherboard; hard disk drive and memory; etc. This standard is not applicable to notebook or portable computers and tablet computers.</t>
+  </si>
+  <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n-17-personal-computers-system-unit</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/17/e19298ec-6a4e-40e7-a2cb-2872bc37097a.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 59 - Notebook Computers</t>
   </si>
   <si>
+    <t>Applies to notebook or portable computers. It shall be capable of entering a low power-consumption mode; sleep-mode; and off-mode automatically after a certain period of inactivity. The power consumption at the sleep-mode and off-mode shall be less than 5 watts and 2 watts; respectively.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n-59-notebook-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/e0a5a9f1-755a-45a6-910c-3bc3767cc2e0.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>Applies to personal computers for use in permanent locations which are composed of computer main or system unit; display; keyboard and mouse; and includes products sold as packaged computer systems or integrated computers. The product shall have the energy saving modes enabled as default setting when shipped to the consumers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n-66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N100 - Transformers</t>
   </si>
   <si>
+    <t>This standard is applicable to transformers which meet the definition of CNS 598.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n100-transformers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/100/c3ecfab5-9241-4a1a-85b4-11a738852739.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N101 - Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric storage tank water heaters which meet the definition of CNS 11010. The thermal insulation material for the products water storage tank shall be non-combustible material. For the products surface coating material; its content of cadmium; lead; hexavalent chromium; and mercury shall be below the regulatory limits.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n101-electric-storage-tank-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/101/28941bbd-ace3-4a3b-acb0-b017cdd091cd.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N102 - Electric Cookers</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric cookers which meet the definition of CNS 2518.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n102-electric-cookers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/102/20181362-65c6-4169-ac8e-83a9e68578d5.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N108 - Gas Stoves</t>
   </si>
   <si>
+    <t>gas stoves as defined in CNS 13604 on Gas Cooking Appliances.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n108-gas-stoves</t>
   </si>
   <si>
     <t>Greenmark N111 - Electric Storage Tank Boiling Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric storage tank boiling water heaters which meet the definition of CNS 12623. The product shall be equipped with a consumer-controllable timer switch.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n111-electric-storage-tank-boiling-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/111/5a75e4a3-8288-41e6-9257-63a0550f446f.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N126 - Electric Kettles</t>
   </si>
   <si>
+    <t>This standard is applicable to electric kettles which meet the definition of CNS 15548.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n126-electric-kettles</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/126/7ab784a7-239c-4e83-86c5-ca7331a47b72.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N131 - Range Hoods</t>
   </si>
   <si>
+    <t>This standard is applicable to range hoods which meet the definition of CNS 3805.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n131-range-hoods</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/131/3287c4fc-6816-4ef9-ba60-17a5ca19b988.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N132 - Air-Source Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to air source heat pump water heaters which meet the definition of CNS 15466.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n132-air-source-heat-pump-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/132/b9664474-5775-4ba5-93b0-a35808d064d8.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N141 - Uninterruptible Power Supply Systems</t>
   </si>
   <si>
+    <t>This standard is applicable to the uninterruptible power supply systems as defined in CNS 14843-1 and CNS 14843-2.</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n141-uninterruptible-power-supply-systems</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/141/0e5d3b89-12e8-40de-b8d2-5ee476cb445d.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N145 - Electric Ovens</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric ovens which meet the definition of CNS 3693.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n145-electric-ovens</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/145/9257cb4f-a32b-44b8-b546-a9ba04596840.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N153 - Light Emitting Diode Display Panels</t>
   </si>
   <si>
+    <t>This standard is applicable to products which meet the definition of CNS 13091 and CNS 14555 and their associated indoor products.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n153-light-emitting-diode-display-panels</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/153/7c68e26b-531c-449b-b0f6-57d5de763473.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N18 - Displays</t>
   </si>
   <si>
+    <t>This standard is applicable to the displays</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n18-displays</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/18/af2050e9-6959-450b-b294-dfb62c7fda69.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N19 - Printers</t>
   </si>
   <si>
+    <t>Laser and Inkjet Printers; Dot-matrix Printers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n19-printers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/19/a2927784-929d-45e1-bd21-b2c2985afe95.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N22 - Energy Saving Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Products shall meet the definition of CNS 14576 for compact fluorescent lamps or the definition of CNS 14125 for fluorescent lamps with embedded ballasts. Product characteristics: - The products energy efficiency shall meet the Energy Efficiency and Labeling Requirements for Compact Fluorescent Lamps or the Energy Efficiency and Labeling Requirements for Fluorescent Lamps with Embedded Ballasts of the Energy Labeling Program Bureau of Energy Ministry of Economic Affairs. - The products average Color Rendering Index -CRI; shall be equal to or greater than 80. - The products 1000-hr lumen maintenance ratio shall be greater than 90 percent. - The products content of mercury shall be below the regulatory limit.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n22-energy-saving-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/22/9e3cecb0-7cf3-4a18-9de0-1b0bfd83e70b.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N23 - Clothes Washers</t>
   </si>
   <si>
+    <t>Clothes Washers which meet the definition of CNS 14979. It does not include products which only have the water removal or cloth drying functions. This standard is applicable to the following types of products: Top-load or upright type: Products as defined in Sections 3.1.2, 3.1.4 or 3.1.5 of CNS 14979, including those involving jet stream; stirring; scrolling or whirlpool movements for cleaning purpose. Front-load or drum type: Products as defined in Section 3.1.3 of CNS 14979.</t>
+  </si>
+  <si>
     <t>CNS 14979</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n23-clothes-washers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/23/98ef8d44-0194-4dcb-874d-618683e90536.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N28 - Refrigerators</t>
   </si>
   <si>
+    <t>Applies to freezers and refrigerators which meet the definition of CNS 2062: This standard applies to household and similar use of refrigerators and freezers; the device in the combination of equipment in the cabinet; including compression type refrigerating machine and storage room.</t>
+  </si>
+  <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>CNS 2062-00 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n28-refrigerators</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/28/ab231874-a045-48a6-9b62-e516e6c98127.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N29 - Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the non-ducted air conditioners which meet the definition of CNS 3615. This standard is applicable to both the integrated and split-type air conditioners.</t>
+  </si>
+  <si>
     <t>CNS 3615-2013 CNS 7183 CNS 14464</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n29-air-conditioners</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/29/e9a201dc-b4bf-48d1-8e8a-a839581e22c8.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N42 - Fluorescent Lamps Tubes</t>
   </si>
   <si>
+    <t>This standard is applicable to the preheat-type fluorescent lamps or tubes which meet the definition of CNS 691 and excludes the compact fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n42-fluorescent-lamps-tubes</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/42/0b942ae7-ba35-45af-8945-4a1ae0e9fdb7.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N45 - Monochromatic Copy Machines</t>
   </si>
   <si>
+    <t>Applies to carbon powder toner machines</t>
+  </si>
+  <si>
     <t>Requirements for energy consumption are described in the standard Greenmark N45</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n45-monochromatic-copy-machines</t>
   </si>
   <si>
     <t>Greenmark N48 - Dehumidifier</t>
   </si>
   <si>
+    <t>This standard is applicable to the dehumidifiers which meet the definition of CNS 12492</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n48-dehumidifier</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/48/b1c13332-4241-4dea-9d4d-ed8f54f3e75c.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N51 - Outdoor Gas-fired Instantaneous Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the gas-fired instantaneous water heaters which are installed outdoors and meet the definition of CNS 13603.    i. Products using liquefied gas in tank container shall have built-in or be equipped with non-adjustable gas pressure control device.     ii. The product shall use the automatic ignition system; i.e. a pilot light shall not be used when the product is in stand-by mode.    iii. The product users shall be offered product safety liability insurance coverage.    iiii. The product and its manufacturing process shall not use substances promulgated by the Taiwan Environmental Protection Administration as toxic substances or substances controlled by the Montreal Protocol.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n51-outdoor-gas-fired-instantaneous-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/51/b1172255-be4e-4bdc-9bcb-6d11ca544678.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N54 - Natural-Convection Solar Water Heater</t>
   </si>
   <si>
+    <t>Applies to solar water heaters operating based on natural convection principle; including both the direct and indirect heating types.   -Based on the test conditions and method stated in the latest version of the Chinese National Standard the product shall have a measured energy efficiency equals to or greater than 55 percent;    -For the indirect-heating type product the heating medium and insulation material and their manufacturing process shall not contain or use substances promulgated and controlled by the Environmental Protection Administration of the Executive Yuan.    In addition the heating medium shall not contain halogenated organic compounds and the insulation material shall not contain substances controlled by the Montreal Protocol.</t>
+  </si>
+  <si>
     <t>Chinese National Standard, the product shall have a measured energy efficiency equals to or greater than 55%</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n54-natural-convection-solar-water-heater</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/green-life/file/CriteriaNoPDF/54.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N59 - Notebook Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to notebook|portable computers and tablet computers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n59-notebook-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/507f82a6-34dd-4670-b472-a766445b1685.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N60 - Televisions</t>
   </si>
   <si>
+    <t>Applies to television sets. The backlight module or unit of the products display panel shall not use mercury-containing lamps. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>CNS 14466</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n60-televisions</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/60/160f6010-15b0-462d-aa1c-76ce4601ab35.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to personal computers for use in permanent locations which are composed of computer main|system unit; display; keyboard and mouse; and include products sold as packaged computer systems or integrated computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N69 - Hand-held Hair Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to hand-held hair dryers  which meet the definition of CNS 3714: applies to portable electric blower is equipped with electric heaters in the hair dryer comes with a set of wind machine or whole hair accessories to beautify hair group apply to this standard. During use the products noise emission shall be less than the regulatory limit. The products measured electromagnetic interference shall be less than the regulatory limit. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n69-hand-held-hair-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/69/087ec305-7bdc-468f-9751-576fe608fc30.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N7 - Thermal insulation materials for building</t>
   </si>
   <si>
+    <t>This standard is applicable to thermal insulation materials  used in the buildings wall; roof; floor and ceiling applications.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n7-thermal-insulation-materials-building</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife//uploadfiles/Criteria/7/f7bafa8f-c4da-4aea-a425-c14e8ece04da.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N70 - Electric Clothes Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric clothes dryers; which meet the definition of CNS 4673</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n70-electric-clothes-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/70/bf405016-8728-4836-b440-0948958ef7ec.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N72 - Induction Cookers</t>
   </si>
   <si>
+    <t>This standard applies to induction cookers which meet the requirements of CNS12339.</t>
+  </si>
+  <si>
     <t>CNS13803</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n72-induction-cookers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/Eng/Criteriax_Detail.aspx?Serial=70</t>
+  </si>
+  <si>
     <t>Greenmark N78 - Image Output Devices</t>
   </si>
   <si>
+    <t>This standard is applicable to facsimile machines; copiers; and multifunction devices.    1. Facsimile -Fax Machine: A product whose primary functions are to scan paper originals for electronic transmission to remote units, and to receive electronic transmissions for conversion to paper output. Electronic transmission is primarily over a public telephone system, but may also be via a computer network or the Internet.    2. Copier: A product whose sole function is to produce paper duplicates from paper originals.   3. Multifunction Device -MFD: A product that performs two or more of the core functions of a Printer; Scanner; Copier; or Fax Machine.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n78-image-output-devices</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/78/ed90e8ff-2f8c-4f35-8385-bde4eba11953.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N88 - Scanners</t>
   </si>
   <si>
+    <t>This standard is applicable to scanners; excluding multi-function devices with scanning capabilities; network scanners; or scanners not directly powered by electricity from the wall outlets.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n88-scanners</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/88/398369f2-9d5f-47dd-a41b-1ab919c2cafd.pdf</t>
+  </si>
+  <si>
     <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
   </si>
   <si>
+    <t>This guide specifies the minimum energy performance standard (MEPS) and energy labeling requirements for single-phase non-ducted single split wall mounted type vapour compression air conditioners with cooling capacity up to 7.1 kW.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>ISO 16358-1:2013, MS ISO 5151:2012 MS ISO 5151:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-Guide%20on%20MEPS%20for%20AC%20(UPDATED).pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Refrigerator</t>
   </si>
   <si>
+    <t>This guide specifies the minimum energy performance standards (MEPS) requirements for household refrigerating appliances with one door or two door (Refer to figure 1) that can be connected to mains power and which are within the scope of MS IEC 62552-1 or identical.</t>
+  </si>
+  <si>
     <t>MS IEC 62552-1:2016, MS IEC 62552-2:2016, MS IEC 62552-3:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-refrigerator</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/files/download/95/Guideline_Minimum_Energy_Performance_Requirement_for_Refrigerator.pdf----https://www.st.gov.my/en/web/consumer/details/7/3</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Television</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
+  </si>
+  <si>
     <t>MS IEC 62301, IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-television</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Industrial oil boilers</t>
+  </si>
+  <si>
+    <t>Oil</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-0</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
+    <t>Oil boilers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-1</t>
+  </si>
+  <si>
+    <t>Direct-fired absorption chillers-heaters</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-2</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
+    <t>Sensor lighting equipment, PLS equipment, UCD lamp equipment, LED lamps using external converter, LED lamps using internal converter, attaching and detaching LED equipment, LED sensor equipment, converters for LED lighting modules, Tublar LED lamps, LED lamps for fluorescent lamp retrofit (internal converter type)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-5</t>
   </si>
   <si>
+    <t>LED traffic lights, LED leading lights, LED guard lighting equipment, LED street lights, LED flood lighting equipment, LED tunnel luminaires, LED module for channel letter signs</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-6</t>
   </si>
   <si>
+    <t>Single-phase induction motors</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-7</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-8</t>
   </si>
   <si>
-    <t>Oil</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-0</t>
+    <t>Centrifugal and Turbo Blowers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-10</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-1</t>
-[...1 lines deleted...]
-  <si>
     <t>High-efficiency Appliances Certification Program for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>Three phase induction motors</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3-phase-induction-motor</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Associated Ballasts</t>
   </si>
   <si>
+    <t>Ballasts</t>
+  </si>
+  <si>
     <t>KS C 7621-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-associated-ballasts</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Domestic Gas Boiler</t>
   </si>
   <si>
+    <t>Domestic gas boiler: Gas burning hot water boiler, whose heat efficiency is over 95 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-domestic-gas-boiler</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Energy Saving Device for Monitors</t>
   </si>
   <si>
+    <t>Energy saving device for monitor: controlling monitor power by detecting human body with sensor, whose net power consumption is less than 1.8W</t>
+  </si>
+  <si>
     <t>Smart home devices</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-energy-saving-device-monitors</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Industrial Gas Boiler</t>
   </si>
   <si>
+    <t>Industrial gas boiler whose rated capacity is less than 12 million kcal per h, maximum allowable working pressure is less than 10kg per cm2, heat efficiency is over 91 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-industrial-gas-boiler</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Pumps</t>
   </si>
   <si>
+    <t>Centrifugal water chiller, whose chilling capacity is less than 1,500usRT</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-pumps</t>
   </si>
   <si>
+    <t>Pump: Centrifugal pump for feeding water into boilers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-pumps-0</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Sensor Lighting Equipment</t>
   </si>
   <si>
+    <t>Sensor Lighting Equipment</t>
+  </si>
+  <si>
     <t>Lighting Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-sensor-lighting-equipment</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-streetlighting</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/download/Korean%20Energy%20Efficiency%20Policies%20(2015).pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Uniterruptible Power System</t>
   </si>
   <si>
+    <t>Uniterruptible power system: controlling its function according to the amount of loads</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-uniterruptible-power-system</t>
   </si>
   <si>
+    <t>Implementing Guidelines of the Philippine Energy Labeling Program for Air Conditioners 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for air conditioners covered by Department Circular No. 2020-06-0015. It applies to single-phase air conditioners with a cooling capacity of up to 50,400 kJ/hr or 14 KW for domestic single use. The following categories are:
+Fixed-speed air conditioners / Variable-speed air conditioners:
+a. Window type
+b. Split type (wall-mounted, floor-standing type, cassette-type, ceiling-cassette-type, ceiling-suspended type)</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>PNS ISO 5151
+,   
+                    PNS ISO 16358-1</t>
+  </si>
+  <si>
+    <t>Department of Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024-1st</t>
+  </si>
+  <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024</t>
+  </si>
+  <si>
     <t>Incandescent light bulb energy consumption efficiency standards</t>
   </si>
   <si>
+    <t>The minimum energy efficiency requirements apply to the products within the scope of CNS 298 Incandescent lamp bulbs for general lighting service; CNS 11006 Small lamp bulbs for household use and CNS 5513. Traffic signal lamps with which rated lamp wattage equal to or higher than 25W.</t>
+  </si>
+  <si>
     <t>CNS 298 CNS 11006 CNS 5513 CNS 3891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/incandescent-light-bulb-energy-consumption-efficiency-standards</t>
   </si>
   <si>
     <t>Korea Eco label Standards EL 228 Urinals</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Eco label of urinals installed in the buildings that use electronic flush valve or do not use water.</t>
+  </si>
+  <si>
     <t>KSB 2369</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-el-228-urinals</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW76txsqp5XCkvi0ddnbZ9Jpc8eHawEBEWOC1mu2zFGur7racKsZ9gJsTis16avSB4Us4zZf5jO6hyPsqRagQx5G3WqHdRX52Jjpercent2F5tzY</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Showerhead and Water Saving Components for Faucet EL 222:2012</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving faucets having a water saving function installed at the end of water pipes such as a single faucet, hot water and cold water mixed faucets or a stop valve among faucets used for supplying water with less than use pressure of 735kPa (hereinafter referred to as faucet), and valve products having a water saving function by stopping supply or water, automatically closing the value or supplying the specified amount of water. However, faucets for special use such as drinking water faucets, faucets for fountains and faucets for toilets shall be excluded.</t>
+  </si>
+  <si>
     <t>KSB 2331</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-water-saving-showerhead-and-water-saving-components-faucet-el</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7percent2FUTvuniRHmqp75nbpercent2BGaeLny2YsN0IlrQjpercent2F0percent2BKgxM4ispercent2FKD9DlHJ1yXUpercent2Bskykx</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Toilet EL 223:2013</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving toilet among toilets (western style water closet) with low tanks or flush valves (hereinafter referred to as "toilet").</t>
+  </si>
+  <si>
     <t>EM501, KS L 1551</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-water-saving-toilet-el-2232013</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7y58Apercent2B81L7P4rLapercent2FajMJdT9b5yA8fyWJFp6vjuUC7yZjvQUPGqd5ftUlbeqBjW52LjNaMUCnmqNVnT1JgBlH501zOaauLm</t>
+  </si>
+  <si>
     <t>Korea Ecolabel Standards Water-saving Faucets EL221:2012</t>
   </si>
   <si>
+    <t>The criteria shall apply to single faucet, cold and warm water mixed faucet or stagnant water faucet the water faucet (hereafter referred to as "faucet") used in water supply/bath supply with less than the usage pressure of 7.5kgf/㎠ 735kPa, to the water-saving faucet, which shall be set up at the end of water pipe and have water-saving effect, and to the valve that have water- saving effect through the function of immediate water-stopping, self-closing and fixed-quantity water-stopping. However, faucets for special use such as ones for drinking water, fountain and toilet shall be excluded.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-ecolabel-standards-water-saving-faucets-el2212012</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW74bllzXvqY5Wq0bOgPxdSkbYOaV9uckpercent2FRVFBygq3tRSx2WHxMnswq0VzzPLOeGRpercent2FjEUYTYWPvjh94a8dm0PyBXVQlEUV6y</t>
+  </si>
+  <si>
     <t>Low-voltage single-phase inductive motor energy efficiency ratio standards</t>
   </si>
   <si>
+    <t>Low-voltage single-phase inductive motor</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MELS for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme (MELS) requirements for clothes dryers with a rated capacity of up to 10kg.
+Energy Consumption (EC) per wash in kWh (all clothes dryers)
+- 1 tick: NA
+- 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
+- 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
+- 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
+- 5 tick: Rated capacity x 0.30 ≥ EC
+Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
+  </si>
+  <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-clothes-dryers</t>
   </si>
   <si>
-    <t>MELS for General Lighting</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting</t>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
+    <t>MELS for General Lighting (2019)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy set energy label scheme for all regulated lamps:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Split Type Air-Conditioners</t>
+  </si>
+  <si>
+    <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.</t>
   </si>
   <si>
     <t>ISO 15042:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-split-type-air-conditioners</t>
   </si>
   <si>
     <t>MEPS and MEPL for televisions</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover televisions defined as a display device; designed for the primary purpose of showing television pictures; and supplied with a television tuner. This includes multifunction televisions and display devices supplied in modular form with an external television tuner. The E3 Programme is planning to undertake a review of the existing requirements for televisions and assess opportunities to make further energy efficiency gains</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010AS/NZS62087.2.2:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-mepl-televisions</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/televisions/</t>
+  </si>
+  <si>
     <t>MEPS for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>This policy applies to 3-phase induction motors with a rated output of 0.75kW-200kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-3-phase-induction-motor</t>
   </si>
   <si>
     <t>MEPS for Air Cleaners</t>
   </si>
   <si>
+    <t>By the scope of KS C 9314 the mechanical and combined air cleaner which hasless 200W power consumption, and the single power 220V and 60Hz.</t>
+  </si>
+  <si>
     <t>KS C 9314</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-cleaners</t>
   </si>
   <si>
     <t>MEPS for Air Conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for Associated Ballasts</t>
   </si>
   <si>
+    <t>By KS C 7621 Associated ballasts which all components are in one, and anyparts are not allowed to change, and the rated power consumption of 5W-60W.But globe type is excluded.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-associated-ballasts</t>
   </si>
   <si>
     <t>MEPS for casement and window air-conditioners</t>
   </si>
   <si>
+    <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
+  </si>
+  <si>
     <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance requirements for clothes dryers with a rated capacity of https://www.nea.gov.sg/up to 10kg. The revised 2022 MEPS are: EC ≤ [Rated Capacity x 0.55], where “Rated Capacity” means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile and “EC” means Energy Consumption in kWh per wash.</t>
+  </si>
+  <si>
     <t>IEC1 61121:2005 with amendment 1, Section 9.2.1: Drying tests general</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Commercial Refrigerators</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-refrigerators</t>
   </si>
   <si>
     <t>MEPS for Dehumidifier</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dehumidifier</t>
   </si>
   <si>
     <t>MEPS for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dishwashers</t>
   </si>
   <si>
     <t>MEPS for Electric stove</t>
   </si>
   <si>
+    <t>Electric stove with the rated power consumption of 500W, less than 10kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-stove</t>
   </si>
   <si>
     <t>MEPS for Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
     <t>MEPS for Fluorescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-fluorescent-lamps</t>
   </si>
   <si>
     <t>MEPS for Fluorescent Lamps Ballast</t>
   </si>
   <si>
+    <t>By KS C 8100 and KS C 8102 Fluorescent lamps ballasts which are the tubulartype of rated power consumption of 20W, 28W, 32W, and 40W, the circular typeof rated power consumption of 32W, and 40W, and the compact type of ratedpower consumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W,FPL 36W, FPL 45W, and FPL 55W</t>
+  </si>
+  <si>
     <t>KS C 8100; KS C 8102</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-fluorescent-lamps-ballast</t>
   </si>
   <si>
     <t>MEPS for Freezers</t>
   </si>
   <si>
+    <t>Household electric freezer of storage volume 80L-400L</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-freezers</t>
   </si>
   <si>
     <t>MEPS for Gas Water Heater</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-gas-water-heater</t>
   </si>
   <si>
     <t>MEPS for General Lighting</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
   </si>
   <si>
     <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
 ,   
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting</t>
   </si>
   <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for lamps as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for horizontal drum washing machine</t>
   </si>
   <si>
+    <t>Product Scope:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-horizontal-drum-washing-machine</t>
   </si>
   <si>
     <t>MEPS for Hot Water Systems</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>AS/NZS 4692.1:2005; NZ4602:1988; NZ4606.1:1989</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-hot-water-systems</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/hot-water-systems/</t>
+  </si>
+  <si>
+    <t>MEPS covers: Gas water heaters intended for use with natural gas; liquefied petroleum gas (LPG) and simulated natural gas (SNG) up to a nominal gas consumption of 50 MJ per hour for storage types and 250 MJ per hour for instantaneous types and which fall within the scope of AS 4552.</t>
+  </si>
+  <si>
     <t>AS 4552-2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-hot-water-systems-0</t>
   </si>
   <si>
     <t>MEPS for Household Gas Boiler</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-household-gas-boiler</t>
   </si>
   <si>
     <t>MEPS for Incandescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-incandescent-lamps</t>
   </si>
   <si>
-    <t>MEPS for indoor LED lamps</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-indoor-led-lamps</t>
+    <t>http://www.nea.gov.sg/energy-waste/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>MEPS for Refrigerator</t>
   </si>
   <si>
+    <t>This policy applies to household electric refrigerator and refrigerator-freezer of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerator</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>http://www.kemco.or.kr/nd_file/kemco_eng/MKE_Notice_2010-124.pdf</t>
+  </si>
+  <si>
+    <t>MEPS for Refrigerators (2022)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy performance requirements for the following refrigerators: 
+- Refrigerators without a freezer up to 900L: 
+- Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
+Vadj tot) x 0.409]
+- Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
+- “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
+delivers ice on demand externally through a door.
+- “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2025</t>
   </si>
   <si>
     <t>MEPS for Set Top Boxes</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for set-top boxes (excluding the digital converter) receiving one or more of cable, satellite, and IP TV broadcastings and sending the image and audio to a television or display unit, with the rated power consumption of less than 150W.</t>
+  </si>
+  <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes-0</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=149</t>
+  </si>
+  <si>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
+  </si>
+  <si>
+    <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
+The established MEPS are: 
+Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
+Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
+Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
+COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
+    <t>This policy raises MEPS for single and multi split air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>MEPS for Television</t>
   </si>
   <si>
+    <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency percent shall be measured by KS C IEC 62087.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-television</t>
   </si>
   <si>
     <t>MEPS for Transformer</t>
   </si>
   <si>
+    <t>Transformers smaller than 1500kVA</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-transformer</t>
   </si>
   <si>
+    <t>Transformer defined in KS C 4306, KS C 4311, KS C 4316, KS C 4317 and Annex 3; 1500-3000kVa</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-transformer-0</t>
   </si>
   <si>
     <t>MEPS for Washing Machines</t>
   </si>
   <si>
+    <t>By KS C 9608 washing machine in which the textiles are substantially immersedin the washing water, the mechanical action being produced by a device moving,which are defined the agitator washing machine, and impeller washing machinewith the rated capacity of 2 kg-20kg</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-washing-machines</t>
   </si>
   <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
+    <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
+i) with rated output less than or equal to 0.73kW and less than 185kW; 
+ii) in 2- 4- 6- and 8-pole configurations; and 
+iii) with voltages rated up to 1100 V AC</t>
+  </si>
+  <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-requirements-three-phase-electric-motors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/3-phase-motor-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) requirements for distribution transformers</t>
   </si>
   <si>
+    <t>Minimum energy performance standards for distribution transformers covers: Single- and three-phase dry and oilimmersed transformers with a power rating between 10kVA and 2500kVA; which are designed for 11kV and 22kV networks.</t>
+  </si>
+  <si>
     <t>AS 2375 for dry type, and AS 2374.1 for other type transformers.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-meps-requirements-distribution-transformers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/distribution-transformers-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Conditioning System Chillers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial air conditioning system chillers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-air-conditioning-system-chillers</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Dehumidifiers</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/home/English.aspx</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-dehumidifiers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Three-Phase Squirrel-Cage Induction Motors</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for industrial low-voltage three-phase squirrel-cage induction motors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-low-voltage-three-phase-squirrel-cage-induction</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Refrigerator/Freezer</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for residential and commercial refrigerators/freezers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigeratorfreezer</t>
   </si>
   <si>
     <t>Minimum Performance of external power supplies</t>
   </si>
   <si>
+    <t>MEPS covers: Mains powered; dc and ac adaptors|power-packs with a single output of up to 250 W or VA  used to power or recharge separate low voltage electronic products; like laptops cellphones etc. They are often sold packaged with the product it will be used with - for examplel; a laptop computer normally comes with a power adaptor.</t>
+  </si>
+  <si>
     <t>AS/NZS 4665.1:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-performance-external-power-supplies</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/external-power-supplies-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
+  </si>
+  <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 57 of 2017 on MEPS and energy labels for air conditioners</t>
   </si>
   <si>
+    <t>The MEPS and labeling requirements cover single-split, wall-mounted, inverter or non-inverter air conditioners with cooling capacity up to 27,000 BTU/hour (HS code: 8415.10.10).</t>
+  </si>
+  <si>
     <t>SNI ISO/IEC 17067:2013, SNI 19-6713-2002, SNI 04-6958-2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-57-2017-meps-and-energy-labels-air</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/index.php/web/result/1725/detail</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No.18 of 2014 on Energy labels for energy saving lights</t>
   </si>
   <si>
+    <t>The MEPS and labeling requirements covers self-ballasted lamps (CFL).</t>
+  </si>
+  <si>
     <t>SNI IEC 60969:2009, SNI 04-6958-2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no18-2014-energy-labels-energy-saving</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/peraturan/Permen%20ESDM%2018%20Tahun%202014.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for Fans</t>
   </si>
   <si>
+    <t>This policy is established to ensure that all electric fans sold in Pakistan meet Minimum Energy Performance Standards (MEPS) and comply with NEECA's energy star rating system of 1 to 5 stars. The fans should conform to all the requirements of Pakistan Standard PS:1/2021 (Comfort Fans and Regulators for Household and Similar Purposes – Methods for Measuring Performance) with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
-    <t>January 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>PS:1/2021</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-labels-fans</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO411(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for LED Lights</t>
   </si>
   <si>
+    <t>This policy establishes mandatory Minimum Energy Performance Standards (MEPS) and labels for LED lights that are normally used in households and buildings for general lighting purposes and street lighting. LED lights should conform to all the requirements of Pakistan Standard PS:IEC60050-845 with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>PS:IEC60050-845</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-labels-led-lights</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO415(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-1-1:2007 Amendment 1:2013 - Lamps and related equipment-Energy efficiency and labeling requirements - Part 1-1: Double-capped fluorescent lamps</t>
   </si>
   <si>
-    <t>Philippines</t>
+    <t>This labeling program covers single-capped fluorescent lamps for general lighting service.</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>PNS IEC 60081:2006</t>
   </si>
   <si>
-    <t>Department of Energy</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-1-12007-amendment-12013-lamps-and-related-equipment-energy-efficiency-and</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202050-1-1%20amd%201-2013.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-2:2015 - Lamps and related equipment - Energy efficiency and labeling requirements - Part 2: Self-ballasted lamps for general lighting services</t>
   </si>
   <si>
+    <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
+  </si>
+  <si>
     <t>PNS IEC 969:2006; PNS IEC 968:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-22015-lamps-and-related-equipment-energy-efficiency-and-labeling-requirements</t>
   </si>
   <si>
+    <t>https://dti.gov.ph/resources/e-library</t>
+  </si>
+  <si>
     <t>PNS 396-1:2007 - Household appliances - Energy efficiency ratio (EER) and labelling requirements - Part 1 : Airconditioners</t>
   </si>
   <si>
+    <t>This program covers all non-inverter split-type room air conditioners, fixed-speed window air conditioners, and split air conditioners with capacities up to 36,000 kJ/h (10kW).</t>
+  </si>
+  <si>
     <t>PNS-240:1998/ISO-5151:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-396-12007-household-appliances-energy-efficiency-ratio-eer-and-labelling-requirements</t>
   </si>
   <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0221/Sharing_experience_with_Indonesia_Philippines_Raquel_Huliganga.pdf</t>
+  </si>
+  <si>
     <t>RACs Packaged Terminal - Taiwan</t>
   </si>
   <si>
+    <t>Window or box-type Room Air Conditioners of both Air Cooled and Water Cooled types</t>
+  </si>
+  <si>
     <t>CNS 14464 CNS 7183 CNS 3615-95</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/racs-packaged-terminal-taiwan</t>
   </si>
   <si>
     <t>RACs Split - Taiwan</t>
   </si>
   <si>
+    <t>Product Scope and related MEPS Requirements based on testing standards CNS 3615 CNS 14464 and CNS 7183</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/racs-split-taiwan</t>
   </si>
   <si>
     <t>RACs Window MEPS</t>
   </si>
   <si>
+    <t>EER of No-duct RAC should be in accordance with No-Duct Air Conditioner and Heat Pump Testing Standard in CNS 14464. The ratio of total cooling capacity to effective input power under T1 standard testing condition should no be smaller than the values in the above table and must be more than 95 percent of the labeled value. Only products that the capacity is less than 70kW will be tested.</t>
+  </si>
+  <si>
     <t>CNS 3615-95 CNS 7183 CNS 14464</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/racs-window-meps</t>
   </si>
   <si>
     <t>Refrigerator MEPS</t>
   </si>
   <si>
+    <t>Refigerators</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/refrigerator-meps</t>
   </si>
   <si>
     <t>Refrigerators-Freezers - Taiwan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/refrigerators-freezers-taiwan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/refrigerators-freezers-taiwan-0</t>
   </si>
   <si>
     <t>Reglamento Tecnico Aparatos De Refrigeracion Y Congelacion</t>
   </si>
   <si>
+    <t>The document contains technical regulation for  energy efficiency labeling for refrigeration and freezing appliances</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>IEC 60335-2-24:2007,ISO 15502:2005</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-aparatos-de-refrigeracion-y-congelacion</t>
   </si>
   <si>
+    <t>http://www.sencamer.gob.ve/publicos/descargas/pdf/consumo-eficiente.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Labeling and Standards, Ministry of Knowkedge Economy Notification No.2011-263. 2011.12.23</t>
   </si>
   <si>
+    <t>Drum washing machines</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy-0</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Energy Efficiency Grade Label for Electric Range</t>
+  </si>
+  <si>
+    <t>This regulation revised energy efficiency grade labels for electric range. Products in scope include electric ranges with a rated input voltage of single-phase AC 220V, a rated frequency of 60Hz, and a rated power consumption between 1kW and 10kW.</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Kitchen</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>KS C IEC 60350
 ,   
                     K 60335-2-6
 ,   
                     IEC 60350-2</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-energy-efficiency-grade-label-electric</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Energy Efficiency Grade Label for Electric Rice Cooker</t>
+  </si>
+  <si>
+    <t>This regulation revised energy efficiency grades and labeling for electric rice cooker, pursuant to Article 15 of the Energy Use Rationalization Act. Products in scope include electric rice cookers with a rated voltage of 220 V with a single-phase alternating current, and electric rice cookers with a rated voltage of 220 V and an electric warmer.</t>
   </si>
   <si>
     <t>KS A 0006
 ,   
                     KS Q 5002
 ,   
                     KS A 0078
 ,   
                     KS A 0511
 ,   
                     KS C 9310
 ,   
                     KS C 9312
 ,   
                     KS G 3602
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-energy-efficiency-grade-label-electric-0</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Minimum Energy Efficiency Standards and Label for Electric Heater</t>
   </si>
   <si>
+    <t>This regulation revised minimum energy efficiency standards and labels for electric heaters. Products in scope include electric heaters with a total rated power between 500W and 10kW. 
+The following are excluded from the scope of this regulation: 
+a) Devices that are both cooling and heating types
+b) Devices where the heating element does not directly heat the air
+c) Heating devices installed within the structure of a building
+d) Central heating systems
+e) Heaters connected to air ducts
+f) Curtains that include wallpaper, carpets, or flexible heating elements
+g) Thermal storage heaters</t>
+  </si>
+  <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>KS C IEC 60675
 ,   
                     KS C 9306</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-minimum-energy-efficiency-standards-and</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/list.aspx</t>
+  </si>
+  <si>
     <t>Requirements on Energy Efficiency and the Inspection of Low-Voltage Three-Phase Squirrel-Cage Induction Motors --including as a component of the specified equipment</t>
   </si>
   <si>
+    <t>The low-voltage three-phase squirrel-cage induction motor set in this announcement covers goods in compliance with Clause 14400 of Chinese National Standards; with a rated output power from 0.75kW|1HP to 200kW|270HP or which are subjected to inspection by the Central Competent Authority.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-energy-efficiency-and-inspection-low-voltage-three-phase-squirrel-cage</t>
   </si>
   <si>
+    <t>https://meps.energylabel.org.tw/_upload/gen/law/7/file1/Requirements%20on%20Energy%20Efficiency%20and%20the%20Inspection%20of%20Low-Voltage%20Three-Phase%20Squirrel-Cage%20Induction%20Motors%20(including%20as%20a%20component%20of%20the%20specified%20equip</t>
+  </si>
+  <si>
     <t>Revised Refrigerator power consumption standard and power efficiency grade labeling method and inspection method regulation</t>
   </si>
   <si>
+    <t>The refrigerators of this regulation are those compliant with CNS 2062 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revised-refrigerator-power-consumption-standard-and-power-efficiency-grade-labeling-method</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=1&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=0&amp;PDID=0&amp;p0=49</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Dehumidifier Products</t>
   </si>
   <si>
+    <t>The dehumidifiers meeting the definition of dehumidifiers as defined in CNS 12492 and promulgated by the Bureau of Standards Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 12492</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-3</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=31</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Non-conducted air conditioner Products</t>
   </si>
   <si>
+    <t>non-conducted air conditioner -Machine- set in this announcement covers goods in compliance with Clause 3615 and 14464 of Chinese National Standards and with rated air conditioning capacity less than or equal to 71kW which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=38</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Refrigerator|Freezer Products</t>
   </si>
   <si>
+    <t>The refrigerators and freezers their combinations including compression type refrigerating machine and storage room meeting the definition of refrigerator-freezers as defined in CNS 2062 and promulgated by the Bureau of Standards Metrology and Inspection  of the Ministry of Economic Affairs  as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 2062-2000 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-2</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=30</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Room Air Conditioners</t>
   </si>
   <si>
+    <t>The window or wall-type and box-type room air conditioners meeting the definition of air conditioners as defined in CNS 3615 and CNS 14464 and promulgated by the Bureau of Standards Metrology and Inspection  of the Ministry of Economic Affairs  as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-1</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=29</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Minimum Energy Performance Standard Energy Efficiency Indication and Inspection for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The fluorescent lamps denoted in this draft are those meeting the definition of CNS 691 Fluorescent lamps- for general lighting service;  general color rendering index Ra not larger than 95 and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 691</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-minimum-energy-performance-standard-energy-efficiency-indication</t>
   </si>
   <si>
+    <t>https://meps.energylabel.org.tw/_outweb/gen/law/upt.asp?p0=9</t>
+  </si>
+  <si>
     <t>Schedule 12 - Washing Machines</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for all types of washing machines covered under the scope of IEC 60456 and IS 302-2-7 meant for household and similar use, being manufactured, imported and sold in India. The label is voluntary until December 31, 2020, and is expected to become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>IEC 60456:2010, IS 302-7-7:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-12-washing-machines</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule12-WM.pdf</t>
+  </si>
+  <si>
     <t>Schedule 15 - Ballasts</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for ballasts covering electromagnetic ballasts and electronic ballasts for single and double capped tubular fluorescent lamps (TFL).</t>
+  </si>
+  <si>
     <t>IS 1534 (Part 1):1977, IS 13021 (Part 1 &amp; 2):1991</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-15-ballasts</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule-15ballast.pdf</t>
+  </si>
+  <si>
     <t>Schedule 18 - Diesel Generator Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the star labeling requirements for various classifications for the application, rating and performance of single/three phase Diesel Generating sets consisting of a Reciprocating Internal Combustion (RIC) engine driven by diesel as fuel, Alternating Current (a.c.) generator, any associated control gear, switchgear and auxiliary equipment. It applies to A. C. generating sets driven by RIC engines for land and marine use being manufactured, imported or sold in India. It excludes generating sets used on aircraft or to propel land vehicles and Locomotives. Diesel Generating (DG) Sets up to 19 kW ratings are covered under pilot energy labeling scheme for single/three phase DG Sets.</t>
+  </si>
+  <si>
     <t>IS 10000, IS 10001, IS 13364, IS 4889:1968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-18-diesel-generator-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DG%20Set%20schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 24 - Light Commercial Air Conditioners</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for light commercial air conditioners being manufactured and sold in India. The policy applies to single or three-phase non-ducted split with fixed and variable-speeds air conditioners and heat pumps employing air-cooled condensers with a rated capacity above 10,500 Watts and up to and including 18,000 Watts.</t>
+  </si>
+  <si>
     <t>IS 1391 (Part 2): 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-24-light-commercial-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule_24_LCAC.pdf</t>
+  </si>
+  <si>
     <t>Schedule 7 - Agricultural Pump Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for single phase of rating up to 2.2 kW and three phase pump sets of ratings 1. kW to 75 kW covering Electric mono set pumps, submersible pump sets and open well submersible pump sets</t>
+  </si>
+  <si>
     <t>Agricultural Pumps</t>
   </si>
   <si>
     <t>IS 9079:2002, IS 8034:2002, IS 14220:1994, IS 11346:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-7-agricultural-pump-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule7-APS.pdf</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Televisions Sets</t>
   </si>
   <si>
+    <t>This category establishes criteria for mains-powered television sets consisting of a unit whose main purpose is to receive, reproduce and, if applicable, decode television signals.</t>
+  </si>
+  <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-televisions-sets</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Coffee Machine</t>
   </si>
   <si>
+    <t>This category establishes criteria for espresso and coffee machines, which include fully-automatic espresso/coffee machines, hand-operated piston espresso/coffee machines and capsule espresso/coffee machines. The category does not cover espresso/coffee machines with a system to warm cups, or capsule espresso/coffee machines which require capsules made by a certain manufacturer.</t>
+  </si>
+  <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-coffee-machine</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=56</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: LEDs</t>
   </si>
   <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
     <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-leds</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric household refrigerators (with or without low-temperature compartment), refrigerator-freezer combinations and freezers (chest and upright freezers) used as free-standing, built-under or built-in appliances.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-refrigerators-and-freezers</t>
   </si>
   <si>
     <t>SLS 1225 - Energy efficiency rating for self-ballasted Integral type compact fluorescent lamps For general lighting services</t>
   </si>
   <si>
+    <t>Sri Lanka Standard Specification for Energy Efficiency Rating for Self ballasted Lamps (Integral Compact Fluorescent Lamps).</t>
+  </si>
+  <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>SLS 1225:2002</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1225-energy-efficiency-rating-self-ballasted-integral-type-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=1739&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1530: 2016 Minimum energy performance for self-ballasted integral type led lamps for general lighting services</t>
   </si>
   <si>
+    <t>Specifies Minimum Energy Performance Standard (MEPS) for self ballasted integral type LED lamps for general lighting services operating on supply voltage of greater than 50 V a.c. up to 250 V a.c. 50 Hz nominal and rated power up to 60 W, having screw and bayonet lamp caps. It also includes method of measurement of electrical energy consumption and luminous flux for determination of efficiency of the lamps for the purpose of MEPS.
+Amendment text available here http://www.slsi.lk/images/web/images/PDF_upload/amds/amd-523-sls-1530.pdf</t>
+  </si>
+  <si>
     <t>SLS 1530: 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1530-2016-minimum-energy-performance-self-ballasted-integral-type-led-lamps-general</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2358&amp;lang=en</t>
+  </si>
+  <si>
     <t>TCVN 11848:2021 - Notebook computers</t>
+  </si>
+  <si>
+    <t>This standard specifies energy efficiency requirements and methods for determining energy consumption for laptops, two-in-one laptops, all-in-one laptops, tablets, and mobile workstations.  This standard does not apply to client computers, mobile client computers, mobile gaming consoles, point-of-sale (POS) machines, and tablets used in point-of-sale machines. This standard was adopted on 28 December 2021. It will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>TCVN 11847:2017
 ,   
                     IEC 62623:2012
 ,   
                     IEC 61966-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-118482021-notebook-computers</t>
   </si>
   <si>
+    <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-viet-nam-tcvn-11848-2021-bo-khoa-hoc-va-cong-nghe-238464-d3/uploaded/VIETLAWFILE/2022/12/TCVN_11848_2021_TCDLCL_191222115003.pdf.aspx</t>
+  </si>
+  <si>
     <t>TCVN 13371:2021 - Desktop computers</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency requirements and methods for determining energy consumption for desktop computers, including integrated desktop computers. This standard does not apply to point-of-sale (POS) terminals, workstations, and client computers. This policy enters into force on 1 January 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133712021-desktop-computers</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13371%3A2021</t>
+  </si>
+  <si>
     <t>TCVN 7540-1:2013 Three-phase asynchronous squirrel-cage electrical motors - Part 1: energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS for three-phase asynchronous squirrel-cage electrical motors.</t>
+  </si>
+  <si>
     <t>TCVN 7540-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-7540-12013-three-phase-asynchronous-squirrel-cage-electrical-motors-part-1-energy</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7540-2013-dong-co-dien-khong-dong-bo-ba-pha-roto-long-soc-phan-1-hieu-suat</t>
+  </si>
+  <si>
     <t>TCVN 7826:2015 Electric fans - Energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for electric fans, including ceiling fans, table fans, wall fans, and pedestal fans.</t>
+  </si>
+  <si>
     <t>TCVN 7827:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78262015-electric-fans-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7826-2015-quat-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7828:2016 Refrigerator, refrigerator-freezer, and freezer - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for refrigerators, refrigerator-freezers, and freezers.</t>
+  </si>
+  <si>
     <t>TCVN 7829:2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78282016-refrigerator-refrigerator-freezer-and-freezer-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7828-2016-tu-mat-tu-lanh-tu-dong-hieu-suat-nang-luong#van-ban-goc</t>
+  </si>
+  <si>
     <t>TCVN 7830:2015 Non-ducted air conditioners - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>TCVN 6576:2013, TCVN 10273-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78302015-non-ducted-air-conditioners-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7830-2015-may-dieu-hoa-khong-khi-khong-ong-gio-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7896:2015 Compact fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for compact fluorescent lamps (CFL).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78962015-compact-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7896-2015-bong-den-huynh-quang-compact-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7897:2013 Electronic ballasts for fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for electronic ballasts for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>TCVN 7541-2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78972013-electronic-ballasts-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7897-2013-balat-dien-tu-dung-cho-bong-den-huynh-quang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7898:2018 Storage water heaters - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for storage water heaters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78982018-storage-water-heaters-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-7898-2018-Binh-dun-nuoc-nong-co-du-tru-dung-cho-muc-dich-gia-dung-918007.aspx</t>
+  </si>
+  <si>
     <t>TCVN 8248:2013 Electromagnetic ballasts for fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for electromagnetic ballasts for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82482013-electromagnetic-ballasts-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8248-2013-balat-dien-tu-dung-cho-bong-den-huynh-quang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8249:2013 Linear tubular fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for linear tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82492013-linear-tubular-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8249-2013-bong-den-huynh-quang-ong-thang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8252:2015 Rice cookers - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for rice cookers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82522015-rice-cookers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8252-2015-noi-com-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8525:2015 Distribution transformers - MEPS and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for distribution transformers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-85252015-distribution-transformers-meps-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8525-2015-may-bien-ap-phan-phoi-muc-hieu-suat-nang-luong-toi-thieu</t>
+  </si>
+  <si>
     <t>TCVN 8526:2013 Clothes washing machines for household use - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for clothes washing machines for household use.</t>
+  </si>
+  <si>
     <t>IEC 60456:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-85262013-clothes-washing-machines-household-use-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8526-2013-may-giat-gia-dung-hieu-suat-nang-luong-phuong-phap-xac-dinh#toan-van</t>
+  </si>
+  <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
+  </si>
+  <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
+    <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
+The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
+This standard does not apply to boilers used for electricity generation.
+It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
   <si>
     <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for computer monitors.</t>
+  </si>
+  <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95082012-computer-monitors-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9508-2012-man-hinh-may-tinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9509:2012 Printers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95092012-printers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9509-2012-may-in-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
+It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
+It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
+It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
-    <t>TCVN 9536:2012 Television sets - energy efficiency</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-television-sets-energy-efficiency</t>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Clothes Washing Machines for Household Use TGL-13-R2-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to washing machines for residential and similar applications with AC power supply characteristics.</t>
+  </si>
+  <si>
     <t>TIS 1462-2540</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-clothes-washing-machines-household-use-tgl-13-r2-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-13-R2-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Computer TGL-12-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal computers (PC) and computers that can be portable and can be divided into 4 types.</t>
   </si>
   <si>
     <t>TIS 1561
 ,   
                     TIS 1956
 ,   
                     TIS 1448
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-computer-tgl-12-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-12-R2-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Digital Projectors TGL-81-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to digital projectors with display technology such as Liquid Crystal Display (LCD), Digital Light Processing (DLP), Liquid Crystal on Silicon (LCOS), or Silicon X‐tal Reflective Display (SXRD).</t>
   </si>
   <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>TIS 1195
 ,   
                     TIS 1956 (or CISPR 32, EN 55032)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-digital-projectors-tgl-81-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-81-R1-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Facsimile machine TGL-36-R1-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to a stand-alone fax machine, a combined printer/facsimile, a multi-purpose fax machine. (multifunctional units).</t>
   </si>
   <si>
     <t>IEC 60950-1 (or TIS 1561)
 ,   
                     CISPR 22 (or TIS 1956, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-facsimile-machine-tgl-36-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-36-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Faucets and water saving equipment TGL-11-R3-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to faucets and water-saving equipment including faucets for sinks, faucets for washbasins, self-closing faucets for washbasins, automatic faucets for sanitary wares, shower units, rinsing sprays, flush valves for urinals, and flush valves for toilets.</t>
   </si>
   <si>
     <t>TIS 2067, TIS 1277 (faucets for sinks)
 ,   
                     TIS 2067, TIS 1278 (faucets for wash basins)
 ,   
                     TIS 2067, TIS 1377 (self-closing faucets for wash basins)
 ,   
                     TIS 2147 (automatic faucets for sanitary wares)
 ,   
                     TIS 2066, TIS 1187 (shower units)
 ,   
                     TIS 1497 (rinsing sprays)
 ,   
                     TIS 1094 (flush valves for urinals)
 ,   
                     TIS 1093 (flush valves for toilets)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-faucets-and-water-saving-equipment-tgl-11-r3-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-11-R3-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Fluorescent Lamps TGL-2-R4-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to fluorescent lamps consisting of single-capped fluorescent lamps, double-capped fluorescent lamps, and self-ballasted lamps for general lighting purposes.</t>
   </si>
   <si>
     <t>Double–capped fluorescent lamps: TIS 236, TIS 956, TIS 2309, TIS 2310
 ,   
                     Single–capped fluorescent lamps: TIS 1713, TIS 2235, TIS 2334 ,TIS 2310</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-fluorescent-lamps-tgl-2-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-02-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Heat Pumps TGL-57-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to heat pumps for residential use including heat pumps operated at a rated voltage up to 250 V for single-phase appliances and not more than 600 V for three-phase appliances.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Space Heating, Heat Pumps</t>
   </si>
   <si>
     <t>TIS 1529
 ,   
                     BS EN 255-4
 ,   
                     TIS 2368</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-heat-pumps-tgl-57-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-57-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - LED lighting TGL-86-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to LED lamps and LED luminaires for general lighting purposes.</t>
   </si>
   <si>
     <t>TIS 1955
 ,   
                     TIS 2624 P2 (1) (or IEC 62722-2-1)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-led-lighting-tgl-86-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-86-R1-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Microwave oven TGL-38-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages.</t>
   </si>
   <si>
     <t>TIS 1773
 ,   
                     TIS 2238 (or IEC 62301)
 ,   
                     IEC 60705
 ,   
                     TIS 2368</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-microwave-oven-tgl-38-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-38-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Refrigerated display cabinet TGL-85-R2-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to refrigerated display cabinets with vertical glass door types.</t>
+  </si>
+  <si>
     <t>TIS 1235 (or ISO 23953-2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-refrigerated-display-cabinet-tgl-85-r2-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-85-R2-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Refrigerators TGL-3-R4-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to refrigerators and fridge freezers for residential use.</t>
+  </si>
+  <si>
     <t>TIS 2214</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-refrigerators-tgl-3-r4-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-03-R4-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Room Air Conditioner TGL-7-R4-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to air conditioning products (including motor-compressor) with a rated voltage of up to 250 V for single-phase air conditioners and 600 V for multi-phase air conditioners with a total cooling capacity of not more than 18,000 watts.</t>
+  </si>
+  <si>
     <t>TIS 1529</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-room-air-conditioner-tgl-7-r4-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-07-R4-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Televisions TGL-34-R1-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to a television set that is powered by the mains power and is a device that serves to receive displays images and sounds transmission (e.g. analogue or digital), with display methods such as Liquid Crystal Display (LCD), Plasma Display Panel (PDP), Light-emitting-diode (LED), or LED-backdrop LCD or Organic Light-Emitting Devices (OLED), excluding Cathode Ray Tube (CRT) display systems and battery-operated portable television set.</t>
+  </si>
+  <si>
     <t>TIS 1195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-televisions-tgl-34-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-34-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Water Dispenser TGL-97-R1-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to hot and cold water dispensers and compressed cold water dispensers (compression type) with a cold water tank capacity of no more than 6 liters, a hot water tank capacity of no more than 5 liters, and voltage that does not exceed 250 V.</t>
+  </si>
+  <si>
     <t>TIS 2461</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-water-dispenser-tgl-97-r1-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-97-R1-20.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency for No. 5 Label for CFLs</t>
+  </si>
+  <si>
+    <t>This program covers compact fluorescent lamp - screw cap type (E27), internal electronic ballast with a lifetime of 6,000 hours.</t>
   </si>
   <si>
     <t>TIS 2233-2548
 ,   
                     TIS 2310-2556
 ,   
                     TIS 1955-2551</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-no-5-label-cfls</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/cfl.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Air Conditioners</t>
+  </si>
+  <si>
+    <t>This program covers split type air conditioners - floor/ceiling type, wall type, concealed/duct type, cassette type, and floor standing type.</t>
   </si>
   <si>
     <t>TIS 2710–2015 or ISO 5151 : 2010
 ,   
                     TIS 2711-2015 or ISO 13253 : 2011
 ,   
                     TIS 2714, Volume 1–2015 or ISO 16358-1 : 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-conditioners</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/wp-content/uploads/2022/11/short_air.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Electric Kettle</t>
   </si>
   <si>
+    <t>This program covers electric kettles with internal or external heating types, single-phase alternating current</t>
+  </si>
+  <si>
     <t>TIS 2588-2556</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-electric-kettle</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ele_kettle.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for electric water heaters</t>
+  </si>
+  <si>
+    <t>This program covers electric water heater types: instantaneous water heaters -- single point, and multipoint.</t>
   </si>
   <si>
     <t>TIS 1693-2547
 ,   
                     TIS 1375-2547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-electric-water-heaters</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wh.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for fans</t>
+  </si>
+  <si>
+    <t>This program covers the following fan types: table fans, floor fans, wall fans, orbit fans, and ventilation fans.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>TIS 92 - 2536 (Table Fans and Wall Fans)
 ,   
                     TIS 127 - 2536 (Floor Fans)
 ,   
                     TIS 572 - 2528 (Orbit Fans)
 ,   
                     TIS 710 - 2530 (Ventilating Fans)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-fans</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/fan.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Refrigerators</t>
+  </si>
+  <si>
+    <t>This program covers refrigerators and refrigerators with freezer compartments. The policy contains energy efficiency criteria and labeling requirements for the following products: refrigerators with a calibrated volume of less than 100L, refrigerators with a calibrated volume of greater than or equal to 100L, refrigerator-freezers with a calibrated volume of less than 450L and refrigerator-freezers with a calibrated volume of greater than or equal to 450L.</t>
   </si>
   <si>
     <t>TIS 455 Lem. 1-2017
 ,   
                     TIS 455 Volume 3-2017
 ,   
                     TIS 2186-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-refrigerators</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ref.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for rice cooker</t>
+  </si>
+  <si>
+    <t>This program covers the following rice cooker types: normal rice cookers (rice cooker), cook/warm rice cookers (jar type), digital rice cookers (computerized)</t>
   </si>
   <si>
     <t>Electric Hot Pots</t>
   </si>
   <si>
     <t>TIS 2545-2555
 ,   
                     TIS 1039 - 2547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-rice-cooker</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ek.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Rice Cookers</t>
   </si>
   <si>
+    <t>This program covers electric thermos pot types (classified by the operation of work) - normal type and auto warm.</t>
+  </si>
+  <si>
     <t>JIS C 9213-1988</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-rice-cookers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/rc.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Computers</t>
   </si>
   <si>
+    <t>Computers under this labelling scheme include desktops, towers or mini-towers, or portable units. These include high-end desktop computers, personal computers, workstations, network computer desktops, X terminal controllers, computer-based point-of-sale retail terminals and tablet PCs. To qualify, the unit must be capable of being powered from a wall outlet, but this does not preclude units that are capable of being powered from a wall outlet and also from a battery. This definition is intended primarily to cover computers sold for use in businesses or homes.</t>
+  </si>
+  <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-computers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Computers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Dehumidifiers</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to self-contained, electrically operated, and mechanically refrigerated dehumidifiers that provide daily water removal capacities not exceeding 87 litres. Appliances that have larger capacity are excluded.</t>
+  </si>
+  <si>
     <t>ANSI / AHAM DH-1 CAN/CSA-C749</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-dehumidifiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Dehumidifiers%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Domestic Gas Instantaneous Water Heaters</t>
   </si>
   <si>
+    <t>Domestic Gas Instantaneous Water Heaters under this labelling scheme include domestic instantaneous water heaters which burns gas types defined in the Gas Safety Ordinance. Those domestic gas appliances having heat inputs exceeding 70kW are excluded.</t>
+  </si>
+  <si>
     <t>JIA F 031 EN 26:1997 GB 6932</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-domestic-gas-instantaneous-water</t>
   </si>
   <si>
+    <t>http://www.emsd.gov.hk/emsd/e_download/pee/veels_dgiwater_heater.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Electric Rice Cookers</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electric heating elements for heating source operated at atmospheric pressure rice-cookers and the maximum rated power consumption not exceeding 2 kW. The scheme does not cover induction heating electric rice-cookers.</t>
+  </si>
+  <si>
     <t>CCEC/T11-2006 JIS C9212 QB/T 3899</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-electric-rice-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Rice%20Cookers%202020_eng_v2.7%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Electronic Ballasts</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electronic ballasts that are designed for standard fluorescent lamps: for linear, circular and compact types; HID lamps including high pressure sodium lamps and metal halide lamps. The electronic ballasts must be capable of being powered from either a 220V 50Hz AC supply or an appropriate DC power source.</t>
+  </si>
+  <si>
     <t>IEC 60929 EN 50924</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-electronic-ballasts</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Electronic%20Ballasts%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Fax Machines</t>
   </si>
   <si>
+    <t>Both ordinary fax machines and printer-fax combinations are covered by this scheme.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-fax-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Fax%20Machines%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Gas Cookers</t>
   </si>
   <si>
+    <t>This policy applies to new gas cookers that are designed for primary use in domestic premises and burn gas defined in Gas Safety Ordinance, have a rated heat input not exceeding 7 kW for each burner, either table-top type or built-in type, and have one or multiple burners.</t>
+  </si>
+  <si>
     <t>GB16410-2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-gas-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Gas%20Cooker%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Hot/Cold Bottled Water Dispensers</t>
   </si>
   <si>
+    <t>This policy applies to hot/cold bottled water dispensers, which are defined as free-standing devices that consume energy and dispense water from removable, typically 8–20 L plastic bottles commonly positioned on top/at the bottom of the unit.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-hotcold-bottled-water-dispensers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Water%20Dispenser%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Induction Cookers</t>
   </si>
   <si>
+    <t>This policy applies to cookers using electromagnetic induction heating as the heating source with a rated power consumption range from 700–3500 W for each heating unit. The total rated power shall not exceed 7000 W.</t>
+  </si>
+  <si>
+    <t>Induction Cookstoves or Hobs</t>
+  </si>
+  <si>
     <t>GB 21456 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-induction-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Induction%20Cookers%202019_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LCD Monitors</t>
   </si>
   <si>
+    <t>Applies to standard LCD monitors that are designed for use with computers. The monitor must be capable of being powered from either a wall outlet or a battery unit that is sold with an AC adaptor. LCD monitors with a tuner|receiver may qualify under this scheme as long as they are marketed and sold to consumers as computer monitors, i.e. focusing on computer monitor as the primary function; or as dual functions computer monitors and televisions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-lcd-monitors</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS%20-%20LCD%20Monitor%20(Eng)_2019.1.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LED Lamp</t>
   </si>
   <si>
+    <t>The Scheme applies to integral directional and non-directional LED lamps which has a single lamp cap, and is intended for general lighting purposes having the following characteristics:</t>
+  </si>
+  <si>
     <t>IEC 62612:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-led-lamp</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_LED%20Lamps_eng%20-%20Ver%202020%20Final.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwave ovens using electromagnetic energy in the ISM frequency band of 2,450 MHz, with rated power input of less than 2,500 Watt for household use. It also applies to combination microwave ovens with additional heating elements or convection capability. Does not apply to microwave ovens for commercial and industrial use; ovens incorporating conventional heating means only; and ovens with exhaust hood.</t>
+  </si>
+  <si>
     <t>IEC 60705: 2010 Edition 4.0, IEC 62301: 2011 Edition 2.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Microwave%20Ovens%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Multifunction Devices</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electrically operated multifunction devices intended for production of A4-sized duplicates from graphical hard copy originals as well as performing one or both of the core functions such as printing, faxing, scanning, etc. However, a device whose primary function is faxing and offers limited sheet copying capabilities, so-called single sheet convenience copying; are not covered under this scheme.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-multifunction-devices</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Multifunction%20Devices%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Non-integrated Type Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to non-integrated type CFLs which is electrically connected to permanently wired external ballast and is intended for general lighting purposes and having the following characteristics:</t>
+  </si>
+  <si>
     <t>CIE 84 IEC IEC 61199</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-non-integrated-type-compact</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_NICFL%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Photocopiers</t>
   </si>
   <si>
+    <t>COPY MACHINE:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-photocopiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Photocopiers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Printers</t>
   </si>
   <si>
+    <t>Printers under this labelling scheme apply to all electrically operated black-and-white or colour printers that are capable of receiving information from single-user or networked computers and serve as hard copy output devices for production of A4-sized copies. Printers designed to handle multi-sized papers including A4-sized paper can also be qualified under this scheme provided that they can comply with the energy efficiency requirements for A4-sized paper.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-printers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Printers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 1462-2562 (2019) Clothes washing machines for household use - Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines the minimum energy efficiency requirements of clothes washing machines for household and similar purposes with a rated voltage not exceeding 250 V for single-phase AC supply, with or without heating devices, and for cold and/or hot water supply, and having standard washing capacity not exceeding 30 kg.</t>
+  </si>
+  <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-1462-2562-2019-clothes-washing-machines-household-use-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS1462-2562p.pdf</t>
+  </si>
+  <si>
     <t>TIS 2134-2553 Thai Industrial Standard for Room Air Conditioners</t>
   </si>
   <si>
+    <t>This standard defines minimum energy efficiency requirements of split-type room air conditioners that use alternating current single phase at a frequency of 50 Hz, with a cooling capacity of less than 12000 W. This standard also covers condenser units and/or fan-coil units.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2134-2553-thai-industrial-standard-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2134-2553m.pdf</t>
+  </si>
+  <si>
     <t>TIS 2186-2561 (2018) :  Household Refrigerators and Refrigerator-Freezer: Environmental Requirements : Energy Ffficiency</t>
   </si>
   <si>
+    <t>The standard mandates energy efficiency of compression-type refrigerators for household and similar use. Covers only compression type.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2186-2561-2018-household-refrigerators-and-refrigerator-freezer-environmental</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/fulltext/TIS2186-2561p.pdf</t>
+  </si>
+  <si>
     <t>TIS 23-2521 Thai Industrial Standard for Ballast for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This standard specifies safety requirements for ballasts, excluding resistance types, for use on A.C. supplies up to 1000 V at 50 Hz or 60 Hz, associated with fluorescent lamps with or without pre-heated cathodes operated with or without a starter or starting device and having rated wattages, dimensions and characteristics.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-23-2521-thai-industrial-standard-ballast-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-23-2558p.pdf</t>
+  </si>
+  <si>
     <t>TIS 2334-2556 (2013) single - capped fluorescent lamps : energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements and the measurement of the power consumption of ballasts for fluorescent lamps and determines the energy efficiency index, which is generally shown on the ballast. 
+This standard also specifies the minimum energy performance standards (MEPS) requirements of ballasts for fluorescent lamps. The ballasts covered by this standard are the ferromagnetic or electronic types used with fluorescent lamps with a rated lamp power from 10 W to 70 W, for use on 50 Hz supplies of 220/230/240 V. This standard covers ballasts that are supplied as separate components or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Lighting, Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2334-2556-2013-single-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/65.PDF</t>
+  </si>
+  <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
+    <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
+  </si>
+  <si>
     <t>Trade Standards (Household Electric Refrigerating Appliances) Order 2007, under the Trade Standards Quality Control Decree 1992, no.24</t>
   </si>
   <si>
+    <t>Refrigerators, freezers, and refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity (230/240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Fiji</t>
   </si>
   <si>
     <t>FS/AS/NZS 4474.1.2007, FS/AS/NZS 4474.2.2009</t>
   </si>
   <si>
     <t>Fiji Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/trade-standards-household-electric-refrigerating-appliances-order-2007-under-trade</t>
   </si>
   <si>
+    <t>http://www.energy.gov.fj/index.php/review-energy-policy/nep-review-work-plan/71-mepsl</t>
+  </si>
+  <si>
     <t>Vietnam Decision No. 51/2011/QD-TTg</t>
   </si>
   <si>
+    <t>Import, manufacture, and circulation of incandescent lamps with a power output higher than 60W will be banned from January 1, 2013.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vietnam-decision-no-512011qd-ttg</t>
   </si>
   <si>
+    <t>http://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-51-2011-QD-TTg-danh-muc-phuong-tien-thiet-bi-phai-dan-nhan-nang-129033.aspx</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficient-products-wep-i</t>
+  </si>
+  <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -5338,22127 +7979,24510 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N506"/>
+  <dimension ref="A1:P493"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="244" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="244.083" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="311.353" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="403.33" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2022</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>1979</v>
       </c>
-      <c r="H2">
+      <c r="I3">
         <v>2018</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2018</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...34 lines deleted...]
-      <c r="H3">
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1998</v>
+      </c>
+      <c r="I5">
+        <v>2017</v>
+      </c>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>46</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>42</v>
+      </c>
+      <c r="D6" t="s">
+        <v>58</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6">
+        <v>2011</v>
+      </c>
+      <c r="J6" t="s">
+        <v>44</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>46</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>42</v>
+      </c>
+      <c r="D7" t="s">
+        <v>64</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1997</v>
+      </c>
+      <c r="I7">
         <v>2018</v>
       </c>
-      <c r="I3" t="s">
-[...2 lines deleted...]
-      <c r="J3" t="s">
+      <c r="J7" t="s">
+        <v>44</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>65</v>
+      </c>
+      <c r="M7" t="s">
+        <v>46</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D8" t="s">
+        <v>70</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1986</v>
+      </c>
+      <c r="I8">
+        <v>2006</v>
+      </c>
+      <c r="J8" t="s">
+        <v>71</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>72</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>69</v>
+      </c>
+      <c r="D9" t="s">
+        <v>77</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2006</v>
+      </c>
+      <c r="I9">
+        <v>2013</v>
+      </c>
+      <c r="J9" t="s">
+        <v>71</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>78</v>
+      </c>
+      <c r="M9" t="s">
+        <v>72</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>79</v>
+      </c>
+      <c r="P9" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>69</v>
+      </c>
+      <c r="D10" t="s">
+        <v>64</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>83</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2012</v>
+      </c>
+      <c r="I10">
+        <v>2016</v>
+      </c>
+      <c r="J10" t="s">
+        <v>84</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>85</v>
+      </c>
+      <c r="M10" t="s">
+        <v>72</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>86</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>87</v>
+      </c>
+      <c r="B11" t="s">
+        <v>88</v>
+      </c>
+      <c r="C11" t="s">
+        <v>69</v>
+      </c>
+      <c r="D11" t="s">
+        <v>51</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...338 lines deleted...]
-        <v>1998</v>
+      <c r="G11" t="s">
+        <v>22</v>
       </c>
       <c r="H11">
         <v>2012</v>
       </c>
-      <c r="I11" t="s">
-        <v>50</v>
+      <c r="I11">
+        <v>2016</v>
       </c>
       <c r="J11" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K11"/>
+        <v>71</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
       <c r="L11" t="s">
-        <v>51</v>
+        <v>89</v>
       </c>
       <c r="M11" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="N11" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>90</v>
+      </c>
+      <c r="P11" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="B12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C12" t="s">
         <v>69</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>93</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1998</v>
+      </c>
+      <c r="I12">
+        <v>2012</v>
+      </c>
+      <c r="J12" t="s">
+        <v>71</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>72</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>94</v>
+      </c>
+      <c r="P12" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>95</v>
+      </c>
+      <c r="B13" t="s">
+        <v>96</v>
+      </c>
+      <c r="C13" t="s">
+        <v>97</v>
+      </c>
+      <c r="D13" t="s">
+        <v>98</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>83</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2020</v>
+      </c>
+      <c r="I13">
+        <v>2021</v>
+      </c>
+      <c r="J13" t="s">
+        <v>35</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>99</v>
+      </c>
+      <c r="M13" t="s">
+        <v>100</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>101</v>
+      </c>
+      <c r="P13" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>103</v>
+      </c>
+      <c r="B14" t="s">
+        <v>104</v>
+      </c>
+      <c r="C14" t="s">
+        <v>97</v>
+      </c>
+      <c r="D14" t="s">
+        <v>105</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>83</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2011</v>
+      </c>
+      <c r="I14">
+        <v>2021</v>
+      </c>
+      <c r="J14" t="s">
+        <v>35</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>106</v>
+      </c>
+      <c r="M14" t="s">
+        <v>107</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>108</v>
+      </c>
+      <c r="P14" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>110</v>
+      </c>
+      <c r="B15" t="s">
+        <v>111</v>
+      </c>
+      <c r="C15" t="s">
+        <v>97</v>
+      </c>
+      <c r="D15" t="s">
+        <v>112</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>83</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2016</v>
+      </c>
+      <c r="I15">
+        <v>2021</v>
+      </c>
+      <c r="J15" t="s">
+        <v>35</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>113</v>
+      </c>
+      <c r="M15" t="s">
+        <v>100</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>114</v>
+      </c>
+      <c r="P15" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>110</v>
+      </c>
+      <c r="B16" t="s">
+        <v>111</v>
+      </c>
+      <c r="C16" t="s">
+        <v>97</v>
+      </c>
+      <c r="D16" t="s">
+        <v>112</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>83</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2016</v>
+      </c>
+      <c r="I16">
+        <v>2021</v>
+      </c>
+      <c r="J16" t="s">
+        <v>35</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>113</v>
+      </c>
+      <c r="M16" t="s">
+        <v>100</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>116</v>
+      </c>
+      <c r="P16"/>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>117</v>
+      </c>
+      <c r="B17" t="s">
+        <v>118</v>
+      </c>
+      <c r="C17" t="s">
+        <v>97</v>
+      </c>
+      <c r="D17" t="s">
+        <v>119</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>83</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2005</v>
+      </c>
+      <c r="I17">
+        <v>2019</v>
+      </c>
+      <c r="J17" t="s">
+        <v>120</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>121</v>
+      </c>
+      <c r="M17" t="s">
+        <v>122</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>123</v>
+      </c>
+      <c r="P17" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>125</v>
+      </c>
+      <c r="B18" t="s">
+        <v>126</v>
+      </c>
+      <c r="C18" t="s">
+        <v>97</v>
+      </c>
+      <c r="D18" t="s">
         <v>70</v>
       </c>
-      <c r="D12" t="s">
-[...14 lines deleted...]
-      <c r="I12" t="s">
+      <c r="E18" t="s">
         <v>20</v>
       </c>
-      <c r="J12" t="s">
-[...40 lines deleted...]
-      <c r="I13" t="s">
+      <c r="F18" t="s">
+        <v>83</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2008</v>
+      </c>
+      <c r="I18">
+        <v>2012</v>
+      </c>
+      <c r="J18" t="s">
+        <v>127</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>128</v>
+      </c>
+      <c r="M18" t="s">
+        <v>122</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>129</v>
+      </c>
+      <c r="P18" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>131</v>
+      </c>
+      <c r="B19" t="s">
+        <v>132</v>
+      </c>
+      <c r="C19" t="s">
+        <v>97</v>
+      </c>
+      <c r="D19" t="s">
+        <v>133</v>
+      </c>
+      <c r="E19" t="s">
         <v>20</v>
       </c>
-      <c r="J13" t="s">
-[...40 lines deleted...]
-      <c r="I14" t="s">
+      <c r="F19" t="s">
+        <v>83</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2008</v>
+      </c>
+      <c r="I19">
+        <v>2015</v>
+      </c>
+      <c r="J19" t="s">
+        <v>127</v>
+      </c>
+      <c r="K19" t="s">
+        <v>134</v>
+      </c>
+      <c r="L19" t="s">
+        <v>135</v>
+      </c>
+      <c r="M19" t="s">
+        <v>122</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>136</v>
+      </c>
+      <c r="P19" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>138</v>
+      </c>
+      <c r="B20" t="s">
+        <v>139</v>
+      </c>
+      <c r="C20" t="s">
+        <v>97</v>
+      </c>
+      <c r="D20" t="s">
+        <v>140</v>
+      </c>
+      <c r="E20" t="s">
         <v>20</v>
       </c>
-      <c r="J14" t="s">
-[...55 lines deleted...]
-      <c r="N15" t="s">
+      <c r="F20" t="s">
         <v>83</v>
       </c>
-    </row>
-[...196 lines deleted...]
-        <v>2009</v>
+      <c r="G20" t="s">
+        <v>22</v>
       </c>
       <c r="H20">
         <v>2010</v>
       </c>
-      <c r="I20" t="s">
-        <v>91</v>
+      <c r="I20">
+        <v>2010</v>
       </c>
       <c r="J20" t="s">
-        <v>21</v>
+        <v>141</v>
       </c>
       <c r="K20" t="s">
-        <v>105</v>
+        <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>88</v>
+        <v>142</v>
       </c>
       <c r="M20" t="s">
-        <v>24</v>
+        <v>122</v>
       </c>
       <c r="N20" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>143</v>
+      </c>
+      <c r="P20" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>107</v>
+        <v>145</v>
       </c>
       <c r="B21" t="s">
-        <v>69</v>
+        <v>146</v>
       </c>
       <c r="C21" t="s">
-        <v>108</v>
+        <v>97</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>93</v>
       </c>
       <c r="E21" t="s">
-        <v>58</v>
+        <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G21">
+        <v>83</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2009</v>
+      </c>
+      <c r="I21">
         <v>2010</v>
       </c>
-      <c r="H21">
+      <c r="J21" t="s">
+        <v>127</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>147</v>
+      </c>
+      <c r="M21" t="s">
+        <v>122</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>148</v>
+      </c>
+      <c r="P21" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>150</v>
+      </c>
+      <c r="B22" t="s">
+        <v>151</v>
+      </c>
+      <c r="C22" t="s">
+        <v>97</v>
+      </c>
+      <c r="D22" t="s">
+        <v>152</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>83</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2010</v>
+      </c>
+      <c r="I22">
         <v>2019</v>
       </c>
-      <c r="I21" t="s">
-[...37 lines deleted...]
-      <c r="G22">
+      <c r="J22" t="s">
+        <v>153</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>154</v>
+      </c>
+      <c r="M22" t="s">
+        <v>122</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>155</v>
+      </c>
+      <c r="P22" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>157</v>
+      </c>
+      <c r="B23" t="s">
+        <v>158</v>
+      </c>
+      <c r="C23" t="s">
+        <v>97</v>
+      </c>
+      <c r="D23" t="s">
+        <v>159</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>83</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
         <v>2005</v>
       </c>
-      <c r="H22">
+      <c r="I23">
         <v>2015</v>
       </c>
-      <c r="I22" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="J23" t="s">
-        <v>21</v>
+        <v>153</v>
       </c>
       <c r="K23" t="s">
-        <v>118</v>
+        <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>88</v>
+        <v>160</v>
       </c>
       <c r="M23" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="N23" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>161</v>
+      </c>
+      <c r="P23" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>121</v>
+        <v>163</v>
       </c>
       <c r="B24" t="s">
-        <v>69</v>
+        <v>164</v>
       </c>
       <c r="C24" t="s">
-        <v>122</v>
+        <v>97</v>
       </c>
       <c r="D24" t="s">
-        <v>17</v>
+        <v>165</v>
       </c>
       <c r="E24" t="s">
-        <v>58</v>
+        <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2005</v>
+        <v>83</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
       </c>
       <c r="H24">
         <v>2010</v>
       </c>
-      <c r="I24" t="s">
-        <v>91</v>
+      <c r="I24">
+        <v>2010</v>
       </c>
       <c r="J24" t="s">
-        <v>21</v>
+        <v>127</v>
       </c>
       <c r="K24" t="s">
-        <v>123</v>
+        <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>88</v>
+        <v>166</v>
       </c>
       <c r="M24" t="s">
-        <v>24</v>
+        <v>122</v>
       </c>
       <c r="N24" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>167</v>
+      </c>
+      <c r="O24" t="s">
+        <v>168</v>
+      </c>
+      <c r="P24" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>125</v>
+        <v>170</v>
       </c>
       <c r="B25" t="s">
-        <v>69</v>
+        <v>171</v>
       </c>
       <c r="C25" t="s">
-        <v>75</v>
+        <v>97</v>
       </c>
       <c r="D25" t="s">
-        <v>17</v>
+        <v>172</v>
       </c>
       <c r="E25" t="s">
-        <v>58</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G25">
+        <v>83</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2005</v>
+      </c>
+      <c r="I25">
+        <v>2010</v>
+      </c>
+      <c r="J25" t="s">
+        <v>127</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>173</v>
+      </c>
+      <c r="M25" t="s">
+        <v>122</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>174</v>
+      </c>
+      <c r="P25" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>176</v>
+      </c>
+      <c r="B26" t="s">
+        <v>177</v>
+      </c>
+      <c r="C26" t="s">
+        <v>97</v>
+      </c>
+      <c r="D26" t="s">
+        <v>105</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>83</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
         <v>2011</v>
       </c>
-      <c r="H25">
+      <c r="I26">
         <v>2013</v>
       </c>
-      <c r="I25" t="s">
-[...37 lines deleted...]
-      <c r="G26">
+      <c r="J26" t="s">
+        <v>153</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>106</v>
+      </c>
+      <c r="M26" t="s">
+        <v>122</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>178</v>
+      </c>
+      <c r="P26" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>180</v>
+      </c>
+      <c r="B27" t="s">
+        <v>181</v>
+      </c>
+      <c r="C27" t="s">
+        <v>97</v>
+      </c>
+      <c r="D27" t="s">
+        <v>182</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>83</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
         <v>2011</v>
       </c>
-      <c r="H26">
+      <c r="I27">
         <v>2017</v>
       </c>
-      <c r="I26" t="s">
-[...37 lines deleted...]
-      <c r="G27">
+      <c r="J27" t="s">
+        <v>153</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>183</v>
+      </c>
+      <c r="M27" t="s">
+        <v>122</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>184</v>
+      </c>
+      <c r="P27" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>186</v>
+      </c>
+      <c r="B28" t="s">
+        <v>187</v>
+      </c>
+      <c r="C28" t="s">
+        <v>97</v>
+      </c>
+      <c r="D28" t="s">
+        <v>188</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>83</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
         <v>2012</v>
       </c>
-      <c r="H27">
+      <c r="I28">
         <v>2012</v>
       </c>
-      <c r="I27" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="J28" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="K28" t="s">
-        <v>138</v>
+        <v>189</v>
       </c>
       <c r="L28" t="s">
-        <v>88</v>
+        <v>190</v>
       </c>
       <c r="M28" t="s">
-        <v>24</v>
+        <v>122</v>
       </c>
       <c r="N28" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>191</v>
+      </c>
+      <c r="P28" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>140</v>
+        <v>193</v>
       </c>
       <c r="B29" t="s">
-        <v>69</v>
+        <v>194</v>
       </c>
       <c r="C29" t="s">
-        <v>28</v>
+        <v>97</v>
       </c>
       <c r="D29" t="s">
-        <v>17</v>
+        <v>195</v>
       </c>
       <c r="E29" t="s">
-        <v>58</v>
+        <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>83</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
       </c>
       <c r="H29">
         <v>2012</v>
       </c>
-      <c r="I29" t="s">
-        <v>91</v>
+      <c r="I29">
+        <v>2013</v>
       </c>
       <c r="J29" t="s">
-        <v>21</v>
+        <v>127</v>
       </c>
       <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>196</v>
+      </c>
+      <c r="M29" t="s">
+        <v>122</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>197</v>
+      </c>
+      <c r="P29" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>199</v>
+      </c>
+      <c r="B30" t="s">
+        <v>200</v>
+      </c>
+      <c r="C30" t="s">
+        <v>97</v>
+      </c>
+      <c r="D30" t="s">
+        <v>43</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>83</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2012</v>
+      </c>
+      <c r="I30">
+        <v>2012</v>
+      </c>
+      <c r="J30" t="s">
+        <v>127</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>201</v>
+      </c>
+      <c r="M30" t="s">
+        <v>122</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>202</v>
+      </c>
+      <c r="P30" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>204</v>
+      </c>
+      <c r="B31" t="s">
+        <v>205</v>
+      </c>
+      <c r="C31" t="s">
+        <v>97</v>
+      </c>
+      <c r="D31" t="s">
+        <v>206</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>83</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2007</v>
+      </c>
+      <c r="I31">
+        <v>2013</v>
+      </c>
+      <c r="J31" t="s">
+        <v>127</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>207</v>
+      </c>
+      <c r="M31" t="s">
+        <v>122</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>208</v>
+      </c>
+      <c r="P31" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>210</v>
+      </c>
+      <c r="B32" t="s">
+        <v>211</v>
+      </c>
+      <c r="C32" t="s">
+        <v>97</v>
+      </c>
+      <c r="D32" t="s">
+        <v>212</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>83</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2008</v>
+      </c>
+      <c r="I32">
+        <v>2013</v>
+      </c>
+      <c r="J32" t="s">
+        <v>127</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>213</v>
+      </c>
+      <c r="M32" t="s">
+        <v>122</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>214</v>
+      </c>
+      <c r="P32" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>216</v>
+      </c>
+      <c r="B33" t="s">
+        <v>217</v>
+      </c>
+      <c r="C33" t="s">
+        <v>97</v>
+      </c>
+      <c r="D33" t="s">
+        <v>218</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>83</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2008</v>
+      </c>
+      <c r="I33">
+        <v>2015</v>
+      </c>
+      <c r="J33" t="s">
+        <v>127</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>219</v>
+      </c>
+      <c r="M33" t="s">
+        <v>122</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>220</v>
+      </c>
+      <c r="P33" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>222</v>
+      </c>
+      <c r="B34" t="s">
+        <v>223</v>
+      </c>
+      <c r="C34" t="s">
+        <v>97</v>
+      </c>
+      <c r="D34" t="s">
+        <v>224</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>83</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2008</v>
+      </c>
+      <c r="I34">
+        <v>2015</v>
+      </c>
+      <c r="J34" t="s">
+        <v>127</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>225</v>
+      </c>
+      <c r="M34" t="s">
+        <v>122</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>226</v>
+      </c>
+      <c r="P34" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>228</v>
+      </c>
+      <c r="B35" t="s">
+        <v>229</v>
+      </c>
+      <c r="C35" t="s">
+        <v>97</v>
+      </c>
+      <c r="D35" t="s">
+        <v>230</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>83</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2009</v>
+      </c>
+      <c r="I35">
+        <v>2015</v>
+      </c>
+      <c r="J35" t="s">
+        <v>127</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>231</v>
+      </c>
+      <c r="M35" t="s">
+        <v>122</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>232</v>
+      </c>
+      <c r="P35" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>234</v>
+      </c>
+      <c r="B36" t="s">
+        <v>235</v>
+      </c>
+      <c r="C36" t="s">
+        <v>97</v>
+      </c>
+      <c r="D36" t="s">
+        <v>236</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>83</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2009</v>
+      </c>
+      <c r="I36">
+        <v>2015</v>
+      </c>
+      <c r="J36" t="s">
+        <v>127</v>
+      </c>
+      <c r="K36" t="s">
+        <v>134</v>
+      </c>
+      <c r="L36" t="s">
+        <v>237</v>
+      </c>
+      <c r="M36" t="s">
+        <v>122</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>238</v>
+      </c>
+      <c r="P36" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>240</v>
+      </c>
+      <c r="B37" t="s">
+        <v>241</v>
+      </c>
+      <c r="C37" t="s">
+        <v>97</v>
+      </c>
+      <c r="D37" t="s">
+        <v>242</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>83</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2008</v>
+      </c>
+      <c r="I37">
+        <v>2015</v>
+      </c>
+      <c r="J37" t="s">
+        <v>127</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>243</v>
+      </c>
+      <c r="M37" t="s">
+        <v>122</v>
+      </c>
+      <c r="N37" t="s">
+        <v>167</v>
+      </c>
+      <c r="O37" t="s">
+        <v>244</v>
+      </c>
+      <c r="P37" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>246</v>
+      </c>
+      <c r="B38" t="s">
+        <v>247</v>
+      </c>
+      <c r="C38" t="s">
+        <v>248</v>
+      </c>
+      <c r="D38" t="s">
+        <v>188</v>
+      </c>
+      <c r="E38" t="s">
+        <v>249</v>
+      </c>
+      <c r="F38" t="s">
+        <v>34</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>1989</v>
+      </c>
+      <c r="I38">
+        <v>2015</v>
+      </c>
+      <c r="J38" t="s">
+        <v>52</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>250</v>
+      </c>
+      <c r="M38" t="s">
+        <v>251</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>252</v>
+      </c>
+      <c r="P38" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>254</v>
+      </c>
+      <c r="B39" t="s">
+        <v>255</v>
+      </c>
+      <c r="C39" t="s">
+        <v>97</v>
+      </c>
+      <c r="D39" t="s">
+        <v>256</v>
+      </c>
+      <c r="E39" t="s">
+        <v>249</v>
+      </c>
+      <c r="F39" t="s">
+        <v>257</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2011</v>
+      </c>
+      <c r="I39">
+        <v>2013</v>
+      </c>
+      <c r="J39" t="s">
         <v>141</v>
       </c>
-      <c r="L29" t="s">
-[...22 lines deleted...]
-      <c r="E30" t="s">
+      <c r="K39" t="s">
+        <v>258</v>
+      </c>
+      <c r="L39" t="s">
+        <v>259</v>
+      </c>
+      <c r="M39" t="s">
+        <v>260</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>261</v>
+      </c>
+      <c r="P39" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>263</v>
+      </c>
+      <c r="B40" t="s">
+        <v>264</v>
+      </c>
+      <c r="C40" t="s">
+        <v>97</v>
+      </c>
+      <c r="D40" t="s">
+        <v>265</v>
+      </c>
+      <c r="E40" t="s">
+        <v>249</v>
+      </c>
+      <c r="F40" t="s">
+        <v>257</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2011</v>
+      </c>
+      <c r="I40">
+        <v>2013</v>
+      </c>
+      <c r="J40" t="s">
+        <v>35</v>
+      </c>
+      <c r="K40" t="s">
+        <v>258</v>
+      </c>
+      <c r="L40" t="s">
+        <v>259</v>
+      </c>
+      <c r="M40" t="s">
+        <v>260</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>266</v>
+      </c>
+      <c r="P40" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>267</v>
+      </c>
+      <c r="B41" t="s">
+        <v>268</v>
+      </c>
+      <c r="C41" t="s">
+        <v>97</v>
+      </c>
+      <c r="D41" t="s">
+        <v>195</v>
+      </c>
+      <c r="E41" t="s">
+        <v>249</v>
+      </c>
+      <c r="F41" t="s">
+        <v>257</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2003</v>
+      </c>
+      <c r="I41">
+        <v>2012</v>
+      </c>
+      <c r="J41" t="s">
+        <v>141</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>269</v>
+      </c>
+      <c r="M41" t="s">
+        <v>260</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>270</v>
+      </c>
+      <c r="P41" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>272</v>
+      </c>
+      <c r="B42" t="s">
+        <v>273</v>
+      </c>
+      <c r="C42" t="s">
+        <v>97</v>
+      </c>
+      <c r="D42" t="s">
+        <v>274</v>
+      </c>
+      <c r="E42" t="s">
+        <v>249</v>
+      </c>
+      <c r="F42" t="s">
+        <v>257</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2009</v>
+      </c>
+      <c r="I42">
+        <v>2017</v>
+      </c>
+      <c r="J42" t="s">
+        <v>141</v>
+      </c>
+      <c r="K42" t="s">
+        <v>258</v>
+      </c>
+      <c r="L42" t="s">
+        <v>275</v>
+      </c>
+      <c r="M42" t="s">
+        <v>260</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>276</v>
+      </c>
+      <c r="P42" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>278</v>
+      </c>
+      <c r="B43" t="s">
+        <v>279</v>
+      </c>
+      <c r="C43" t="s">
+        <v>97</v>
+      </c>
+      <c r="D43" t="s">
+        <v>280</v>
+      </c>
+      <c r="E43" t="s">
+        <v>249</v>
+      </c>
+      <c r="F43" t="s">
+        <v>257</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2013</v>
+      </c>
+      <c r="I43">
+        <v>2017</v>
+      </c>
+      <c r="J43" t="s">
+        <v>141</v>
+      </c>
+      <c r="K43" t="s">
+        <v>281</v>
+      </c>
+      <c r="L43" t="s">
+        <v>282</v>
+      </c>
+      <c r="M43" t="s">
+        <v>260</v>
+      </c>
+      <c r="N43" t="s">
+        <v>167</v>
+      </c>
+      <c r="O43" t="s">
+        <v>283</v>
+      </c>
+      <c r="P43" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>285</v>
+      </c>
+      <c r="B44" t="s">
+        <v>286</v>
+      </c>
+      <c r="C44" t="s">
+        <v>97</v>
+      </c>
+      <c r="D44" t="s">
+        <v>287</v>
+      </c>
+      <c r="E44" t="s">
+        <v>249</v>
+      </c>
+      <c r="F44" t="s">
+        <v>257</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2004</v>
+      </c>
+      <c r="I44">
+        <v>2011</v>
+      </c>
+      <c r="J44" t="s">
+        <v>141</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>288</v>
+      </c>
+      <c r="M44" t="s">
+        <v>260</v>
+      </c>
+      <c r="N44" t="s">
+        <v>167</v>
+      </c>
+      <c r="O44" t="s">
+        <v>289</v>
+      </c>
+      <c r="P44" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>291</v>
+      </c>
+      <c r="B45" t="s">
+        <v>292</v>
+      </c>
+      <c r="C45" t="s">
+        <v>97</v>
+      </c>
+      <c r="D45" t="s">
+        <v>287</v>
+      </c>
+      <c r="E45" t="s">
+        <v>249</v>
+      </c>
+      <c r="F45" t="s">
+        <v>257</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2004</v>
+      </c>
+      <c r="I45">
+        <v>2017</v>
+      </c>
+      <c r="J45" t="s">
+        <v>141</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>293</v>
+      </c>
+      <c r="M45" t="s">
+        <v>260</v>
+      </c>
+      <c r="N45" t="s">
+        <v>167</v>
+      </c>
+      <c r="O45" t="s">
+        <v>294</v>
+      </c>
+      <c r="P45" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>296</v>
+      </c>
+      <c r="B46" t="s">
+        <v>297</v>
+      </c>
+      <c r="C46" t="s">
+        <v>97</v>
+      </c>
+      <c r="D46" t="s">
+        <v>287</v>
+      </c>
+      <c r="E46" t="s">
+        <v>249</v>
+      </c>
+      <c r="F46" t="s">
+        <v>257</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2004</v>
+      </c>
+      <c r="I46">
+        <v>2017</v>
+      </c>
+      <c r="J46" t="s">
+        <v>141</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>298</v>
+      </c>
+      <c r="M46" t="s">
+        <v>260</v>
+      </c>
+      <c r="N46" t="s">
+        <v>299</v>
+      </c>
+      <c r="O46" t="s">
+        <v>300</v>
+      </c>
+      <c r="P46" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>302</v>
+      </c>
+      <c r="B47" t="s">
+        <v>303</v>
+      </c>
+      <c r="C47" t="s">
+        <v>97</v>
+      </c>
+      <c r="D47" t="s">
+        <v>172</v>
+      </c>
+      <c r="E47" t="s">
+        <v>249</v>
+      </c>
+      <c r="F47" t="s">
+        <v>257</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2003</v>
+      </c>
+      <c r="I47">
+        <v>2013</v>
+      </c>
+      <c r="J47" t="s">
+        <v>141</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>304</v>
+      </c>
+      <c r="M47" t="s">
+        <v>260</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>305</v>
+      </c>
+      <c r="P47" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>307</v>
+      </c>
+      <c r="B48" t="s">
+        <v>308</v>
+      </c>
+      <c r="C48" t="s">
+        <v>97</v>
+      </c>
+      <c r="D48" t="s">
+        <v>172</v>
+      </c>
+      <c r="E48" t="s">
+        <v>249</v>
+      </c>
+      <c r="F48" t="s">
+        <v>257</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2003</v>
+      </c>
+      <c r="I48">
+        <v>2010</v>
+      </c>
+      <c r="J48" t="s">
+        <v>141</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>173</v>
+      </c>
+      <c r="M48" t="s">
+        <v>260</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>309</v>
+      </c>
+      <c r="P48" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>311</v>
+      </c>
+      <c r="B49" t="s">
+        <v>312</v>
+      </c>
+      <c r="C49" t="s">
+        <v>97</v>
+      </c>
+      <c r="D49" t="s">
+        <v>119</v>
+      </c>
+      <c r="E49" t="s">
+        <v>249</v>
+      </c>
+      <c r="F49" t="s">
+        <v>257</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2008</v>
+      </c>
+      <c r="I49">
+        <v>2019</v>
+      </c>
+      <c r="J49" t="s">
+        <v>127</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>313</v>
+      </c>
+      <c r="M49" t="s">
+        <v>260</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>314</v>
+      </c>
+      <c r="P49" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>316</v>
+      </c>
+      <c r="B50" t="s">
+        <v>317</v>
+      </c>
+      <c r="C50" t="s">
+        <v>97</v>
+      </c>
+      <c r="D50" t="s">
         <v>58</v>
       </c>
-      <c r="F30" t="s">
-[...5 lines deleted...]
-      <c r="H30">
+      <c r="E50" t="s">
+        <v>249</v>
+      </c>
+      <c r="F50" t="s">
+        <v>257</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2010</v>
+      </c>
+      <c r="I50">
         <v>2013</v>
       </c>
-      <c r="I30" t="s">
-[...31 lines deleted...]
-      <c r="E31" t="s">
+      <c r="J50" t="s">
+        <v>141</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>318</v>
+      </c>
+      <c r="M50" t="s">
+        <v>260</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>319</v>
+      </c>
+      <c r="P50" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>321</v>
+      </c>
+      <c r="B51" t="s">
+        <v>322</v>
+      </c>
+      <c r="C51" t="s">
+        <v>97</v>
+      </c>
+      <c r="D51" t="s">
+        <v>188</v>
+      </c>
+      <c r="E51" t="s">
+        <v>249</v>
+      </c>
+      <c r="F51" t="s">
+        <v>257</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2002</v>
+      </c>
+      <c r="I51">
+        <v>2014</v>
+      </c>
+      <c r="J51" t="s">
+        <v>141</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>219</v>
+      </c>
+      <c r="M51" t="s">
+        <v>260</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>323</v>
+      </c>
+      <c r="P51" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>325</v>
+      </c>
+      <c r="B52" t="s">
+        <v>326</v>
+      </c>
+      <c r="C52" t="s">
+        <v>97</v>
+      </c>
+      <c r="D52" t="s">
+        <v>119</v>
+      </c>
+      <c r="E52" t="s">
+        <v>249</v>
+      </c>
+      <c r="F52" t="s">
+        <v>257</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2008</v>
+      </c>
+      <c r="I52">
+        <v>2010</v>
+      </c>
+      <c r="J52" t="s">
+        <v>141</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>327</v>
+      </c>
+      <c r="M52" t="s">
+        <v>260</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>328</v>
+      </c>
+      <c r="P52" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>330</v>
+      </c>
+      <c r="B53" t="s">
+        <v>331</v>
+      </c>
+      <c r="C53" t="s">
+        <v>97</v>
+      </c>
+      <c r="D53" t="s">
         <v>58</v>
       </c>
-      <c r="F31" t="s">
-[...2 lines deleted...]
-      <c r="G31">
+      <c r="E53" t="s">
+        <v>249</v>
+      </c>
+      <c r="F53" t="s">
+        <v>257</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2010</v>
+      </c>
+      <c r="I53">
+        <v>2016</v>
+      </c>
+      <c r="J53" t="s">
+        <v>127</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>332</v>
+      </c>
+      <c r="M53" t="s">
+        <v>260</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>333</v>
+      </c>
+      <c r="P53" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>335</v>
+      </c>
+      <c r="B54" t="s">
+        <v>326</v>
+      </c>
+      <c r="C54" t="s">
+        <v>97</v>
+      </c>
+      <c r="D54" t="s">
+        <v>119</v>
+      </c>
+      <c r="E54" t="s">
+        <v>249</v>
+      </c>
+      <c r="F54" t="s">
+        <v>257</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
         <v>2008</v>
       </c>
-      <c r="H31">
+      <c r="I54">
         <v>2013</v>
       </c>
-      <c r="I31" t="s">
-[...40 lines deleted...]
-      <c r="H32">
+      <c r="J54" t="s">
+        <v>141</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>336</v>
+      </c>
+      <c r="M54" t="s">
+        <v>260</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>337</v>
+      </c>
+      <c r="P54" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>339</v>
+      </c>
+      <c r="B55" t="s">
+        <v>340</v>
+      </c>
+      <c r="C55" t="s">
+        <v>97</v>
+      </c>
+      <c r="D55" t="s">
+        <v>172</v>
+      </c>
+      <c r="E55" t="s">
+        <v>249</v>
+      </c>
+      <c r="F55" t="s">
+        <v>257</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2003</v>
+      </c>
+      <c r="I55">
+        <v>2016</v>
+      </c>
+      <c r="J55" t="s">
+        <v>141</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>341</v>
+      </c>
+      <c r="M55" t="s">
+        <v>260</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>342</v>
+      </c>
+      <c r="P55" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>344</v>
+      </c>
+      <c r="B56" t="s">
+        <v>345</v>
+      </c>
+      <c r="C56" t="s">
+        <v>97</v>
+      </c>
+      <c r="D56" t="s">
+        <v>346</v>
+      </c>
+      <c r="E56" t="s">
+        <v>249</v>
+      </c>
+      <c r="F56" t="s">
+        <v>257</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2004</v>
+      </c>
+      <c r="I56">
+        <v>2019</v>
+      </c>
+      <c r="J56" t="s">
+        <v>141</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>347</v>
+      </c>
+      <c r="M56" t="s">
+        <v>260</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>348</v>
+      </c>
+      <c r="P56" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>350</v>
+      </c>
+      <c r="B57" t="s">
+        <v>351</v>
+      </c>
+      <c r="C57" t="s">
+        <v>97</v>
+      </c>
+      <c r="D57" t="s">
+        <v>352</v>
+      </c>
+      <c r="E57" t="s">
+        <v>249</v>
+      </c>
+      <c r="F57" t="s">
+        <v>257</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2002</v>
+      </c>
+      <c r="I57">
+        <v>2018</v>
+      </c>
+      <c r="J57" t="s">
+        <v>141</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>353</v>
+      </c>
+      <c r="M57" t="s">
+        <v>260</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>354</v>
+      </c>
+      <c r="P57" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>356</v>
+      </c>
+      <c r="B58" t="s">
+        <v>357</v>
+      </c>
+      <c r="C58" t="s">
+        <v>97</v>
+      </c>
+      <c r="D58" t="s">
+        <v>43</v>
+      </c>
+      <c r="E58" t="s">
+        <v>249</v>
+      </c>
+      <c r="F58" t="s">
+        <v>257</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2012</v>
+      </c>
+      <c r="I58">
+        <v>2012</v>
+      </c>
+      <c r="J58" t="s">
+        <v>141</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>358</v>
+      </c>
+      <c r="M58" t="s">
+        <v>260</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>359</v>
+      </c>
+      <c r="P58" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>361</v>
+      </c>
+      <c r="B59" t="s">
+        <v>362</v>
+      </c>
+      <c r="C59" t="s">
+        <v>97</v>
+      </c>
+      <c r="D59" t="s">
+        <v>43</v>
+      </c>
+      <c r="E59" t="s">
+        <v>249</v>
+      </c>
+      <c r="F59" t="s">
+        <v>257</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2012</v>
+      </c>
+      <c r="I59">
+        <v>2016</v>
+      </c>
+      <c r="J59" t="s">
+        <v>141</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>363</v>
+      </c>
+      <c r="M59" t="s">
+        <v>260</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>364</v>
+      </c>
+      <c r="P59" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>366</v>
+      </c>
+      <c r="B60" t="s">
+        <v>367</v>
+      </c>
+      <c r="C60" t="s">
+        <v>97</v>
+      </c>
+      <c r="D60" t="s">
+        <v>188</v>
+      </c>
+      <c r="E60" t="s">
+        <v>249</v>
+      </c>
+      <c r="F60" t="s">
+        <v>257</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2002</v>
+      </c>
+      <c r="I60">
+        <v>2018</v>
+      </c>
+      <c r="J60" t="s">
+        <v>127</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>368</v>
+      </c>
+      <c r="M60" t="s">
+        <v>260</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>369</v>
+      </c>
+      <c r="P60" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>371</v>
+      </c>
+      <c r="B61" t="s">
+        <v>372</v>
+      </c>
+      <c r="C61" t="s">
+        <v>97</v>
+      </c>
+      <c r="D61" t="s">
+        <v>224</v>
+      </c>
+      <c r="E61" t="s">
+        <v>249</v>
+      </c>
+      <c r="F61" t="s">
+        <v>257</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
         <v>2015</v>
       </c>
-      <c r="I32" t="s">
-[...392 lines deleted...]
-      <c r="H41">
+      <c r="I61">
+        <v>2014</v>
+      </c>
+      <c r="J61" t="s">
+        <v>141</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>373</v>
+      </c>
+      <c r="M61" t="s">
+        <v>260</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>374</v>
+      </c>
+      <c r="P61" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>376</v>
+      </c>
+      <c r="B62" t="s">
+        <v>377</v>
+      </c>
+      <c r="C62" t="s">
+        <v>97</v>
+      </c>
+      <c r="D62" t="s">
+        <v>280</v>
+      </c>
+      <c r="E62" t="s">
+        <v>249</v>
+      </c>
+      <c r="F62" t="s">
+        <v>257</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2002</v>
+      </c>
+      <c r="I62">
         <v>2017</v>
       </c>
-      <c r="I41" t="s">
-[...767 lines deleted...]
-      <c r="A59" t="s">
+      <c r="J62" t="s">
+        <v>141</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>378</v>
+      </c>
+      <c r="M62" t="s">
+        <v>260</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>379</v>
+      </c>
+      <c r="P62" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>381</v>
+      </c>
+      <c r="B63" t="s">
+        <v>382</v>
+      </c>
+      <c r="C63" t="s">
+        <v>97</v>
+      </c>
+      <c r="D63" t="s">
+        <v>383</v>
+      </c>
+      <c r="E63" t="s">
         <v>249</v>
       </c>
-      <c r="B59" t="s">
-[...123 lines deleted...]
-      <c r="N61" t="s">
+      <c r="F63" t="s">
         <v>257</v>
       </c>
-    </row>
-[...64 lines deleted...]
-        <v>2003</v>
+      <c r="G63" t="s">
+        <v>22</v>
       </c>
       <c r="H63">
         <v>2011</v>
       </c>
-      <c r="I63" t="s">
-        <v>101</v>
+      <c r="I63">
+        <v>2011</v>
       </c>
       <c r="J63" t="s">
-        <v>21</v>
+        <v>141</v>
       </c>
       <c r="K63" t="s">
-        <v>263</v>
+        <v>24</v>
       </c>
       <c r="L63" t="s">
-        <v>182</v>
+        <v>384</v>
       </c>
       <c r="M63" t="s">
-        <v>24</v>
+        <v>260</v>
       </c>
       <c r="N63" t="s">
-        <v>264</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>385</v>
+      </c>
+      <c r="P63" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>265</v>
+        <v>387</v>
       </c>
       <c r="B64" t="s">
-        <v>69</v>
+        <v>388</v>
       </c>
       <c r="C64" t="s">
-        <v>160</v>
+        <v>97</v>
       </c>
       <c r="D64" t="s">
-        <v>173</v>
+        <v>230</v>
       </c>
       <c r="E64" t="s">
-        <v>179</v>
+        <v>249</v>
       </c>
       <c r="F64" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G64">
+        <v>257</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
         <v>2003</v>
       </c>
-      <c r="H64">
+      <c r="I64">
+        <v>2011</v>
+      </c>
+      <c r="J64" t="s">
+        <v>141</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64" t="s">
+        <v>389</v>
+      </c>
+      <c r="M64" t="s">
+        <v>260</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>390</v>
+      </c>
+      <c r="P64" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>392</v>
+      </c>
+      <c r="B65" t="s">
+        <v>393</v>
+      </c>
+      <c r="C65" t="s">
+        <v>97</v>
+      </c>
+      <c r="D65" t="s">
+        <v>230</v>
+      </c>
+      <c r="E65" t="s">
+        <v>249</v>
+      </c>
+      <c r="F65" t="s">
+        <v>257</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2003</v>
+      </c>
+      <c r="I65">
         <v>2015</v>
       </c>
-      <c r="I64" t="s">
-[...37 lines deleted...]
-      <c r="G65">
+      <c r="J65" t="s">
+        <v>141</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65" t="s">
+        <v>394</v>
+      </c>
+      <c r="M65" t="s">
+        <v>260</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>395</v>
+      </c>
+      <c r="P65" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>397</v>
+      </c>
+      <c r="B66" t="s">
+        <v>398</v>
+      </c>
+      <c r="C66" t="s">
+        <v>97</v>
+      </c>
+      <c r="D66" t="s">
+        <v>399</v>
+      </c>
+      <c r="E66" t="s">
+        <v>249</v>
+      </c>
+      <c r="F66" t="s">
+        <v>257</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
         <v>2003</v>
       </c>
-      <c r="H65">
+      <c r="I66">
         <v>2016</v>
       </c>
-      <c r="I65" t="s">
-[...37 lines deleted...]
-      <c r="G66">
+      <c r="J66" t="s">
+        <v>127</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66" t="s">
+        <v>400</v>
+      </c>
+      <c r="M66" t="s">
+        <v>260</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>401</v>
+      </c>
+      <c r="P66" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>403</v>
+      </c>
+      <c r="B67" t="s">
+        <v>404</v>
+      </c>
+      <c r="C67" t="s">
+        <v>97</v>
+      </c>
+      <c r="D67" t="s">
+        <v>105</v>
+      </c>
+      <c r="E67" t="s">
+        <v>249</v>
+      </c>
+      <c r="F67" t="s">
+        <v>257</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
         <v>2002</v>
       </c>
-      <c r="H66">
+      <c r="I67">
         <v>2013</v>
       </c>
-      <c r="I66" t="s">
-[...37 lines deleted...]
-      <c r="G67">
+      <c r="J67" t="s">
+        <v>141</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67" t="s">
+        <v>106</v>
+      </c>
+      <c r="M67" t="s">
+        <v>260</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>405</v>
+      </c>
+      <c r="P67" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>407</v>
+      </c>
+      <c r="B68" t="s">
+        <v>408</v>
+      </c>
+      <c r="C68" t="s">
+        <v>97</v>
+      </c>
+      <c r="D68" t="s">
+        <v>409</v>
+      </c>
+      <c r="E68" t="s">
+        <v>249</v>
+      </c>
+      <c r="F68" t="s">
+        <v>257</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
         <v>2002</v>
       </c>
-      <c r="H67">
+      <c r="I68">
         <v>2021</v>
       </c>
-      <c r="I67" t="s">
-[...37 lines deleted...]
-      <c r="G68">
+      <c r="J68" t="s">
+        <v>35</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68" t="s">
+        <v>410</v>
+      </c>
+      <c r="M68" t="s">
+        <v>411</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>412</v>
+      </c>
+      <c r="P68" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>414</v>
+      </c>
+      <c r="B69" t="s">
+        <v>415</v>
+      </c>
+      <c r="C69" t="s">
+        <v>97</v>
+      </c>
+      <c r="D69" t="s">
+        <v>399</v>
+      </c>
+      <c r="E69" t="s">
+        <v>249</v>
+      </c>
+      <c r="F69" t="s">
+        <v>257</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
         <v>2003</v>
       </c>
-      <c r="H68">
+      <c r="I69">
         <v>2016</v>
       </c>
-      <c r="I68" t="s">
-[...37 lines deleted...]
-      <c r="G69">
+      <c r="J69" t="s">
+        <v>141</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69" t="s">
+        <v>416</v>
+      </c>
+      <c r="M69" t="s">
+        <v>260</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>417</v>
+      </c>
+      <c r="P69" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>419</v>
+      </c>
+      <c r="B70" t="s">
+        <v>420</v>
+      </c>
+      <c r="C70" t="s">
+        <v>97</v>
+      </c>
+      <c r="D70" t="s">
+        <v>399</v>
+      </c>
+      <c r="E70" t="s">
+        <v>249</v>
+      </c>
+      <c r="F70" t="s">
+        <v>257</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
         <v>2003</v>
       </c>
-      <c r="H69">
+      <c r="I70">
         <v>2017</v>
       </c>
-      <c r="I69" t="s">
-[...37 lines deleted...]
-      <c r="G70">
+      <c r="J70" t="s">
+        <v>141</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
+        <v>421</v>
+      </c>
+      <c r="M70" t="s">
+        <v>260</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>422</v>
+      </c>
+      <c r="P70" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>424</v>
+      </c>
+      <c r="B71" t="s">
+        <v>425</v>
+      </c>
+      <c r="C71" t="s">
+        <v>97</v>
+      </c>
+      <c r="D71" t="s">
+        <v>70</v>
+      </c>
+      <c r="E71" t="s">
+        <v>249</v>
+      </c>
+      <c r="F71" t="s">
+        <v>257</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
         <v>2001</v>
       </c>
-      <c r="H70">
+      <c r="I71">
         <v>2021</v>
       </c>
-      <c r="I70" t="s">
-[...37 lines deleted...]
-      <c r="G71">
+      <c r="J71" t="s">
+        <v>127</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71" t="s">
+        <v>426</v>
+      </c>
+      <c r="M71" t="s">
+        <v>260</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>427</v>
+      </c>
+      <c r="P71" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>429</v>
+      </c>
+      <c r="B72" t="s">
+        <v>430</v>
+      </c>
+      <c r="C72" t="s">
+        <v>97</v>
+      </c>
+      <c r="D72" t="s">
+        <v>70</v>
+      </c>
+      <c r="E72" t="s">
+        <v>249</v>
+      </c>
+      <c r="F72" t="s">
+        <v>257</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
         <v>2001</v>
       </c>
-      <c r="H71">
+      <c r="I72">
         <v>2014</v>
       </c>
-      <c r="I71" t="s">
-[...37 lines deleted...]
-      <c r="G72">
+      <c r="J72" t="s">
+        <v>141</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72" t="s">
+        <v>431</v>
+      </c>
+      <c r="M72" t="s">
+        <v>260</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>432</v>
+      </c>
+      <c r="P72" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>434</v>
+      </c>
+      <c r="B73" t="s">
+        <v>435</v>
+      </c>
+      <c r="C73" t="s">
+        <v>97</v>
+      </c>
+      <c r="D73" t="s">
+        <v>70</v>
+      </c>
+      <c r="E73" t="s">
+        <v>249</v>
+      </c>
+      <c r="F73" t="s">
+        <v>257</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
         <v>2001</v>
       </c>
-      <c r="H72">
+      <c r="I73">
         <v>2018</v>
       </c>
-      <c r="I72" t="s">
-[...37 lines deleted...]
-      <c r="G73">
+      <c r="J73" t="s">
+        <v>141</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73" t="s">
+        <v>436</v>
+      </c>
+      <c r="M73" t="s">
+        <v>260</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>437</v>
+      </c>
+      <c r="P73" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>439</v>
+      </c>
+      <c r="B74" t="s">
+        <v>440</v>
+      </c>
+      <c r="C74" t="s">
+        <v>97</v>
+      </c>
+      <c r="D74" t="s">
+        <v>441</v>
+      </c>
+      <c r="E74" t="s">
+        <v>249</v>
+      </c>
+      <c r="F74" t="s">
+        <v>257</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
         <v>2003</v>
       </c>
-      <c r="H73">
+      <c r="I74">
         <v>2020</v>
       </c>
-      <c r="I73" t="s">
-[...37 lines deleted...]
-      <c r="G74">
+      <c r="J74" t="s">
+        <v>127</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74" t="s">
+        <v>442</v>
+      </c>
+      <c r="M74" t="s">
+        <v>260</v>
+      </c>
+      <c r="N74" t="s">
+        <v>167</v>
+      </c>
+      <c r="O74" t="s">
+        <v>443</v>
+      </c>
+      <c r="P74" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>445</v>
+      </c>
+      <c r="B75" t="s">
+        <v>446</v>
+      </c>
+      <c r="C75" t="s">
+        <v>97</v>
+      </c>
+      <c r="D75" t="s">
+        <v>441</v>
+      </c>
+      <c r="E75" t="s">
+        <v>249</v>
+      </c>
+      <c r="F75" t="s">
+        <v>257</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
         <v>2003</v>
       </c>
-      <c r="H74">
+      <c r="I75">
         <v>2010</v>
       </c>
-      <c r="I74" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="J75" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="K75" t="s">
-        <v>302</v>
+        <v>24</v>
       </c>
       <c r="L75" t="s">
-        <v>182</v>
+        <v>447</v>
       </c>
       <c r="M75" t="s">
-        <v>24</v>
+        <v>260</v>
       </c>
       <c r="N75" t="s">
-        <v>303</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:14">
+        <v>167</v>
+      </c>
+      <c r="O75" t="s">
+        <v>448</v>
+      </c>
+      <c r="P75"/>
+    </row>
+    <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>304</v>
+        <v>449</v>
       </c>
       <c r="B76" t="s">
-        <v>69</v>
+        <v>450</v>
       </c>
       <c r="C76" t="s">
-        <v>54</v>
+        <v>97</v>
       </c>
       <c r="D76" t="s">
-        <v>173</v>
+        <v>77</v>
       </c>
       <c r="E76" t="s">
-        <v>179</v>
+        <v>249</v>
       </c>
       <c r="F76" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>257</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
       </c>
       <c r="H76">
         <v>2010</v>
       </c>
-      <c r="I76" t="s">
-        <v>101</v>
+      <c r="I76">
+        <v>2010</v>
       </c>
       <c r="J76" t="s">
-        <v>21</v>
+        <v>141</v>
       </c>
       <c r="K76" t="s">
-        <v>305</v>
+        <v>24</v>
       </c>
       <c r="L76" t="s">
-        <v>182</v>
+        <v>451</v>
       </c>
       <c r="M76" t="s">
-        <v>24</v>
+        <v>260</v>
       </c>
       <c r="N76" t="s">
-        <v>306</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>452</v>
+      </c>
+      <c r="P76" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>307</v>
+        <v>454</v>
       </c>
       <c r="B77" t="s">
-        <v>69</v>
+        <v>455</v>
       </c>
       <c r="C77" t="s">
-        <v>54</v>
+        <v>97</v>
       </c>
       <c r="D77" t="s">
-        <v>173</v>
+        <v>77</v>
       </c>
       <c r="E77" t="s">
-        <v>179</v>
+        <v>249</v>
       </c>
       <c r="F77" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G77">
+        <v>257</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2010</v>
+      </c>
+      <c r="I77">
+        <v>2010</v>
+      </c>
+      <c r="J77" t="s">
+        <v>141</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77" t="s">
+        <v>456</v>
+      </c>
+      <c r="M77" t="s">
+        <v>260</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>457</v>
+      </c>
+      <c r="P77" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>459</v>
+      </c>
+      <c r="B78" t="s">
+        <v>460</v>
+      </c>
+      <c r="C78" t="s">
+        <v>97</v>
+      </c>
+      <c r="D78" t="s">
+        <v>77</v>
+      </c>
+      <c r="E78" t="s">
+        <v>249</v>
+      </c>
+      <c r="F78" t="s">
+        <v>257</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
         <v>2000</v>
       </c>
-      <c r="H77">
+      <c r="I78">
         <v>2014</v>
       </c>
-      <c r="I77" t="s">
-[...37 lines deleted...]
-      <c r="G78">
+      <c r="J78" t="s">
+        <v>141</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78" t="s">
+        <v>461</v>
+      </c>
+      <c r="M78" t="s">
+        <v>260</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>462</v>
+      </c>
+      <c r="P78" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>464</v>
+      </c>
+      <c r="B79" t="s">
+        <v>465</v>
+      </c>
+      <c r="C79" t="s">
+        <v>97</v>
+      </c>
+      <c r="D79" t="s">
+        <v>466</v>
+      </c>
+      <c r="E79" t="s">
+        <v>249</v>
+      </c>
+      <c r="F79" t="s">
+        <v>257</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
         <v>2005</v>
       </c>
-      <c r="H78">
+      <c r="I79">
         <v>2014</v>
       </c>
-      <c r="I78" t="s">
-[...37 lines deleted...]
-      <c r="G79">
+      <c r="J79" t="s">
+        <v>141</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79" t="s">
+        <v>467</v>
+      </c>
+      <c r="M79" t="s">
+        <v>260</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>468</v>
+      </c>
+      <c r="P79" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>470</v>
+      </c>
+      <c r="B80" t="s">
+        <v>471</v>
+      </c>
+      <c r="C80" t="s">
+        <v>97</v>
+      </c>
+      <c r="D80" t="s">
+        <v>472</v>
+      </c>
+      <c r="E80" t="s">
+        <v>249</v>
+      </c>
+      <c r="F80" t="s">
+        <v>257</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
         <v>2005</v>
       </c>
-      <c r="H79">
+      <c r="I80">
         <v>2014</v>
       </c>
-      <c r="I79" t="s">
-[...37 lines deleted...]
-      <c r="G80">
+      <c r="J80" t="s">
+        <v>141</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80" t="s">
+        <v>473</v>
+      </c>
+      <c r="M80" t="s">
+        <v>260</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>474</v>
+      </c>
+      <c r="P80" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>476</v>
+      </c>
+      <c r="B81" t="s">
+        <v>477</v>
+      </c>
+      <c r="C81" t="s">
+        <v>97</v>
+      </c>
+      <c r="D81" t="s">
+        <v>478</v>
+      </c>
+      <c r="E81" t="s">
+        <v>249</v>
+      </c>
+      <c r="F81" t="s">
+        <v>257</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
         <v>2002</v>
       </c>
-      <c r="H80">
+      <c r="I81">
         <v>2009</v>
       </c>
-      <c r="I80" t="s">
-[...37 lines deleted...]
-      <c r="G81">
+      <c r="J81" t="s">
+        <v>141</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81" t="s">
+        <v>479</v>
+      </c>
+      <c r="M81" t="s">
+        <v>260</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>480</v>
+      </c>
+      <c r="P81" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>482</v>
+      </c>
+      <c r="B82" t="s">
+        <v>483</v>
+      </c>
+      <c r="C82" t="s">
+        <v>97</v>
+      </c>
+      <c r="D82" t="s">
+        <v>484</v>
+      </c>
+      <c r="E82" t="s">
+        <v>249</v>
+      </c>
+      <c r="F82" t="s">
+        <v>257</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
         <v>2009</v>
       </c>
-      <c r="H81">
+      <c r="I82">
         <v>2021</v>
       </c>
-      <c r="I81" t="s">
-[...37 lines deleted...]
-      <c r="G82">
+      <c r="J82" t="s">
+        <v>35</v>
+      </c>
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82" t="s">
+        <v>485</v>
+      </c>
+      <c r="M82" t="s">
+        <v>411</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>486</v>
+      </c>
+      <c r="P82" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>488</v>
+      </c>
+      <c r="B83" t="s">
+        <v>489</v>
+      </c>
+      <c r="C83" t="s">
+        <v>97</v>
+      </c>
+      <c r="D83" t="s">
+        <v>490</v>
+      </c>
+      <c r="E83" t="s">
+        <v>249</v>
+      </c>
+      <c r="F83" t="s">
+        <v>257</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
         <v>2010</v>
       </c>
-      <c r="H82">
+      <c r="I83">
         <v>2010</v>
       </c>
-      <c r="I82" t="s">
-[...37 lines deleted...]
-      <c r="G83">
+      <c r="J83" t="s">
+        <v>141</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83" t="s">
+        <v>491</v>
+      </c>
+      <c r="M83" t="s">
+        <v>260</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>492</v>
+      </c>
+      <c r="P83" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>494</v>
+      </c>
+      <c r="B84" t="s">
+        <v>495</v>
+      </c>
+      <c r="C84" t="s">
+        <v>97</v>
+      </c>
+      <c r="D84" t="s">
+        <v>212</v>
+      </c>
+      <c r="E84" t="s">
+        <v>249</v>
+      </c>
+      <c r="F84" t="s">
+        <v>257</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
         <v>2009</v>
       </c>
-      <c r="H83">
+      <c r="I84">
         <v>2018</v>
       </c>
-      <c r="I83" t="s">
-[...37 lines deleted...]
-      <c r="G84">
+      <c r="J84" t="s">
+        <v>141</v>
+      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84" t="s">
+        <v>496</v>
+      </c>
+      <c r="M84" t="s">
+        <v>260</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>497</v>
+      </c>
+      <c r="P84" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>499</v>
+      </c>
+      <c r="B85" t="s">
+        <v>500</v>
+      </c>
+      <c r="C85" t="s">
+        <v>97</v>
+      </c>
+      <c r="D85" t="s">
+        <v>212</v>
+      </c>
+      <c r="E85" t="s">
+        <v>249</v>
+      </c>
+      <c r="F85" t="s">
+        <v>257</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
         <v>2003</v>
       </c>
-      <c r="H84">
+      <c r="I85">
         <v>2014</v>
       </c>
-      <c r="I84" t="s">
-[...37 lines deleted...]
-      <c r="G85">
+      <c r="J85" t="s">
+        <v>141</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85" t="s">
+        <v>501</v>
+      </c>
+      <c r="M85" t="s">
+        <v>260</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>502</v>
+      </c>
+      <c r="P85" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>504</v>
+      </c>
+      <c r="B86" t="s">
+        <v>505</v>
+      </c>
+      <c r="C86" t="s">
+        <v>97</v>
+      </c>
+      <c r="D86" t="s">
+        <v>506</v>
+      </c>
+      <c r="E86" t="s">
+        <v>249</v>
+      </c>
+      <c r="F86" t="s">
+        <v>257</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
         <v>2013</v>
       </c>
-      <c r="H85">
+      <c r="I86">
         <v>2014</v>
       </c>
-      <c r="I85" t="s">
-[...37 lines deleted...]
-      <c r="G86">
+      <c r="J86" t="s">
+        <v>141</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86" t="s">
+        <v>507</v>
+      </c>
+      <c r="M86" t="s">
+        <v>260</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>508</v>
+      </c>
+      <c r="P86" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>510</v>
+      </c>
+      <c r="B87" t="s">
+        <v>511</v>
+      </c>
+      <c r="C87" t="s">
+        <v>97</v>
+      </c>
+      <c r="D87" t="s">
+        <v>512</v>
+      </c>
+      <c r="E87" t="s">
+        <v>249</v>
+      </c>
+      <c r="F87" t="s">
+        <v>257</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
         <v>2014</v>
       </c>
-      <c r="H86">
+      <c r="I87">
         <v>2018</v>
       </c>
-      <c r="I86" t="s">
-[...37 lines deleted...]
-      <c r="G87">
+      <c r="J87" t="s">
+        <v>141</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87" t="s">
+        <v>513</v>
+      </c>
+      <c r="M87" t="s">
+        <v>260</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>514</v>
+      </c>
+      <c r="P87" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>516</v>
+      </c>
+      <c r="B88" t="s">
+        <v>517</v>
+      </c>
+      <c r="C88" t="s">
+        <v>97</v>
+      </c>
+      <c r="D88" t="s">
+        <v>518</v>
+      </c>
+      <c r="E88" t="s">
+        <v>249</v>
+      </c>
+      <c r="F88" t="s">
+        <v>257</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
         <v>2015</v>
       </c>
-      <c r="H87">
+      <c r="I88">
         <v>2020</v>
       </c>
-      <c r="I87" t="s">
-[...37 lines deleted...]
-      <c r="G88">
+      <c r="J88" t="s">
+        <v>35</v>
+      </c>
+      <c r="K88" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88" t="s">
+        <v>519</v>
+      </c>
+      <c r="M88" t="s">
+        <v>411</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>520</v>
+      </c>
+      <c r="P88" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>522</v>
+      </c>
+      <c r="B89" t="s">
+        <v>523</v>
+      </c>
+      <c r="C89" t="s">
+        <v>97</v>
+      </c>
+      <c r="D89" t="s">
+        <v>524</v>
+      </c>
+      <c r="E89" t="s">
+        <v>249</v>
+      </c>
+      <c r="F89" t="s">
+        <v>257</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
         <v>2009</v>
       </c>
-      <c r="H88">
+      <c r="I89">
         <v>2013</v>
       </c>
-      <c r="I88" t="s">
-[...37 lines deleted...]
-      <c r="G89">
+      <c r="J89" t="s">
+        <v>35</v>
+      </c>
+      <c r="K89" t="s">
+        <v>524</v>
+      </c>
+      <c r="L89" t="s">
+        <v>525</v>
+      </c>
+      <c r="M89" t="s">
+        <v>411</v>
+      </c>
+      <c r="N89" t="s">
+        <v>526</v>
+      </c>
+      <c r="O89" t="s">
+        <v>527</v>
+      </c>
+      <c r="P89" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>529</v>
+      </c>
+      <c r="B90" t="s">
+        <v>530</v>
+      </c>
+      <c r="C90" t="s">
+        <v>97</v>
+      </c>
+      <c r="D90" t="s">
+        <v>531</v>
+      </c>
+      <c r="E90" t="s">
+        <v>249</v>
+      </c>
+      <c r="F90" t="s">
+        <v>257</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
         <v>2011</v>
       </c>
-      <c r="H89">
+      <c r="I90">
         <v>2017</v>
       </c>
-      <c r="I89" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="J90" t="s">
-        <v>349</v>
+        <v>141</v>
       </c>
       <c r="K90" t="s">
-        <v>359</v>
+        <v>24</v>
       </c>
       <c r="L90" t="s">
-        <v>277</v>
+        <v>532</v>
       </c>
       <c r="M90" t="s">
-        <v>351</v>
+        <v>260</v>
       </c>
       <c r="N90" t="s">
-        <v>360</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>533</v>
+      </c>
+      <c r="P90" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>361</v>
+        <v>535</v>
       </c>
       <c r="B91" t="s">
-        <v>69</v>
+        <v>536</v>
       </c>
       <c r="C91" t="s">
-        <v>113</v>
+        <v>97</v>
       </c>
       <c r="D91" t="s">
-        <v>173</v>
+        <v>537</v>
       </c>
       <c r="E91" t="s">
-        <v>179</v>
+        <v>249</v>
       </c>
       <c r="F91" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1999</v>
+        <v>257</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
       </c>
       <c r="H91">
         <v>2016</v>
       </c>
-      <c r="I91" t="s">
-        <v>91</v>
+      <c r="I91">
+        <v>2022</v>
       </c>
       <c r="J91" t="s">
+        <v>35</v>
+      </c>
+      <c r="K91" t="s">
+        <v>524</v>
+      </c>
+      <c r="L91" t="s">
+        <v>538</v>
+      </c>
+      <c r="M91" t="s">
+        <v>411</v>
+      </c>
+      <c r="N91" t="s">
+        <v>526</v>
+      </c>
+      <c r="O91" t="s">
+        <v>539</v>
+      </c>
+      <c r="P91" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>541</v>
+      </c>
+      <c r="B92" t="s">
+        <v>542</v>
+      </c>
+      <c r="C92" t="s">
+        <v>97</v>
+      </c>
+      <c r="D92" t="s">
+        <v>159</v>
+      </c>
+      <c r="E92" t="s">
+        <v>249</v>
+      </c>
+      <c r="F92" t="s">
+        <v>257</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
+        <v>1999</v>
+      </c>
+      <c r="I92">
+        <v>2016</v>
+      </c>
+      <c r="J92" t="s">
+        <v>127</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92" t="s">
+        <v>543</v>
+      </c>
+      <c r="M92" t="s">
+        <v>260</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>544</v>
+      </c>
+      <c r="P92" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>546</v>
+      </c>
+      <c r="B93" t="s">
+        <v>547</v>
+      </c>
+      <c r="C93" t="s">
+        <v>97</v>
+      </c>
+      <c r="D93" t="s">
+        <v>159</v>
+      </c>
+      <c r="E93" t="s">
+        <v>249</v>
+      </c>
+      <c r="F93" t="s">
+        <v>257</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>1999</v>
+      </c>
+      <c r="I93">
+        <v>2016</v>
+      </c>
+      <c r="J93" t="s">
+        <v>52</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93" t="s">
+        <v>548</v>
+      </c>
+      <c r="M93" t="s">
+        <v>260</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>549</v>
+      </c>
+      <c r="P93" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>551</v>
+      </c>
+      <c r="B94" t="s">
+        <v>552</v>
+      </c>
+      <c r="C94" t="s">
+        <v>97</v>
+      </c>
+      <c r="D94" t="s">
+        <v>224</v>
+      </c>
+      <c r="E94" t="s">
+        <v>249</v>
+      </c>
+      <c r="F94" t="s">
+        <v>257</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
+        <v>2013</v>
+      </c>
+      <c r="I94">
+        <v>2018</v>
+      </c>
+      <c r="J94" t="s">
+        <v>141</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94" t="s">
+        <v>553</v>
+      </c>
+      <c r="M94" t="s">
+        <v>260</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>554</v>
+      </c>
+      <c r="P94" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>556</v>
+      </c>
+      <c r="B95" t="s">
+        <v>557</v>
+      </c>
+      <c r="C95" t="s">
+        <v>97</v>
+      </c>
+      <c r="D95" t="s">
+        <v>224</v>
+      </c>
+      <c r="E95" t="s">
+        <v>249</v>
+      </c>
+      <c r="F95" t="s">
+        <v>257</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>2003</v>
+      </c>
+      <c r="I95">
+        <v>2015</v>
+      </c>
+      <c r="J95" t="s">
+        <v>141</v>
+      </c>
+      <c r="K95" t="s">
+        <v>134</v>
+      </c>
+      <c r="L95" t="s">
+        <v>558</v>
+      </c>
+      <c r="M95" t="s">
+        <v>260</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>559</v>
+      </c>
+      <c r="P95" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>561</v>
+      </c>
+      <c r="B96" t="s">
+        <v>562</v>
+      </c>
+      <c r="C96" t="s">
+        <v>97</v>
+      </c>
+      <c r="D96" t="s">
+        <v>188</v>
+      </c>
+      <c r="E96" t="s">
+        <v>249</v>
+      </c>
+      <c r="F96" t="s">
+        <v>257</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2002</v>
+      </c>
+      <c r="I96">
+        <v>2012</v>
+      </c>
+      <c r="J96" t="s">
+        <v>141</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96" t="s">
+        <v>563</v>
+      </c>
+      <c r="M96" t="s">
+        <v>260</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>564</v>
+      </c>
+      <c r="P96" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>566</v>
+      </c>
+      <c r="B97" t="s">
+        <v>567</v>
+      </c>
+      <c r="C97" t="s">
+        <v>97</v>
+      </c>
+      <c r="D97" t="s">
+        <v>206</v>
+      </c>
+      <c r="E97" t="s">
+        <v>249</v>
+      </c>
+      <c r="F97" t="s">
+        <v>257</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2003</v>
+      </c>
+      <c r="I97">
+        <v>2013</v>
+      </c>
+      <c r="J97" t="s">
+        <v>141</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97" t="s">
+        <v>207</v>
+      </c>
+      <c r="M97" t="s">
+        <v>260</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>568</v>
+      </c>
+      <c r="P97" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>570</v>
+      </c>
+      <c r="B98" t="s">
+        <v>571</v>
+      </c>
+      <c r="C98" t="s">
+        <v>97</v>
+      </c>
+      <c r="D98" t="s">
+        <v>572</v>
+      </c>
+      <c r="E98" t="s">
+        <v>249</v>
+      </c>
+      <c r="F98" t="s">
+        <v>257</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
+        <v>2014</v>
+      </c>
+      <c r="I98">
+        <v>2017</v>
+      </c>
+      <c r="J98" t="s">
+        <v>52</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98" t="s">
+        <v>573</v>
+      </c>
+      <c r="M98" t="s">
+        <v>260</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>574</v>
+      </c>
+      <c r="P98" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>576</v>
+      </c>
+      <c r="B99" t="s">
+        <v>577</v>
+      </c>
+      <c r="C99" t="s">
+        <v>97</v>
+      </c>
+      <c r="D99" t="s">
+        <v>578</v>
+      </c>
+      <c r="E99" t="s">
+        <v>249</v>
+      </c>
+      <c r="F99" t="s">
+        <v>257</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>2014</v>
+      </c>
+      <c r="I99">
+        <v>2018</v>
+      </c>
+      <c r="J99" t="s">
+        <v>141</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99" t="s">
+        <v>579</v>
+      </c>
+      <c r="M99" t="s">
+        <v>260</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>580</v>
+      </c>
+      <c r="P99" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>582</v>
+      </c>
+      <c r="B100" t="s">
+        <v>583</v>
+      </c>
+      <c r="C100" t="s">
+        <v>97</v>
+      </c>
+      <c r="D100" t="s">
+        <v>572</v>
+      </c>
+      <c r="E100" t="s">
+        <v>249</v>
+      </c>
+      <c r="F100" t="s">
+        <v>257</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>2014</v>
+      </c>
+      <c r="I100">
+        <v>2015</v>
+      </c>
+      <c r="J100" t="s">
+        <v>141</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100" t="s">
+        <v>584</v>
+      </c>
+      <c r="M100" t="s">
+        <v>260</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>585</v>
+      </c>
+      <c r="P100" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>587</v>
+      </c>
+      <c r="B101" t="s">
+        <v>588</v>
+      </c>
+      <c r="C101" t="s">
+        <v>97</v>
+      </c>
+      <c r="D101" t="s">
+        <v>531</v>
+      </c>
+      <c r="E101" t="s">
+        <v>249</v>
+      </c>
+      <c r="F101" t="s">
+        <v>257</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>2008</v>
+      </c>
+      <c r="I101">
+        <v>2018</v>
+      </c>
+      <c r="J101" t="s">
+        <v>141</v>
+      </c>
+      <c r="K101" t="s">
+        <v>24</v>
+      </c>
+      <c r="L101" t="s">
+        <v>589</v>
+      </c>
+      <c r="M101" t="s">
+        <v>260</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>590</v>
+      </c>
+      <c r="P101" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>592</v>
+      </c>
+      <c r="B102" t="s">
+        <v>593</v>
+      </c>
+      <c r="C102" t="s">
+        <v>594</v>
+      </c>
+      <c r="D102" t="s">
+        <v>595</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>596</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
+        <v>2011</v>
+      </c>
+      <c r="I102">
+        <v>2023</v>
+      </c>
+      <c r="J102" t="s">
+        <v>597</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102"/>
+      <c r="M102" t="s">
+        <v>598</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>599</v>
+      </c>
+      <c r="P102" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>601</v>
+      </c>
+      <c r="B103" t="s">
+        <v>602</v>
+      </c>
+      <c r="C103" t="s">
+        <v>42</v>
+      </c>
+      <c r="D103" t="s">
+        <v>64</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>83</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>1986</v>
+      </c>
+      <c r="I103">
+        <v>2018</v>
+      </c>
+      <c r="J103" t="s">
+        <v>52</v>
+      </c>
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103" t="s">
+        <v>603</v>
+      </c>
+      <c r="M103" t="s">
+        <v>46</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>604</v>
+      </c>
+      <c r="P103" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>606</v>
+      </c>
+      <c r="B104" t="s">
+        <v>607</v>
+      </c>
+      <c r="C104" t="s">
+        <v>608</v>
+      </c>
+      <c r="D104" t="s">
+        <v>609</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
         <v>21</v>
       </c>
-      <c r="K91" t="s">
-[...40 lines deleted...]
-      <c r="J92" t="s">
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>2023</v>
+      </c>
+      <c r="I104">
+        <v>2023</v>
+      </c>
+      <c r="J104" t="s">
+        <v>610</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104" t="s">
+        <v>611</v>
+      </c>
+      <c r="M104" t="s">
+        <v>612</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>613</v>
+      </c>
+      <c r="P104" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>615</v>
+      </c>
+      <c r="B105" t="s">
+        <v>616</v>
+      </c>
+      <c r="C105" t="s">
+        <v>617</v>
+      </c>
+      <c r="D105" t="s">
+        <v>618</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
         <v>21</v>
       </c>
-      <c r="K92" t="s">
-[...31 lines deleted...]
-      <c r="G93">
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105"/>
+      <c r="I105"/>
+      <c r="J105" t="s">
+        <v>35</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105" t="s">
+        <v>619</v>
+      </c>
+      <c r="M105" t="s">
+        <v>620</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>621</v>
+      </c>
+      <c r="P105" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>623</v>
+      </c>
+      <c r="B106" t="s">
+        <v>624</v>
+      </c>
+      <c r="C106" t="s">
+        <v>248</v>
+      </c>
+      <c r="D106" t="s">
+        <v>625</v>
+      </c>
+      <c r="E106" t="s">
+        <v>249</v>
+      </c>
+      <c r="F106" t="s">
+        <v>257</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
+        <v>2001</v>
+      </c>
+      <c r="I106">
+        <v>2002</v>
+      </c>
+      <c r="J106" t="s">
+        <v>52</v>
+      </c>
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106" t="s">
+        <v>626</v>
+      </c>
+      <c r="M106" t="s">
+        <v>251</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>627</v>
+      </c>
+      <c r="P106" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>629</v>
+      </c>
+      <c r="B107" t="s">
+        <v>630</v>
+      </c>
+      <c r="C107" t="s">
+        <v>248</v>
+      </c>
+      <c r="D107" t="s">
+        <v>206</v>
+      </c>
+      <c r="E107" t="s">
+        <v>249</v>
+      </c>
+      <c r="F107" t="s">
+        <v>257</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
+        <v>2002</v>
+      </c>
+      <c r="I107">
+        <v>2010</v>
+      </c>
+      <c r="J107" t="s">
+        <v>52</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107" t="s">
+        <v>631</v>
+      </c>
+      <c r="M107" t="s">
+        <v>251</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>632</v>
+      </c>
+      <c r="P107" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>634</v>
+      </c>
+      <c r="B108" t="s">
+        <v>635</v>
+      </c>
+      <c r="C108" t="s">
+        <v>248</v>
+      </c>
+      <c r="D108" t="s">
+        <v>105</v>
+      </c>
+      <c r="E108" t="s">
+        <v>249</v>
+      </c>
+      <c r="F108" t="s">
+        <v>257</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
+        <v>2002</v>
+      </c>
+      <c r="I108">
+        <v>2015</v>
+      </c>
+      <c r="J108" t="s">
+        <v>52</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108" t="s">
+        <v>636</v>
+      </c>
+      <c r="M108" t="s">
+        <v>251</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>637</v>
+      </c>
+      <c r="P108" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>639</v>
+      </c>
+      <c r="B109" t="s">
+        <v>640</v>
+      </c>
+      <c r="C109" t="s">
+        <v>248</v>
+      </c>
+      <c r="D109" t="s">
+        <v>641</v>
+      </c>
+      <c r="E109" t="s">
+        <v>249</v>
+      </c>
+      <c r="F109" t="s">
+        <v>257</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
         <v>2013</v>
       </c>
-      <c r="H93">
-[...43 lines deleted...]
-      <c r="H94">
+      <c r="I109">
         <v>2015</v>
       </c>
-      <c r="I94" t="s">
-[...647 lines deleted...]
-      <c r="G109">
+      <c r="J109" t="s">
+        <v>52</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109" t="s">
+        <v>642</v>
+      </c>
+      <c r="M109" t="s">
+        <v>251</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>643</v>
+      </c>
+      <c r="P109" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>645</v>
+      </c>
+      <c r="B110" t="s">
+        <v>646</v>
+      </c>
+      <c r="C110" t="s">
+        <v>248</v>
+      </c>
+      <c r="D110" t="s">
+        <v>647</v>
+      </c>
+      <c r="E110" t="s">
+        <v>249</v>
+      </c>
+      <c r="F110" t="s">
+        <v>257</v>
+      </c>
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
         <v>2007</v>
       </c>
-      <c r="H109">
+      <c r="I110">
         <v>2007</v>
       </c>
-      <c r="I109" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="J110" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="K110" t="s">
-        <v>435</v>
+        <v>24</v>
       </c>
       <c r="L110" t="s">
-        <v>175</v>
+        <v>648</v>
       </c>
       <c r="M110" t="s">
-        <v>24</v>
+        <v>251</v>
       </c>
       <c r="N110" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>649</v>
+      </c>
+      <c r="P110" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>437</v>
+        <v>651</v>
       </c>
       <c r="B111" t="s">
-        <v>172</v>
+        <v>652</v>
       </c>
       <c r="C111" t="s">
-        <v>438</v>
+        <v>248</v>
       </c>
       <c r="D111" t="s">
-        <v>173</v>
+        <v>653</v>
       </c>
       <c r="E111" t="s">
-        <v>179</v>
+        <v>249</v>
       </c>
       <c r="F111" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2013</v>
+        <v>257</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
       </c>
       <c r="H111">
         <v>2003</v>
       </c>
-      <c r="I111" t="s">
-        <v>36</v>
+      <c r="I111">
+        <v>2013</v>
       </c>
       <c r="J111" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K111"/>
+        <v>52</v>
+      </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
       <c r="L111" t="s">
-        <v>175</v>
+        <v>654</v>
       </c>
       <c r="M111" t="s">
-        <v>24</v>
+        <v>251</v>
       </c>
       <c r="N111" t="s">
-        <v>439</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>655</v>
+      </c>
+      <c r="P111" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>440</v>
+        <v>657</v>
       </c>
       <c r="B112" t="s">
+        <v>658</v>
+      </c>
+      <c r="C112" t="s">
+        <v>248</v>
+      </c>
+      <c r="D112" t="s">
+        <v>659</v>
+      </c>
+      <c r="E112" t="s">
+        <v>249</v>
+      </c>
+      <c r="F112" t="s">
+        <v>257</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
+        <v>2013</v>
+      </c>
+      <c r="I112">
+        <v>2003</v>
+      </c>
+      <c r="J112" t="s">
+        <v>52</v>
+      </c>
+      <c r="K112" t="s">
+        <v>24</v>
+      </c>
+      <c r="L112"/>
+      <c r="M112" t="s">
+        <v>251</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>660</v>
+      </c>
+      <c r="P112" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>662</v>
+      </c>
+      <c r="B113" t="s">
+        <v>663</v>
+      </c>
+      <c r="C113" t="s">
+        <v>248</v>
+      </c>
+      <c r="D113" t="s">
         <v>172</v>
       </c>
-      <c r="C112" t="s">
-[...11 lines deleted...]
-      <c r="G112">
+      <c r="E113" t="s">
+        <v>249</v>
+      </c>
+      <c r="F113" t="s">
+        <v>257</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
         <v>2009</v>
       </c>
-      <c r="H112">
+      <c r="I113">
         <v>2015</v>
       </c>
-      <c r="I112" t="s">
-[...37 lines deleted...]
-      <c r="G113">
+      <c r="J113" t="s">
+        <v>52</v>
+      </c>
+      <c r="K113" t="s">
+        <v>24</v>
+      </c>
+      <c r="L113" t="s">
+        <v>664</v>
+      </c>
+      <c r="M113" t="s">
+        <v>251</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>665</v>
+      </c>
+      <c r="P113" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>667</v>
+      </c>
+      <c r="B114" t="s">
+        <v>668</v>
+      </c>
+      <c r="C114" t="s">
+        <v>248</v>
+      </c>
+      <c r="D114" t="s">
+        <v>641</v>
+      </c>
+      <c r="E114" t="s">
+        <v>249</v>
+      </c>
+      <c r="F114" t="s">
+        <v>257</v>
+      </c>
+      <c r="G114" t="s">
+        <v>22</v>
+      </c>
+      <c r="H114">
         <v>2013</v>
       </c>
-      <c r="H113">
+      <c r="I114">
         <v>2010</v>
       </c>
-      <c r="I113" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="J114" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="K114" t="s">
-        <v>448</v>
+        <v>24</v>
       </c>
       <c r="L114" t="s">
-        <v>445</v>
+        <v>669</v>
       </c>
       <c r="M114" t="s">
-        <v>24</v>
+        <v>670</v>
       </c>
       <c r="N114" t="s">
-        <v>449</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>671</v>
+      </c>
+      <c r="P114" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>450</v>
+        <v>673</v>
       </c>
       <c r="B115" t="s">
-        <v>172</v>
+        <v>674</v>
       </c>
       <c r="C115" t="s">
-        <v>164</v>
+        <v>248</v>
       </c>
       <c r="D115" t="s">
-        <v>173</v>
+        <v>641</v>
       </c>
       <c r="E115" t="s">
-        <v>179</v>
+        <v>249</v>
       </c>
       <c r="F115" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>257</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
       </c>
       <c r="H115">
         <v>2013</v>
       </c>
-      <c r="I115" t="s">
-        <v>20</v>
+      <c r="I115">
+        <v>2014</v>
       </c>
       <c r="J115" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K115"/>
+        <v>52</v>
+      </c>
+      <c r="K115" t="s">
+        <v>24</v>
+      </c>
       <c r="L115" t="s">
-        <v>175</v>
+        <v>675</v>
       </c>
       <c r="M115" t="s">
-        <v>24</v>
+        <v>670</v>
       </c>
       <c r="N115" t="s">
-        <v>451</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>676</v>
+      </c>
+      <c r="P115" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>452</v>
+        <v>678</v>
       </c>
       <c r="B116" t="s">
-        <v>172</v>
+        <v>679</v>
       </c>
       <c r="C116" t="s">
-        <v>132</v>
+        <v>248</v>
       </c>
       <c r="D116" t="s">
-        <v>173</v>
+        <v>236</v>
       </c>
       <c r="E116" t="s">
-        <v>179</v>
+        <v>249</v>
       </c>
       <c r="F116" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G116">
+        <v>257</v>
+      </c>
+      <c r="G116" t="s">
+        <v>22</v>
+      </c>
+      <c r="H116">
+        <v>2006</v>
+      </c>
+      <c r="I116">
+        <v>2013</v>
+      </c>
+      <c r="J116" t="s">
+        <v>35</v>
+      </c>
+      <c r="K116" t="s">
+        <v>24</v>
+      </c>
+      <c r="L116"/>
+      <c r="M116" t="s">
+        <v>251</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>680</v>
+      </c>
+      <c r="P116" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>682</v>
+      </c>
+      <c r="B117" t="s">
+        <v>683</v>
+      </c>
+      <c r="C117" t="s">
+        <v>248</v>
+      </c>
+      <c r="D117" t="s">
+        <v>188</v>
+      </c>
+      <c r="E117" t="s">
+        <v>249</v>
+      </c>
+      <c r="F117" t="s">
+        <v>257</v>
+      </c>
+      <c r="G117" t="s">
+        <v>22</v>
+      </c>
+      <c r="H117">
         <v>2008</v>
       </c>
-      <c r="H116">
+      <c r="I117">
         <v>2013</v>
       </c>
-      <c r="I116" t="s">
-[...37 lines deleted...]
-      <c r="G117">
+      <c r="J117" t="s">
+        <v>35</v>
+      </c>
+      <c r="K117" t="s">
+        <v>24</v>
+      </c>
+      <c r="L117" t="s">
+        <v>684</v>
+      </c>
+      <c r="M117" t="s">
+        <v>251</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>685</v>
+      </c>
+      <c r="P117" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>687</v>
+      </c>
+      <c r="B118" t="s">
+        <v>688</v>
+      </c>
+      <c r="C118" t="s">
+        <v>248</v>
+      </c>
+      <c r="D118" t="s">
+        <v>188</v>
+      </c>
+      <c r="E118" t="s">
+        <v>249</v>
+      </c>
+      <c r="F118" t="s">
+        <v>257</v>
+      </c>
+      <c r="G118" t="s">
+        <v>22</v>
+      </c>
+      <c r="H118">
         <v>2008</v>
       </c>
-      <c r="H117">
+      <c r="I118">
         <v>2013</v>
       </c>
-      <c r="I117" t="s">
-[...37 lines deleted...]
-      <c r="G118">
+      <c r="J118" t="s">
+        <v>52</v>
+      </c>
+      <c r="K118" t="s">
+        <v>24</v>
+      </c>
+      <c r="L118" t="s">
+        <v>689</v>
+      </c>
+      <c r="M118" t="s">
+        <v>670</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>690</v>
+      </c>
+      <c r="P118" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>692</v>
+      </c>
+      <c r="B119" t="s">
+        <v>693</v>
+      </c>
+      <c r="C119" t="s">
+        <v>248</v>
+      </c>
+      <c r="D119" t="s">
+        <v>572</v>
+      </c>
+      <c r="E119" t="s">
+        <v>249</v>
+      </c>
+      <c r="F119" t="s">
+        <v>257</v>
+      </c>
+      <c r="G119" t="s">
+        <v>22</v>
+      </c>
+      <c r="H119">
         <v>2011</v>
       </c>
-      <c r="H118">
+      <c r="I119">
         <v>2011</v>
       </c>
-      <c r="I118" t="s">
-[...37 lines deleted...]
-      <c r="G119">
+      <c r="J119" t="s">
+        <v>52</v>
+      </c>
+      <c r="K119" t="s">
+        <v>24</v>
+      </c>
+      <c r="L119" t="s">
+        <v>694</v>
+      </c>
+      <c r="M119" t="s">
+        <v>670</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>695</v>
+      </c>
+      <c r="P119" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>697</v>
+      </c>
+      <c r="B120" t="s">
+        <v>698</v>
+      </c>
+      <c r="C120" t="s">
+        <v>248</v>
+      </c>
+      <c r="D120" t="s">
+        <v>641</v>
+      </c>
+      <c r="E120" t="s">
+        <v>249</v>
+      </c>
+      <c r="F120" t="s">
+        <v>257</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
+      </c>
+      <c r="H120">
         <v>2013</v>
       </c>
-      <c r="H119">
+      <c r="I120">
         <v>2015</v>
       </c>
-      <c r="I119" t="s">
-[...37 lines deleted...]
-      <c r="G120">
+      <c r="J120" t="s">
+        <v>52</v>
+      </c>
+      <c r="K120" t="s">
+        <v>24</v>
+      </c>
+      <c r="L120" t="s">
+        <v>699</v>
+      </c>
+      <c r="M120" t="s">
+        <v>251</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>700</v>
+      </c>
+      <c r="P120" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>702</v>
+      </c>
+      <c r="B121" t="s">
+        <v>703</v>
+      </c>
+      <c r="C121" t="s">
+        <v>248</v>
+      </c>
+      <c r="D121" t="s">
+        <v>399</v>
+      </c>
+      <c r="E121" t="s">
+        <v>249</v>
+      </c>
+      <c r="F121" t="s">
+        <v>257</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
         <v>2000</v>
       </c>
-      <c r="H120">
+      <c r="I121">
         <v>2015</v>
       </c>
-      <c r="I120" t="s">
-[...37 lines deleted...]
-      <c r="G121">
+      <c r="J121" t="s">
+        <v>52</v>
+      </c>
+      <c r="K121" t="s">
+        <v>24</v>
+      </c>
+      <c r="L121" t="s">
+        <v>704</v>
+      </c>
+      <c r="M121" t="s">
+        <v>670</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>705</v>
+      </c>
+      <c r="P121" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>707</v>
+      </c>
+      <c r="B122" t="s">
+        <v>708</v>
+      </c>
+      <c r="C122" t="s">
+        <v>248</v>
+      </c>
+      <c r="D122" t="s">
+        <v>140</v>
+      </c>
+      <c r="E122" t="s">
+        <v>249</v>
+      </c>
+      <c r="F122" t="s">
+        <v>257</v>
+      </c>
+      <c r="G122" t="s">
+        <v>22</v>
+      </c>
+      <c r="H122">
         <v>2010</v>
       </c>
-      <c r="H121">
+      <c r="I122">
         <v>2010</v>
       </c>
-      <c r="I121" t="s">
-[...37 lines deleted...]
-      <c r="G122">
+      <c r="J122" t="s">
+        <v>52</v>
+      </c>
+      <c r="K122" t="s">
+        <v>24</v>
+      </c>
+      <c r="L122" t="s">
+        <v>709</v>
+      </c>
+      <c r="M122" t="s">
+        <v>670</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>710</v>
+      </c>
+      <c r="P122" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>712</v>
+      </c>
+      <c r="B123" t="s">
+        <v>713</v>
+      </c>
+      <c r="C123" t="s">
+        <v>248</v>
+      </c>
+      <c r="D123" t="s">
+        <v>212</v>
+      </c>
+      <c r="E123" t="s">
+        <v>249</v>
+      </c>
+      <c r="F123" t="s">
+        <v>257</v>
+      </c>
+      <c r="G123" t="s">
+        <v>22</v>
+      </c>
+      <c r="H123">
         <v>2002</v>
       </c>
-      <c r="H122">
+      <c r="I123">
         <v>2009</v>
       </c>
-      <c r="I122" t="s">
-[...37 lines deleted...]
-      <c r="G123">
+      <c r="J123" t="s">
+        <v>52</v>
+      </c>
+      <c r="K123" t="s">
+        <v>24</v>
+      </c>
+      <c r="L123" t="s">
+        <v>675</v>
+      </c>
+      <c r="M123" t="s">
+        <v>670</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>714</v>
+      </c>
+      <c r="P123" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>716</v>
+      </c>
+      <c r="B124" t="s">
+        <v>717</v>
+      </c>
+      <c r="C124" t="s">
+        <v>248</v>
+      </c>
+      <c r="D124" t="s">
+        <v>718</v>
+      </c>
+      <c r="E124" t="s">
+        <v>249</v>
+      </c>
+      <c r="F124" t="s">
+        <v>257</v>
+      </c>
+      <c r="G124" t="s">
+        <v>22</v>
+      </c>
+      <c r="H124">
         <v>2013</v>
       </c>
-      <c r="H123">
+      <c r="I124">
         <v>2015</v>
       </c>
-      <c r="I123" t="s">
-[...37 lines deleted...]
-      <c r="G124">
+      <c r="J124" t="s">
+        <v>52</v>
+      </c>
+      <c r="K124" t="s">
+        <v>24</v>
+      </c>
+      <c r="L124" t="s">
+        <v>719</v>
+      </c>
+      <c r="M124" t="s">
+        <v>670</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>720</v>
+      </c>
+      <c r="P124" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>722</v>
+      </c>
+      <c r="B125" t="s">
+        <v>723</v>
+      </c>
+      <c r="C125" t="s">
+        <v>248</v>
+      </c>
+      <c r="D125" t="s">
+        <v>230</v>
+      </c>
+      <c r="E125" t="s">
+        <v>249</v>
+      </c>
+      <c r="F125" t="s">
+        <v>257</v>
+      </c>
+      <c r="G125" t="s">
+        <v>22</v>
+      </c>
+      <c r="H125">
         <v>2000</v>
       </c>
-      <c r="H124">
+      <c r="I125">
         <v>2015</v>
       </c>
-      <c r="I124" t="s">
-[...37 lines deleted...]
-      <c r="G125">
+      <c r="J125" t="s">
+        <v>52</v>
+      </c>
+      <c r="K125" t="s">
+        <v>24</v>
+      </c>
+      <c r="L125" t="s">
+        <v>724</v>
+      </c>
+      <c r="M125" t="s">
+        <v>251</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>725</v>
+      </c>
+      <c r="P125" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>727</v>
+      </c>
+      <c r="B126" t="s">
+        <v>728</v>
+      </c>
+      <c r="C126" t="s">
+        <v>248</v>
+      </c>
+      <c r="D126" t="s">
+        <v>159</v>
+      </c>
+      <c r="E126" t="s">
+        <v>249</v>
+      </c>
+      <c r="F126" t="s">
+        <v>257</v>
+      </c>
+      <c r="G126" t="s">
+        <v>22</v>
+      </c>
+      <c r="H126">
         <v>2010</v>
       </c>
-      <c r="H125">
+      <c r="I126">
         <v>2011</v>
       </c>
-      <c r="I125" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="J126" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="K126" t="s">
-        <v>483</v>
+        <v>24</v>
       </c>
       <c r="L126" t="s">
-        <v>445</v>
+        <v>729</v>
       </c>
       <c r="M126" t="s">
-        <v>24</v>
+        <v>670</v>
       </c>
       <c r="N126" t="s">
-        <v>484</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>730</v>
+      </c>
+      <c r="P126" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>485</v>
+        <v>732</v>
       </c>
       <c r="B127" t="s">
-        <v>172</v>
+        <v>733</v>
       </c>
       <c r="C127" t="s">
-        <v>486</v>
+        <v>248</v>
       </c>
       <c r="D127" t="s">
-        <v>173</v>
+        <v>512</v>
       </c>
       <c r="E127" t="s">
-        <v>179</v>
+        <v>249</v>
       </c>
       <c r="F127" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>257</v>
+      </c>
+      <c r="G127" t="s">
+        <v>22</v>
       </c>
       <c r="H127">
         <v>2012</v>
       </c>
-      <c r="I127" t="s">
-        <v>36</v>
+      <c r="I127">
+        <v>2012</v>
       </c>
       <c r="J127" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="K127" t="s">
-        <v>487</v>
+        <v>24</v>
       </c>
       <c r="L127" t="s">
-        <v>445</v>
+        <v>734</v>
       </c>
       <c r="M127" t="s">
-        <v>24</v>
+        <v>670</v>
       </c>
       <c r="N127" t="s">
-        <v>488</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>735</v>
+      </c>
+      <c r="P127" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>489</v>
+        <v>737</v>
       </c>
       <c r="B128" t="s">
+        <v>738</v>
+      </c>
+      <c r="C128" t="s">
+        <v>248</v>
+      </c>
+      <c r="D128" t="s">
+        <v>739</v>
+      </c>
+      <c r="E128" t="s">
+        <v>249</v>
+      </c>
+      <c r="F128" t="s">
+        <v>257</v>
+      </c>
+      <c r="G128" t="s">
+        <v>22</v>
+      </c>
+      <c r="H128">
+        <v>2012</v>
+      </c>
+      <c r="I128">
+        <v>2012</v>
+      </c>
+      <c r="J128" t="s">
+        <v>52</v>
+      </c>
+      <c r="K128" t="s">
+        <v>24</v>
+      </c>
+      <c r="L128" t="s">
+        <v>740</v>
+      </c>
+      <c r="M128" t="s">
+        <v>670</v>
+      </c>
+      <c r="N128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>741</v>
+      </c>
+      <c r="P128" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>743</v>
+      </c>
+      <c r="B129" t="s">
+        <v>744</v>
+      </c>
+      <c r="C129" t="s">
+        <v>248</v>
+      </c>
+      <c r="D129" t="s">
+        <v>77</v>
+      </c>
+      <c r="E129" t="s">
+        <v>249</v>
+      </c>
+      <c r="F129" t="s">
+        <v>257</v>
+      </c>
+      <c r="G129" t="s">
+        <v>22</v>
+      </c>
+      <c r="H129">
+        <v>1993</v>
+      </c>
+      <c r="I129">
+        <v>2013</v>
+      </c>
+      <c r="J129" t="s">
+        <v>52</v>
+      </c>
+      <c r="K129" t="s">
+        <v>24</v>
+      </c>
+      <c r="L129" t="s">
+        <v>745</v>
+      </c>
+      <c r="M129" t="s">
+        <v>251</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>746</v>
+      </c>
+      <c r="P129" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>748</v>
+      </c>
+      <c r="B130" t="s">
+        <v>749</v>
+      </c>
+      <c r="C130" t="s">
+        <v>248</v>
+      </c>
+      <c r="D130" t="s">
+        <v>188</v>
+      </c>
+      <c r="E130" t="s">
+        <v>249</v>
+      </c>
+      <c r="F130" t="s">
+        <v>257</v>
+      </c>
+      <c r="G130" t="s">
+        <v>22</v>
+      </c>
+      <c r="H130">
+        <v>2012</v>
+      </c>
+      <c r="I130">
+        <v>2012</v>
+      </c>
+      <c r="J130" t="s">
+        <v>52</v>
+      </c>
+      <c r="K130" t="s">
+        <v>24</v>
+      </c>
+      <c r="L130" t="s">
+        <v>750</v>
+      </c>
+      <c r="M130" t="s">
+        <v>670</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>751</v>
+      </c>
+      <c r="P130" t="s">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>753</v>
+      </c>
+      <c r="B131" t="s">
+        <v>754</v>
+      </c>
+      <c r="C131" t="s">
+        <v>248</v>
+      </c>
+      <c r="D131" t="s">
+        <v>224</v>
+      </c>
+      <c r="E131" t="s">
+        <v>249</v>
+      </c>
+      <c r="F131" t="s">
+        <v>257</v>
+      </c>
+      <c r="G131" t="s">
+        <v>22</v>
+      </c>
+      <c r="H131">
+        <v>2011</v>
+      </c>
+      <c r="I131">
+        <v>2011</v>
+      </c>
+      <c r="J131" t="s">
+        <v>52</v>
+      </c>
+      <c r="K131" t="s">
+        <v>134</v>
+      </c>
+      <c r="L131" t="s">
+        <v>755</v>
+      </c>
+      <c r="M131" t="s">
+        <v>251</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>756</v>
+      </c>
+      <c r="P131" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>758</v>
+      </c>
+      <c r="B132" t="s">
+        <v>759</v>
+      </c>
+      <c r="C132" t="s">
+        <v>248</v>
+      </c>
+      <c r="D132" t="s">
+        <v>195</v>
+      </c>
+      <c r="E132" t="s">
+        <v>249</v>
+      </c>
+      <c r="F132" t="s">
+        <v>257</v>
+      </c>
+      <c r="G132" t="s">
+        <v>22</v>
+      </c>
+      <c r="H132">
+        <v>2000</v>
+      </c>
+      <c r="I132">
+        <v>2012</v>
+      </c>
+      <c r="J132" t="s">
+        <v>52</v>
+      </c>
+      <c r="K132" t="s">
+        <v>24</v>
+      </c>
+      <c r="L132" t="s">
+        <v>704</v>
+      </c>
+      <c r="M132" t="s">
+        <v>251</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>760</v>
+      </c>
+      <c r="P132" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>762</v>
+      </c>
+      <c r="B133" t="s">
+        <v>763</v>
+      </c>
+      <c r="C133" t="s">
+        <v>248</v>
+      </c>
+      <c r="D133" t="s">
+        <v>195</v>
+      </c>
+      <c r="E133" t="s">
+        <v>249</v>
+      </c>
+      <c r="F133" t="s">
+        <v>257</v>
+      </c>
+      <c r="G133" t="s">
+        <v>22</v>
+      </c>
+      <c r="H133">
+        <v>2000</v>
+      </c>
+      <c r="I133">
+        <v>2012</v>
+      </c>
+      <c r="J133" t="s">
+        <v>52</v>
+      </c>
+      <c r="K133" t="s">
+        <v>24</v>
+      </c>
+      <c r="L133" t="s">
+        <v>704</v>
+      </c>
+      <c r="M133" t="s">
+        <v>251</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>764</v>
+      </c>
+      <c r="P133" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>766</v>
+      </c>
+      <c r="B134" t="s">
+        <v>767</v>
+      </c>
+      <c r="C134" t="s">
+        <v>248</v>
+      </c>
+      <c r="D134" t="s">
+        <v>768</v>
+      </c>
+      <c r="E134" t="s">
+        <v>249</v>
+      </c>
+      <c r="F134" t="s">
+        <v>257</v>
+      </c>
+      <c r="G134" t="s">
+        <v>22</v>
+      </c>
+      <c r="H134"/>
+      <c r="I134">
+        <v>2016</v>
+      </c>
+      <c r="J134" t="s">
+        <v>35</v>
+      </c>
+      <c r="K134" t="s">
+        <v>24</v>
+      </c>
+      <c r="L134" t="s">
+        <v>769</v>
+      </c>
+      <c r="M134" t="s">
+        <v>251</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>770</v>
+      </c>
+      <c r="P134" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>772</v>
+      </c>
+      <c r="B135" t="s">
+        <v>773</v>
+      </c>
+      <c r="C135" t="s">
+        <v>774</v>
+      </c>
+      <c r="D135" t="s">
         <v>172</v>
       </c>
-      <c r="C128" t="s">
-[...11 lines deleted...]
-      <c r="G128">
+      <c r="E135" t="s">
+        <v>20</v>
+      </c>
+      <c r="F135" t="s">
+        <v>83</v>
+      </c>
+      <c r="G135" t="s">
+        <v>22</v>
+      </c>
+      <c r="H135">
         <v>1993</v>
       </c>
-      <c r="H128">
-[...40 lines deleted...]
-      <c r="G129">
+      <c r="I135">
+        <v>2009</v>
+      </c>
+      <c r="J135" t="s">
+        <v>44</v>
+      </c>
+      <c r="K135" t="s">
+        <v>24</v>
+      </c>
+      <c r="L135" t="s">
+        <v>775</v>
+      </c>
+      <c r="M135" t="s">
+        <v>776</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>777</v>
+      </c>
+      <c r="P135" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>779</v>
+      </c>
+      <c r="B136" t="s">
+        <v>780</v>
+      </c>
+      <c r="C136" t="s">
+        <v>774</v>
+      </c>
+      <c r="D136" t="s">
+        <v>578</v>
+      </c>
+      <c r="E136" t="s">
+        <v>20</v>
+      </c>
+      <c r="F136" t="s">
+        <v>83</v>
+      </c>
+      <c r="G136" t="s">
+        <v>22</v>
+      </c>
+      <c r="H136">
         <v>2012</v>
       </c>
-      <c r="H129">
+      <c r="I136">
         <v>2012</v>
       </c>
-      <c r="I129" t="s">
-[...81 lines deleted...]
-      <c r="G131">
+      <c r="J136" t="s">
+        <v>781</v>
+      </c>
+      <c r="K136" t="s">
+        <v>24</v>
+      </c>
+      <c r="L136"/>
+      <c r="M136" t="s">
+        <v>776</v>
+      </c>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>782</v>
+      </c>
+      <c r="P136" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>784</v>
+      </c>
+      <c r="B137" t="s">
+        <v>785</v>
+      </c>
+      <c r="C137" t="s">
+        <v>774</v>
+      </c>
+      <c r="D137" t="s">
+        <v>206</v>
+      </c>
+      <c r="E137" t="s">
+        <v>20</v>
+      </c>
+      <c r="F137" t="s">
+        <v>83</v>
+      </c>
+      <c r="G137" t="s">
+        <v>22</v>
+      </c>
+      <c r="H137">
         <v>2000</v>
       </c>
-      <c r="H131">
+      <c r="I137">
+        <v>2009</v>
+      </c>
+      <c r="J137" t="s">
+        <v>781</v>
+      </c>
+      <c r="K137" t="s">
+        <v>24</v>
+      </c>
+      <c r="L137" t="s">
+        <v>786</v>
+      </c>
+      <c r="M137" t="s">
+        <v>776</v>
+      </c>
+      <c r="N137" t="s">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>787</v>
+      </c>
+      <c r="P137" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>788</v>
+      </c>
+      <c r="B138" t="s">
+        <v>789</v>
+      </c>
+      <c r="C138" t="s">
+        <v>774</v>
+      </c>
+      <c r="D138" t="s">
+        <v>641</v>
+      </c>
+      <c r="E138" t="s">
+        <v>20</v>
+      </c>
+      <c r="F138" t="s">
+        <v>83</v>
+      </c>
+      <c r="G138" t="s">
+        <v>22</v>
+      </c>
+      <c r="H138">
         <v>2012</v>
       </c>
-      <c r="I131" t="s">
-[...37 lines deleted...]
-      <c r="G132">
+      <c r="I138">
+        <v>2012</v>
+      </c>
+      <c r="J138" t="s">
+        <v>790</v>
+      </c>
+      <c r="K138" t="s">
+        <v>24</v>
+      </c>
+      <c r="L138"/>
+      <c r="M138" t="s">
+        <v>776</v>
+      </c>
+      <c r="N138" t="s">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>791</v>
+      </c>
+      <c r="P138" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>792</v>
+      </c>
+      <c r="B139" t="s">
+        <v>793</v>
+      </c>
+      <c r="C139" t="s">
+        <v>774</v>
+      </c>
+      <c r="D139" t="s">
+        <v>794</v>
+      </c>
+      <c r="E139" t="s">
+        <v>20</v>
+      </c>
+      <c r="F139" t="s">
+        <v>83</v>
+      </c>
+      <c r="G139" t="s">
+        <v>22</v>
+      </c>
+      <c r="H139">
         <v>2000</v>
       </c>
-      <c r="H132">
+      <c r="I139">
+        <v>2009</v>
+      </c>
+      <c r="J139" t="s">
+        <v>781</v>
+      </c>
+      <c r="K139" t="s">
+        <v>24</v>
+      </c>
+      <c r="L139" t="s">
+        <v>786</v>
+      </c>
+      <c r="M139" t="s">
+        <v>776</v>
+      </c>
+      <c r="N139" t="s">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>795</v>
+      </c>
+      <c r="P139" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>796</v>
+      </c>
+      <c r="B140" t="s">
+        <v>797</v>
+      </c>
+      <c r="C140" t="s">
+        <v>774</v>
+      </c>
+      <c r="D140" t="s">
+        <v>352</v>
+      </c>
+      <c r="E140" t="s">
+        <v>20</v>
+      </c>
+      <c r="F140" t="s">
+        <v>83</v>
+      </c>
+      <c r="G140" t="s">
+        <v>22</v>
+      </c>
+      <c r="H140">
+        <v>1992</v>
+      </c>
+      <c r="I140">
+        <v>2016</v>
+      </c>
+      <c r="J140" t="s">
+        <v>44</v>
+      </c>
+      <c r="K140" t="s">
+        <v>24</v>
+      </c>
+      <c r="L140"/>
+      <c r="M140" t="s">
+        <v>776</v>
+      </c>
+      <c r="N140" t="s">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>798</v>
+      </c>
+      <c r="P140" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>799</v>
+      </c>
+      <c r="B141" t="s">
+        <v>800</v>
+      </c>
+      <c r="C141" t="s">
+        <v>774</v>
+      </c>
+      <c r="D141" t="s">
+        <v>105</v>
+      </c>
+      <c r="E141" t="s">
+        <v>20</v>
+      </c>
+      <c r="F141" t="s">
+        <v>83</v>
+      </c>
+      <c r="G141" t="s">
+        <v>22</v>
+      </c>
+      <c r="H141">
         <v>2012</v>
       </c>
-      <c r="I132" t="s">
-[...41 lines deleted...]
-      <c r="I133" t="s">
+      <c r="I141">
+        <v>2012</v>
+      </c>
+      <c r="J141" t="s">
+        <v>781</v>
+      </c>
+      <c r="K141" t="s">
+        <v>24</v>
+      </c>
+      <c r="L141"/>
+      <c r="M141" t="s">
+        <v>776</v>
+      </c>
+      <c r="N141" t="s">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>801</v>
+      </c>
+      <c r="P141" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>802</v>
+      </c>
+      <c r="B142" t="s">
+        <v>803</v>
+      </c>
+      <c r="C142" t="s">
+        <v>774</v>
+      </c>
+      <c r="D142" t="s">
+        <v>133</v>
+      </c>
+      <c r="E142" t="s">
         <v>20</v>
       </c>
-      <c r="J133" t="s">
-[...374 lines deleted...]
-      </c>
       <c r="F142" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>83</v>
+      </c>
+      <c r="G142" t="s">
+        <v>22</v>
       </c>
       <c r="H142">
         <v>2010</v>
       </c>
-      <c r="I142" t="s">
-        <v>29</v>
+      <c r="I142">
+        <v>2015</v>
       </c>
       <c r="J142" t="s">
-        <v>21</v>
+        <v>781</v>
       </c>
       <c r="K142" t="s">
-        <v>531</v>
+        <v>134</v>
       </c>
       <c r="L142" t="s">
-        <v>509</v>
+        <v>804</v>
       </c>
       <c r="M142" t="s">
-        <v>24</v>
+        <v>776</v>
       </c>
       <c r="N142" t="s">
-        <v>532</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>805</v>
+      </c>
+      <c r="P142" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>533</v>
+        <v>806</v>
       </c>
       <c r="B143" t="s">
-        <v>507</v>
+        <v>807</v>
       </c>
       <c r="C143" t="s">
-        <v>534</v>
+        <v>774</v>
       </c>
       <c r="D143" t="s">
-        <v>17</v>
+        <v>159</v>
       </c>
       <c r="E143" t="s">
-        <v>58</v>
+        <v>20</v>
       </c>
       <c r="F143" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>83</v>
+      </c>
+      <c r="G143" t="s">
+        <v>22</v>
       </c>
       <c r="H143">
         <v>2010</v>
       </c>
-      <c r="I143" t="s">
-        <v>512</v>
+      <c r="I143">
+        <v>2010</v>
       </c>
       <c r="J143" t="s">
+        <v>44</v>
+      </c>
+      <c r="K143" t="s">
+        <v>24</v>
+      </c>
+      <c r="L143" t="s">
+        <v>808</v>
+      </c>
+      <c r="M143" t="s">
+        <v>776</v>
+      </c>
+      <c r="N143" t="s">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>809</v>
+      </c>
+      <c r="P143" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>810</v>
+      </c>
+      <c r="B144" t="s">
+        <v>811</v>
+      </c>
+      <c r="C144" t="s">
+        <v>774</v>
+      </c>
+      <c r="D144" t="s">
+        <v>812</v>
+      </c>
+      <c r="E144" t="s">
+        <v>20</v>
+      </c>
+      <c r="F144" t="s">
+        <v>83</v>
+      </c>
+      <c r="G144" t="s">
+        <v>22</v>
+      </c>
+      <c r="H144">
+        <v>2002</v>
+      </c>
+      <c r="I144">
+        <v>2010</v>
+      </c>
+      <c r="J144" t="s">
+        <v>781</v>
+      </c>
+      <c r="K144" t="s">
+        <v>24</v>
+      </c>
+      <c r="L144" t="s">
+        <v>813</v>
+      </c>
+      <c r="M144" t="s">
+        <v>776</v>
+      </c>
+      <c r="N144" t="s">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>814</v>
+      </c>
+      <c r="P144" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>815</v>
+      </c>
+      <c r="B145" t="s">
+        <v>816</v>
+      </c>
+      <c r="C145" t="s">
+        <v>774</v>
+      </c>
+      <c r="D145" t="s">
+        <v>817</v>
+      </c>
+      <c r="E145" t="s">
+        <v>20</v>
+      </c>
+      <c r="F145" t="s">
+        <v>83</v>
+      </c>
+      <c r="G145" t="s">
+        <v>22</v>
+      </c>
+      <c r="H145">
+        <v>1994</v>
+      </c>
+      <c r="I145">
+        <v>2003</v>
+      </c>
+      <c r="J145" t="s">
+        <v>44</v>
+      </c>
+      <c r="K145" t="s">
+        <v>24</v>
+      </c>
+      <c r="L145"/>
+      <c r="M145" t="s">
+        <v>776</v>
+      </c>
+      <c r="N145" t="s">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>818</v>
+      </c>
+      <c r="P145" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>819</v>
+      </c>
+      <c r="B146" t="s">
+        <v>820</v>
+      </c>
+      <c r="C146" t="s">
+        <v>774</v>
+      </c>
+      <c r="D146" t="s">
+        <v>280</v>
+      </c>
+      <c r="E146" t="s">
+        <v>20</v>
+      </c>
+      <c r="F146" t="s">
+        <v>83</v>
+      </c>
+      <c r="G146" t="s">
+        <v>22</v>
+      </c>
+      <c r="H146">
+        <v>2000</v>
+      </c>
+      <c r="I146">
+        <v>2010</v>
+      </c>
+      <c r="J146" t="s">
+        <v>781</v>
+      </c>
+      <c r="K146" t="s">
+        <v>134</v>
+      </c>
+      <c r="L146" t="s">
+        <v>821</v>
+      </c>
+      <c r="M146" t="s">
+        <v>776</v>
+      </c>
+      <c r="N146" t="s">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>822</v>
+      </c>
+      <c r="P146" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>823</v>
+      </c>
+      <c r="B147" t="s">
+        <v>824</v>
+      </c>
+      <c r="C147" t="s">
+        <v>774</v>
+      </c>
+      <c r="D147" t="s">
+        <v>212</v>
+      </c>
+      <c r="E147" t="s">
+        <v>20</v>
+      </c>
+      <c r="F147" t="s">
+        <v>83</v>
+      </c>
+      <c r="G147" t="s">
+        <v>22</v>
+      </c>
+      <c r="H147">
+        <v>1996</v>
+      </c>
+      <c r="I147">
+        <v>2009</v>
+      </c>
+      <c r="J147" t="s">
+        <v>44</v>
+      </c>
+      <c r="K147" t="s">
+        <v>24</v>
+      </c>
+      <c r="L147" t="s">
+        <v>825</v>
+      </c>
+      <c r="M147" t="s">
+        <v>776</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>826</v>
+      </c>
+      <c r="P147" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>823</v>
+      </c>
+      <c r="B148" t="s">
+        <v>824</v>
+      </c>
+      <c r="C148" t="s">
+        <v>774</v>
+      </c>
+      <c r="D148" t="s">
+        <v>827</v>
+      </c>
+      <c r="E148" t="s">
+        <v>20</v>
+      </c>
+      <c r="F148" t="s">
+        <v>83</v>
+      </c>
+      <c r="G148" t="s">
+        <v>22</v>
+      </c>
+      <c r="H148">
+        <v>1997</v>
+      </c>
+      <c r="I148">
+        <v>2009</v>
+      </c>
+      <c r="J148" t="s">
+        <v>44</v>
+      </c>
+      <c r="K148" t="s">
+        <v>24</v>
+      </c>
+      <c r="L148" t="s">
+        <v>828</v>
+      </c>
+      <c r="M148" t="s">
+        <v>776</v>
+      </c>
+      <c r="N148" t="s">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>829</v>
+      </c>
+      <c r="P148" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>830</v>
+      </c>
+      <c r="B149" t="s">
+        <v>831</v>
+      </c>
+      <c r="C149" t="s">
+        <v>774</v>
+      </c>
+      <c r="D149" t="s">
+        <v>159</v>
+      </c>
+      <c r="E149" t="s">
+        <v>20</v>
+      </c>
+      <c r="F149" t="s">
+        <v>83</v>
+      </c>
+      <c r="G149" t="s">
+        <v>22</v>
+      </c>
+      <c r="H149">
+        <v>1992</v>
+      </c>
+      <c r="I149">
+        <v>2009</v>
+      </c>
+      <c r="J149" t="s">
+        <v>44</v>
+      </c>
+      <c r="K149" t="s">
+        <v>24</v>
+      </c>
+      <c r="L149" t="s">
+        <v>808</v>
+      </c>
+      <c r="M149" t="s">
+        <v>776</v>
+      </c>
+      <c r="N149" t="s">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>832</v>
+      </c>
+      <c r="P149" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>834</v>
+      </c>
+      <c r="B150" t="s">
+        <v>835</v>
+      </c>
+      <c r="C150" t="s">
+        <v>774</v>
+      </c>
+      <c r="D150" t="s">
+        <v>140</v>
+      </c>
+      <c r="E150" t="s">
+        <v>20</v>
+      </c>
+      <c r="F150" t="s">
+        <v>83</v>
+      </c>
+      <c r="G150" t="s">
+        <v>22</v>
+      </c>
+      <c r="H150">
+        <v>2010</v>
+      </c>
+      <c r="I150">
+        <v>2010</v>
+      </c>
+      <c r="J150" t="s">
+        <v>781</v>
+      </c>
+      <c r="K150" t="s">
+        <v>24</v>
+      </c>
+      <c r="L150"/>
+      <c r="M150" t="s">
+        <v>776</v>
+      </c>
+      <c r="N150" t="s">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>836</v>
+      </c>
+      <c r="P150" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>837</v>
+      </c>
+      <c r="B151" t="s">
+        <v>838</v>
+      </c>
+      <c r="C151" t="s">
+        <v>839</v>
+      </c>
+      <c r="D151" t="s">
+        <v>572</v>
+      </c>
+      <c r="E151" t="s">
+        <v>249</v>
+      </c>
+      <c r="F151" t="s">
+        <v>83</v>
+      </c>
+      <c r="G151" t="s">
+        <v>22</v>
+      </c>
+      <c r="H151">
+        <v>2021</v>
+      </c>
+      <c r="I151">
+        <v>2019</v>
+      </c>
+      <c r="J151" t="s">
+        <v>840</v>
+      </c>
+      <c r="K151" t="s">
+        <v>24</v>
+      </c>
+      <c r="L151" t="s">
+        <v>841</v>
+      </c>
+      <c r="M151" t="s">
+        <v>842</v>
+      </c>
+      <c r="N151" t="s">
+        <v>27</v>
+      </c>
+      <c r="O151" t="s">
+        <v>843</v>
+      </c>
+      <c r="P151" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>845</v>
+      </c>
+      <c r="B152" t="s">
+        <v>846</v>
+      </c>
+      <c r="C152" t="s">
+        <v>839</v>
+      </c>
+      <c r="D152" t="s">
+        <v>224</v>
+      </c>
+      <c r="E152" t="s">
+        <v>249</v>
+      </c>
+      <c r="F152" t="s">
+        <v>83</v>
+      </c>
+      <c r="G152" t="s">
+        <v>22</v>
+      </c>
+      <c r="H152">
+        <v>2014</v>
+      </c>
+      <c r="I152">
+        <v>2019</v>
+      </c>
+      <c r="J152" t="s">
+        <v>847</v>
+      </c>
+      <c r="K152" t="s">
+        <v>24</v>
+      </c>
+      <c r="L152" t="s">
+        <v>848</v>
+      </c>
+      <c r="M152" t="s">
+        <v>842</v>
+      </c>
+      <c r="N152" t="s">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>849</v>
+      </c>
+      <c r="P152" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>851</v>
+      </c>
+      <c r="B153" t="s">
+        <v>852</v>
+      </c>
+      <c r="C153" t="s">
+        <v>839</v>
+      </c>
+      <c r="D153" t="s">
+        <v>224</v>
+      </c>
+      <c r="E153" t="s">
+        <v>249</v>
+      </c>
+      <c r="F153" t="s">
+        <v>83</v>
+      </c>
+      <c r="G153" t="s">
+        <v>22</v>
+      </c>
+      <c r="H153">
+        <v>2015</v>
+      </c>
+      <c r="I153">
+        <v>2019</v>
+      </c>
+      <c r="J153" t="s">
+        <v>840</v>
+      </c>
+      <c r="K153" t="s">
+        <v>24</v>
+      </c>
+      <c r="L153" t="s">
+        <v>853</v>
+      </c>
+      <c r="M153" t="s">
+        <v>842</v>
+      </c>
+      <c r="N153" t="s">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>854</v>
+      </c>
+      <c r="P153" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" t="s">
+        <v>856</v>
+      </c>
+      <c r="B154" t="s">
+        <v>857</v>
+      </c>
+      <c r="C154" t="s">
+        <v>839</v>
+      </c>
+      <c r="D154" t="s">
+        <v>858</v>
+      </c>
+      <c r="E154" t="s">
+        <v>249</v>
+      </c>
+      <c r="F154" t="s">
+        <v>83</v>
+      </c>
+      <c r="G154" t="s">
+        <v>22</v>
+      </c>
+      <c r="H154">
+        <v>2012</v>
+      </c>
+      <c r="I154">
+        <v>2019</v>
+      </c>
+      <c r="J154" t="s">
+        <v>840</v>
+      </c>
+      <c r="K154" t="s">
+        <v>24</v>
+      </c>
+      <c r="L154" t="s">
+        <v>859</v>
+      </c>
+      <c r="M154" t="s">
+        <v>842</v>
+      </c>
+      <c r="N154" t="s">
+        <v>27</v>
+      </c>
+      <c r="O154" t="s">
+        <v>860</v>
+      </c>
+      <c r="P154" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>862</v>
+      </c>
+      <c r="B155" t="s">
+        <v>863</v>
+      </c>
+      <c r="C155" t="s">
+        <v>839</v>
+      </c>
+      <c r="D155" t="s">
+        <v>212</v>
+      </c>
+      <c r="E155" t="s">
+        <v>249</v>
+      </c>
+      <c r="F155" t="s">
+        <v>83</v>
+      </c>
+      <c r="G155" t="s">
+        <v>22</v>
+      </c>
+      <c r="H155">
+        <v>2012</v>
+      </c>
+      <c r="I155">
+        <v>2019</v>
+      </c>
+      <c r="J155" t="s">
+        <v>847</v>
+      </c>
+      <c r="K155" t="s">
+        <v>24</v>
+      </c>
+      <c r="L155" t="s">
+        <v>864</v>
+      </c>
+      <c r="M155" t="s">
+        <v>842</v>
+      </c>
+      <c r="N155" t="s">
+        <v>27</v>
+      </c>
+      <c r="O155" t="s">
+        <v>865</v>
+      </c>
+      <c r="P155" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>867</v>
+      </c>
+      <c r="B156" t="s">
+        <v>868</v>
+      </c>
+      <c r="C156" t="s">
+        <v>839</v>
+      </c>
+      <c r="D156" t="s">
+        <v>182</v>
+      </c>
+      <c r="E156" t="s">
+        <v>249</v>
+      </c>
+      <c r="F156" t="s">
+        <v>83</v>
+      </c>
+      <c r="G156" t="s">
+        <v>22</v>
+      </c>
+      <c r="H156">
+        <v>2014</v>
+      </c>
+      <c r="I156">
+        <v>2019</v>
+      </c>
+      <c r="J156" t="s">
+        <v>847</v>
+      </c>
+      <c r="K156" t="s">
+        <v>24</v>
+      </c>
+      <c r="L156" t="s">
+        <v>869</v>
+      </c>
+      <c r="M156" t="s">
+        <v>842</v>
+      </c>
+      <c r="N156" t="s">
+        <v>27</v>
+      </c>
+      <c r="O156" t="s">
+        <v>870</v>
+      </c>
+      <c r="P156" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" t="s">
+        <v>872</v>
+      </c>
+      <c r="B157" t="s">
+        <v>873</v>
+      </c>
+      <c r="C157" t="s">
+        <v>839</v>
+      </c>
+      <c r="D157" t="s">
+        <v>43</v>
+      </c>
+      <c r="E157" t="s">
+        <v>249</v>
+      </c>
+      <c r="F157" t="s">
+        <v>83</v>
+      </c>
+      <c r="G157" t="s">
+        <v>22</v>
+      </c>
+      <c r="H157">
+        <v>2015</v>
+      </c>
+      <c r="I157">
+        <v>2019</v>
+      </c>
+      <c r="J157" t="s">
+        <v>847</v>
+      </c>
+      <c r="K157" t="s">
+        <v>24</v>
+      </c>
+      <c r="L157" t="s">
+        <v>874</v>
+      </c>
+      <c r="M157" t="s">
+        <v>842</v>
+      </c>
+      <c r="N157" t="s">
+        <v>27</v>
+      </c>
+      <c r="O157" t="s">
+        <v>875</v>
+      </c>
+      <c r="P157" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>877</v>
+      </c>
+      <c r="B158" t="s">
+        <v>878</v>
+      </c>
+      <c r="C158" t="s">
+        <v>839</v>
+      </c>
+      <c r="D158" t="s">
+        <v>105</v>
+      </c>
+      <c r="E158" t="s">
+        <v>249</v>
+      </c>
+      <c r="F158" t="s">
+        <v>83</v>
+      </c>
+      <c r="G158" t="s">
+        <v>22</v>
+      </c>
+      <c r="H158">
+        <v>2014</v>
+      </c>
+      <c r="I158">
+        <v>2019</v>
+      </c>
+      <c r="J158" t="s">
+        <v>840</v>
+      </c>
+      <c r="K158" t="s">
+        <v>24</v>
+      </c>
+      <c r="L158" t="s">
+        <v>879</v>
+      </c>
+      <c r="M158" t="s">
+        <v>842</v>
+      </c>
+      <c r="N158" t="s">
+        <v>27</v>
+      </c>
+      <c r="O158" t="s">
+        <v>880</v>
+      </c>
+      <c r="P158" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>882</v>
+      </c>
+      <c r="B159" t="s">
+        <v>883</v>
+      </c>
+      <c r="C159" t="s">
+        <v>839</v>
+      </c>
+      <c r="D159" t="s">
+        <v>206</v>
+      </c>
+      <c r="E159" t="s">
+        <v>249</v>
+      </c>
+      <c r="F159" t="s">
+        <v>83</v>
+      </c>
+      <c r="G159" t="s">
+        <v>22</v>
+      </c>
+      <c r="H159">
+        <v>2013</v>
+      </c>
+      <c r="I159">
+        <v>2019</v>
+      </c>
+      <c r="J159" t="s">
+        <v>847</v>
+      </c>
+      <c r="K159" t="s">
+        <v>24</v>
+      </c>
+      <c r="L159" t="s">
+        <v>884</v>
+      </c>
+      <c r="M159" t="s">
+        <v>842</v>
+      </c>
+      <c r="N159" t="s">
+        <v>27</v>
+      </c>
+      <c r="O159" t="s">
+        <v>885</v>
+      </c>
+      <c r="P159" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>887</v>
+      </c>
+      <c r="B160" t="s">
+        <v>888</v>
+      </c>
+      <c r="C160" t="s">
+        <v>839</v>
+      </c>
+      <c r="D160" t="s">
+        <v>641</v>
+      </c>
+      <c r="E160" t="s">
+        <v>249</v>
+      </c>
+      <c r="F160" t="s">
+        <v>83</v>
+      </c>
+      <c r="G160" t="s">
+        <v>22</v>
+      </c>
+      <c r="H160">
+        <v>2017</v>
+      </c>
+      <c r="I160">
+        <v>2019</v>
+      </c>
+      <c r="J160" t="s">
+        <v>847</v>
+      </c>
+      <c r="K160" t="s">
+        <v>24</v>
+      </c>
+      <c r="L160" t="s">
+        <v>889</v>
+      </c>
+      <c r="M160" t="s">
+        <v>842</v>
+      </c>
+      <c r="N160" t="s">
+        <v>27</v>
+      </c>
+      <c r="O160" t="s">
+        <v>890</v>
+      </c>
+      <c r="P160" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
+      <c r="A161" t="s">
+        <v>892</v>
+      </c>
+      <c r="B161" t="s">
+        <v>893</v>
+      </c>
+      <c r="C161" t="s">
+        <v>839</v>
+      </c>
+      <c r="D161" t="s">
+        <v>287</v>
+      </c>
+      <c r="E161" t="s">
+        <v>249</v>
+      </c>
+      <c r="F161" t="s">
+        <v>83</v>
+      </c>
+      <c r="G161" t="s">
+        <v>22</v>
+      </c>
+      <c r="H161">
+        <v>2016</v>
+      </c>
+      <c r="I161">
+        <v>2019</v>
+      </c>
+      <c r="J161" t="s">
+        <v>847</v>
+      </c>
+      <c r="K161" t="s">
+        <v>24</v>
+      </c>
+      <c r="L161" t="s">
+        <v>894</v>
+      </c>
+      <c r="M161" t="s">
+        <v>842</v>
+      </c>
+      <c r="N161" t="s">
+        <v>27</v>
+      </c>
+      <c r="O161" t="s">
+        <v>895</v>
+      </c>
+      <c r="P161" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
+      <c r="A162" t="s">
+        <v>897</v>
+      </c>
+      <c r="B162" t="s">
+        <v>898</v>
+      </c>
+      <c r="C162" t="s">
+        <v>899</v>
+      </c>
+      <c r="D162" t="s">
+        <v>900</v>
+      </c>
+      <c r="E162" t="s">
+        <v>249</v>
+      </c>
+      <c r="F162" t="s">
+        <v>257</v>
+      </c>
+      <c r="G162" t="s">
+        <v>22</v>
+      </c>
+      <c r="H162">
+        <v>2000</v>
+      </c>
+      <c r="I162">
+        <v>2021</v>
+      </c>
+      <c r="J162" t="s">
+        <v>35</v>
+      </c>
+      <c r="K162" t="s">
+        <v>24</v>
+      </c>
+      <c r="L162" t="s">
+        <v>901</v>
+      </c>
+      <c r="M162" t="s">
+        <v>902</v>
+      </c>
+      <c r="N162" t="s">
+        <v>27</v>
+      </c>
+      <c r="O162" t="s">
+        <v>903</v>
+      </c>
+      <c r="P162" t="s">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" t="s">
+        <v>905</v>
+      </c>
+      <c r="B163" t="s">
+        <v>906</v>
+      </c>
+      <c r="C163" t="s">
+        <v>899</v>
+      </c>
+      <c r="D163" t="s">
+        <v>907</v>
+      </c>
+      <c r="E163" t="s">
+        <v>249</v>
+      </c>
+      <c r="F163" t="s">
+        <v>257</v>
+      </c>
+      <c r="G163" t="s">
+        <v>22</v>
+      </c>
+      <c r="H163">
+        <v>1995</v>
+      </c>
+      <c r="I163">
+        <v>2021</v>
+      </c>
+      <c r="J163" t="s">
+        <v>35</v>
+      </c>
+      <c r="K163" t="s">
+        <v>24</v>
+      </c>
+      <c r="L163" t="s">
+        <v>908</v>
+      </c>
+      <c r="M163" t="s">
+        <v>902</v>
+      </c>
+      <c r="N163" t="s">
+        <v>27</v>
+      </c>
+      <c r="O163" t="s">
+        <v>909</v>
+      </c>
+      <c r="P163" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>911</v>
+      </c>
+      <c r="B164" t="s">
+        <v>912</v>
+      </c>
+      <c r="C164" t="s">
+        <v>899</v>
+      </c>
+      <c r="D164" t="s">
+        <v>172</v>
+      </c>
+      <c r="E164" t="s">
+        <v>249</v>
+      </c>
+      <c r="F164" t="s">
+        <v>257</v>
+      </c>
+      <c r="G164" t="s">
+        <v>22</v>
+      </c>
+      <c r="H164">
+        <v>1996</v>
+      </c>
+      <c r="I164">
+        <v>2021</v>
+      </c>
+      <c r="J164" t="s">
+        <v>35</v>
+      </c>
+      <c r="K164" t="s">
+        <v>24</v>
+      </c>
+      <c r="L164" t="s">
+        <v>913</v>
+      </c>
+      <c r="M164" t="s">
+        <v>902</v>
+      </c>
+      <c r="N164" t="s">
+        <v>27</v>
+      </c>
+      <c r="O164" t="s">
+        <v>914</v>
+      </c>
+      <c r="P164" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>916</v>
+      </c>
+      <c r="B165" t="s">
+        <v>917</v>
+      </c>
+      <c r="C165" t="s">
+        <v>899</v>
+      </c>
+      <c r="D165" t="s">
+        <v>105</v>
+      </c>
+      <c r="E165" t="s">
+        <v>249</v>
+      </c>
+      <c r="F165" t="s">
+        <v>257</v>
+      </c>
+      <c r="G165" t="s">
+        <v>22</v>
+      </c>
+      <c r="H165">
+        <v>2003</v>
+      </c>
+      <c r="I165">
+        <v>2022</v>
+      </c>
+      <c r="J165" t="s">
+        <v>35</v>
+      </c>
+      <c r="K165" t="s">
+        <v>24</v>
+      </c>
+      <c r="L165" t="s">
+        <v>918</v>
+      </c>
+      <c r="M165" t="s">
+        <v>902</v>
+      </c>
+      <c r="N165" t="s">
+        <v>27</v>
+      </c>
+      <c r="O165" t="s">
+        <v>919</v>
+      </c>
+      <c r="P165" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
+      <c r="A166" t="s">
+        <v>921</v>
+      </c>
+      <c r="B166" t="s">
+        <v>922</v>
+      </c>
+      <c r="C166" t="s">
+        <v>899</v>
+      </c>
+      <c r="D166" t="s">
+        <v>206</v>
+      </c>
+      <c r="E166" t="s">
+        <v>249</v>
+      </c>
+      <c r="F166" t="s">
+        <v>257</v>
+      </c>
+      <c r="G166" t="s">
+        <v>22</v>
+      </c>
+      <c r="H166">
+        <v>1997</v>
+      </c>
+      <c r="I166">
+        <v>2021</v>
+      </c>
+      <c r="J166" t="s">
+        <v>35</v>
+      </c>
+      <c r="K166" t="s">
+        <v>24</v>
+      </c>
+      <c r="L166" t="s">
+        <v>923</v>
+      </c>
+      <c r="M166" t="s">
+        <v>902</v>
+      </c>
+      <c r="N166" t="s">
+        <v>27</v>
+      </c>
+      <c r="O166" t="s">
+        <v>924</v>
+      </c>
+      <c r="P166" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" t="s">
+        <v>926</v>
+      </c>
+      <c r="B167" t="s">
+        <v>927</v>
+      </c>
+      <c r="C167" t="s">
+        <v>97</v>
+      </c>
+      <c r="D167" t="s">
+        <v>70</v>
+      </c>
+      <c r="E167" t="s">
+        <v>20</v>
+      </c>
+      <c r="F167" t="s">
+        <v>34</v>
+      </c>
+      <c r="G167" t="s">
+        <v>22</v>
+      </c>
+      <c r="H167">
+        <v>2018</v>
+      </c>
+      <c r="I167">
+        <v>2024</v>
+      </c>
+      <c r="J167" t="s">
+        <v>610</v>
+      </c>
+      <c r="K167" t="s">
+        <v>24</v>
+      </c>
+      <c r="L167"/>
+      <c r="M167" t="s">
+        <v>260</v>
+      </c>
+      <c r="N167" t="s">
+        <v>167</v>
+      </c>
+      <c r="O167" t="s">
+        <v>928</v>
+      </c>
+      <c r="P167" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="168" spans="1:16">
+      <c r="A168" t="s">
+        <v>930</v>
+      </c>
+      <c r="B168" t="s">
+        <v>931</v>
+      </c>
+      <c r="C168" t="s">
+        <v>608</v>
+      </c>
+      <c r="D168" t="s">
+        <v>932</v>
+      </c>
+      <c r="E168" t="s">
+        <v>20</v>
+      </c>
+      <c r="F168" t="s">
         <v>21</v>
       </c>
-      <c r="K143" t="s">
-[...31 lines deleted...]
-      <c r="G144">
+      <c r="G168" t="s">
+        <v>22</v>
+      </c>
+      <c r="H168">
+        <v>2009</v>
+      </c>
+      <c r="I168">
+        <v>2024</v>
+      </c>
+      <c r="J168" t="s">
+        <v>610</v>
+      </c>
+      <c r="K168" t="s">
+        <v>24</v>
+      </c>
+      <c r="L168" t="s">
+        <v>933</v>
+      </c>
+      <c r="M168" t="s">
+        <v>612</v>
+      </c>
+      <c r="N168" t="s">
+        <v>27</v>
+      </c>
+      <c r="O168" t="s">
+        <v>934</v>
+      </c>
+      <c r="P168" t="s">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16">
+      <c r="A169" t="s">
+        <v>936</v>
+      </c>
+      <c r="B169" t="s">
+        <v>937</v>
+      </c>
+      <c r="C169" t="s">
+        <v>608</v>
+      </c>
+      <c r="D169" t="s">
+        <v>105</v>
+      </c>
+      <c r="E169" t="s">
+        <v>20</v>
+      </c>
+      <c r="F169" t="s">
+        <v>21</v>
+      </c>
+      <c r="G169" t="s">
+        <v>22</v>
+      </c>
+      <c r="H169">
+        <v>2009</v>
+      </c>
+      <c r="I169">
+        <v>2024</v>
+      </c>
+      <c r="J169" t="s">
+        <v>610</v>
+      </c>
+      <c r="K169" t="s">
+        <v>24</v>
+      </c>
+      <c r="L169" t="s">
+        <v>938</v>
+      </c>
+      <c r="M169" t="s">
+        <v>612</v>
+      </c>
+      <c r="N169" t="s">
+        <v>27</v>
+      </c>
+      <c r="O169" t="s">
+        <v>939</v>
+      </c>
+      <c r="P169" t="s">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="170" spans="1:16">
+      <c r="A170" t="s">
+        <v>941</v>
+      </c>
+      <c r="B170" t="s">
+        <v>942</v>
+      </c>
+      <c r="C170" t="s">
+        <v>608</v>
+      </c>
+      <c r="D170" t="s">
+        <v>159</v>
+      </c>
+      <c r="E170" t="s">
+        <v>20</v>
+      </c>
+      <c r="F170" t="s">
+        <v>21</v>
+      </c>
+      <c r="G170" t="s">
+        <v>22</v>
+      </c>
+      <c r="H170">
+        <v>2007</v>
+      </c>
+      <c r="I170">
+        <v>2020</v>
+      </c>
+      <c r="J170" t="s">
+        <v>35</v>
+      </c>
+      <c r="K170" t="s">
+        <v>24</v>
+      </c>
+      <c r="L170" t="s">
+        <v>943</v>
+      </c>
+      <c r="M170" t="s">
+        <v>612</v>
+      </c>
+      <c r="N170" t="s">
+        <v>27</v>
+      </c>
+      <c r="O170" t="s">
+        <v>944</v>
+      </c>
+      <c r="P170" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16">
+      <c r="A171" t="s">
+        <v>946</v>
+      </c>
+      <c r="B171" t="s">
+        <v>947</v>
+      </c>
+      <c r="C171" t="s">
+        <v>608</v>
+      </c>
+      <c r="D171" t="s">
+        <v>441</v>
+      </c>
+      <c r="E171" t="s">
+        <v>20</v>
+      </c>
+      <c r="F171" t="s">
+        <v>21</v>
+      </c>
+      <c r="G171" t="s">
+        <v>22</v>
+      </c>
+      <c r="H171">
+        <v>2009</v>
+      </c>
+      <c r="I171">
+        <v>2023</v>
+      </c>
+      <c r="J171" t="s">
+        <v>610</v>
+      </c>
+      <c r="K171" t="s">
+        <v>24</v>
+      </c>
+      <c r="L171" t="s">
+        <v>948</v>
+      </c>
+      <c r="M171" t="s">
+        <v>612</v>
+      </c>
+      <c r="N171" t="s">
+        <v>27</v>
+      </c>
+      <c r="O171" t="s">
+        <v>949</v>
+      </c>
+      <c r="P171" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16">
+      <c r="A172" t="s">
+        <v>951</v>
+      </c>
+      <c r="B172" t="s">
+        <v>952</v>
+      </c>
+      <c r="C172" t="s">
+        <v>608</v>
+      </c>
+      <c r="D172" t="s">
+        <v>159</v>
+      </c>
+      <c r="E172" t="s">
+        <v>20</v>
+      </c>
+      <c r="F172" t="s">
+        <v>21</v>
+      </c>
+      <c r="G172" t="s">
+        <v>22</v>
+      </c>
+      <c r="H172">
+        <v>2006</v>
+      </c>
+      <c r="I172">
+        <v>2024</v>
+      </c>
+      <c r="J172" t="s">
+        <v>610</v>
+      </c>
+      <c r="K172" t="s">
+        <v>24</v>
+      </c>
+      <c r="L172" t="s">
+        <v>953</v>
+      </c>
+      <c r="M172" t="s">
+        <v>612</v>
+      </c>
+      <c r="N172" t="s">
+        <v>27</v>
+      </c>
+      <c r="O172" t="s">
+        <v>954</v>
+      </c>
+      <c r="P172" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16">
+      <c r="A173" t="s">
+        <v>956</v>
+      </c>
+      <c r="B173" t="s">
+        <v>957</v>
+      </c>
+      <c r="C173" t="s">
+        <v>608</v>
+      </c>
+      <c r="D173" t="s">
+        <v>172</v>
+      </c>
+      <c r="E173" t="s">
+        <v>20</v>
+      </c>
+      <c r="F173" t="s">
+        <v>21</v>
+      </c>
+      <c r="G173" t="s">
+        <v>22</v>
+      </c>
+      <c r="H173">
+        <v>2011</v>
+      </c>
+      <c r="I173">
+        <v>2022</v>
+      </c>
+      <c r="J173" t="s">
+        <v>35</v>
+      </c>
+      <c r="K173" t="s">
+        <v>24</v>
+      </c>
+      <c r="L173" t="s">
+        <v>958</v>
+      </c>
+      <c r="M173" t="s">
+        <v>612</v>
+      </c>
+      <c r="N173" t="s">
+        <v>27</v>
+      </c>
+      <c r="O173" t="s">
+        <v>959</v>
+      </c>
+      <c r="P173" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16">
+      <c r="A174" t="s">
+        <v>961</v>
+      </c>
+      <c r="B174" t="s">
+        <v>962</v>
+      </c>
+      <c r="C174" t="s">
+        <v>608</v>
+      </c>
+      <c r="D174" t="s">
+        <v>172</v>
+      </c>
+      <c r="E174" t="s">
+        <v>20</v>
+      </c>
+      <c r="F174" t="s">
+        <v>21</v>
+      </c>
+      <c r="G174" t="s">
+        <v>22</v>
+      </c>
+      <c r="H174">
+        <v>2007</v>
+      </c>
+      <c r="I174">
+        <v>2024</v>
+      </c>
+      <c r="J174" t="s">
+        <v>610</v>
+      </c>
+      <c r="K174" t="s">
+        <v>24</v>
+      </c>
+      <c r="L174" t="s">
+        <v>963</v>
+      </c>
+      <c r="M174" t="s">
+        <v>612</v>
+      </c>
+      <c r="N174" t="s">
+        <v>27</v>
+      </c>
+      <c r="O174" t="s">
+        <v>964</v>
+      </c>
+      <c r="P174" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="175" spans="1:16">
+      <c r="A175" t="s">
+        <v>966</v>
+      </c>
+      <c r="B175" t="s">
+        <v>967</v>
+      </c>
+      <c r="C175" t="s">
+        <v>608</v>
+      </c>
+      <c r="D175" t="s">
+        <v>968</v>
+      </c>
+      <c r="E175" t="s">
+        <v>20</v>
+      </c>
+      <c r="F175" t="s">
+        <v>21</v>
+      </c>
+      <c r="G175" t="s">
+        <v>22</v>
+      </c>
+      <c r="H175">
+        <v>2015</v>
+      </c>
+      <c r="I175">
+        <v>2023</v>
+      </c>
+      <c r="J175" t="s">
+        <v>969</v>
+      </c>
+      <c r="K175" t="s">
+        <v>24</v>
+      </c>
+      <c r="L175" t="s">
+        <v>970</v>
+      </c>
+      <c r="M175" t="s">
+        <v>612</v>
+      </c>
+      <c r="N175" t="s">
+        <v>27</v>
+      </c>
+      <c r="O175" t="s">
+        <v>971</v>
+      </c>
+      <c r="P175" t="s">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16">
+      <c r="A176" t="s">
+        <v>973</v>
+      </c>
+      <c r="B176" t="s">
+        <v>974</v>
+      </c>
+      <c r="C176" t="s">
+        <v>608</v>
+      </c>
+      <c r="D176" t="s">
+        <v>188</v>
+      </c>
+      <c r="E176" t="s">
+        <v>20</v>
+      </c>
+      <c r="F176" t="s">
+        <v>21</v>
+      </c>
+      <c r="G176" t="s">
+        <v>22</v>
+      </c>
+      <c r="H176">
+        <v>2009</v>
+      </c>
+      <c r="I176">
+        <v>2022</v>
+      </c>
+      <c r="J176" t="s">
+        <v>610</v>
+      </c>
+      <c r="K176" t="s">
+        <v>24</v>
+      </c>
+      <c r="L176" t="s">
+        <v>975</v>
+      </c>
+      <c r="M176" t="s">
+        <v>612</v>
+      </c>
+      <c r="N176" t="s">
+        <v>27</v>
+      </c>
+      <c r="O176" t="s">
+        <v>976</v>
+      </c>
+      <c r="P176" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16">
+      <c r="A177" t="s">
+        <v>978</v>
+      </c>
+      <c r="B177" t="s">
+        <v>979</v>
+      </c>
+      <c r="C177" t="s">
+        <v>608</v>
+      </c>
+      <c r="D177" t="s">
+        <v>506</v>
+      </c>
+      <c r="E177" t="s">
+        <v>20</v>
+      </c>
+      <c r="F177" t="s">
+        <v>21</v>
+      </c>
+      <c r="G177" t="s">
+        <v>22</v>
+      </c>
+      <c r="H177">
+        <v>2009</v>
+      </c>
+      <c r="I177">
+        <v>2018</v>
+      </c>
+      <c r="J177" t="s">
+        <v>35</v>
+      </c>
+      <c r="K177" t="s">
+        <v>24</v>
+      </c>
+      <c r="L177" t="s">
+        <v>980</v>
+      </c>
+      <c r="M177" t="s">
+        <v>612</v>
+      </c>
+      <c r="N177" t="s">
+        <v>27</v>
+      </c>
+      <c r="O177" t="s">
+        <v>981</v>
+      </c>
+      <c r="P177" t="s">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16">
+      <c r="A178" t="s">
+        <v>983</v>
+      </c>
+      <c r="B178" t="s">
+        <v>984</v>
+      </c>
+      <c r="C178" t="s">
+        <v>248</v>
+      </c>
+      <c r="D178" t="s">
+        <v>230</v>
+      </c>
+      <c r="E178" t="s">
+        <v>249</v>
+      </c>
+      <c r="F178" t="s">
+        <v>257</v>
+      </c>
+      <c r="G178" t="s">
+        <v>22</v>
+      </c>
+      <c r="H178">
+        <v>2000</v>
+      </c>
+      <c r="I178">
+        <v>2015</v>
+      </c>
+      <c r="J178" t="s">
+        <v>52</v>
+      </c>
+      <c r="K178" t="s">
+        <v>24</v>
+      </c>
+      <c r="L178" t="s">
+        <v>724</v>
+      </c>
+      <c r="M178" t="s">
+        <v>251</v>
+      </c>
+      <c r="N178" t="s">
+        <v>27</v>
+      </c>
+      <c r="O178" t="s">
+        <v>985</v>
+      </c>
+      <c r="P178" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="179" spans="1:16">
+      <c r="A179" t="s">
+        <v>987</v>
+      </c>
+      <c r="B179" t="s">
+        <v>988</v>
+      </c>
+      <c r="C179" t="s">
+        <v>32</v>
+      </c>
+      <c r="D179" t="s">
+        <v>172</v>
+      </c>
+      <c r="E179" t="s">
+        <v>249</v>
+      </c>
+      <c r="F179" t="s">
+        <v>83</v>
+      </c>
+      <c r="G179" t="s">
+        <v>22</v>
+      </c>
+      <c r="H179">
+        <v>2000</v>
+      </c>
+      <c r="I179">
+        <v>2012</v>
+      </c>
+      <c r="J179" t="s">
+        <v>44</v>
+      </c>
+      <c r="K179" t="s">
+        <v>24</v>
+      </c>
+      <c r="L179"/>
+      <c r="M179" t="s">
+        <v>989</v>
+      </c>
+      <c r="N179" t="s">
+        <v>27</v>
+      </c>
+      <c r="O179" t="s">
+        <v>990</v>
+      </c>
+      <c r="P179" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="180" spans="1:16">
+      <c r="A180" t="s">
+        <v>992</v>
+      </c>
+      <c r="B180" t="s">
+        <v>993</v>
+      </c>
+      <c r="C180" t="s">
+        <v>994</v>
+      </c>
+      <c r="D180" t="s">
+        <v>383</v>
+      </c>
+      <c r="E180" t="s">
+        <v>249</v>
+      </c>
+      <c r="F180" t="s">
+        <v>257</v>
+      </c>
+      <c r="G180" t="s">
+        <v>22</v>
+      </c>
+      <c r="H180">
+        <v>2013</v>
+      </c>
+      <c r="I180">
+        <v>2020</v>
+      </c>
+      <c r="J180" t="s">
+        <v>141</v>
+      </c>
+      <c r="K180" t="s">
+        <v>24</v>
+      </c>
+      <c r="L180" t="s">
+        <v>995</v>
+      </c>
+      <c r="M180" t="s">
+        <v>996</v>
+      </c>
+      <c r="N180" t="s">
+        <v>27</v>
+      </c>
+      <c r="O180" t="s">
+        <v>997</v>
+      </c>
+      <c r="P180" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="181" spans="1:16">
+      <c r="A181" t="s">
+        <v>999</v>
+      </c>
+      <c r="B181" t="s">
+        <v>1000</v>
+      </c>
+      <c r="C181" t="s">
+        <v>1001</v>
+      </c>
+      <c r="D181" t="s">
+        <v>195</v>
+      </c>
+      <c r="E181" t="s">
+        <v>249</v>
+      </c>
+      <c r="F181" t="s">
+        <v>257</v>
+      </c>
+      <c r="G181" t="s">
+        <v>22</v>
+      </c>
+      <c r="H181">
         <v>1994</v>
       </c>
-      <c r="H144">
-[...26 lines deleted...]
-      <c r="C145" t="s">
+      <c r="I181">
+        <v>2020</v>
+      </c>
+      <c r="J181" t="s">
+        <v>141</v>
+      </c>
+      <c r="K181" t="s">
+        <v>24</v>
+      </c>
+      <c r="L181" t="s">
+        <v>1002</v>
+      </c>
+      <c r="M181" t="s">
+        <v>996</v>
+      </c>
+      <c r="N181" t="s">
+        <v>27</v>
+      </c>
+      <c r="O181" t="s">
+        <v>1003</v>
+      </c>
+      <c r="P181" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="182" spans="1:16">
+      <c r="A182" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B182" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C182" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D182" t="s">
+        <v>399</v>
+      </c>
+      <c r="E182" t="s">
+        <v>249</v>
+      </c>
+      <c r="F182" t="s">
+        <v>257</v>
+      </c>
+      <c r="G182" t="s">
+        <v>22</v>
+      </c>
+      <c r="H182">
+        <v>1992</v>
+      </c>
+      <c r="I182">
+        <v>2020</v>
+      </c>
+      <c r="J182" t="s">
+        <v>141</v>
+      </c>
+      <c r="K182" t="s">
+        <v>24</v>
+      </c>
+      <c r="L182" t="s">
+        <v>1008</v>
+      </c>
+      <c r="M182" t="s">
+        <v>996</v>
+      </c>
+      <c r="N182" t="s">
+        <v>27</v>
+      </c>
+      <c r="O182" t="s">
+        <v>1009</v>
+      </c>
+      <c r="P182" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="183" spans="1:16">
+      <c r="A183" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B183" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C183" t="s">
+        <v>1001</v>
+      </c>
+      <c r="D183" t="s">
+        <v>230</v>
+      </c>
+      <c r="E183" t="s">
+        <v>249</v>
+      </c>
+      <c r="F183" t="s">
+        <v>257</v>
+      </c>
+      <c r="G183" t="s">
+        <v>22</v>
+      </c>
+      <c r="H183">
+        <v>2001</v>
+      </c>
+      <c r="I183">
+        <v>2019</v>
+      </c>
+      <c r="J183" t="s">
+        <v>141</v>
+      </c>
+      <c r="K183" t="s">
+        <v>24</v>
+      </c>
+      <c r="L183" t="s">
+        <v>1013</v>
+      </c>
+      <c r="M183" t="s">
+        <v>996</v>
+      </c>
+      <c r="N183" t="s">
+        <v>27</v>
+      </c>
+      <c r="O183" t="s">
+        <v>1014</v>
+      </c>
+      <c r="P183" t="s">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="184" spans="1:16">
+      <c r="A184" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B184" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C184" t="s">
+        <v>32</v>
+      </c>
+      <c r="D184" t="s">
         <v>195</v>
       </c>
-      <c r="D145" t="s">
-[...1192 lines deleted...]
-      <c r="G172">
+      <c r="E184" t="s">
+        <v>249</v>
+      </c>
+      <c r="F184" t="s">
+        <v>83</v>
+      </c>
+      <c r="G184" t="s">
+        <v>22</v>
+      </c>
+      <c r="H184">
+        <v>2004</v>
+      </c>
+      <c r="I184">
         <v>2011</v>
       </c>
-      <c r="H172">
-[...528 lines deleted...]
-      </c>
       <c r="J184" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>1018</v>
+      </c>
+      <c r="K184" t="s">
+        <v>24</v>
+      </c>
+      <c r="L184"/>
       <c r="M184" t="s">
-        <v>24</v>
+        <v>989</v>
       </c>
       <c r="N184" t="s">
-        <v>673</v>
-[...2 lines deleted...]
-    <row r="185" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O184" t="s">
+        <v>1019</v>
+      </c>
+      <c r="P184" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="185" spans="1:16">
       <c r="A185" t="s">
-        <v>674</v>
+        <v>1020</v>
       </c>
       <c r="B185" t="s">
-        <v>15</v>
+        <v>1021</v>
       </c>
       <c r="C185" t="s">
-        <v>156</v>
+        <v>32</v>
       </c>
       <c r="D185" t="s">
-        <v>173</v>
+        <v>224</v>
       </c>
       <c r="E185" t="s">
-        <v>58</v>
+        <v>249</v>
       </c>
       <c r="F185" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>83</v>
+      </c>
+      <c r="G185" t="s">
+        <v>22</v>
       </c>
       <c r="H185">
         <v>2006</v>
       </c>
-      <c r="I185" t="s">
-        <v>672</v>
+      <c r="I185">
+        <v>2006</v>
       </c>
       <c r="J185" t="s">
-        <v>96</v>
-[...4 lines deleted...]
-      </c>
+        <v>1018</v>
+      </c>
+      <c r="K185" t="s">
+        <v>134</v>
+      </c>
+      <c r="L185"/>
       <c r="M185" t="s">
-        <v>24</v>
+        <v>989</v>
       </c>
       <c r="N185" t="s">
-        <v>675</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O185" t="s">
+        <v>1022</v>
+      </c>
+      <c r="P185" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="186" spans="1:16">
       <c r="A186" t="s">
-        <v>674</v>
+        <v>1020</v>
       </c>
       <c r="B186" t="s">
-        <v>15</v>
+        <v>1023</v>
       </c>
       <c r="C186" t="s">
-        <v>164</v>
+        <v>32</v>
       </c>
       <c r="D186" t="s">
-        <v>173</v>
+        <v>236</v>
       </c>
       <c r="E186" t="s">
+        <v>249</v>
+      </c>
+      <c r="F186" t="s">
+        <v>83</v>
+      </c>
+      <c r="G186" t="s">
+        <v>22</v>
+      </c>
+      <c r="H186">
+        <v>2006</v>
+      </c>
+      <c r="I186">
+        <v>2008</v>
+      </c>
+      <c r="J186" t="s">
+        <v>1018</v>
+      </c>
+      <c r="K186" t="s">
+        <v>134</v>
+      </c>
+      <c r="L186"/>
+      <c r="M186" t="s">
+        <v>989</v>
+      </c>
+      <c r="N186" t="s">
+        <v>27</v>
+      </c>
+      <c r="O186" t="s">
+        <v>1024</v>
+      </c>
+      <c r="P186" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="187" spans="1:16">
+      <c r="A187" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B187" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C187" t="s">
+        <v>32</v>
+      </c>
+      <c r="D187" t="s">
+        <v>1027</v>
+      </c>
+      <c r="E187" t="s">
+        <v>249</v>
+      </c>
+      <c r="F187" t="s">
+        <v>83</v>
+      </c>
+      <c r="G187" t="s">
+        <v>22</v>
+      </c>
+      <c r="H187">
+        <v>2009</v>
+      </c>
+      <c r="I187">
+        <v>2011</v>
+      </c>
+      <c r="J187" t="s">
+        <v>1018</v>
+      </c>
+      <c r="K187" t="s">
+        <v>24</v>
+      </c>
+      <c r="L187"/>
+      <c r="M187" t="s">
+        <v>989</v>
+      </c>
+      <c r="N187" t="s">
+        <v>27</v>
+      </c>
+      <c r="O187" t="s">
+        <v>1028</v>
+      </c>
+      <c r="P187" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="188" spans="1:16">
+      <c r="A188" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B188" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C188" t="s">
+        <v>32</v>
+      </c>
+      <c r="D188" t="s">
+        <v>140</v>
+      </c>
+      <c r="E188" t="s">
+        <v>249</v>
+      </c>
+      <c r="F188" t="s">
+        <v>83</v>
+      </c>
+      <c r="G188" t="s">
+        <v>22</v>
+      </c>
+      <c r="H188">
+        <v>2006</v>
+      </c>
+      <c r="I188">
+        <v>2008</v>
+      </c>
+      <c r="J188" t="s">
+        <v>1018</v>
+      </c>
+      <c r="K188" t="s">
+        <v>24</v>
+      </c>
+      <c r="L188"/>
+      <c r="M188" t="s">
+        <v>989</v>
+      </c>
+      <c r="N188" t="s">
+        <v>27</v>
+      </c>
+      <c r="O188" t="s">
+        <v>1031</v>
+      </c>
+      <c r="P188" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="189" spans="1:16">
+      <c r="A189" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B189" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C189" t="s">
+        <v>32</v>
+      </c>
+      <c r="D189" t="s">
+        <v>1034</v>
+      </c>
+      <c r="E189" t="s">
+        <v>249</v>
+      </c>
+      <c r="F189" t="s">
+        <v>83</v>
+      </c>
+      <c r="G189" t="s">
+        <v>22</v>
+      </c>
+      <c r="H189">
+        <v>2008</v>
+      </c>
+      <c r="I189">
+        <v>2010</v>
+      </c>
+      <c r="J189" t="s">
+        <v>1018</v>
+      </c>
+      <c r="K189" t="s">
+        <v>24</v>
+      </c>
+      <c r="L189"/>
+      <c r="M189" t="s">
+        <v>989</v>
+      </c>
+      <c r="N189" t="s">
+        <v>27</v>
+      </c>
+      <c r="O189" t="s">
+        <v>1035</v>
+      </c>
+      <c r="P189" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="190" spans="1:16">
+      <c r="A190" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B190" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C190" t="s">
+        <v>18</v>
+      </c>
+      <c r="D190" t="s">
+        <v>172</v>
+      </c>
+      <c r="E190" t="s">
+        <v>20</v>
+      </c>
+      <c r="F190" t="s">
+        <v>21</v>
+      </c>
+      <c r="G190" t="s">
+        <v>22</v>
+      </c>
+      <c r="H190">
+        <v>2015</v>
+      </c>
+      <c r="I190">
+        <v>2023</v>
+      </c>
+      <c r="J190" t="s">
+        <v>1038</v>
+      </c>
+      <c r="K190" t="s">
+        <v>24</v>
+      </c>
+      <c r="L190"/>
+      <c r="M190" t="s">
+        <v>1039</v>
+      </c>
+      <c r="N190" t="s">
+        <v>27</v>
+      </c>
+      <c r="O190" t="s">
+        <v>1040</v>
+      </c>
+      <c r="P190" t="s">
+        <v>1041</v>
+      </c>
+    </row>
+    <row r="191" spans="1:16">
+      <c r="A191" t="s">
+        <v>1042</v>
+      </c>
+      <c r="B191" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C191" t="s">
+        <v>18</v>
+      </c>
+      <c r="D191" t="s">
+        <v>212</v>
+      </c>
+      <c r="E191" t="s">
+        <v>20</v>
+      </c>
+      <c r="F191" t="s">
+        <v>21</v>
+      </c>
+      <c r="G191" t="s">
+        <v>22</v>
+      </c>
+      <c r="H191">
+        <v>2022</v>
+      </c>
+      <c r="I191">
+        <v>2024</v>
+      </c>
+      <c r="J191" t="s">
+        <v>1038</v>
+      </c>
+      <c r="K191" t="s">
+        <v>24</v>
+      </c>
+      <c r="L191"/>
+      <c r="M191" t="s">
+        <v>1039</v>
+      </c>
+      <c r="N191" t="s">
+        <v>27</v>
+      </c>
+      <c r="O191" t="s">
+        <v>1044</v>
+      </c>
+      <c r="P191" t="s">
+        <v>1041</v>
+      </c>
+    </row>
+    <row r="192" spans="1:16">
+      <c r="A192" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B192" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C192" t="s">
+        <v>18</v>
+      </c>
+      <c r="D192" t="s">
+        <v>159</v>
+      </c>
+      <c r="E192" t="s">
+        <v>20</v>
+      </c>
+      <c r="F192" t="s">
+        <v>21</v>
+      </c>
+      <c r="G192" t="s">
+        <v>22</v>
+      </c>
+      <c r="H192"/>
+      <c r="I192">
+        <v>2024</v>
+      </c>
+      <c r="J192" t="s">
+        <v>1038</v>
+      </c>
+      <c r="K192" t="s">
+        <v>24</v>
+      </c>
+      <c r="L192"/>
+      <c r="M192" t="s">
+        <v>1039</v>
+      </c>
+      <c r="N192" t="s">
+        <v>27</v>
+      </c>
+      <c r="O192" t="s">
+        <v>1047</v>
+      </c>
+      <c r="P192" t="s">
+        <v>1041</v>
+      </c>
+    </row>
+    <row r="193" spans="1:16">
+      <c r="A193" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B193" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C193" t="s">
+        <v>248</v>
+      </c>
+      <c r="D193" t="s">
+        <v>93</v>
+      </c>
+      <c r="E193" t="s">
+        <v>249</v>
+      </c>
+      <c r="F193" t="s">
+        <v>34</v>
+      </c>
+      <c r="G193" t="s">
+        <v>22</v>
+      </c>
+      <c r="H193">
+        <v>1981</v>
+      </c>
+      <c r="I193">
+        <v>1982</v>
+      </c>
+      <c r="J193" t="s">
+        <v>52</v>
+      </c>
+      <c r="K193" t="s">
+        <v>24</v>
+      </c>
+      <c r="L193" t="s">
+        <v>1050</v>
+      </c>
+      <c r="M193" t="s">
+        <v>670</v>
+      </c>
+      <c r="N193" t="s">
+        <v>27</v>
+      </c>
+      <c r="O193" t="s">
+        <v>1051</v>
+      </c>
+      <c r="P193" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="194" spans="1:16">
+      <c r="A194" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B194" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C194" t="s">
+        <v>248</v>
+      </c>
+      <c r="D194" t="s">
+        <v>506</v>
+      </c>
+      <c r="E194" t="s">
+        <v>249</v>
+      </c>
+      <c r="F194" t="s">
+        <v>34</v>
+      </c>
+      <c r="G194" t="s">
+        <v>22</v>
+      </c>
+      <c r="H194">
+        <v>2002</v>
+      </c>
+      <c r="I194">
+        <v>2001</v>
+      </c>
+      <c r="J194" t="s">
+        <v>52</v>
+      </c>
+      <c r="K194" t="s">
+        <v>24</v>
+      </c>
+      <c r="L194"/>
+      <c r="M194" t="s">
+        <v>251</v>
+      </c>
+      <c r="N194" t="s">
+        <v>27</v>
+      </c>
+      <c r="O194" t="s">
+        <v>1053</v>
+      </c>
+      <c r="P194" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="195" spans="1:16">
+      <c r="A195" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B195" t="s">
+        <v>1055</v>
+      </c>
+      <c r="C195" t="s">
+        <v>97</v>
+      </c>
+      <c r="D195" t="s">
+        <v>159</v>
+      </c>
+      <c r="E195" t="s">
+        <v>20</v>
+      </c>
+      <c r="F195" t="s">
+        <v>34</v>
+      </c>
+      <c r="G195" t="s">
+        <v>1056</v>
+      </c>
+      <c r="H195">
+        <v>1989</v>
+      </c>
+      <c r="I195">
+        <v>2016</v>
+      </c>
+      <c r="J195" t="s">
+        <v>141</v>
+      </c>
+      <c r="K195" t="s">
+        <v>24</v>
+      </c>
+      <c r="L195" t="s">
+        <v>1057</v>
+      </c>
+      <c r="M195" t="s">
+        <v>1058</v>
+      </c>
+      <c r="N195" t="s">
+        <v>27</v>
+      </c>
+      <c r="O195" t="s">
+        <v>1059</v>
+      </c>
+      <c r="P195" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="196" spans="1:16">
+      <c r="A196" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B196" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C196" t="s">
+        <v>97</v>
+      </c>
+      <c r="D196" t="s">
+        <v>206</v>
+      </c>
+      <c r="E196" t="s">
+        <v>20</v>
+      </c>
+      <c r="F196" t="s">
+        <v>34</v>
+      </c>
+      <c r="G196" t="s">
+        <v>22</v>
+      </c>
+      <c r="H196">
+        <v>1989</v>
+      </c>
+      <c r="I196">
+        <v>2013</v>
+      </c>
+      <c r="J196" t="s">
+        <v>141</v>
+      </c>
+      <c r="K196" t="s">
+        <v>24</v>
+      </c>
+      <c r="L196" t="s">
+        <v>207</v>
+      </c>
+      <c r="M196" t="s">
+        <v>122</v>
+      </c>
+      <c r="N196" t="s">
+        <v>27</v>
+      </c>
+      <c r="O196" t="s">
+        <v>1063</v>
+      </c>
+      <c r="P196" t="s">
+        <v>1064</v>
+      </c>
+    </row>
+    <row r="197" spans="1:16">
+      <c r="A197" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B197" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C197" t="s">
+        <v>97</v>
+      </c>
+      <c r="D197" t="s">
+        <v>1067</v>
+      </c>
+      <c r="E197" t="s">
+        <v>20</v>
+      </c>
+      <c r="F197" t="s">
+        <v>34</v>
+      </c>
+      <c r="G197" t="s">
+        <v>22</v>
+      </c>
+      <c r="H197">
+        <v>1989</v>
+      </c>
+      <c r="I197">
+        <v>2021</v>
+      </c>
+      <c r="J197" t="s">
+        <v>1068</v>
+      </c>
+      <c r="K197" t="s">
+        <v>24</v>
+      </c>
+      <c r="L197" t="s">
+        <v>1069</v>
+      </c>
+      <c r="M197" t="s">
+        <v>1070</v>
+      </c>
+      <c r="N197" t="s">
+        <v>27</v>
+      </c>
+      <c r="O197" t="s">
+        <v>1071</v>
+      </c>
+      <c r="P197" t="s">
+        <v>1072</v>
+      </c>
+    </row>
+    <row r="198" spans="1:16">
+      <c r="A198" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B198" t="s">
+        <v>1074</v>
+      </c>
+      <c r="C198" t="s">
+        <v>97</v>
+      </c>
+      <c r="D198" t="s">
+        <v>1075</v>
+      </c>
+      <c r="E198" t="s">
+        <v>20</v>
+      </c>
+      <c r="F198" t="s">
+        <v>34</v>
+      </c>
+      <c r="G198" t="s">
+        <v>22</v>
+      </c>
+      <c r="H198">
+        <v>1999</v>
+      </c>
+      <c r="I198">
+        <v>2022</v>
+      </c>
+      <c r="J198" t="s">
+        <v>1068</v>
+      </c>
+      <c r="K198" t="s">
+        <v>24</v>
+      </c>
+      <c r="L198"/>
+      <c r="M198" t="s">
+        <v>1070</v>
+      </c>
+      <c r="N198" t="s">
+        <v>27</v>
+      </c>
+      <c r="O198" t="s">
+        <v>1076</v>
+      </c>
+      <c r="P198" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="199" spans="1:16">
+      <c r="A199" t="s">
+        <v>1078</v>
+      </c>
+      <c r="B199" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C199" t="s">
+        <v>97</v>
+      </c>
+      <c r="D199" t="s">
+        <v>70</v>
+      </c>
+      <c r="E199" t="s">
+        <v>20</v>
+      </c>
+      <c r="F199" t="s">
+        <v>34</v>
+      </c>
+      <c r="G199" t="s">
+        <v>22</v>
+      </c>
+      <c r="H199">
+        <v>2002</v>
+      </c>
+      <c r="I199">
+        <v>2021</v>
+      </c>
+      <c r="J199" t="s">
+        <v>127</v>
+      </c>
+      <c r="K199" t="s">
+        <v>24</v>
+      </c>
+      <c r="L199" t="s">
+        <v>1080</v>
+      </c>
+      <c r="M199" t="s">
+        <v>122</v>
+      </c>
+      <c r="N199" t="s">
+        <v>167</v>
+      </c>
+      <c r="O199" t="s">
+        <v>1081</v>
+      </c>
+      <c r="P199" t="s">
+        <v>1082</v>
+      </c>
+    </row>
+    <row r="200" spans="1:16">
+      <c r="A200" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B200" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C200" t="s">
+        <v>97</v>
+      </c>
+      <c r="D200" t="s">
+        <v>212</v>
+      </c>
+      <c r="E200" t="s">
+        <v>20</v>
+      </c>
+      <c r="F200" t="s">
+        <v>34</v>
+      </c>
+      <c r="G200" t="s">
+        <v>22</v>
+      </c>
+      <c r="H200">
+        <v>2003</v>
+      </c>
+      <c r="I200">
+        <v>2013</v>
+      </c>
+      <c r="J200" t="s">
+        <v>141</v>
+      </c>
+      <c r="K200" t="s">
+        <v>24</v>
+      </c>
+      <c r="L200" t="s">
+        <v>1085</v>
+      </c>
+      <c r="M200" t="s">
+        <v>122</v>
+      </c>
+      <c r="N200" t="s">
+        <v>27</v>
+      </c>
+      <c r="O200" t="s">
+        <v>1086</v>
+      </c>
+      <c r="P200" t="s">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="201" spans="1:16">
+      <c r="A201" t="s">
+        <v>1088</v>
+      </c>
+      <c r="B201" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C201" t="s">
+        <v>97</v>
+      </c>
+      <c r="D201" t="s">
+        <v>152</v>
+      </c>
+      <c r="E201" t="s">
+        <v>20</v>
+      </c>
+      <c r="F201" t="s">
+        <v>34</v>
+      </c>
+      <c r="G201" t="s">
+        <v>22</v>
+      </c>
+      <c r="H201">
+        <v>2009</v>
+      </c>
+      <c r="I201">
+        <v>2020</v>
+      </c>
+      <c r="J201" t="s">
+        <v>141</v>
+      </c>
+      <c r="K201" t="s">
+        <v>24</v>
+      </c>
+      <c r="L201" t="s">
+        <v>1090</v>
+      </c>
+      <c r="M201" t="s">
+        <v>122</v>
+      </c>
+      <c r="N201" t="s">
+        <v>167</v>
+      </c>
+      <c r="O201" t="s">
+        <v>1091</v>
+      </c>
+      <c r="P201" t="s">
+        <v>1092</v>
+      </c>
+    </row>
+    <row r="202" spans="1:16">
+      <c r="A202" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B202" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C202" t="s">
+        <v>97</v>
+      </c>
+      <c r="D202" t="s">
+        <v>212</v>
+      </c>
+      <c r="E202" t="s">
+        <v>249</v>
+      </c>
+      <c r="F202" t="s">
+        <v>34</v>
+      </c>
+      <c r="G202" t="s">
+        <v>22</v>
+      </c>
+      <c r="H202">
+        <v>2003</v>
+      </c>
+      <c r="I202">
+        <v>2014</v>
+      </c>
+      <c r="J202" t="s">
+        <v>141</v>
+      </c>
+      <c r="K202" t="s">
+        <v>24</v>
+      </c>
+      <c r="L202" t="s">
+        <v>1095</v>
+      </c>
+      <c r="M202" t="s">
+        <v>122</v>
+      </c>
+      <c r="N202" t="s">
+        <v>27</v>
+      </c>
+      <c r="O202" t="s">
+        <v>1096</v>
+      </c>
+      <c r="P202" t="s">
+        <v>1097</v>
+      </c>
+    </row>
+    <row r="203" spans="1:16">
+      <c r="A203" t="s">
+        <v>1098</v>
+      </c>
+      <c r="B203" t="s">
+        <v>1099</v>
+      </c>
+      <c r="C203" t="s">
+        <v>97</v>
+      </c>
+      <c r="D203" t="s">
+        <v>512</v>
+      </c>
+      <c r="E203" t="s">
+        <v>20</v>
+      </c>
+      <c r="F203" t="s">
+        <v>34</v>
+      </c>
+      <c r="G203" t="s">
+        <v>22</v>
+      </c>
+      <c r="H203">
+        <v>2005</v>
+      </c>
+      <c r="I203">
+        <v>2005</v>
+      </c>
+      <c r="J203" t="s">
+        <v>141</v>
+      </c>
+      <c r="K203" t="s">
+        <v>24</v>
+      </c>
+      <c r="L203" t="s">
+        <v>1100</v>
+      </c>
+      <c r="M203" t="s">
+        <v>122</v>
+      </c>
+      <c r="N203" t="s">
+        <v>27</v>
+      </c>
+      <c r="O203" t="s">
+        <v>1101</v>
+      </c>
+      <c r="P203" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="204" spans="1:16">
+      <c r="A204" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B204" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C204" t="s">
+        <v>97</v>
+      </c>
+      <c r="D204" t="s">
+        <v>172</v>
+      </c>
+      <c r="E204" t="s">
+        <v>20</v>
+      </c>
+      <c r="F204" t="s">
+        <v>34</v>
+      </c>
+      <c r="G204" t="s">
+        <v>22</v>
+      </c>
+      <c r="H204">
+        <v>1989</v>
+      </c>
+      <c r="I204">
+        <v>2018</v>
+      </c>
+      <c r="J204" t="s">
+        <v>141</v>
+      </c>
+      <c r="K204" t="s">
+        <v>24</v>
+      </c>
+      <c r="L204" t="s">
+        <v>121</v>
+      </c>
+      <c r="M204" t="s">
+        <v>122</v>
+      </c>
+      <c r="N204" t="s">
+        <v>27</v>
+      </c>
+      <c r="O204" t="s">
+        <v>1105</v>
+      </c>
+      <c r="P204" t="s">
+        <v>1106</v>
+      </c>
+    </row>
+    <row r="205" spans="1:16">
+      <c r="A205" t="s">
+        <v>1107</v>
+      </c>
+      <c r="B205" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C205" t="s">
+        <v>97</v>
+      </c>
+      <c r="D205" t="s">
         <v>58</v>
       </c>
-      <c r="F186" t="s">
-[...131 lines deleted...]
-      <c r="H189">
+      <c r="E205" t="s">
+        <v>20</v>
+      </c>
+      <c r="F205" t="s">
+        <v>34</v>
+      </c>
+      <c r="G205" t="s">
+        <v>22</v>
+      </c>
+      <c r="H205">
+        <v>2004</v>
+      </c>
+      <c r="I205">
+        <v>2017</v>
+      </c>
+      <c r="J205" t="s">
+        <v>141</v>
+      </c>
+      <c r="K205" t="s">
+        <v>24</v>
+      </c>
+      <c r="L205" t="s">
+        <v>1109</v>
+      </c>
+      <c r="M205" t="s">
+        <v>122</v>
+      </c>
+      <c r="N205" t="s">
+        <v>27</v>
+      </c>
+      <c r="O205" t="s">
+        <v>1110</v>
+      </c>
+      <c r="P205" t="s">
+        <v>1111</v>
+      </c>
+    </row>
+    <row r="206" spans="1:16">
+      <c r="A206" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B206" t="s">
+        <v>1113</v>
+      </c>
+      <c r="C206" t="s">
+        <v>97</v>
+      </c>
+      <c r="D206" t="s">
+        <v>165</v>
+      </c>
+      <c r="E206" t="s">
+        <v>20</v>
+      </c>
+      <c r="F206" t="s">
+        <v>34</v>
+      </c>
+      <c r="G206" t="s">
+        <v>22</v>
+      </c>
+      <c r="H206">
         <v>2010</v>
       </c>
-      <c r="I189" t="s">
-[...23 lines deleted...]
-      <c r="C190" t="s">
+      <c r="I206">
+        <v>2021</v>
+      </c>
+      <c r="J206" t="s">
+        <v>127</v>
+      </c>
+      <c r="K206" t="s">
+        <v>24</v>
+      </c>
+      <c r="L206" t="s">
+        <v>1114</v>
+      </c>
+      <c r="M206" t="s">
         <v>122</v>
       </c>
-      <c r="D190" t="s">
-[...722 lines deleted...]
-      </c>
       <c r="N206" t="s">
-        <v>737</v>
-[...2 lines deleted...]
-    <row r="207" spans="1:14">
+        <v>167</v>
+      </c>
+      <c r="O206" t="s">
+        <v>1115</v>
+      </c>
+      <c r="P206" t="s">
+        <v>1116</v>
+      </c>
+    </row>
+    <row r="207" spans="1:16">
       <c r="A207" t="s">
-        <v>738</v>
+        <v>1117</v>
       </c>
       <c r="B207" t="s">
-        <v>69</v>
+        <v>1118</v>
       </c>
       <c r="C207" t="s">
-        <v>54</v>
+        <v>97</v>
       </c>
       <c r="D207" t="s">
-        <v>17</v>
+        <v>287</v>
       </c>
       <c r="E207" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F207" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2005</v>
+        <v>34</v>
+      </c>
+      <c r="G207" t="s">
+        <v>22</v>
       </c>
       <c r="H207">
         <v>2005</v>
       </c>
-      <c r="I207" t="s">
-        <v>101</v>
+      <c r="I207">
+        <v>2011</v>
       </c>
       <c r="J207" t="s">
-        <v>21</v>
+        <v>141</v>
       </c>
       <c r="K207" t="s">
-        <v>302</v>
+        <v>24</v>
       </c>
       <c r="L207" t="s">
-        <v>88</v>
+        <v>288</v>
       </c>
       <c r="M207" t="s">
-        <v>24</v>
+        <v>122</v>
       </c>
       <c r="N207" t="s">
-        <v>739</v>
-[...2 lines deleted...]
-    <row r="208" spans="1:14">
+        <v>167</v>
+      </c>
+      <c r="O207" t="s">
+        <v>1119</v>
+      </c>
+      <c r="P207" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="208" spans="1:16">
       <c r="A208" t="s">
-        <v>740</v>
+        <v>1121</v>
       </c>
       <c r="B208" t="s">
-        <v>69</v>
+        <v>1122</v>
       </c>
       <c r="C208" t="s">
+        <v>97</v>
+      </c>
+      <c r="D208" t="s">
+        <v>441</v>
+      </c>
+      <c r="E208" t="s">
+        <v>20</v>
+      </c>
+      <c r="F208" t="s">
+        <v>34</v>
+      </c>
+      <c r="G208" t="s">
+        <v>22</v>
+      </c>
+      <c r="H208">
+        <v>2006</v>
+      </c>
+      <c r="I208">
+        <v>2024</v>
+      </c>
+      <c r="J208" t="s">
+        <v>610</v>
+      </c>
+      <c r="K208" t="s">
+        <v>24</v>
+      </c>
+      <c r="L208" t="s">
+        <v>1123</v>
+      </c>
+      <c r="M208" t="s">
         <v>122</v>
       </c>
-      <c r="D208" t="s">
-[...8 lines deleted...]
-      <c r="G208">
+      <c r="N208" t="s">
+        <v>167</v>
+      </c>
+      <c r="O208" t="s">
+        <v>1124</v>
+      </c>
+      <c r="P208" t="s">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="209" spans="1:16">
+      <c r="A209" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B209" t="s">
+        <v>1127</v>
+      </c>
+      <c r="C209" t="s">
+        <v>97</v>
+      </c>
+      <c r="D209" t="s">
+        <v>212</v>
+      </c>
+      <c r="E209" t="s">
+        <v>249</v>
+      </c>
+      <c r="F209" t="s">
+        <v>34</v>
+      </c>
+      <c r="G209" t="s">
+        <v>22</v>
+      </c>
+      <c r="H209">
+        <v>2003</v>
+      </c>
+      <c r="I209">
+        <v>2017</v>
+      </c>
+      <c r="J209" t="s">
+        <v>141</v>
+      </c>
+      <c r="K209" t="s">
+        <v>24</v>
+      </c>
+      <c r="L209" t="s">
+        <v>1128</v>
+      </c>
+      <c r="M209" t="s">
+        <v>1129</v>
+      </c>
+      <c r="N209" t="s">
+        <v>27</v>
+      </c>
+      <c r="O209" t="s">
+        <v>1130</v>
+      </c>
+      <c r="P209" t="s">
+        <v>1131</v>
+      </c>
+    </row>
+    <row r="210" spans="1:16">
+      <c r="A210" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B210" t="s">
+        <v>1133</v>
+      </c>
+      <c r="C210" t="s">
+        <v>97</v>
+      </c>
+      <c r="D210" t="s">
+        <v>133</v>
+      </c>
+      <c r="E210" t="s">
+        <v>20</v>
+      </c>
+      <c r="F210" t="s">
+        <v>34</v>
+      </c>
+      <c r="G210" t="s">
+        <v>22</v>
+      </c>
+      <c r="H210">
+        <v>2006</v>
+      </c>
+      <c r="I210">
+        <v>2016</v>
+      </c>
+      <c r="J210" t="s">
+        <v>141</v>
+      </c>
+      <c r="K210" t="s">
+        <v>134</v>
+      </c>
+      <c r="L210" t="s">
+        <v>1134</v>
+      </c>
+      <c r="M210" t="s">
+        <v>122</v>
+      </c>
+      <c r="N210" t="s">
+        <v>27</v>
+      </c>
+      <c r="O210" t="s">
+        <v>1135</v>
+      </c>
+      <c r="P210" t="s">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="211" spans="1:16">
+      <c r="A211" t="s">
+        <v>1137</v>
+      </c>
+      <c r="B211" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C211" t="s">
+        <v>97</v>
+      </c>
+      <c r="D211" t="s">
+        <v>472</v>
+      </c>
+      <c r="E211" t="s">
+        <v>20</v>
+      </c>
+      <c r="F211" t="s">
+        <v>34</v>
+      </c>
+      <c r="G211" t="s">
+        <v>1139</v>
+      </c>
+      <c r="H211">
+        <v>2007</v>
+      </c>
+      <c r="I211">
+        <v>2013</v>
+      </c>
+      <c r="J211" t="s">
+        <v>141</v>
+      </c>
+      <c r="K211" t="s">
+        <v>24</v>
+      </c>
+      <c r="L211" t="s">
+        <v>473</v>
+      </c>
+      <c r="M211" t="s">
+        <v>122</v>
+      </c>
+      <c r="N211" t="s">
+        <v>167</v>
+      </c>
+      <c r="O211" t="s">
+        <v>1140</v>
+      </c>
+      <c r="P211" t="s">
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="212" spans="1:16">
+      <c r="A212" t="s">
+        <v>1142</v>
+      </c>
+      <c r="B212" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C212" t="s">
+        <v>97</v>
+      </c>
+      <c r="D212" t="s">
+        <v>1144</v>
+      </c>
+      <c r="E212" t="s">
+        <v>20</v>
+      </c>
+      <c r="F212" t="s">
+        <v>34</v>
+      </c>
+      <c r="G212" t="s">
+        <v>8</v>
+      </c>
+      <c r="H212">
+        <v>2007</v>
+      </c>
+      <c r="I212">
+        <v>2025</v>
+      </c>
+      <c r="J212" t="s">
+        <v>1145</v>
+      </c>
+      <c r="K212" t="s">
+        <v>24</v>
+      </c>
+      <c r="L212" t="s">
+        <v>1146</v>
+      </c>
+      <c r="M212" t="s">
+        <v>1058</v>
+      </c>
+      <c r="N212" t="s">
+        <v>27</v>
+      </c>
+      <c r="O212" t="s">
+        <v>1147</v>
+      </c>
+      <c r="P212" t="s">
+        <v>1148</v>
+      </c>
+    </row>
+    <row r="213" spans="1:16">
+      <c r="A213" t="s">
+        <v>1149</v>
+      </c>
+      <c r="B213" t="s">
+        <v>326</v>
+      </c>
+      <c r="C213" t="s">
+        <v>97</v>
+      </c>
+      <c r="D213" t="s">
+        <v>119</v>
+      </c>
+      <c r="E213" t="s">
+        <v>20</v>
+      </c>
+      <c r="F213" t="s">
+        <v>34</v>
+      </c>
+      <c r="G213" t="s">
+        <v>22</v>
+      </c>
+      <c r="H213">
+        <v>2008</v>
+      </c>
+      <c r="I213">
+        <v>2008</v>
+      </c>
+      <c r="J213" t="s">
+        <v>141</v>
+      </c>
+      <c r="K213" t="s">
+        <v>24</v>
+      </c>
+      <c r="L213" t="s">
+        <v>1150</v>
+      </c>
+      <c r="M213" t="s">
+        <v>122</v>
+      </c>
+      <c r="N213" t="s">
+        <v>27</v>
+      </c>
+      <c r="O213" t="s">
+        <v>1151</v>
+      </c>
+      <c r="P213" t="s">
+        <v>1152</v>
+      </c>
+    </row>
+    <row r="214" spans="1:16">
+      <c r="A214" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B214" t="s">
+        <v>303</v>
+      </c>
+      <c r="C214" t="s">
+        <v>97</v>
+      </c>
+      <c r="D214" t="s">
+        <v>172</v>
+      </c>
+      <c r="E214" t="s">
+        <v>20</v>
+      </c>
+      <c r="F214" t="s">
+        <v>34</v>
+      </c>
+      <c r="G214" t="s">
+        <v>22</v>
+      </c>
+      <c r="H214">
         <v>1989</v>
       </c>
-      <c r="H208">
-[...131 lines deleted...]
-      <c r="H211">
+      <c r="I214">
+        <v>2020</v>
+      </c>
+      <c r="J214" t="s">
+        <v>127</v>
+      </c>
+      <c r="K214" t="s">
+        <v>24</v>
+      </c>
+      <c r="L214" t="s">
+        <v>1154</v>
+      </c>
+      <c r="M214" t="s">
+        <v>1058</v>
+      </c>
+      <c r="N214" t="s">
+        <v>27</v>
+      </c>
+      <c r="O214" t="s">
+        <v>1155</v>
+      </c>
+      <c r="P214" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="215" spans="1:16">
+      <c r="A215" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B215" t="s">
+        <v>1158</v>
+      </c>
+      <c r="C215" t="s">
+        <v>1159</v>
+      </c>
+      <c r="D215" t="s">
+        <v>1160</v>
+      </c>
+      <c r="E215" t="s">
+        <v>20</v>
+      </c>
+      <c r="F215" t="s">
+        <v>34</v>
+      </c>
+      <c r="G215" t="s">
+        <v>22</v>
+      </c>
+      <c r="H215">
+        <v>2008</v>
+      </c>
+      <c r="I215">
+        <v>2024</v>
+      </c>
+      <c r="J215" t="s">
+        <v>1068</v>
+      </c>
+      <c r="K215" t="s">
+        <v>24</v>
+      </c>
+      <c r="L215" t="s">
+        <v>1161</v>
+      </c>
+      <c r="M215" t="s">
+        <v>1070</v>
+      </c>
+      <c r="N215" t="s">
+        <v>1162</v>
+      </c>
+      <c r="O215" t="s">
+        <v>1163</v>
+      </c>
+      <c r="P215" t="s">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="216" spans="1:16">
+      <c r="A216" t="s">
+        <v>1165</v>
+      </c>
+      <c r="B216" t="s">
+        <v>1166</v>
+      </c>
+      <c r="C216" t="s">
+        <v>97</v>
+      </c>
+      <c r="D216" t="s">
+        <v>1167</v>
+      </c>
+      <c r="E216" t="s">
+        <v>20</v>
+      </c>
+      <c r="F216" t="s">
+        <v>34</v>
+      </c>
+      <c r="G216" t="s">
+        <v>22</v>
+      </c>
+      <c r="H216">
+        <v>2008</v>
+      </c>
+      <c r="I216">
+        <v>2008</v>
+      </c>
+      <c r="J216" t="s">
+        <v>141</v>
+      </c>
+      <c r="K216" t="s">
+        <v>24</v>
+      </c>
+      <c r="L216" t="s">
+        <v>1168</v>
+      </c>
+      <c r="M216" t="s">
+        <v>122</v>
+      </c>
+      <c r="N216" t="s">
+        <v>167</v>
+      </c>
+      <c r="O216" t="s">
+        <v>1169</v>
+      </c>
+      <c r="P216" t="s">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="217" spans="1:16">
+      <c r="A217" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B217" t="s">
+        <v>1172</v>
+      </c>
+      <c r="C217" t="s">
+        <v>97</v>
+      </c>
+      <c r="D217" t="s">
+        <v>188</v>
+      </c>
+      <c r="E217" t="s">
+        <v>20</v>
+      </c>
+      <c r="F217" t="s">
+        <v>34</v>
+      </c>
+      <c r="G217" t="s">
+        <v>22</v>
+      </c>
+      <c r="H217">
+        <v>2008</v>
+      </c>
+      <c r="I217">
         <v>2011</v>
       </c>
-      <c r="I211" t="s">
-[...265 lines deleted...]
-      </c>
       <c r="J217" t="s">
-        <v>21</v>
+        <v>141</v>
       </c>
       <c r="K217" t="s">
-        <v>769</v>
+        <v>24</v>
       </c>
       <c r="L217" t="s">
-        <v>701</v>
+        <v>1173</v>
       </c>
       <c r="M217" t="s">
-        <v>24</v>
+        <v>122</v>
       </c>
       <c r="N217" t="s">
-        <v>770</v>
-[...2 lines deleted...]
-    <row r="218" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O217" t="s">
+        <v>1174</v>
+      </c>
+      <c r="P217" t="s">
+        <v>1175</v>
+      </c>
+    </row>
+    <row r="218" spans="1:16">
       <c r="A218" t="s">
-        <v>771</v>
+        <v>1176</v>
       </c>
       <c r="B218" t="s">
-        <v>69</v>
+        <v>1177</v>
       </c>
       <c r="C218" t="s">
-        <v>85</v>
+        <v>97</v>
       </c>
       <c r="D218" t="s">
-        <v>17</v>
+        <v>399</v>
       </c>
       <c r="E218" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F218" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>34</v>
+      </c>
+      <c r="G218" t="s">
+        <v>22</v>
       </c>
       <c r="H218">
         <v>2008</v>
       </c>
-      <c r="I218" t="s">
-        <v>101</v>
+      <c r="I218">
+        <v>2016</v>
       </c>
       <c r="J218" t="s">
+        <v>141</v>
+      </c>
+      <c r="K218" t="s">
+        <v>24</v>
+      </c>
+      <c r="L218" t="s">
+        <v>1178</v>
+      </c>
+      <c r="M218" t="s">
+        <v>122</v>
+      </c>
+      <c r="N218" t="s">
+        <v>27</v>
+      </c>
+      <c r="O218" t="s">
+        <v>1179</v>
+      </c>
+      <c r="P218" t="s">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="219" spans="1:16">
+      <c r="A219" t="s">
+        <v>1181</v>
+      </c>
+      <c r="B219" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C219" t="s">
+        <v>97</v>
+      </c>
+      <c r="D219" t="s">
+        <v>230</v>
+      </c>
+      <c r="E219" t="s">
+        <v>20</v>
+      </c>
+      <c r="F219" t="s">
+        <v>34</v>
+      </c>
+      <c r="G219" t="s">
+        <v>22</v>
+      </c>
+      <c r="H219">
+        <v>2010</v>
+      </c>
+      <c r="I219">
+        <v>2015</v>
+      </c>
+      <c r="J219" t="s">
+        <v>141</v>
+      </c>
+      <c r="K219" t="s">
+        <v>24</v>
+      </c>
+      <c r="L219" t="s">
+        <v>231</v>
+      </c>
+      <c r="M219" t="s">
+        <v>122</v>
+      </c>
+      <c r="N219" t="s">
+        <v>27</v>
+      </c>
+      <c r="O219" t="s">
+        <v>1182</v>
+      </c>
+      <c r="P219" t="s">
+        <v>1183</v>
+      </c>
+    </row>
+    <row r="220" spans="1:16">
+      <c r="A220" t="s">
+        <v>1184</v>
+      </c>
+      <c r="B220" t="s">
+        <v>1185</v>
+      </c>
+      <c r="C220" t="s">
+        <v>97</v>
+      </c>
+      <c r="D220" t="s">
+        <v>105</v>
+      </c>
+      <c r="E220" t="s">
+        <v>20</v>
+      </c>
+      <c r="F220" t="s">
+        <v>34</v>
+      </c>
+      <c r="G220" t="s">
+        <v>22</v>
+      </c>
+      <c r="H220">
+        <v>1989</v>
+      </c>
+      <c r="I220">
+        <v>2016</v>
+      </c>
+      <c r="J220" t="s">
+        <v>141</v>
+      </c>
+      <c r="K220" t="s">
+        <v>24</v>
+      </c>
+      <c r="L220" t="s">
+        <v>106</v>
+      </c>
+      <c r="M220" t="s">
+        <v>122</v>
+      </c>
+      <c r="N220" t="s">
+        <v>27</v>
+      </c>
+      <c r="O220" t="s">
+        <v>1186</v>
+      </c>
+      <c r="P220" t="s">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="221" spans="1:16">
+      <c r="A221" t="s">
+        <v>1188</v>
+      </c>
+      <c r="B221" t="s">
+        <v>1189</v>
+      </c>
+      <c r="C221" t="s">
+        <v>97</v>
+      </c>
+      <c r="D221" t="s">
+        <v>1190</v>
+      </c>
+      <c r="E221" t="s">
+        <v>20</v>
+      </c>
+      <c r="F221" t="s">
+        <v>34</v>
+      </c>
+      <c r="G221" t="s">
+        <v>22</v>
+      </c>
+      <c r="H221">
+        <v>2010</v>
+      </c>
+      <c r="I221">
+        <v>2021</v>
+      </c>
+      <c r="J221" t="s">
+        <v>35</v>
+      </c>
+      <c r="K221" t="s">
+        <v>24</v>
+      </c>
+      <c r="L221" t="s">
+        <v>1191</v>
+      </c>
+      <c r="M221" t="s">
+        <v>1058</v>
+      </c>
+      <c r="N221" t="s">
+        <v>27</v>
+      </c>
+      <c r="O221" t="s">
+        <v>1192</v>
+      </c>
+      <c r="P221" t="s">
+        <v>1193</v>
+      </c>
+    </row>
+    <row r="222" spans="1:16">
+      <c r="A222" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B222" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C222" t="s">
+        <v>97</v>
+      </c>
+      <c r="D222" t="s">
+        <v>1196</v>
+      </c>
+      <c r="E222" t="s">
+        <v>20</v>
+      </c>
+      <c r="F222" t="s">
+        <v>34</v>
+      </c>
+      <c r="G222" t="s">
+        <v>22</v>
+      </c>
+      <c r="H222">
+        <v>2011</v>
+      </c>
+      <c r="I222">
+        <v>2020</v>
+      </c>
+      <c r="J222" t="s">
+        <v>141</v>
+      </c>
+      <c r="K222" t="s">
+        <v>524</v>
+      </c>
+      <c r="L222" t="s">
+        <v>1197</v>
+      </c>
+      <c r="M222" t="s">
+        <v>1129</v>
+      </c>
+      <c r="N222" t="s">
+        <v>526</v>
+      </c>
+      <c r="O222" t="s">
+        <v>1198</v>
+      </c>
+      <c r="P222" t="s">
+        <v>1199</v>
+      </c>
+    </row>
+    <row r="223" spans="1:16">
+      <c r="A223" t="s">
+        <v>1200</v>
+      </c>
+      <c r="B223" t="s">
+        <v>1201</v>
+      </c>
+      <c r="C223" t="s">
+        <v>97</v>
+      </c>
+      <c r="D223" t="s">
+        <v>1202</v>
+      </c>
+      <c r="E223" t="s">
+        <v>20</v>
+      </c>
+      <c r="F223" t="s">
+        <v>34</v>
+      </c>
+      <c r="G223" t="s">
+        <v>22</v>
+      </c>
+      <c r="H223">
+        <v>2010</v>
+      </c>
+      <c r="I223">
+        <v>2017</v>
+      </c>
+      <c r="J223" t="s">
+        <v>141</v>
+      </c>
+      <c r="K223" t="s">
+        <v>524</v>
+      </c>
+      <c r="L223" t="s">
+        <v>1203</v>
+      </c>
+      <c r="M223" t="s">
+        <v>1129</v>
+      </c>
+      <c r="N223" t="s">
+        <v>526</v>
+      </c>
+      <c r="O223" t="s">
+        <v>1204</v>
+      </c>
+      <c r="P223" t="s">
+        <v>1205</v>
+      </c>
+    </row>
+    <row r="224" spans="1:16">
+      <c r="A224" t="s">
+        <v>1206</v>
+      </c>
+      <c r="B224" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C224" t="s">
+        <v>97</v>
+      </c>
+      <c r="D224" t="s">
+        <v>1208</v>
+      </c>
+      <c r="E224" t="s">
+        <v>20</v>
+      </c>
+      <c r="F224" t="s">
+        <v>34</v>
+      </c>
+      <c r="G224" t="s">
+        <v>22</v>
+      </c>
+      <c r="H224">
+        <v>2011</v>
+      </c>
+      <c r="I224">
+        <v>2016</v>
+      </c>
+      <c r="J224" t="s">
+        <v>141</v>
+      </c>
+      <c r="K224" t="s">
+        <v>24</v>
+      </c>
+      <c r="L224" t="s">
+        <v>1209</v>
+      </c>
+      <c r="M224" t="s">
+        <v>122</v>
+      </c>
+      <c r="N224" t="s">
+        <v>27</v>
+      </c>
+      <c r="O224" t="s">
+        <v>1210</v>
+      </c>
+      <c r="P224" t="s">
+        <v>1211</v>
+      </c>
+    </row>
+    <row r="225" spans="1:16">
+      <c r="A225" t="s">
+        <v>1212</v>
+      </c>
+      <c r="B225" t="s">
+        <v>1213</v>
+      </c>
+      <c r="C225" t="s">
+        <v>97</v>
+      </c>
+      <c r="D225" t="s">
+        <v>43</v>
+      </c>
+      <c r="E225" t="s">
+        <v>20</v>
+      </c>
+      <c r="F225" t="s">
+        <v>34</v>
+      </c>
+      <c r="G225" t="s">
+        <v>22</v>
+      </c>
+      <c r="H225">
+        <v>2011</v>
+      </c>
+      <c r="I225">
+        <v>2012</v>
+      </c>
+      <c r="J225" t="s">
+        <v>141</v>
+      </c>
+      <c r="K225" t="s">
+        <v>24</v>
+      </c>
+      <c r="L225" t="s">
+        <v>201</v>
+      </c>
+      <c r="M225" t="s">
+        <v>122</v>
+      </c>
+      <c r="N225" t="s">
+        <v>27</v>
+      </c>
+      <c r="O225" t="s">
+        <v>1214</v>
+      </c>
+      <c r="P225" t="s">
+        <v>1215</v>
+      </c>
+    </row>
+    <row r="226" spans="1:16">
+      <c r="A226" t="s">
+        <v>1216</v>
+      </c>
+      <c r="B226" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C226" t="s">
+        <v>97</v>
+      </c>
+      <c r="D226" t="s">
+        <v>43</v>
+      </c>
+      <c r="E226" t="s">
+        <v>20</v>
+      </c>
+      <c r="F226" t="s">
+        <v>34</v>
+      </c>
+      <c r="G226" t="s">
+        <v>22</v>
+      </c>
+      <c r="H226">
+        <v>2011</v>
+      </c>
+      <c r="I226">
+        <v>2017</v>
+      </c>
+      <c r="J226" t="s">
+        <v>141</v>
+      </c>
+      <c r="K226" t="s">
+        <v>24</v>
+      </c>
+      <c r="L226" t="s">
+        <v>1218</v>
+      </c>
+      <c r="M226" t="s">
+        <v>122</v>
+      </c>
+      <c r="N226" t="s">
+        <v>27</v>
+      </c>
+      <c r="O226" t="s">
+        <v>1219</v>
+      </c>
+      <c r="P226" t="s">
+        <v>1220</v>
+      </c>
+    </row>
+    <row r="227" spans="1:16">
+      <c r="A227" t="s">
+        <v>1221</v>
+      </c>
+      <c r="B227" t="s">
+        <v>187</v>
+      </c>
+      <c r="C227" t="s">
+        <v>97</v>
+      </c>
+      <c r="D227" t="s">
+        <v>188</v>
+      </c>
+      <c r="E227" t="s">
+        <v>20</v>
+      </c>
+      <c r="F227" t="s">
+        <v>34</v>
+      </c>
+      <c r="G227" t="s">
+        <v>1056</v>
+      </c>
+      <c r="H227">
+        <v>2011</v>
+      </c>
+      <c r="I227">
+        <v>2012</v>
+      </c>
+      <c r="J227" t="s">
+        <v>1068</v>
+      </c>
+      <c r="K227" t="s">
+        <v>189</v>
+      </c>
+      <c r="L227" t="s">
+        <v>1222</v>
+      </c>
+      <c r="M227" t="s">
+        <v>122</v>
+      </c>
+      <c r="N227" t="s">
+        <v>27</v>
+      </c>
+      <c r="O227" t="s">
+        <v>1223</v>
+      </c>
+      <c r="P227" t="s">
+        <v>1224</v>
+      </c>
+    </row>
+    <row r="228" spans="1:16">
+      <c r="A228" t="s">
+        <v>1225</v>
+      </c>
+      <c r="B228" t="s">
+        <v>1226</v>
+      </c>
+      <c r="C228" t="s">
+        <v>97</v>
+      </c>
+      <c r="D228" t="s">
+        <v>1227</v>
+      </c>
+      <c r="E228" t="s">
+        <v>20</v>
+      </c>
+      <c r="F228" t="s">
+        <v>34</v>
+      </c>
+      <c r="G228" t="s">
+        <v>22</v>
+      </c>
+      <c r="H228">
+        <v>2012</v>
+      </c>
+      <c r="I228">
+        <v>2020</v>
+      </c>
+      <c r="J228" t="s">
+        <v>141</v>
+      </c>
+      <c r="K228" t="s">
+        <v>524</v>
+      </c>
+      <c r="L228" t="s">
+        <v>1228</v>
+      </c>
+      <c r="M228" t="s">
+        <v>1129</v>
+      </c>
+      <c r="N228" t="s">
+        <v>526</v>
+      </c>
+      <c r="O228" t="s">
+        <v>1229</v>
+      </c>
+      <c r="P228" t="s">
+        <v>1230</v>
+      </c>
+    </row>
+    <row r="229" spans="1:16">
+      <c r="A229" t="s">
+        <v>1231</v>
+      </c>
+      <c r="B229" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C229" t="s">
+        <v>97</v>
+      </c>
+      <c r="D229" t="s">
+        <v>1233</v>
+      </c>
+      <c r="E229" t="s">
+        <v>20</v>
+      </c>
+      <c r="F229" t="s">
+        <v>34</v>
+      </c>
+      <c r="G229" t="s">
+        <v>22</v>
+      </c>
+      <c r="H229">
+        <v>2013</v>
+      </c>
+      <c r="I229">
+        <v>2020</v>
+      </c>
+      <c r="J229" t="s">
+        <v>141</v>
+      </c>
+      <c r="K229" t="s">
+        <v>524</v>
+      </c>
+      <c r="L229" t="s">
+        <v>1197</v>
+      </c>
+      <c r="M229" t="s">
+        <v>1129</v>
+      </c>
+      <c r="N229" t="s">
+        <v>526</v>
+      </c>
+      <c r="O229" t="s">
+        <v>1234</v>
+      </c>
+      <c r="P229" t="s">
+        <v>1235</v>
+      </c>
+    </row>
+    <row r="230" spans="1:16">
+      <c r="A230" t="s">
+        <v>1236</v>
+      </c>
+      <c r="B230" t="s">
+        <v>1237</v>
+      </c>
+      <c r="C230" t="s">
+        <v>97</v>
+      </c>
+      <c r="D230" t="s">
+        <v>195</v>
+      </c>
+      <c r="E230" t="s">
+        <v>20</v>
+      </c>
+      <c r="F230" t="s">
+        <v>34</v>
+      </c>
+      <c r="G230" t="s">
+        <v>22</v>
+      </c>
+      <c r="H230">
+        <v>2012</v>
+      </c>
+      <c r="I230">
+        <v>2016</v>
+      </c>
+      <c r="J230" t="s">
+        <v>141</v>
+      </c>
+      <c r="K230" t="s">
+        <v>24</v>
+      </c>
+      <c r="L230" t="s">
+        <v>1238</v>
+      </c>
+      <c r="M230" t="s">
+        <v>122</v>
+      </c>
+      <c r="N230" t="s">
+        <v>27</v>
+      </c>
+      <c r="O230" t="s">
+        <v>1239</v>
+      </c>
+      <c r="P230" t="s">
+        <v>1240</v>
+      </c>
+    </row>
+    <row r="231" spans="1:16">
+      <c r="A231" t="s">
+        <v>1241</v>
+      </c>
+      <c r="B231" t="s">
+        <v>1242</v>
+      </c>
+      <c r="C231" t="s">
+        <v>97</v>
+      </c>
+      <c r="D231" t="s">
+        <v>212</v>
+      </c>
+      <c r="E231" t="s">
+        <v>20</v>
+      </c>
+      <c r="F231" t="s">
+        <v>34</v>
+      </c>
+      <c r="G231" t="s">
+        <v>22</v>
+      </c>
+      <c r="H231">
+        <v>2003</v>
+      </c>
+      <c r="I231">
+        <v>2013</v>
+      </c>
+      <c r="J231" t="s">
+        <v>141</v>
+      </c>
+      <c r="K231" t="s">
+        <v>24</v>
+      </c>
+      <c r="L231" t="s">
+        <v>1243</v>
+      </c>
+      <c r="M231" t="s">
+        <v>122</v>
+      </c>
+      <c r="N231" t="s">
+        <v>27</v>
+      </c>
+      <c r="O231" t="s">
+        <v>1244</v>
+      </c>
+      <c r="P231" t="s">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="232" spans="1:16">
+      <c r="A232" t="s">
+        <v>1246</v>
+      </c>
+      <c r="B232" t="s">
+        <v>1247</v>
+      </c>
+      <c r="C232" t="s">
+        <v>97</v>
+      </c>
+      <c r="D232" t="s">
+        <v>968</v>
+      </c>
+      <c r="E232" t="s">
+        <v>20</v>
+      </c>
+      <c r="F232" t="s">
+        <v>34</v>
+      </c>
+      <c r="G232" t="s">
+        <v>22</v>
+      </c>
+      <c r="H232">
+        <v>2003</v>
+      </c>
+      <c r="I232">
+        <v>2013</v>
+      </c>
+      <c r="J232" t="s">
+        <v>141</v>
+      </c>
+      <c r="K232" t="s">
+        <v>24</v>
+      </c>
+      <c r="L232" t="s">
+        <v>1248</v>
+      </c>
+      <c r="M232" t="s">
+        <v>122</v>
+      </c>
+      <c r="N232" t="s">
+        <v>27</v>
+      </c>
+      <c r="O232" t="s">
+        <v>1249</v>
+      </c>
+      <c r="P232" t="s">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="233" spans="1:16">
+      <c r="A233" t="s">
+        <v>1251</v>
+      </c>
+      <c r="B233" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C233" t="s">
+        <v>97</v>
+      </c>
+      <c r="D233" t="s">
+        <v>188</v>
+      </c>
+      <c r="E233" t="s">
+        <v>20</v>
+      </c>
+      <c r="F233" t="s">
+        <v>34</v>
+      </c>
+      <c r="G233" t="s">
+        <v>22</v>
+      </c>
+      <c r="H233">
+        <v>2008</v>
+      </c>
+      <c r="I233">
+        <v>2013</v>
+      </c>
+      <c r="J233" t="s">
+        <v>141</v>
+      </c>
+      <c r="K233" t="s">
+        <v>24</v>
+      </c>
+      <c r="L233" t="s">
+        <v>1253</v>
+      </c>
+      <c r="M233" t="s">
+        <v>122</v>
+      </c>
+      <c r="N233" t="s">
+        <v>27</v>
+      </c>
+      <c r="O233" t="s">
+        <v>1254</v>
+      </c>
+      <c r="P233" t="s">
+        <v>1255</v>
+      </c>
+    </row>
+    <row r="234" spans="1:16">
+      <c r="A234" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B234" t="s">
+        <v>1257</v>
+      </c>
+      <c r="C234" t="s">
+        <v>97</v>
+      </c>
+      <c r="D234" t="s">
+        <v>212</v>
+      </c>
+      <c r="E234" t="s">
+        <v>20</v>
+      </c>
+      <c r="F234" t="s">
+        <v>34</v>
+      </c>
+      <c r="G234" t="s">
+        <v>22</v>
+      </c>
+      <c r="H234">
+        <v>2013</v>
+      </c>
+      <c r="I234">
+        <v>2020</v>
+      </c>
+      <c r="J234" t="s">
+        <v>141</v>
+      </c>
+      <c r="K234" t="s">
+        <v>24</v>
+      </c>
+      <c r="L234" t="s">
+        <v>1258</v>
+      </c>
+      <c r="M234" t="s">
+        <v>122</v>
+      </c>
+      <c r="N234" t="s">
+        <v>27</v>
+      </c>
+      <c r="O234" t="s">
+        <v>1259</v>
+      </c>
+      <c r="P234" t="s">
+        <v>1260</v>
+      </c>
+    </row>
+    <row r="235" spans="1:16">
+      <c r="A235" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B235" t="s">
+        <v>1262</v>
+      </c>
+      <c r="C235" t="s">
+        <v>97</v>
+      </c>
+      <c r="D235" t="s">
+        <v>1202</v>
+      </c>
+      <c r="E235" t="s">
+        <v>20</v>
+      </c>
+      <c r="F235" t="s">
+        <v>34</v>
+      </c>
+      <c r="G235" t="s">
+        <v>22</v>
+      </c>
+      <c r="H235">
+        <v>2014</v>
+      </c>
+      <c r="I235">
+        <v>2020</v>
+      </c>
+      <c r="J235" t="s">
+        <v>141</v>
+      </c>
+      <c r="K235" t="s">
+        <v>524</v>
+      </c>
+      <c r="L235" t="s">
+        <v>1228</v>
+      </c>
+      <c r="M235" t="s">
+        <v>1263</v>
+      </c>
+      <c r="N235" t="s">
+        <v>526</v>
+      </c>
+      <c r="O235" t="s">
+        <v>1264</v>
+      </c>
+      <c r="P235" t="s">
+        <v>1265</v>
+      </c>
+    </row>
+    <row r="236" spans="1:16">
+      <c r="A236" t="s">
+        <v>1266</v>
+      </c>
+      <c r="B236" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C236" t="s">
+        <v>97</v>
+      </c>
+      <c r="D236" t="s">
+        <v>1268</v>
+      </c>
+      <c r="E236" t="s">
+        <v>20</v>
+      </c>
+      <c r="F236" t="s">
+        <v>34</v>
+      </c>
+      <c r="G236" t="s">
+        <v>1056</v>
+      </c>
+      <c r="H236">
+        <v>2008</v>
+      </c>
+      <c r="I236">
+        <v>2015</v>
+      </c>
+      <c r="J236" t="s">
+        <v>1068</v>
+      </c>
+      <c r="K236" t="s">
+        <v>134</v>
+      </c>
+      <c r="L236" t="s">
+        <v>1269</v>
+      </c>
+      <c r="M236" t="s">
+        <v>122</v>
+      </c>
+      <c r="N236" t="s">
+        <v>27</v>
+      </c>
+      <c r="O236" t="s">
+        <v>1270</v>
+      </c>
+      <c r="P236" t="s">
+        <v>1271</v>
+      </c>
+    </row>
+    <row r="237" spans="1:16">
+      <c r="A237" t="s">
+        <v>1272</v>
+      </c>
+      <c r="B237" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C237" t="s">
+        <v>97</v>
+      </c>
+      <c r="D237" t="s">
+        <v>352</v>
+      </c>
+      <c r="E237" t="s">
+        <v>20</v>
+      </c>
+      <c r="F237" t="s">
+        <v>34</v>
+      </c>
+      <c r="G237" t="s">
+        <v>22</v>
+      </c>
+      <c r="H237">
+        <v>2008</v>
+      </c>
+      <c r="I237">
+        <v>2015</v>
+      </c>
+      <c r="J237" t="s">
+        <v>141</v>
+      </c>
+      <c r="K237" t="s">
+        <v>24</v>
+      </c>
+      <c r="L237" t="s">
+        <v>1274</v>
+      </c>
+      <c r="M237" t="s">
+        <v>122</v>
+      </c>
+      <c r="N237" t="s">
+        <v>27</v>
+      </c>
+      <c r="O237" t="s">
+        <v>1275</v>
+      </c>
+      <c r="P237" t="s">
+        <v>1276</v>
+      </c>
+    </row>
+    <row r="238" spans="1:16">
+      <c r="A238" t="s">
+        <v>1277</v>
+      </c>
+      <c r="B238" t="s">
+        <v>1278</v>
+      </c>
+      <c r="C238" t="s">
+        <v>97</v>
+      </c>
+      <c r="D238" t="s">
+        <v>212</v>
+      </c>
+      <c r="E238" t="s">
+        <v>20</v>
+      </c>
+      <c r="F238" t="s">
+        <v>34</v>
+      </c>
+      <c r="G238" t="s">
+        <v>22</v>
+      </c>
+      <c r="H238">
+        <v>2005</v>
+      </c>
+      <c r="I238">
+        <v>2015</v>
+      </c>
+      <c r="J238" t="s">
+        <v>141</v>
+      </c>
+      <c r="K238" t="s">
+        <v>24</v>
+      </c>
+      <c r="L238" t="s">
+        <v>1279</v>
+      </c>
+      <c r="M238" t="s">
+        <v>122</v>
+      </c>
+      <c r="N238" t="s">
+        <v>27</v>
+      </c>
+      <c r="O238" t="s">
+        <v>1280</v>
+      </c>
+      <c r="P238" t="s">
+        <v>1281</v>
+      </c>
+    </row>
+    <row r="239" spans="1:16">
+      <c r="A239" t="s">
+        <v>1282</v>
+      </c>
+      <c r="B239" t="s">
+        <v>1283</v>
+      </c>
+      <c r="C239" t="s">
+        <v>97</v>
+      </c>
+      <c r="D239" t="s">
+        <v>287</v>
+      </c>
+      <c r="E239" t="s">
+        <v>249</v>
+      </c>
+      <c r="F239" t="s">
+        <v>34</v>
+      </c>
+      <c r="G239" t="s">
+        <v>22</v>
+      </c>
+      <c r="H239">
+        <v>2005</v>
+      </c>
+      <c r="I239">
+        <v>2016</v>
+      </c>
+      <c r="J239" t="s">
+        <v>141</v>
+      </c>
+      <c r="K239" t="s">
+        <v>24</v>
+      </c>
+      <c r="L239" t="s">
+        <v>1284</v>
+      </c>
+      <c r="M239" t="s">
+        <v>1129</v>
+      </c>
+      <c r="N239" t="s">
+        <v>27</v>
+      </c>
+      <c r="O239" t="s">
+        <v>1285</v>
+      </c>
+      <c r="P239" t="s">
+        <v>1286</v>
+      </c>
+    </row>
+    <row r="240" spans="1:16">
+      <c r="A240" t="s">
+        <v>1287</v>
+      </c>
+      <c r="B240" t="s">
+        <v>1288</v>
+      </c>
+      <c r="C240" t="s">
+        <v>97</v>
+      </c>
+      <c r="D240" t="s">
+        <v>287</v>
+      </c>
+      <c r="E240" t="s">
+        <v>249</v>
+      </c>
+      <c r="F240" t="s">
+        <v>34</v>
+      </c>
+      <c r="G240" t="s">
+        <v>22</v>
+      </c>
+      <c r="H240">
+        <v>2005</v>
+      </c>
+      <c r="I240">
+        <v>2016</v>
+      </c>
+      <c r="J240" t="s">
+        <v>141</v>
+      </c>
+      <c r="K240" t="s">
+        <v>24</v>
+      </c>
+      <c r="L240" t="s">
+        <v>1289</v>
+      </c>
+      <c r="M240" t="s">
+        <v>1129</v>
+      </c>
+      <c r="N240" t="s">
+        <v>27</v>
+      </c>
+      <c r="O240" t="s">
+        <v>1290</v>
+      </c>
+      <c r="P240" t="s">
+        <v>1291</v>
+      </c>
+    </row>
+    <row r="241" spans="1:16">
+      <c r="A241" t="s">
+        <v>1292</v>
+      </c>
+      <c r="B241" t="s">
+        <v>1293</v>
+      </c>
+      <c r="C241" t="s">
+        <v>97</v>
+      </c>
+      <c r="D241" t="s">
+        <v>287</v>
+      </c>
+      <c r="E241" t="s">
+        <v>20</v>
+      </c>
+      <c r="F241" t="s">
+        <v>34</v>
+      </c>
+      <c r="G241" t="s">
+        <v>22</v>
+      </c>
+      <c r="H241">
+        <v>2005</v>
+      </c>
+      <c r="I241">
+        <v>2016</v>
+      </c>
+      <c r="J241" t="s">
+        <v>141</v>
+      </c>
+      <c r="K241" t="s">
+        <v>24</v>
+      </c>
+      <c r="L241" t="s">
+        <v>1294</v>
+      </c>
+      <c r="M241" t="s">
+        <v>1129</v>
+      </c>
+      <c r="N241" t="s">
+        <v>167</v>
+      </c>
+      <c r="O241" t="s">
+        <v>1295</v>
+      </c>
+      <c r="P241" t="s">
+        <v>1296</v>
+      </c>
+    </row>
+    <row r="242" spans="1:16">
+      <c r="A242" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B242" t="s">
+        <v>1298</v>
+      </c>
+      <c r="C242" t="s">
+        <v>97</v>
+      </c>
+      <c r="D242" t="s">
+        <v>287</v>
+      </c>
+      <c r="E242" t="s">
+        <v>20</v>
+      </c>
+      <c r="F242" t="s">
+        <v>34</v>
+      </c>
+      <c r="G242" t="s">
+        <v>22</v>
+      </c>
+      <c r="H242">
+        <v>2005</v>
+      </c>
+      <c r="I242">
+        <v>2017</v>
+      </c>
+      <c r="J242" t="s">
+        <v>141</v>
+      </c>
+      <c r="K242" t="s">
+        <v>24</v>
+      </c>
+      <c r="L242" t="s">
+        <v>1299</v>
+      </c>
+      <c r="M242" t="s">
+        <v>1129</v>
+      </c>
+      <c r="N242" t="s">
+        <v>167</v>
+      </c>
+      <c r="O242" t="s">
+        <v>1300</v>
+      </c>
+      <c r="P242" t="s">
+        <v>1301</v>
+      </c>
+    </row>
+    <row r="243" spans="1:16">
+      <c r="A243" t="s">
+        <v>1302</v>
+      </c>
+      <c r="B243" t="s">
+        <v>1303</v>
+      </c>
+      <c r="C243" t="s">
+        <v>97</v>
+      </c>
+      <c r="D243" t="s">
+        <v>537</v>
+      </c>
+      <c r="E243" t="s">
+        <v>20</v>
+      </c>
+      <c r="F243" t="s">
+        <v>34</v>
+      </c>
+      <c r="G243" t="s">
+        <v>22</v>
+      </c>
+      <c r="H243">
+        <v>2017</v>
+      </c>
+      <c r="I243">
+        <v>2021</v>
+      </c>
+      <c r="J243" t="s">
+        <v>35</v>
+      </c>
+      <c r="K243" t="s">
+        <v>524</v>
+      </c>
+      <c r="L243" t="s">
+        <v>1304</v>
+      </c>
+      <c r="M243" t="s">
+        <v>1058</v>
+      </c>
+      <c r="N243" t="s">
+        <v>526</v>
+      </c>
+      <c r="O243" t="s">
+        <v>1305</v>
+      </c>
+      <c r="P243" t="s">
+        <v>1306</v>
+      </c>
+    </row>
+    <row r="244" spans="1:16">
+      <c r="A244" t="s">
+        <v>1307</v>
+      </c>
+      <c r="B244" t="s">
+        <v>1308</v>
+      </c>
+      <c r="C244" t="s">
+        <v>97</v>
+      </c>
+      <c r="D244" t="s">
+        <v>572</v>
+      </c>
+      <c r="E244" t="s">
+        <v>20</v>
+      </c>
+      <c r="F244" t="s">
+        <v>34</v>
+      </c>
+      <c r="G244" t="s">
+        <v>22</v>
+      </c>
+      <c r="H244">
+        <v>2018</v>
+      </c>
+      <c r="I244">
+        <v>2024</v>
+      </c>
+      <c r="J244" t="s">
+        <v>1068</v>
+      </c>
+      <c r="K244" t="s">
+        <v>24</v>
+      </c>
+      <c r="L244" t="s">
+        <v>1309</v>
+      </c>
+      <c r="M244" t="s">
+        <v>1070</v>
+      </c>
+      <c r="N244" t="s">
+        <v>27</v>
+      </c>
+      <c r="O244" t="s">
+        <v>1310</v>
+      </c>
+      <c r="P244" t="s">
+        <v>1311</v>
+      </c>
+    </row>
+    <row r="245" spans="1:16">
+      <c r="A245" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B245" t="s">
+        <v>1313</v>
+      </c>
+      <c r="C245" t="s">
+        <v>97</v>
+      </c>
+      <c r="D245" t="s">
+        <v>512</v>
+      </c>
+      <c r="E245" t="s">
+        <v>20</v>
+      </c>
+      <c r="F245" t="s">
+        <v>34</v>
+      </c>
+      <c r="G245" t="s">
+        <v>8</v>
+      </c>
+      <c r="H245">
+        <v>1989</v>
+      </c>
+      <c r="I245">
+        <v>2025</v>
+      </c>
+      <c r="J245" t="s">
+        <v>1314</v>
+      </c>
+      <c r="K245" t="s">
+        <v>24</v>
+      </c>
+      <c r="L245" t="s">
+        <v>1315</v>
+      </c>
+      <c r="M245" t="s">
+        <v>1070</v>
+      </c>
+      <c r="N245" t="s">
+        <v>27</v>
+      </c>
+      <c r="O245" t="s">
+        <v>1316</v>
+      </c>
+      <c r="P245" t="s">
+        <v>1317</v>
+      </c>
+    </row>
+    <row r="246" spans="1:16">
+      <c r="A246" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B246" t="s">
+        <v>1319</v>
+      </c>
+      <c r="C246" t="s">
+        <v>97</v>
+      </c>
+      <c r="D246" t="s">
+        <v>812</v>
+      </c>
+      <c r="E246" t="s">
+        <v>20</v>
+      </c>
+      <c r="F246" t="s">
+        <v>34</v>
+      </c>
+      <c r="G246" t="s">
+        <v>8</v>
+      </c>
+      <c r="H246">
+        <v>2019</v>
+      </c>
+      <c r="I246">
+        <v>2025</v>
+      </c>
+      <c r="J246" t="s">
+        <v>1320</v>
+      </c>
+      <c r="K246" t="s">
+        <v>24</v>
+      </c>
+      <c r="L246" t="s">
+        <v>1321</v>
+      </c>
+      <c r="M246" t="s">
+        <v>1070</v>
+      </c>
+      <c r="N246" t="s">
+        <v>1322</v>
+      </c>
+      <c r="O246" t="s">
+        <v>1323</v>
+      </c>
+      <c r="P246" t="s">
+        <v>1324</v>
+      </c>
+    </row>
+    <row r="247" spans="1:16">
+      <c r="A247" t="s">
+        <v>1325</v>
+      </c>
+      <c r="B247" t="s">
+        <v>1326</v>
+      </c>
+      <c r="C247" t="s">
+        <v>97</v>
+      </c>
+      <c r="D247" t="s">
+        <v>1327</v>
+      </c>
+      <c r="E247" t="s">
+        <v>249</v>
+      </c>
+      <c r="F247" t="s">
+        <v>1328</v>
+      </c>
+      <c r="G247" t="s">
+        <v>8</v>
+      </c>
+      <c r="H247">
+        <v>2008</v>
+      </c>
+      <c r="I247">
+        <v>2024</v>
+      </c>
+      <c r="J247" t="s">
+        <v>1329</v>
+      </c>
+      <c r="K247" t="s">
+        <v>24</v>
+      </c>
+      <c r="L247"/>
+      <c r="M247" t="s">
+        <v>1330</v>
+      </c>
+      <c r="N247" t="s">
+        <v>1322</v>
+      </c>
+      <c r="O247" t="s">
+        <v>1331</v>
+      </c>
+      <c r="P247" t="s">
+        <v>1332</v>
+      </c>
+    </row>
+    <row r="248" spans="1:16">
+      <c r="A248" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B248" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C248" t="s">
+        <v>97</v>
+      </c>
+      <c r="D248" t="s">
+        <v>506</v>
+      </c>
+      <c r="E248" t="s">
+        <v>20</v>
+      </c>
+      <c r="F248" t="s">
+        <v>34</v>
+      </c>
+      <c r="G248" t="s">
+        <v>22</v>
+      </c>
+      <c r="H248">
+        <v>2003</v>
+      </c>
+      <c r="I248">
+        <v>2013</v>
+      </c>
+      <c r="J248" t="s">
+        <v>141</v>
+      </c>
+      <c r="K248" t="s">
+        <v>24</v>
+      </c>
+      <c r="L248" t="s">
+        <v>1335</v>
+      </c>
+      <c r="M248" t="s">
+        <v>122</v>
+      </c>
+      <c r="N248" t="s">
+        <v>27</v>
+      </c>
+      <c r="O248" t="s">
+        <v>1336</v>
+      </c>
+      <c r="P248" t="s">
+        <v>1337</v>
+      </c>
+    </row>
+    <row r="249" spans="1:16">
+      <c r="A249" t="s">
+        <v>1338</v>
+      </c>
+      <c r="B249" t="s">
+        <v>1339</v>
+      </c>
+      <c r="C249" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D249" t="s">
+        <v>1341</v>
+      </c>
+      <c r="E249" t="s">
+        <v>20</v>
+      </c>
+      <c r="F249" t="s">
         <v>21</v>
       </c>
-      <c r="K218" t="s">
-[...31 lines deleted...]
-      <c r="G219">
+      <c r="G249" t="s">
+        <v>22</v>
+      </c>
+      <c r="H249">
+        <v>2013</v>
+      </c>
+      <c r="I249"/>
+      <c r="J249" t="s">
+        <v>1342</v>
+      </c>
+      <c r="K249" t="s">
+        <v>24</v>
+      </c>
+      <c r="L249" t="s">
+        <v>1343</v>
+      </c>
+      <c r="M249" t="s">
+        <v>1344</v>
+      </c>
+      <c r="N249" t="s">
+        <v>27</v>
+      </c>
+      <c r="O249" t="s">
+        <v>1345</v>
+      </c>
+      <c r="P249" t="s">
+        <v>1346</v>
+      </c>
+    </row>
+    <row r="250" spans="1:16">
+      <c r="A250" t="s">
+        <v>1347</v>
+      </c>
+      <c r="B250" t="s">
+        <v>1348</v>
+      </c>
+      <c r="C250" t="s">
+        <v>1349</v>
+      </c>
+      <c r="D250" t="s">
+        <v>1067</v>
+      </c>
+      <c r="E250" t="s">
+        <v>20</v>
+      </c>
+      <c r="F250" t="s">
+        <v>21</v>
+      </c>
+      <c r="G250" t="s">
+        <v>22</v>
+      </c>
+      <c r="H250">
+        <v>2013</v>
+      </c>
+      <c r="I250">
+        <v>2025</v>
+      </c>
+      <c r="J250" t="s">
+        <v>1038</v>
+      </c>
+      <c r="K250" t="s">
+        <v>24</v>
+      </c>
+      <c r="L250" t="s">
+        <v>1350</v>
+      </c>
+      <c r="M250" t="s">
+        <v>1344</v>
+      </c>
+      <c r="N250" t="s">
+        <v>27</v>
+      </c>
+      <c r="O250" t="s">
+        <v>1351</v>
+      </c>
+      <c r="P250" t="s">
+        <v>1352</v>
+      </c>
+    </row>
+    <row r="251" spans="1:16">
+      <c r="A251" t="s">
+        <v>1353</v>
+      </c>
+      <c r="B251" t="s">
+        <v>1354</v>
+      </c>
+      <c r="C251" t="s">
+        <v>1349</v>
+      </c>
+      <c r="D251" t="s">
+        <v>236</v>
+      </c>
+      <c r="E251" t="s">
+        <v>20</v>
+      </c>
+      <c r="F251" t="s">
+        <v>21</v>
+      </c>
+      <c r="G251" t="s">
+        <v>22</v>
+      </c>
+      <c r="H251">
+        <v>2013</v>
+      </c>
+      <c r="I251">
+        <v>2024</v>
+      </c>
+      <c r="J251" t="s">
+        <v>1342</v>
+      </c>
+      <c r="K251" t="s">
+        <v>24</v>
+      </c>
+      <c r="L251" t="s">
+        <v>1355</v>
+      </c>
+      <c r="M251" t="s">
+        <v>1344</v>
+      </c>
+      <c r="N251" t="s">
+        <v>27</v>
+      </c>
+      <c r="O251" t="s">
+        <v>1356</v>
+      </c>
+      <c r="P251" t="s">
+        <v>1357</v>
+      </c>
+    </row>
+    <row r="252" spans="1:16">
+      <c r="A252" t="s">
+        <v>1358</v>
+      </c>
+      <c r="B252" t="s">
+        <v>1359</v>
+      </c>
+      <c r="C252" t="s">
+        <v>1349</v>
+      </c>
+      <c r="D252" t="s">
+        <v>1360</v>
+      </c>
+      <c r="E252" t="s">
+        <v>20</v>
+      </c>
+      <c r="F252" t="s">
+        <v>21</v>
+      </c>
+      <c r="G252" t="s">
+        <v>22</v>
+      </c>
+      <c r="H252">
+        <v>2013</v>
+      </c>
+      <c r="I252">
+        <v>2024</v>
+      </c>
+      <c r="J252" t="s">
+        <v>1342</v>
+      </c>
+      <c r="K252" t="s">
+        <v>24</v>
+      </c>
+      <c r="L252" t="s">
+        <v>1361</v>
+      </c>
+      <c r="M252" t="s">
+        <v>1344</v>
+      </c>
+      <c r="N252" t="s">
+        <v>27</v>
+      </c>
+      <c r="O252" t="s">
+        <v>1362</v>
+      </c>
+      <c r="P252" t="s">
+        <v>1357</v>
+      </c>
+    </row>
+    <row r="253" spans="1:16">
+      <c r="A253" t="s">
+        <v>1363</v>
+      </c>
+      <c r="B253" t="s">
+        <v>1364</v>
+      </c>
+      <c r="C253" t="s">
+        <v>1349</v>
+      </c>
+      <c r="D253" t="s">
+        <v>1365</v>
+      </c>
+      <c r="E253" t="s">
+        <v>20</v>
+      </c>
+      <c r="F253" t="s">
+        <v>21</v>
+      </c>
+      <c r="G253" t="s">
+        <v>22</v>
+      </c>
+      <c r="H253">
+        <v>2015</v>
+      </c>
+      <c r="I253">
+        <v>2025</v>
+      </c>
+      <c r="J253" t="s">
+        <v>1038</v>
+      </c>
+      <c r="K253" t="s">
+        <v>24</v>
+      </c>
+      <c r="L253" t="s">
+        <v>1366</v>
+      </c>
+      <c r="M253" t="s">
+        <v>1344</v>
+      </c>
+      <c r="N253" t="s">
+        <v>27</v>
+      </c>
+      <c r="O253" t="s">
+        <v>1367</v>
+      </c>
+      <c r="P253" t="s">
+        <v>1352</v>
+      </c>
+    </row>
+    <row r="254" spans="1:16">
+      <c r="A254" t="s">
+        <v>1363</v>
+      </c>
+      <c r="B254" t="s">
+        <v>1368</v>
+      </c>
+      <c r="C254" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D254" t="s">
+        <v>1369</v>
+      </c>
+      <c r="E254" t="s">
+        <v>20</v>
+      </c>
+      <c r="F254" t="s">
+        <v>21</v>
+      </c>
+      <c r="G254" t="s">
+        <v>22</v>
+      </c>
+      <c r="H254">
+        <v>2013</v>
+      </c>
+      <c r="I254">
+        <v>2024</v>
+      </c>
+      <c r="J254" t="s">
+        <v>1342</v>
+      </c>
+      <c r="K254" t="s">
+        <v>24</v>
+      </c>
+      <c r="L254" t="s">
+        <v>1370</v>
+      </c>
+      <c r="M254" t="s">
+        <v>1344</v>
+      </c>
+      <c r="N254" t="s">
+        <v>27</v>
+      </c>
+      <c r="O254" t="s">
+        <v>1371</v>
+      </c>
+      <c r="P254" t="s">
+        <v>1372</v>
+      </c>
+    </row>
+    <row r="255" spans="1:16">
+      <c r="A255" t="s">
+        <v>1373</v>
+      </c>
+      <c r="B255" t="s">
+        <v>1374</v>
+      </c>
+      <c r="C255" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D255" t="s">
+        <v>1375</v>
+      </c>
+      <c r="E255" t="s">
+        <v>20</v>
+      </c>
+      <c r="F255" t="s">
+        <v>21</v>
+      </c>
+      <c r="G255" t="s">
+        <v>22</v>
+      </c>
+      <c r="H255">
+        <v>2013</v>
+      </c>
+      <c r="I255">
+        <v>2024</v>
+      </c>
+      <c r="J255" t="s">
+        <v>1342</v>
+      </c>
+      <c r="K255" t="s">
+        <v>24</v>
+      </c>
+      <c r="L255" t="s">
+        <v>1376</v>
+      </c>
+      <c r="M255" t="s">
+        <v>1344</v>
+      </c>
+      <c r="N255" t="s">
+        <v>27</v>
+      </c>
+      <c r="O255" t="s">
+        <v>1377</v>
+      </c>
+      <c r="P255" t="s">
+        <v>1372</v>
+      </c>
+    </row>
+    <row r="256" spans="1:16">
+      <c r="A256" t="s">
+        <v>1378</v>
+      </c>
+      <c r="B256" t="s">
+        <v>1379</v>
+      </c>
+      <c r="C256" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D256" t="s">
+        <v>159</v>
+      </c>
+      <c r="E256" t="s">
+        <v>20</v>
+      </c>
+      <c r="F256" t="s">
+        <v>21</v>
+      </c>
+      <c r="G256" t="s">
+        <v>22</v>
+      </c>
+      <c r="H256">
+        <v>2013</v>
+      </c>
+      <c r="I256">
+        <v>2024</v>
+      </c>
+      <c r="J256" t="s">
+        <v>1342</v>
+      </c>
+      <c r="K256" t="s">
+        <v>24</v>
+      </c>
+      <c r="L256" t="s">
+        <v>1380</v>
+      </c>
+      <c r="M256" t="s">
+        <v>1344</v>
+      </c>
+      <c r="N256" t="s">
+        <v>27</v>
+      </c>
+      <c r="O256" t="s">
+        <v>1381</v>
+      </c>
+      <c r="P256" t="s">
+        <v>1372</v>
+      </c>
+    </row>
+    <row r="257" spans="1:16">
+      <c r="A257" t="s">
+        <v>1382</v>
+      </c>
+      <c r="B257" t="s">
+        <v>1383</v>
+      </c>
+      <c r="C257" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D257" t="s">
+        <v>105</v>
+      </c>
+      <c r="E257" t="s">
+        <v>20</v>
+      </c>
+      <c r="F257" t="s">
+        <v>21</v>
+      </c>
+      <c r="G257" t="s">
+        <v>22</v>
+      </c>
+      <c r="H257">
+        <v>2015</v>
+      </c>
+      <c r="I257">
+        <v>2024</v>
+      </c>
+      <c r="J257" t="s">
+        <v>1342</v>
+      </c>
+      <c r="K257" t="s">
+        <v>24</v>
+      </c>
+      <c r="L257" t="s">
+        <v>1384</v>
+      </c>
+      <c r="M257" t="s">
+        <v>1344</v>
+      </c>
+      <c r="N257" t="s">
+        <v>27</v>
+      </c>
+      <c r="O257" t="s">
+        <v>1385</v>
+      </c>
+      <c r="P257" t="s">
+        <v>1372</v>
+      </c>
+    </row>
+    <row r="258" spans="1:16">
+      <c r="A258" t="s">
+        <v>1386</v>
+      </c>
+      <c r="B258" t="s">
+        <v>1387</v>
+      </c>
+      <c r="C258" t="s">
+        <v>1349</v>
+      </c>
+      <c r="D258" t="s">
+        <v>206</v>
+      </c>
+      <c r="E258" t="s">
+        <v>20</v>
+      </c>
+      <c r="F258" t="s">
+        <v>21</v>
+      </c>
+      <c r="G258" t="s">
+        <v>22</v>
+      </c>
+      <c r="H258">
+        <v>2013</v>
+      </c>
+      <c r="I258">
+        <v>2024</v>
+      </c>
+      <c r="J258" t="s">
+        <v>1342</v>
+      </c>
+      <c r="K258" t="s">
+        <v>24</v>
+      </c>
+      <c r="L258" t="s">
+        <v>1388</v>
+      </c>
+      <c r="M258" t="s">
+        <v>1344</v>
+      </c>
+      <c r="N258" t="s">
+        <v>27</v>
+      </c>
+      <c r="O258" t="s">
+        <v>1389</v>
+      </c>
+      <c r="P258" t="s">
+        <v>1372</v>
+      </c>
+    </row>
+    <row r="259" spans="1:16">
+      <c r="A259" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B259" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C259" t="s">
+        <v>839</v>
+      </c>
+      <c r="D259" t="s">
+        <v>77</v>
+      </c>
+      <c r="E259" t="s">
+        <v>249</v>
+      </c>
+      <c r="F259" t="s">
+        <v>257</v>
+      </c>
+      <c r="G259" t="s">
+        <v>22</v>
+      </c>
+      <c r="H259">
+        <v>2003</v>
+      </c>
+      <c r="I259">
+        <v>2012</v>
+      </c>
+      <c r="J259" t="s">
+        <v>71</v>
+      </c>
+      <c r="K259" t="s">
+        <v>24</v>
+      </c>
+      <c r="L259" t="s">
+        <v>1392</v>
+      </c>
+      <c r="M259" t="s">
+        <v>1393</v>
+      </c>
+      <c r="N259" t="s">
+        <v>27</v>
+      </c>
+      <c r="O259" t="s">
+        <v>1394</v>
+      </c>
+      <c r="P259" t="s">
+        <v>1395</v>
+      </c>
+    </row>
+    <row r="260" spans="1:16">
+      <c r="A260" t="s">
+        <v>1396</v>
+      </c>
+      <c r="B260" t="s">
+        <v>1397</v>
+      </c>
+      <c r="C260" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D260" t="s">
+        <v>1399</v>
+      </c>
+      <c r="E260" t="s">
+        <v>20</v>
+      </c>
+      <c r="F260" t="s">
+        <v>21</v>
+      </c>
+      <c r="G260" t="s">
+        <v>22</v>
+      </c>
+      <c r="H260">
+        <v>2010</v>
+      </c>
+      <c r="I260">
+        <v>2019</v>
+      </c>
+      <c r="J260" t="s">
+        <v>847</v>
+      </c>
+      <c r="K260" t="s">
+        <v>24</v>
+      </c>
+      <c r="L260" t="s">
+        <v>1400</v>
+      </c>
+      <c r="M260" t="s">
+        <v>1401</v>
+      </c>
+      <c r="N260" t="s">
+        <v>27</v>
+      </c>
+      <c r="O260" t="s">
+        <v>1402</v>
+      </c>
+      <c r="P260" t="s">
+        <v>1403</v>
+      </c>
+    </row>
+    <row r="261" spans="1:16">
+      <c r="A261" t="s">
+        <v>1404</v>
+      </c>
+      <c r="B261" t="s">
+        <v>1405</v>
+      </c>
+      <c r="C261" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D261" t="s">
+        <v>77</v>
+      </c>
+      <c r="E261" t="s">
+        <v>20</v>
+      </c>
+      <c r="F261" t="s">
+        <v>21</v>
+      </c>
+      <c r="G261" t="s">
+        <v>22</v>
+      </c>
+      <c r="H261">
+        <v>2002</v>
+      </c>
+      <c r="I261">
+        <v>2012</v>
+      </c>
+      <c r="J261" t="s">
+        <v>847</v>
+      </c>
+      <c r="K261" t="s">
+        <v>24</v>
+      </c>
+      <c r="L261" t="s">
+        <v>1406</v>
+      </c>
+      <c r="M261" t="s">
+        <v>1401</v>
+      </c>
+      <c r="N261" t="s">
+        <v>27</v>
+      </c>
+      <c r="O261" t="s">
+        <v>1407</v>
+      </c>
+      <c r="P261" t="s">
+        <v>1408</v>
+      </c>
+    </row>
+    <row r="262" spans="1:16">
+      <c r="A262" t="s">
+        <v>1409</v>
+      </c>
+      <c r="B262" t="s">
+        <v>1410</v>
+      </c>
+      <c r="C262" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D262" t="s">
+        <v>206</v>
+      </c>
+      <c r="E262" t="s">
+        <v>20</v>
+      </c>
+      <c r="F262" t="s">
+        <v>21</v>
+      </c>
+      <c r="G262" t="s">
+        <v>22</v>
+      </c>
+      <c r="H262">
         <v>1989</v>
       </c>
-      <c r="H219">
-[...5 lines deleted...]
-      <c r="J219" t="s">
+      <c r="I262">
+        <v>2015</v>
+      </c>
+      <c r="J262" t="s">
+        <v>847</v>
+      </c>
+      <c r="K262" t="s">
+        <v>24</v>
+      </c>
+      <c r="L262" t="s">
+        <v>1411</v>
+      </c>
+      <c r="M262" t="s">
+        <v>1401</v>
+      </c>
+      <c r="N262" t="s">
+        <v>27</v>
+      </c>
+      <c r="O262" t="s">
+        <v>1412</v>
+      </c>
+      <c r="P262" t="s">
+        <v>1413</v>
+      </c>
+    </row>
+    <row r="263" spans="1:16">
+      <c r="A263" t="s">
+        <v>1414</v>
+      </c>
+      <c r="B263" t="s">
+        <v>1415</v>
+      </c>
+      <c r="C263" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D263" t="s">
+        <v>195</v>
+      </c>
+      <c r="E263" t="s">
+        <v>20</v>
+      </c>
+      <c r="F263" t="s">
+        <v>34</v>
+      </c>
+      <c r="G263" t="s">
+        <v>22</v>
+      </c>
+      <c r="H263">
+        <v>1999</v>
+      </c>
+      <c r="I263">
+        <v>2014</v>
+      </c>
+      <c r="J263" t="s">
+        <v>847</v>
+      </c>
+      <c r="K263" t="s">
+        <v>24</v>
+      </c>
+      <c r="L263" t="s">
+        <v>1416</v>
+      </c>
+      <c r="M263" t="s">
+        <v>1401</v>
+      </c>
+      <c r="N263" t="s">
+        <v>27</v>
+      </c>
+      <c r="O263" t="s">
+        <v>1417</v>
+      </c>
+      <c r="P263" t="s">
+        <v>1418</v>
+      </c>
+    </row>
+    <row r="264" spans="1:16">
+      <c r="A264" t="s">
+        <v>1414</v>
+      </c>
+      <c r="B264" t="s">
+        <v>1419</v>
+      </c>
+      <c r="C264" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D264" t="s">
+        <v>399</v>
+      </c>
+      <c r="E264" t="s">
+        <v>20</v>
+      </c>
+      <c r="F264" t="s">
         <v>21</v>
       </c>
-      <c r="K219" t="s">
-[...31 lines deleted...]
-      <c r="G220">
+      <c r="G264" t="s">
+        <v>22</v>
+      </c>
+      <c r="H264">
+        <v>2013</v>
+      </c>
+      <c r="I264">
+        <v>2014</v>
+      </c>
+      <c r="J264" t="s">
+        <v>847</v>
+      </c>
+      <c r="K264" t="s">
+        <v>24</v>
+      </c>
+      <c r="L264" t="s">
+        <v>1420</v>
+      </c>
+      <c r="M264" t="s">
+        <v>1401</v>
+      </c>
+      <c r="N264" t="s">
+        <v>27</v>
+      </c>
+      <c r="O264" t="s">
+        <v>1421</v>
+      </c>
+      <c r="P264" t="s">
+        <v>1422</v>
+      </c>
+    </row>
+    <row r="265" spans="1:16">
+      <c r="A265" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B265" t="s">
+        <v>1424</v>
+      </c>
+      <c r="C265" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D265" t="s">
+        <v>1208</v>
+      </c>
+      <c r="E265" t="s">
+        <v>20</v>
+      </c>
+      <c r="F265" t="s">
+        <v>34</v>
+      </c>
+      <c r="G265" t="s">
+        <v>22</v>
+      </c>
+      <c r="H265">
         <v>2008</v>
       </c>
-      <c r="H220">
+      <c r="I265">
+        <v>2012</v>
+      </c>
+      <c r="J265" t="s">
+        <v>847</v>
+      </c>
+      <c r="K265" t="s">
+        <v>24</v>
+      </c>
+      <c r="L265" t="s">
+        <v>1425</v>
+      </c>
+      <c r="M265" t="s">
+        <v>1401</v>
+      </c>
+      <c r="N265" t="s">
+        <v>27</v>
+      </c>
+      <c r="O265" t="s">
+        <v>1426</v>
+      </c>
+      <c r="P265" t="s">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="266" spans="1:16">
+      <c r="A266" t="s">
+        <v>1428</v>
+      </c>
+      <c r="B266" t="s">
+        <v>1429</v>
+      </c>
+      <c r="C266" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D266" t="s">
+        <v>812</v>
+      </c>
+      <c r="E266" t="s">
+        <v>20</v>
+      </c>
+      <c r="F266" t="s">
+        <v>83</v>
+      </c>
+      <c r="G266" t="s">
+        <v>22</v>
+      </c>
+      <c r="H266">
+        <v>2005</v>
+      </c>
+      <c r="I266">
         <v>2015</v>
       </c>
-      <c r="I220" t="s">
-[...2 lines deleted...]
-      <c r="J220" t="s">
+      <c r="J266" t="s">
+        <v>847</v>
+      </c>
+      <c r="K266" t="s">
+        <v>24</v>
+      </c>
+      <c r="L266" t="s">
+        <v>1430</v>
+      </c>
+      <c r="M266" t="s">
+        <v>1401</v>
+      </c>
+      <c r="N266" t="s">
+        <v>27</v>
+      </c>
+      <c r="O266" t="s">
+        <v>1431</v>
+      </c>
+      <c r="P266" t="s">
+        <v>1432</v>
+      </c>
+    </row>
+    <row r="267" spans="1:16">
+      <c r="A267" t="s">
+        <v>1433</v>
+      </c>
+      <c r="B267" t="s">
+        <v>1434</v>
+      </c>
+      <c r="C267" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D267" t="s">
+        <v>506</v>
+      </c>
+      <c r="E267" t="s">
+        <v>20</v>
+      </c>
+      <c r="F267" t="s">
+        <v>34</v>
+      </c>
+      <c r="G267" t="s">
+        <v>22</v>
+      </c>
+      <c r="H267">
+        <v>2004</v>
+      </c>
+      <c r="I267">
+        <v>2017</v>
+      </c>
+      <c r="J267" t="s">
+        <v>847</v>
+      </c>
+      <c r="K267" t="s">
+        <v>24</v>
+      </c>
+      <c r="L267" t="s">
+        <v>1435</v>
+      </c>
+      <c r="M267" t="s">
+        <v>1401</v>
+      </c>
+      <c r="N267" t="s">
+        <v>27</v>
+      </c>
+      <c r="O267" t="s">
+        <v>1436</v>
+      </c>
+      <c r="P267" t="s">
+        <v>1437</v>
+      </c>
+    </row>
+    <row r="268" spans="1:16">
+      <c r="A268" t="s">
+        <v>1438</v>
+      </c>
+      <c r="B268" t="s">
+        <v>1439</v>
+      </c>
+      <c r="C268" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D268" t="s">
+        <v>188</v>
+      </c>
+      <c r="E268" t="s">
+        <v>20</v>
+      </c>
+      <c r="F268" t="s">
+        <v>34</v>
+      </c>
+      <c r="G268" t="s">
+        <v>22</v>
+      </c>
+      <c r="H268">
+        <v>1989</v>
+      </c>
+      <c r="I268">
+        <v>2012</v>
+      </c>
+      <c r="J268" t="s">
+        <v>847</v>
+      </c>
+      <c r="K268" t="s">
+        <v>24</v>
+      </c>
+      <c r="L268" t="s">
+        <v>1440</v>
+      </c>
+      <c r="M268" t="s">
+        <v>1401</v>
+      </c>
+      <c r="N268" t="s">
+        <v>27</v>
+      </c>
+      <c r="O268" t="s">
+        <v>1441</v>
+      </c>
+      <c r="P268" t="s">
+        <v>1442</v>
+      </c>
+    </row>
+    <row r="269" spans="1:16">
+      <c r="A269" t="s">
+        <v>1443</v>
+      </c>
+      <c r="B269" t="s">
+        <v>1444</v>
+      </c>
+      <c r="C269" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D269" t="s">
+        <v>472</v>
+      </c>
+      <c r="E269" t="s">
+        <v>20</v>
+      </c>
+      <c r="F269" t="s">
+        <v>34</v>
+      </c>
+      <c r="G269" t="s">
+        <v>22</v>
+      </c>
+      <c r="H269">
+        <v>2005</v>
+      </c>
+      <c r="I269">
+        <v>2014</v>
+      </c>
+      <c r="J269" t="s">
+        <v>1445</v>
+      </c>
+      <c r="K269" t="s">
+        <v>24</v>
+      </c>
+      <c r="L269" t="s">
+        <v>1446</v>
+      </c>
+      <c r="M269" t="s">
+        <v>1401</v>
+      </c>
+      <c r="N269" t="s">
+        <v>27</v>
+      </c>
+      <c r="O269" t="s">
+        <v>1447</v>
+      </c>
+      <c r="P269" t="s">
+        <v>1448</v>
+      </c>
+    </row>
+    <row r="270" spans="1:16">
+      <c r="A270" t="s">
+        <v>1449</v>
+      </c>
+      <c r="B270" t="s">
+        <v>1450</v>
+      </c>
+      <c r="C270" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D270" t="s">
+        <v>133</v>
+      </c>
+      <c r="E270" t="s">
+        <v>20</v>
+      </c>
+      <c r="F270" t="s">
+        <v>34</v>
+      </c>
+      <c r="G270" t="s">
+        <v>22</v>
+      </c>
+      <c r="H270">
+        <v>1989</v>
+      </c>
+      <c r="I270">
+        <v>2017</v>
+      </c>
+      <c r="J270" t="s">
+        <v>847</v>
+      </c>
+      <c r="K270" t="s">
+        <v>1451</v>
+      </c>
+      <c r="L270" t="s">
+        <v>1452</v>
+      </c>
+      <c r="M270" t="s">
+        <v>1401</v>
+      </c>
+      <c r="N270" t="s">
+        <v>27</v>
+      </c>
+      <c r="O270" t="s">
+        <v>1453</v>
+      </c>
+      <c r="P270" t="s">
+        <v>1454</v>
+      </c>
+    </row>
+    <row r="271" spans="1:16">
+      <c r="A271" t="s">
+        <v>1449</v>
+      </c>
+      <c r="B271" t="s">
+        <v>1455</v>
+      </c>
+      <c r="C271" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D271" t="s">
+        <v>188</v>
+      </c>
+      <c r="E271" t="s">
+        <v>20</v>
+      </c>
+      <c r="F271" t="s">
+        <v>34</v>
+      </c>
+      <c r="G271" t="s">
+        <v>22</v>
+      </c>
+      <c r="H271">
+        <v>1989</v>
+      </c>
+      <c r="I271">
+        <v>2017</v>
+      </c>
+      <c r="J271" t="s">
+        <v>847</v>
+      </c>
+      <c r="K271" t="s">
+        <v>1451</v>
+      </c>
+      <c r="L271" t="s">
+        <v>1452</v>
+      </c>
+      <c r="M271" t="s">
+        <v>1401</v>
+      </c>
+      <c r="N271" t="s">
+        <v>27</v>
+      </c>
+      <c r="O271" t="s">
+        <v>1456</v>
+      </c>
+      <c r="P271" t="s">
+        <v>1457</v>
+      </c>
+    </row>
+    <row r="272" spans="1:16">
+      <c r="A272" t="s">
+        <v>1458</v>
+      </c>
+      <c r="B272" t="s">
+        <v>1459</v>
+      </c>
+      <c r="C272" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D272" t="s">
+        <v>1460</v>
+      </c>
+      <c r="E272" t="s">
+        <v>20</v>
+      </c>
+      <c r="F272" t="s">
         <v>21</v>
       </c>
-      <c r="K220" t="s">
-[...31 lines deleted...]
-      <c r="G221">
+      <c r="G272" t="s">
+        <v>22</v>
+      </c>
+      <c r="H272">
+        <v>2009</v>
+      </c>
+      <c r="I272">
+        <v>2016</v>
+      </c>
+      <c r="J272" t="s">
+        <v>847</v>
+      </c>
+      <c r="K272" t="s">
+        <v>24</v>
+      </c>
+      <c r="L272" t="s">
+        <v>1461</v>
+      </c>
+      <c r="M272" t="s">
+        <v>1401</v>
+      </c>
+      <c r="N272" t="s">
+        <v>27</v>
+      </c>
+      <c r="O272" t="s">
+        <v>1462</v>
+      </c>
+      <c r="P272" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="273" spans="1:16">
+      <c r="A273" t="s">
+        <v>1464</v>
+      </c>
+      <c r="B273" t="s">
+        <v>1465</v>
+      </c>
+      <c r="C273" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D273" t="s">
+        <v>58</v>
+      </c>
+      <c r="E273" t="s">
+        <v>20</v>
+      </c>
+      <c r="F273" t="s">
+        <v>34</v>
+      </c>
+      <c r="G273" t="s">
+        <v>22</v>
+      </c>
+      <c r="H273">
         <v>2008</v>
       </c>
-      <c r="H221">
+      <c r="I273">
+        <v>2012</v>
+      </c>
+      <c r="J273" t="s">
+        <v>847</v>
+      </c>
+      <c r="K273" t="s">
+        <v>24</v>
+      </c>
+      <c r="L273" t="s">
+        <v>1466</v>
+      </c>
+      <c r="M273" t="s">
+        <v>1401</v>
+      </c>
+      <c r="N273" t="s">
+        <v>27</v>
+      </c>
+      <c r="O273" t="s">
+        <v>1467</v>
+      </c>
+      <c r="P273" t="s">
+        <v>1468</v>
+      </c>
+    </row>
+    <row r="274" spans="1:16">
+      <c r="A274" t="s">
+        <v>1469</v>
+      </c>
+      <c r="B274" t="s">
+        <v>1470</v>
+      </c>
+      <c r="C274" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D274" t="s">
+        <v>43</v>
+      </c>
+      <c r="E274" t="s">
+        <v>20</v>
+      </c>
+      <c r="F274" t="s">
+        <v>34</v>
+      </c>
+      <c r="G274" t="s">
+        <v>22</v>
+      </c>
+      <c r="H274">
+        <v>2003</v>
+      </c>
+      <c r="I274">
         <v>2024</v>
       </c>
-      <c r="I221" t="s">
-[...2 lines deleted...]
-      <c r="J221" t="s">
+      <c r="J274" t="s">
+        <v>1445</v>
+      </c>
+      <c r="K274" t="s">
+        <v>24</v>
+      </c>
+      <c r="L274" t="s">
+        <v>1471</v>
+      </c>
+      <c r="M274" t="s">
+        <v>1401</v>
+      </c>
+      <c r="N274" t="s">
+        <v>27</v>
+      </c>
+      <c r="O274" t="s">
+        <v>1472</v>
+      </c>
+      <c r="P274" t="s">
+        <v>1473</v>
+      </c>
+    </row>
+    <row r="275" spans="1:16">
+      <c r="A275" t="s">
+        <v>1474</v>
+      </c>
+      <c r="B275" t="s">
+        <v>1475</v>
+      </c>
+      <c r="C275" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D275" t="s">
+        <v>625</v>
+      </c>
+      <c r="E275" t="s">
+        <v>20</v>
+      </c>
+      <c r="F275" t="s">
         <v>21</v>
       </c>
-      <c r="K221" t="s">
-[...31 lines deleted...]
-      <c r="G222">
+      <c r="G275" t="s">
+        <v>22</v>
+      </c>
+      <c r="H275">
+        <v>1989</v>
+      </c>
+      <c r="I275">
+        <v>2015</v>
+      </c>
+      <c r="J275" t="s">
+        <v>847</v>
+      </c>
+      <c r="K275" t="s">
+        <v>24</v>
+      </c>
+      <c r="L275" t="s">
+        <v>1476</v>
+      </c>
+      <c r="M275" t="s">
+        <v>1401</v>
+      </c>
+      <c r="N275" t="s">
+        <v>27</v>
+      </c>
+      <c r="O275" t="s">
+        <v>1477</v>
+      </c>
+      <c r="P275" t="s">
+        <v>1478</v>
+      </c>
+    </row>
+    <row r="276" spans="1:16">
+      <c r="A276" t="s">
+        <v>1479</v>
+      </c>
+      <c r="B276" t="s">
+        <v>1480</v>
+      </c>
+      <c r="C276" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D276" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E276" t="s">
+        <v>20</v>
+      </c>
+      <c r="F276" t="s">
+        <v>34</v>
+      </c>
+      <c r="G276" t="s">
+        <v>22</v>
+      </c>
+      <c r="H276">
+        <v>2009</v>
+      </c>
+      <c r="I276">
+        <v>2017</v>
+      </c>
+      <c r="J276" t="s">
+        <v>847</v>
+      </c>
+      <c r="K276" t="s">
+        <v>24</v>
+      </c>
+      <c r="L276" t="s">
+        <v>1482</v>
+      </c>
+      <c r="M276" t="s">
+        <v>1401</v>
+      </c>
+      <c r="N276" t="s">
+        <v>27</v>
+      </c>
+      <c r="O276" t="s">
+        <v>1483</v>
+      </c>
+      <c r="P276" t="s">
+        <v>1484</v>
+      </c>
+    </row>
+    <row r="277" spans="1:16">
+      <c r="A277" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B277" t="s">
+        <v>1486</v>
+      </c>
+      <c r="C277" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D277" t="s">
+        <v>105</v>
+      </c>
+      <c r="E277" t="s">
+        <v>20</v>
+      </c>
+      <c r="F277" t="s">
+        <v>21</v>
+      </c>
+      <c r="G277" t="s">
+        <v>22</v>
+      </c>
+      <c r="H277">
+        <v>2009</v>
+      </c>
+      <c r="I277">
+        <v>2013</v>
+      </c>
+      <c r="J277" t="s">
+        <v>847</v>
+      </c>
+      <c r="K277" t="s">
+        <v>24</v>
+      </c>
+      <c r="L277" t="s">
+        <v>1487</v>
+      </c>
+      <c r="M277" t="s">
+        <v>1401</v>
+      </c>
+      <c r="N277" t="s">
+        <v>27</v>
+      </c>
+      <c r="O277" t="s">
+        <v>1488</v>
+      </c>
+      <c r="P277" t="s">
+        <v>1489</v>
+      </c>
+    </row>
+    <row r="278" spans="1:16">
+      <c r="A278" t="s">
+        <v>1490</v>
+      </c>
+      <c r="B278" t="s">
+        <v>1491</v>
+      </c>
+      <c r="C278" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D278" t="s">
+        <v>70</v>
+      </c>
+      <c r="E278" t="s">
+        <v>20</v>
+      </c>
+      <c r="F278" t="s">
+        <v>34</v>
+      </c>
+      <c r="G278" t="s">
+        <v>22</v>
+      </c>
+      <c r="H278">
+        <v>2001</v>
+      </c>
+      <c r="I278">
+        <v>2019</v>
+      </c>
+      <c r="J278" t="s">
+        <v>1445</v>
+      </c>
+      <c r="K278" t="s">
+        <v>24</v>
+      </c>
+      <c r="L278" t="s">
+        <v>1492</v>
+      </c>
+      <c r="M278" t="s">
+        <v>1401</v>
+      </c>
+      <c r="N278" t="s">
+        <v>167</v>
+      </c>
+      <c r="O278" t="s">
+        <v>1493</v>
+      </c>
+      <c r="P278" t="s">
+        <v>1494</v>
+      </c>
+    </row>
+    <row r="279" spans="1:16">
+      <c r="A279" t="s">
+        <v>1495</v>
+      </c>
+      <c r="B279" t="s">
+        <v>1496</v>
+      </c>
+      <c r="C279" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D279" t="s">
+        <v>441</v>
+      </c>
+      <c r="E279" t="s">
+        <v>20</v>
+      </c>
+      <c r="F279" t="s">
+        <v>34</v>
+      </c>
+      <c r="G279" t="s">
+        <v>22</v>
+      </c>
+      <c r="H279">
+        <v>2004</v>
+      </c>
+      <c r="I279">
+        <v>2012</v>
+      </c>
+      <c r="J279" t="s">
+        <v>1445</v>
+      </c>
+      <c r="K279" t="s">
+        <v>24</v>
+      </c>
+      <c r="L279" t="s">
+        <v>1497</v>
+      </c>
+      <c r="M279" t="s">
+        <v>1401</v>
+      </c>
+      <c r="N279" t="s">
+        <v>167</v>
+      </c>
+      <c r="O279" t="s">
+        <v>1498</v>
+      </c>
+      <c r="P279" t="s">
+        <v>1499</v>
+      </c>
+    </row>
+    <row r="280" spans="1:16">
+      <c r="A280" t="s">
+        <v>1500</v>
+      </c>
+      <c r="B280" t="s">
+        <v>1501</v>
+      </c>
+      <c r="C280" t="s">
+        <v>248</v>
+      </c>
+      <c r="D280" t="s">
+        <v>195</v>
+      </c>
+      <c r="E280" t="s">
+        <v>249</v>
+      </c>
+      <c r="F280" t="s">
+        <v>257</v>
+      </c>
+      <c r="G280" t="s">
+        <v>22</v>
+      </c>
+      <c r="H280">
+        <v>2000</v>
+      </c>
+      <c r="I280">
+        <v>2013</v>
+      </c>
+      <c r="J280" t="s">
+        <v>52</v>
+      </c>
+      <c r="K280" t="s">
+        <v>24</v>
+      </c>
+      <c r="L280" t="s">
+        <v>1502</v>
+      </c>
+      <c r="M280" t="s">
+        <v>251</v>
+      </c>
+      <c r="N280" t="s">
+        <v>27</v>
+      </c>
+      <c r="O280" t="s">
+        <v>1503</v>
+      </c>
+      <c r="P280" t="s">
+        <v>1504</v>
+      </c>
+    </row>
+    <row r="281" spans="1:16">
+      <c r="A281" t="s">
+        <v>1505</v>
+      </c>
+      <c r="B281" t="s">
+        <v>1506</v>
+      </c>
+      <c r="C281" t="s">
+        <v>248</v>
+      </c>
+      <c r="D281" t="s">
+        <v>195</v>
+      </c>
+      <c r="E281" t="s">
+        <v>249</v>
+      </c>
+      <c r="F281" t="s">
+        <v>257</v>
+      </c>
+      <c r="G281" t="s">
+        <v>22</v>
+      </c>
+      <c r="H281">
+        <v>2000</v>
+      </c>
+      <c r="I281">
+        <v>2013</v>
+      </c>
+      <c r="J281" t="s">
+        <v>52</v>
+      </c>
+      <c r="K281" t="s">
+        <v>24</v>
+      </c>
+      <c r="L281"/>
+      <c r="M281" t="s">
+        <v>251</v>
+      </c>
+      <c r="N281" t="s">
+        <v>27</v>
+      </c>
+      <c r="O281" t="s">
+        <v>1507</v>
+      </c>
+      <c r="P281" t="s">
+        <v>1508</v>
+      </c>
+    </row>
+    <row r="282" spans="1:16">
+      <c r="A282" t="s">
+        <v>1509</v>
+      </c>
+      <c r="B282" t="s">
+        <v>1510</v>
+      </c>
+      <c r="C282" t="s">
+        <v>248</v>
+      </c>
+      <c r="D282" t="s">
+        <v>195</v>
+      </c>
+      <c r="E282" t="s">
+        <v>249</v>
+      </c>
+      <c r="F282" t="s">
+        <v>257</v>
+      </c>
+      <c r="G282" t="s">
+        <v>22</v>
+      </c>
+      <c r="H282">
+        <v>2000</v>
+      </c>
+      <c r="I282">
+        <v>2013</v>
+      </c>
+      <c r="J282" t="s">
+        <v>52</v>
+      </c>
+      <c r="K282" t="s">
+        <v>24</v>
+      </c>
+      <c r="L282" t="s">
+        <v>1502</v>
+      </c>
+      <c r="M282" t="s">
+        <v>670</v>
+      </c>
+      <c r="N282" t="s">
+        <v>27</v>
+      </c>
+      <c r="O282" t="s">
+        <v>1511</v>
+      </c>
+      <c r="P282" t="s">
+        <v>1512</v>
+      </c>
+    </row>
+    <row r="283" spans="1:16">
+      <c r="A283" t="s">
+        <v>1513</v>
+      </c>
+      <c r="B283" t="s">
+        <v>1514</v>
+      </c>
+      <c r="C283" t="s">
+        <v>248</v>
+      </c>
+      <c r="D283" t="s">
+        <v>441</v>
+      </c>
+      <c r="E283" t="s">
+        <v>249</v>
+      </c>
+      <c r="F283" t="s">
+        <v>257</v>
+      </c>
+      <c r="G283" t="s">
+        <v>22</v>
+      </c>
+      <c r="H283">
+        <v>2015</v>
+      </c>
+      <c r="I283">
+        <v>2015</v>
+      </c>
+      <c r="J283" t="s">
+        <v>52</v>
+      </c>
+      <c r="K283" t="s">
+        <v>24</v>
+      </c>
+      <c r="L283" t="s">
+        <v>1513</v>
+      </c>
+      <c r="M283" t="s">
+        <v>251</v>
+      </c>
+      <c r="N283" t="s">
+        <v>27</v>
+      </c>
+      <c r="O283" t="s">
+        <v>1515</v>
+      </c>
+      <c r="P283" t="s">
+        <v>1516</v>
+      </c>
+    </row>
+    <row r="284" spans="1:16">
+      <c r="A284" t="s">
+        <v>1517</v>
+      </c>
+      <c r="B284" t="s">
+        <v>1518</v>
+      </c>
+      <c r="C284" t="s">
+        <v>248</v>
+      </c>
+      <c r="D284" t="s">
+        <v>188</v>
+      </c>
+      <c r="E284" t="s">
+        <v>249</v>
+      </c>
+      <c r="F284" t="s">
+        <v>257</v>
+      </c>
+      <c r="G284" t="s">
+        <v>22</v>
+      </c>
+      <c r="H284">
         <v>2008</v>
       </c>
-      <c r="H222">
+      <c r="I284">
+        <v>2013</v>
+      </c>
+      <c r="J284" t="s">
+        <v>52</v>
+      </c>
+      <c r="K284" t="s">
+        <v>24</v>
+      </c>
+      <c r="L284" t="s">
+        <v>250</v>
+      </c>
+      <c r="M284" t="s">
+        <v>670</v>
+      </c>
+      <c r="N284" t="s">
+        <v>27</v>
+      </c>
+      <c r="O284" t="s">
+        <v>1519</v>
+      </c>
+      <c r="P284" t="s">
+        <v>1520</v>
+      </c>
+    </row>
+    <row r="285" spans="1:16">
+      <c r="A285" t="s">
+        <v>1521</v>
+      </c>
+      <c r="B285" t="s">
+        <v>1522</v>
+      </c>
+      <c r="C285" t="s">
+        <v>248</v>
+      </c>
+      <c r="D285" t="s">
+        <v>140</v>
+      </c>
+      <c r="E285" t="s">
+        <v>249</v>
+      </c>
+      <c r="F285" t="s">
+        <v>257</v>
+      </c>
+      <c r="G285" t="s">
+        <v>22</v>
+      </c>
+      <c r="H285">
+        <v>2010</v>
+      </c>
+      <c r="I285">
+        <v>2014</v>
+      </c>
+      <c r="J285" t="s">
+        <v>52</v>
+      </c>
+      <c r="K285" t="s">
+        <v>24</v>
+      </c>
+      <c r="L285"/>
+      <c r="M285" t="s">
+        <v>251</v>
+      </c>
+      <c r="N285" t="s">
+        <v>27</v>
+      </c>
+      <c r="O285" t="s">
+        <v>1523</v>
+      </c>
+      <c r="P285" t="s">
+        <v>1524</v>
+      </c>
+    </row>
+    <row r="286" spans="1:16">
+      <c r="A286" t="s">
+        <v>1525</v>
+      </c>
+      <c r="B286" t="s">
+        <v>1526</v>
+      </c>
+      <c r="C286" t="s">
+        <v>248</v>
+      </c>
+      <c r="D286" t="s">
+        <v>224</v>
+      </c>
+      <c r="E286" t="s">
+        <v>249</v>
+      </c>
+      <c r="F286" t="s">
+        <v>257</v>
+      </c>
+      <c r="G286" t="s">
+        <v>22</v>
+      </c>
+      <c r="H286">
+        <v>2011</v>
+      </c>
+      <c r="I286">
+        <v>2011</v>
+      </c>
+      <c r="J286" t="s">
+        <v>52</v>
+      </c>
+      <c r="K286" t="s">
+        <v>134</v>
+      </c>
+      <c r="L286"/>
+      <c r="M286" t="s">
+        <v>251</v>
+      </c>
+      <c r="N286" t="s">
+        <v>27</v>
+      </c>
+      <c r="O286" t="s">
+        <v>1527</v>
+      </c>
+      <c r="P286"/>
+    </row>
+    <row r="287" spans="1:16">
+      <c r="A287" t="s">
+        <v>1528</v>
+      </c>
+      <c r="B287" t="s">
+        <v>1529</v>
+      </c>
+      <c r="C287" t="s">
+        <v>248</v>
+      </c>
+      <c r="D287" t="s">
+        <v>188</v>
+      </c>
+      <c r="E287" t="s">
+        <v>249</v>
+      </c>
+      <c r="F287" t="s">
+        <v>257</v>
+      </c>
+      <c r="G287" t="s">
+        <v>22</v>
+      </c>
+      <c r="H287">
         <v>2008</v>
       </c>
-      <c r="I222" t="s">
-[...40 lines deleted...]
-      <c r="H223">
+      <c r="I287">
+        <v>2014</v>
+      </c>
+      <c r="J287" t="s">
+        <v>52</v>
+      </c>
+      <c r="K287" t="s">
+        <v>24</v>
+      </c>
+      <c r="L287"/>
+      <c r="M287" t="s">
+        <v>670</v>
+      </c>
+      <c r="N287" t="s">
+        <v>27</v>
+      </c>
+      <c r="O287" t="s">
+        <v>1530</v>
+      </c>
+      <c r="P287" t="s">
+        <v>1531</v>
+      </c>
+    </row>
+    <row r="288" spans="1:16">
+      <c r="A288" t="s">
+        <v>1532</v>
+      </c>
+      <c r="B288" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C288" t="s">
+        <v>248</v>
+      </c>
+      <c r="D288" t="s">
+        <v>1534</v>
+      </c>
+      <c r="E288" t="s">
+        <v>249</v>
+      </c>
+      <c r="F288" t="s">
+        <v>257</v>
+      </c>
+      <c r="G288" t="s">
+        <v>22</v>
+      </c>
+      <c r="H288">
         <v>2011</v>
       </c>
-      <c r="I223" t="s">
-[...609 lines deleted...]
-      <c r="G237">
+      <c r="I288">
         <v>2013</v>
       </c>
-      <c r="H237">
-[...2240 lines deleted...]
-      </c>
       <c r="J288" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="K288" t="s">
-        <v>1000</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L288"/>
       <c r="M288" t="s">
-        <v>24</v>
+        <v>251</v>
       </c>
       <c r="N288" t="s">
-        <v>1001</v>
-[...2 lines deleted...]
-    <row r="289" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O288" t="s">
+        <v>1535</v>
+      </c>
+      <c r="P288" t="s">
+        <v>1536</v>
+      </c>
+    </row>
+    <row r="289" spans="1:16">
       <c r="A289" t="s">
-        <v>1002</v>
+        <v>1537</v>
       </c>
       <c r="B289" t="s">
-        <v>948</v>
+        <v>1538</v>
       </c>
       <c r="C289" t="s">
-        <v>75</v>
+        <v>248</v>
       </c>
       <c r="D289" t="s">
-        <v>17</v>
+        <v>224</v>
       </c>
       <c r="E289" t="s">
-        <v>35</v>
+        <v>249</v>
       </c>
       <c r="F289" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2009</v>
+        <v>257</v>
+      </c>
+      <c r="G289" t="s">
+        <v>22</v>
       </c>
       <c r="H289">
         <v>2013</v>
       </c>
-      <c r="I289" t="s">
-        <v>560</v>
+      <c r="I289">
+        <v>2014</v>
       </c>
       <c r="J289" t="s">
+        <v>52</v>
+      </c>
+      <c r="K289" t="s">
+        <v>24</v>
+      </c>
+      <c r="L289"/>
+      <c r="M289" t="s">
+        <v>670</v>
+      </c>
+      <c r="N289" t="s">
+        <v>27</v>
+      </c>
+      <c r="O289" t="s">
+        <v>1539</v>
+      </c>
+      <c r="P289" t="s">
+        <v>1540</v>
+      </c>
+    </row>
+    <row r="290" spans="1:16">
+      <c r="A290" t="s">
+        <v>1541</v>
+      </c>
+      <c r="B290" t="s">
+        <v>1542</v>
+      </c>
+      <c r="C290" t="s">
+        <v>248</v>
+      </c>
+      <c r="D290" t="s">
+        <v>188</v>
+      </c>
+      <c r="E290" t="s">
+        <v>249</v>
+      </c>
+      <c r="F290" t="s">
+        <v>257</v>
+      </c>
+      <c r="G290" t="s">
+        <v>22</v>
+      </c>
+      <c r="H290">
+        <v>2012</v>
+      </c>
+      <c r="I290">
+        <v>2014</v>
+      </c>
+      <c r="J290" t="s">
+        <v>52</v>
+      </c>
+      <c r="K290" t="s">
+        <v>24</v>
+      </c>
+      <c r="L290"/>
+      <c r="M290" t="s">
+        <v>670</v>
+      </c>
+      <c r="N290" t="s">
+        <v>27</v>
+      </c>
+      <c r="O290" t="s">
+        <v>1543</v>
+      </c>
+      <c r="P290" t="s">
+        <v>1544</v>
+      </c>
+    </row>
+    <row r="291" spans="1:16">
+      <c r="A291" t="s">
+        <v>1545</v>
+      </c>
+      <c r="B291" t="s">
+        <v>1546</v>
+      </c>
+      <c r="C291" t="s">
+        <v>248</v>
+      </c>
+      <c r="D291" t="s">
+        <v>1547</v>
+      </c>
+      <c r="E291" t="s">
+        <v>249</v>
+      </c>
+      <c r="F291" t="s">
+        <v>257</v>
+      </c>
+      <c r="G291" t="s">
+        <v>22</v>
+      </c>
+      <c r="H291">
+        <v>2015</v>
+      </c>
+      <c r="I291">
+        <v>2015</v>
+      </c>
+      <c r="J291" t="s">
+        <v>52</v>
+      </c>
+      <c r="K291" t="s">
+        <v>24</v>
+      </c>
+      <c r="L291" t="s">
+        <v>1545</v>
+      </c>
+      <c r="M291" t="s">
+        <v>670</v>
+      </c>
+      <c r="N291" t="s">
+        <v>27</v>
+      </c>
+      <c r="O291" t="s">
+        <v>1548</v>
+      </c>
+      <c r="P291" t="s">
+        <v>1549</v>
+      </c>
+    </row>
+    <row r="292" spans="1:16">
+      <c r="A292" t="s">
+        <v>1550</v>
+      </c>
+      <c r="B292" t="s">
+        <v>1551</v>
+      </c>
+      <c r="C292" t="s">
+        <v>248</v>
+      </c>
+      <c r="D292" t="s">
+        <v>236</v>
+      </c>
+      <c r="E292" t="s">
+        <v>249</v>
+      </c>
+      <c r="F292" t="s">
+        <v>257</v>
+      </c>
+      <c r="G292" t="s">
+        <v>22</v>
+      </c>
+      <c r="H292">
+        <v>2006</v>
+      </c>
+      <c r="I292">
+        <v>2016</v>
+      </c>
+      <c r="J292" t="s">
+        <v>52</v>
+      </c>
+      <c r="K292" t="s">
+        <v>24</v>
+      </c>
+      <c r="L292"/>
+      <c r="M292" t="s">
+        <v>670</v>
+      </c>
+      <c r="N292" t="s">
+        <v>27</v>
+      </c>
+      <c r="O292" t="s">
+        <v>1552</v>
+      </c>
+      <c r="P292" t="s">
+        <v>1553</v>
+      </c>
+    </row>
+    <row r="293" spans="1:16">
+      <c r="A293" t="s">
+        <v>1554</v>
+      </c>
+      <c r="B293" t="s">
+        <v>1555</v>
+      </c>
+      <c r="C293" t="s">
+        <v>248</v>
+      </c>
+      <c r="D293" t="s">
+        <v>399</v>
+      </c>
+      <c r="E293" t="s">
+        <v>249</v>
+      </c>
+      <c r="F293" t="s">
+        <v>257</v>
+      </c>
+      <c r="G293" t="s">
+        <v>22</v>
+      </c>
+      <c r="H293">
+        <v>2000</v>
+      </c>
+      <c r="I293">
+        <v>2016</v>
+      </c>
+      <c r="J293" t="s">
+        <v>52</v>
+      </c>
+      <c r="K293" t="s">
+        <v>24</v>
+      </c>
+      <c r="L293"/>
+      <c r="M293" t="s">
+        <v>251</v>
+      </c>
+      <c r="N293" t="s">
+        <v>27</v>
+      </c>
+      <c r="O293" t="s">
+        <v>1556</v>
+      </c>
+      <c r="P293" t="s">
+        <v>1557</v>
+      </c>
+    </row>
+    <row r="294" spans="1:16">
+      <c r="A294" t="s">
+        <v>1558</v>
+      </c>
+      <c r="B294" t="s">
+        <v>1559</v>
+      </c>
+      <c r="C294" t="s">
+        <v>248</v>
+      </c>
+      <c r="D294" t="s">
+        <v>399</v>
+      </c>
+      <c r="E294" t="s">
+        <v>249</v>
+      </c>
+      <c r="F294" t="s">
+        <v>257</v>
+      </c>
+      <c r="G294" t="s">
+        <v>22</v>
+      </c>
+      <c r="H294">
+        <v>2000</v>
+      </c>
+      <c r="I294">
+        <v>2015</v>
+      </c>
+      <c r="J294" t="s">
+        <v>52</v>
+      </c>
+      <c r="K294" t="s">
+        <v>24</v>
+      </c>
+      <c r="L294"/>
+      <c r="M294" t="s">
+        <v>670</v>
+      </c>
+      <c r="N294" t="s">
+        <v>27</v>
+      </c>
+      <c r="O294" t="s">
+        <v>1560</v>
+      </c>
+      <c r="P294" t="s">
+        <v>1561</v>
+      </c>
+    </row>
+    <row r="295" spans="1:16">
+      <c r="A295" t="s">
+        <v>1562</v>
+      </c>
+      <c r="B295" t="s">
+        <v>1563</v>
+      </c>
+      <c r="C295" t="s">
+        <v>248</v>
+      </c>
+      <c r="D295" t="s">
+        <v>230</v>
+      </c>
+      <c r="E295" t="s">
+        <v>249</v>
+      </c>
+      <c r="F295" t="s">
+        <v>257</v>
+      </c>
+      <c r="G295" t="s">
+        <v>22</v>
+      </c>
+      <c r="H295">
+        <v>2000</v>
+      </c>
+      <c r="I295">
+        <v>2013</v>
+      </c>
+      <c r="J295" t="s">
+        <v>52</v>
+      </c>
+      <c r="K295" t="s">
+        <v>24</v>
+      </c>
+      <c r="L295" t="s">
+        <v>1502</v>
+      </c>
+      <c r="M295" t="s">
+        <v>670</v>
+      </c>
+      <c r="N295" t="s">
+        <v>27</v>
+      </c>
+      <c r="O295" t="s">
+        <v>1564</v>
+      </c>
+      <c r="P295" t="s">
+        <v>1565</v>
+      </c>
+    </row>
+    <row r="296" spans="1:16">
+      <c r="A296" t="s">
+        <v>1566</v>
+      </c>
+      <c r="B296" t="s">
+        <v>1567</v>
+      </c>
+      <c r="C296" t="s">
+        <v>248</v>
+      </c>
+      <c r="D296" t="s">
+        <v>212</v>
+      </c>
+      <c r="E296" t="s">
+        <v>249</v>
+      </c>
+      <c r="F296" t="s">
+        <v>257</v>
+      </c>
+      <c r="G296" t="s">
+        <v>22</v>
+      </c>
+      <c r="H296">
+        <v>2001</v>
+      </c>
+      <c r="I296">
+        <v>2013</v>
+      </c>
+      <c r="J296" t="s">
+        <v>52</v>
+      </c>
+      <c r="K296" t="s">
+        <v>24</v>
+      </c>
+      <c r="L296"/>
+      <c r="M296" t="s">
+        <v>251</v>
+      </c>
+      <c r="N296" t="s">
+        <v>27</v>
+      </c>
+      <c r="O296" t="s">
+        <v>1568</v>
+      </c>
+      <c r="P296" t="s">
+        <v>1569</v>
+      </c>
+    </row>
+    <row r="297" spans="1:16">
+      <c r="A297" t="s">
+        <v>1570</v>
+      </c>
+      <c r="B297" t="s">
+        <v>1571</v>
+      </c>
+      <c r="C297" t="s">
+        <v>248</v>
+      </c>
+      <c r="D297" t="s">
+        <v>206</v>
+      </c>
+      <c r="E297" t="s">
+        <v>249</v>
+      </c>
+      <c r="F297" t="s">
+        <v>257</v>
+      </c>
+      <c r="G297" t="s">
+        <v>22</v>
+      </c>
+      <c r="H297">
+        <v>2002</v>
+      </c>
+      <c r="I297">
+        <v>2014</v>
+      </c>
+      <c r="J297" t="s">
+        <v>52</v>
+      </c>
+      <c r="K297" t="s">
+        <v>24</v>
+      </c>
+      <c r="L297" t="s">
+        <v>1572</v>
+      </c>
+      <c r="M297" t="s">
+        <v>251</v>
+      </c>
+      <c r="N297" t="s">
+        <v>27</v>
+      </c>
+      <c r="O297" t="s">
+        <v>1573</v>
+      </c>
+      <c r="P297" t="s">
+        <v>1574</v>
+      </c>
+    </row>
+    <row r="298" spans="1:16">
+      <c r="A298" t="s">
+        <v>1575</v>
+      </c>
+      <c r="B298" t="s">
+        <v>1576</v>
+      </c>
+      <c r="C298" t="s">
+        <v>248</v>
+      </c>
+      <c r="D298" t="s">
+        <v>64</v>
+      </c>
+      <c r="E298" t="s">
+        <v>249</v>
+      </c>
+      <c r="F298" t="s">
+        <v>257</v>
+      </c>
+      <c r="G298" t="s">
+        <v>22</v>
+      </c>
+      <c r="H298">
+        <v>1998</v>
+      </c>
+      <c r="I298">
+        <v>2014</v>
+      </c>
+      <c r="J298" t="s">
+        <v>1577</v>
+      </c>
+      <c r="K298" t="s">
+        <v>24</v>
+      </c>
+      <c r="L298" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M298" t="s">
+        <v>251</v>
+      </c>
+      <c r="N298" t="s">
+        <v>27</v>
+      </c>
+      <c r="O298" t="s">
+        <v>1579</v>
+      </c>
+      <c r="P298" t="s">
+        <v>1580</v>
+      </c>
+    </row>
+    <row r="299" spans="1:16">
+      <c r="A299" t="s">
+        <v>1581</v>
+      </c>
+      <c r="B299" t="s">
+        <v>1582</v>
+      </c>
+      <c r="C299" t="s">
+        <v>248</v>
+      </c>
+      <c r="D299" t="s">
+        <v>172</v>
+      </c>
+      <c r="E299" t="s">
+        <v>249</v>
+      </c>
+      <c r="F299" t="s">
+        <v>257</v>
+      </c>
+      <c r="G299" t="s">
+        <v>22</v>
+      </c>
+      <c r="H299">
+        <v>2005</v>
+      </c>
+      <c r="I299">
+        <v>2013</v>
+      </c>
+      <c r="J299" t="s">
+        <v>52</v>
+      </c>
+      <c r="K299" t="s">
+        <v>24</v>
+      </c>
+      <c r="L299" t="s">
+        <v>1583</v>
+      </c>
+      <c r="M299" t="s">
+        <v>670</v>
+      </c>
+      <c r="N299" t="s">
+        <v>27</v>
+      </c>
+      <c r="O299" t="s">
+        <v>1584</v>
+      </c>
+      <c r="P299" t="s">
+        <v>1585</v>
+      </c>
+    </row>
+    <row r="300" spans="1:16">
+      <c r="A300" t="s">
+        <v>1586</v>
+      </c>
+      <c r="B300" t="s">
+        <v>1587</v>
+      </c>
+      <c r="C300" t="s">
+        <v>248</v>
+      </c>
+      <c r="D300" t="s">
+        <v>506</v>
+      </c>
+      <c r="E300" t="s">
+        <v>249</v>
+      </c>
+      <c r="F300" t="s">
+        <v>257</v>
+      </c>
+      <c r="G300" t="s">
+        <v>22</v>
+      </c>
+      <c r="H300">
+        <v>2002</v>
+      </c>
+      <c r="I300">
+        <v>2013</v>
+      </c>
+      <c r="J300" t="s">
+        <v>52</v>
+      </c>
+      <c r="K300" t="s">
+        <v>24</v>
+      </c>
+      <c r="L300"/>
+      <c r="M300" t="s">
+        <v>670</v>
+      </c>
+      <c r="N300" t="s">
+        <v>27</v>
+      </c>
+      <c r="O300" t="s">
+        <v>1588</v>
+      </c>
+      <c r="P300" t="s">
+        <v>1589</v>
+      </c>
+    </row>
+    <row r="301" spans="1:16">
+      <c r="A301" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B301" t="s">
+        <v>1591</v>
+      </c>
+      <c r="C301" t="s">
+        <v>248</v>
+      </c>
+      <c r="D301" t="s">
+        <v>230</v>
+      </c>
+      <c r="E301" t="s">
+        <v>249</v>
+      </c>
+      <c r="F301" t="s">
+        <v>257</v>
+      </c>
+      <c r="G301" t="s">
+        <v>22</v>
+      </c>
+      <c r="H301">
+        <v>2000</v>
+      </c>
+      <c r="I301">
+        <v>2013</v>
+      </c>
+      <c r="J301" t="s">
+        <v>52</v>
+      </c>
+      <c r="K301" t="s">
+        <v>24</v>
+      </c>
+      <c r="L301" t="s">
+        <v>1592</v>
+      </c>
+      <c r="M301" t="s">
+        <v>251</v>
+      </c>
+      <c r="N301" t="s">
+        <v>27</v>
+      </c>
+      <c r="O301" t="s">
+        <v>1593</v>
+      </c>
+      <c r="P301"/>
+    </row>
+    <row r="302" spans="1:16">
+      <c r="A302" t="s">
+        <v>1594</v>
+      </c>
+      <c r="B302" t="s">
+        <v>1595</v>
+      </c>
+      <c r="C302" t="s">
+        <v>248</v>
+      </c>
+      <c r="D302" t="s">
+        <v>578</v>
+      </c>
+      <c r="E302" t="s">
+        <v>249</v>
+      </c>
+      <c r="F302" t="s">
+        <v>257</v>
+      </c>
+      <c r="G302" t="s">
+        <v>22</v>
+      </c>
+      <c r="H302">
+        <v>2011</v>
+      </c>
+      <c r="I302">
+        <v>2013</v>
+      </c>
+      <c r="J302" t="s">
+        <v>52</v>
+      </c>
+      <c r="K302" t="s">
+        <v>24</v>
+      </c>
+      <c r="L302"/>
+      <c r="M302" t="s">
+        <v>670</v>
+      </c>
+      <c r="N302" t="s">
+        <v>27</v>
+      </c>
+      <c r="O302" t="s">
+        <v>1596</v>
+      </c>
+      <c r="P302" t="s">
+        <v>1597</v>
+      </c>
+    </row>
+    <row r="303" spans="1:16">
+      <c r="A303" t="s">
+        <v>1598</v>
+      </c>
+      <c r="B303" t="s">
+        <v>1599</v>
+      </c>
+      <c r="C303" t="s">
+        <v>248</v>
+      </c>
+      <c r="D303" t="s">
+        <v>133</v>
+      </c>
+      <c r="E303" t="s">
+        <v>249</v>
+      </c>
+      <c r="F303" t="s">
+        <v>257</v>
+      </c>
+      <c r="G303" t="s">
+        <v>22</v>
+      </c>
+      <c r="H303">
+        <v>2006</v>
+      </c>
+      <c r="I303">
+        <v>2015</v>
+      </c>
+      <c r="J303" t="s">
+        <v>52</v>
+      </c>
+      <c r="K303" t="s">
+        <v>134</v>
+      </c>
+      <c r="L303"/>
+      <c r="M303" t="s">
+        <v>670</v>
+      </c>
+      <c r="N303" t="s">
+        <v>27</v>
+      </c>
+      <c r="O303" t="s">
+        <v>1600</v>
+      </c>
+      <c r="P303" t="s">
+        <v>1601</v>
+      </c>
+    </row>
+    <row r="304" spans="1:16">
+      <c r="A304" t="s">
+        <v>1602</v>
+      </c>
+      <c r="B304" t="s">
+        <v>1603</v>
+      </c>
+      <c r="C304" t="s">
+        <v>248</v>
+      </c>
+      <c r="D304" t="s">
+        <v>188</v>
+      </c>
+      <c r="E304" t="s">
+        <v>249</v>
+      </c>
+      <c r="F304" t="s">
+        <v>257</v>
+      </c>
+      <c r="G304" t="s">
+        <v>22</v>
+      </c>
+      <c r="H304">
+        <v>2012</v>
+      </c>
+      <c r="I304">
+        <v>2012</v>
+      </c>
+      <c r="J304" t="s">
+        <v>52</v>
+      </c>
+      <c r="K304" t="s">
+        <v>189</v>
+      </c>
+      <c r="L304" t="s">
+        <v>1604</v>
+      </c>
+      <c r="M304" t="s">
+        <v>670</v>
+      </c>
+      <c r="N304" t="s">
+        <v>27</v>
+      </c>
+      <c r="O304" t="s">
+        <v>1605</v>
+      </c>
+      <c r="P304" t="s">
+        <v>1606</v>
+      </c>
+    </row>
+    <row r="305" spans="1:16">
+      <c r="A305" t="s">
+        <v>1607</v>
+      </c>
+      <c r="B305" t="s">
+        <v>1608</v>
+      </c>
+      <c r="C305" t="s">
+        <v>248</v>
+      </c>
+      <c r="D305" t="s">
+        <v>195</v>
+      </c>
+      <c r="E305" t="s">
+        <v>249</v>
+      </c>
+      <c r="F305" t="s">
+        <v>257</v>
+      </c>
+      <c r="G305" t="s">
+        <v>22</v>
+      </c>
+      <c r="H305">
+        <v>2000</v>
+      </c>
+      <c r="I305">
+        <v>2015</v>
+      </c>
+      <c r="J305" t="s">
+        <v>52</v>
+      </c>
+      <c r="K305" t="s">
+        <v>24</v>
+      </c>
+      <c r="L305"/>
+      <c r="M305" t="s">
+        <v>251</v>
+      </c>
+      <c r="N305" t="s">
+        <v>27</v>
+      </c>
+      <c r="O305" t="s">
+        <v>1609</v>
+      </c>
+      <c r="P305" t="s">
+        <v>1610</v>
+      </c>
+    </row>
+    <row r="306" spans="1:16">
+      <c r="A306" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B306" t="s">
+        <v>1612</v>
+      </c>
+      <c r="C306" t="s">
+        <v>248</v>
+      </c>
+      <c r="D306" t="s">
+        <v>105</v>
+      </c>
+      <c r="E306" t="s">
+        <v>249</v>
+      </c>
+      <c r="F306" t="s">
+        <v>257</v>
+      </c>
+      <c r="G306" t="s">
+        <v>22</v>
+      </c>
+      <c r="H306">
+        <v>2002</v>
+      </c>
+      <c r="I306">
+        <v>2013</v>
+      </c>
+      <c r="J306" t="s">
+        <v>52</v>
+      </c>
+      <c r="K306" t="s">
+        <v>24</v>
+      </c>
+      <c r="L306" t="s">
+        <v>1613</v>
+      </c>
+      <c r="M306" t="s">
+        <v>251</v>
+      </c>
+      <c r="N306" t="s">
+        <v>27</v>
+      </c>
+      <c r="O306" t="s">
+        <v>1614</v>
+      </c>
+      <c r="P306" t="s">
+        <v>1615</v>
+      </c>
+    </row>
+    <row r="307" spans="1:16">
+      <c r="A307" t="s">
+        <v>1616</v>
+      </c>
+      <c r="B307" t="s">
+        <v>1617</v>
+      </c>
+      <c r="C307" t="s">
+        <v>248</v>
+      </c>
+      <c r="D307" t="s">
+        <v>195</v>
+      </c>
+      <c r="E307" t="s">
+        <v>249</v>
+      </c>
+      <c r="F307" t="s">
+        <v>257</v>
+      </c>
+      <c r="G307" t="s">
+        <v>22</v>
+      </c>
+      <c r="H307">
+        <v>2000</v>
+      </c>
+      <c r="I307">
+        <v>2015</v>
+      </c>
+      <c r="J307" t="s">
+        <v>52</v>
+      </c>
+      <c r="K307" t="s">
+        <v>24</v>
+      </c>
+      <c r="L307"/>
+      <c r="M307" t="s">
+        <v>670</v>
+      </c>
+      <c r="N307" t="s">
+        <v>27</v>
+      </c>
+      <c r="O307" t="s">
+        <v>1618</v>
+      </c>
+      <c r="P307" t="s">
+        <v>1619</v>
+      </c>
+    </row>
+    <row r="308" spans="1:16">
+      <c r="A308" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B308" t="s">
+        <v>1621</v>
+      </c>
+      <c r="C308" t="s">
+        <v>248</v>
+      </c>
+      <c r="D308" t="s">
+        <v>653</v>
+      </c>
+      <c r="E308" t="s">
+        <v>249</v>
+      </c>
+      <c r="F308" t="s">
+        <v>257</v>
+      </c>
+      <c r="G308" t="s">
+        <v>22</v>
+      </c>
+      <c r="H308">
+        <v>2001</v>
+      </c>
+      <c r="I308">
+        <v>2013</v>
+      </c>
+      <c r="J308" t="s">
+        <v>52</v>
+      </c>
+      <c r="K308" t="s">
+        <v>24</v>
+      </c>
+      <c r="L308"/>
+      <c r="M308" t="s">
+        <v>251</v>
+      </c>
+      <c r="N308" t="s">
+        <v>27</v>
+      </c>
+      <c r="O308" t="s">
+        <v>1622</v>
+      </c>
+      <c r="P308" t="s">
+        <v>1623</v>
+      </c>
+    </row>
+    <row r="309" spans="1:16">
+      <c r="A309" t="s">
+        <v>1624</v>
+      </c>
+      <c r="B309" t="s">
+        <v>1625</v>
+      </c>
+      <c r="C309" t="s">
+        <v>248</v>
+      </c>
+      <c r="D309" t="s">
+        <v>236</v>
+      </c>
+      <c r="E309" t="s">
+        <v>249</v>
+      </c>
+      <c r="F309" t="s">
+        <v>257</v>
+      </c>
+      <c r="G309" t="s">
+        <v>22</v>
+      </c>
+      <c r="H309">
+        <v>2006</v>
+      </c>
+      <c r="I309">
+        <v>2013</v>
+      </c>
+      <c r="J309" t="s">
+        <v>52</v>
+      </c>
+      <c r="K309" t="s">
+        <v>24</v>
+      </c>
+      <c r="L309"/>
+      <c r="M309" t="s">
+        <v>670</v>
+      </c>
+      <c r="N309" t="s">
+        <v>27</v>
+      </c>
+      <c r="O309" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P309" t="s">
+        <v>1627</v>
+      </c>
+    </row>
+    <row r="310" spans="1:16">
+      <c r="A310" t="s">
+        <v>1628</v>
+      </c>
+      <c r="B310" t="s">
+        <v>1629</v>
+      </c>
+      <c r="C310" t="s">
+        <v>248</v>
+      </c>
+      <c r="D310" t="s">
+        <v>625</v>
+      </c>
+      <c r="E310" t="s">
+        <v>249</v>
+      </c>
+      <c r="F310" t="s">
+        <v>257</v>
+      </c>
+      <c r="G310" t="s">
+        <v>22</v>
+      </c>
+      <c r="H310">
+        <v>2001</v>
+      </c>
+      <c r="I310">
+        <v>2013</v>
+      </c>
+      <c r="J310" t="s">
+        <v>52</v>
+      </c>
+      <c r="K310" t="s">
+        <v>24</v>
+      </c>
+      <c r="L310"/>
+      <c r="M310" t="s">
+        <v>251</v>
+      </c>
+      <c r="N310" t="s">
+        <v>27</v>
+      </c>
+      <c r="O310" t="s">
+        <v>1630</v>
+      </c>
+      <c r="P310" t="s">
+        <v>1631</v>
+      </c>
+    </row>
+    <row r="311" spans="1:16">
+      <c r="A311" t="s">
+        <v>1632</v>
+      </c>
+      <c r="B311" t="s">
+        <v>1633</v>
+      </c>
+      <c r="C311" t="s">
+        <v>248</v>
+      </c>
+      <c r="D311" t="s">
+        <v>224</v>
+      </c>
+      <c r="E311" t="s">
+        <v>249</v>
+      </c>
+      <c r="F311" t="s">
+        <v>257</v>
+      </c>
+      <c r="G311" t="s">
+        <v>22</v>
+      </c>
+      <c r="H311">
+        <v>2011</v>
+      </c>
+      <c r="I311">
+        <v>2011</v>
+      </c>
+      <c r="J311" t="s">
+        <v>52</v>
+      </c>
+      <c r="K311" t="s">
+        <v>24</v>
+      </c>
+      <c r="L311" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M311" t="s">
+        <v>670</v>
+      </c>
+      <c r="N311" t="s">
+        <v>27</v>
+      </c>
+      <c r="O311" t="s">
+        <v>1635</v>
+      </c>
+      <c r="P311" t="s">
+        <v>1636</v>
+      </c>
+    </row>
+    <row r="312" spans="1:16">
+      <c r="A312" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B312" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C312" t="s">
+        <v>248</v>
+      </c>
+      <c r="D312" t="s">
+        <v>230</v>
+      </c>
+      <c r="E312" t="s">
+        <v>249</v>
+      </c>
+      <c r="F312" t="s">
+        <v>257</v>
+      </c>
+      <c r="G312" t="s">
+        <v>22</v>
+      </c>
+      <c r="H312">
+        <v>2000</v>
+      </c>
+      <c r="I312">
+        <v>2013</v>
+      </c>
+      <c r="J312" t="s">
+        <v>52</v>
+      </c>
+      <c r="K312" t="s">
+        <v>24</v>
+      </c>
+      <c r="L312" t="s">
+        <v>996</v>
+      </c>
+      <c r="M312" t="s">
+        <v>251</v>
+      </c>
+      <c r="N312" t="s">
+        <v>27</v>
+      </c>
+      <c r="O312" t="s">
+        <v>1639</v>
+      </c>
+      <c r="P312" t="s">
+        <v>1640</v>
+      </c>
+    </row>
+    <row r="313" spans="1:16">
+      <c r="A313" t="s">
+        <v>1641</v>
+      </c>
+      <c r="B313" t="s">
+        <v>1642</v>
+      </c>
+      <c r="C313" t="s">
+        <v>248</v>
+      </c>
+      <c r="D313" t="s">
+        <v>230</v>
+      </c>
+      <c r="E313" t="s">
+        <v>249</v>
+      </c>
+      <c r="F313" t="s">
+        <v>257</v>
+      </c>
+      <c r="G313" t="s">
+        <v>22</v>
+      </c>
+      <c r="H313">
+        <v>2000</v>
+      </c>
+      <c r="I313">
+        <v>2014</v>
+      </c>
+      <c r="J313" t="s">
+        <v>52</v>
+      </c>
+      <c r="K313" t="s">
+        <v>24</v>
+      </c>
+      <c r="L313"/>
+      <c r="M313" t="s">
+        <v>670</v>
+      </c>
+      <c r="N313" t="s">
+        <v>27</v>
+      </c>
+      <c r="O313" t="s">
+        <v>1643</v>
+      </c>
+      <c r="P313" t="s">
+        <v>1644</v>
+      </c>
+    </row>
+    <row r="314" spans="1:16">
+      <c r="A314" t="s">
+        <v>1645</v>
+      </c>
+      <c r="B314" t="s">
+        <v>1646</v>
+      </c>
+      <c r="C314" t="s">
+        <v>1349</v>
+      </c>
+      <c r="D314" t="s">
+        <v>172</v>
+      </c>
+      <c r="E314" t="s">
+        <v>20</v>
+      </c>
+      <c r="F314" t="s">
         <v>21</v>
       </c>
-      <c r="K289" t="s">
-[...40 lines deleted...]
-      <c r="J290" t="s">
+      <c r="G314" t="s">
+        <v>1647</v>
+      </c>
+      <c r="H314">
+        <v>2015</v>
+      </c>
+      <c r="I314">
+        <v>2018</v>
+      </c>
+      <c r="J314" t="s">
+        <v>1648</v>
+      </c>
+      <c r="K314" t="s">
+        <v>24</v>
+      </c>
+      <c r="L314" t="s">
+        <v>1649</v>
+      </c>
+      <c r="M314" t="s">
+        <v>1344</v>
+      </c>
+      <c r="N314" t="s">
+        <v>27</v>
+      </c>
+      <c r="O314" t="s">
+        <v>1650</v>
+      </c>
+      <c r="P314" t="s">
+        <v>1651</v>
+      </c>
+    </row>
+    <row r="315" spans="1:16">
+      <c r="A315" t="s">
+        <v>1652</v>
+      </c>
+      <c r="B315" t="s">
+        <v>1653</v>
+      </c>
+      <c r="C315" t="s">
+        <v>1349</v>
+      </c>
+      <c r="D315" t="s">
+        <v>159</v>
+      </c>
+      <c r="E315" t="s">
+        <v>20</v>
+      </c>
+      <c r="F315" t="s">
         <v>21</v>
       </c>
-      <c r="K290" t="s">
-[...1062 lines deleted...]
-        <v>2006</v>
+      <c r="G315" t="s">
+        <v>1647</v>
       </c>
       <c r="H315">
         <v>2015</v>
       </c>
-      <c r="I315" t="s">
-        <v>36</v>
+      <c r="I315">
+        <v>2018</v>
       </c>
       <c r="J315" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="K315"/>
+        <v>1648</v>
+      </c>
+      <c r="K315" t="s">
+        <v>24</v>
+      </c>
       <c r="L315" t="s">
-        <v>445</v>
+        <v>1654</v>
       </c>
       <c r="M315" t="s">
-        <v>24</v>
+        <v>1344</v>
       </c>
       <c r="N315" t="s">
-        <v>1066</v>
-[...2 lines deleted...]
-    <row r="316" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O315" t="s">
+        <v>1655</v>
+      </c>
+      <c r="P315" t="s">
+        <v>1656</v>
+      </c>
+    </row>
+    <row r="316" spans="1:16">
       <c r="A316" t="s">
-        <v>1067</v>
+        <v>1657</v>
       </c>
       <c r="B316" t="s">
-        <v>172</v>
+        <v>1658</v>
       </c>
       <c r="C316" t="s">
-        <v>132</v>
+        <v>1349</v>
       </c>
       <c r="D316" t="s">
-        <v>173</v>
+        <v>105</v>
       </c>
       <c r="E316" t="s">
-        <v>179</v>
+        <v>20</v>
       </c>
       <c r="F316" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G316">
+        <v>21</v>
+      </c>
+      <c r="G316" t="s">
+        <v>1659</v>
+      </c>
+      <c r="H316">
+        <v>2015</v>
+      </c>
+      <c r="I316">
+        <v>2019</v>
+      </c>
+      <c r="J316" t="s">
+        <v>1648</v>
+      </c>
+      <c r="K316" t="s">
+        <v>24</v>
+      </c>
+      <c r="L316" t="s">
+        <v>1660</v>
+      </c>
+      <c r="M316" t="s">
+        <v>1344</v>
+      </c>
+      <c r="N316" t="s">
+        <v>27</v>
+      </c>
+      <c r="O316" t="s">
+        <v>1661</v>
+      </c>
+      <c r="P316" t="s">
+        <v>1662</v>
+      </c>
+    </row>
+    <row r="317" spans="1:16">
+      <c r="A317" t="s">
+        <v>1663</v>
+      </c>
+      <c r="B317" t="s">
+        <v>1664</v>
+      </c>
+      <c r="C317" t="s">
+        <v>774</v>
+      </c>
+      <c r="D317" t="s">
+        <v>280</v>
+      </c>
+      <c r="E317" t="s">
+        <v>249</v>
+      </c>
+      <c r="F317" t="s">
+        <v>257</v>
+      </c>
+      <c r="G317" t="s">
+        <v>22</v>
+      </c>
+      <c r="H317">
+        <v>1996</v>
+      </c>
+      <c r="I317">
         <v>2012</v>
       </c>
-      <c r="H316">
+      <c r="J317" t="s">
+        <v>781</v>
+      </c>
+      <c r="K317" t="s">
+        <v>1665</v>
+      </c>
+      <c r="L317"/>
+      <c r="M317" t="s">
+        <v>776</v>
+      </c>
+      <c r="N317" t="s">
+        <v>27</v>
+      </c>
+      <c r="O317" t="s">
+        <v>1666</v>
+      </c>
+      <c r="P317" t="s">
+        <v>1667</v>
+      </c>
+    </row>
+    <row r="318" spans="1:16">
+      <c r="A318" t="s">
+        <v>1663</v>
+      </c>
+      <c r="B318" t="s">
+        <v>1668</v>
+      </c>
+      <c r="C318" t="s">
+        <v>774</v>
+      </c>
+      <c r="D318" t="s">
+        <v>280</v>
+      </c>
+      <c r="E318" t="s">
+        <v>249</v>
+      </c>
+      <c r="F318" t="s">
+        <v>257</v>
+      </c>
+      <c r="G318" t="s">
+        <v>22</v>
+      </c>
+      <c r="H318">
+        <v>1996</v>
+      </c>
+      <c r="I318">
         <v>2012</v>
       </c>
-      <c r="I316" t="s">
-[...46 lines deleted...]
-      <c r="J317" t="s">
+      <c r="J318" t="s">
+        <v>781</v>
+      </c>
+      <c r="K318" t="s">
+        <v>1665</v>
+      </c>
+      <c r="L318"/>
+      <c r="M318" t="s">
+        <v>776</v>
+      </c>
+      <c r="N318" t="s">
+        <v>27</v>
+      </c>
+      <c r="O318" t="s">
+        <v>1669</v>
+      </c>
+      <c r="P318" t="s">
+        <v>1667</v>
+      </c>
+    </row>
+    <row r="319" spans="1:16">
+      <c r="A319" t="s">
+        <v>1663</v>
+      </c>
+      <c r="B319" t="s">
+        <v>1670</v>
+      </c>
+      <c r="C319" t="s">
+        <v>774</v>
+      </c>
+      <c r="D319" t="s">
+        <v>58</v>
+      </c>
+      <c r="E319" t="s">
+        <v>249</v>
+      </c>
+      <c r="F319" t="s">
+        <v>257</v>
+      </c>
+      <c r="G319" t="s">
+        <v>22</v>
+      </c>
+      <c r="H319">
+        <v>2010</v>
+      </c>
+      <c r="I319">
+        <v>2012</v>
+      </c>
+      <c r="J319" t="s">
+        <v>44</v>
+      </c>
+      <c r="K319" t="s">
+        <v>24</v>
+      </c>
+      <c r="L319"/>
+      <c r="M319" t="s">
+        <v>776</v>
+      </c>
+      <c r="N319" t="s">
+        <v>27</v>
+      </c>
+      <c r="O319" t="s">
+        <v>1671</v>
+      </c>
+      <c r="P319" t="s">
+        <v>1672</v>
+      </c>
+    </row>
+    <row r="320" spans="1:16">
+      <c r="A320" t="s">
+        <v>1663</v>
+      </c>
+      <c r="B320" t="s">
+        <v>1673</v>
+      </c>
+      <c r="C320" t="s">
+        <v>774</v>
+      </c>
+      <c r="D320" t="s">
+        <v>212</v>
+      </c>
+      <c r="E320" t="s">
+        <v>249</v>
+      </c>
+      <c r="F320" t="s">
+        <v>257</v>
+      </c>
+      <c r="G320" t="s">
+        <v>22</v>
+      </c>
+      <c r="H320">
+        <v>2012</v>
+      </c>
+      <c r="I320">
+        <v>2012</v>
+      </c>
+      <c r="J320" t="s">
+        <v>44</v>
+      </c>
+      <c r="K320" t="s">
+        <v>24</v>
+      </c>
+      <c r="L320"/>
+      <c r="M320" t="s">
+        <v>776</v>
+      </c>
+      <c r="N320" t="s">
+        <v>27</v>
+      </c>
+      <c r="O320" t="s">
+        <v>1674</v>
+      </c>
+      <c r="P320" t="s">
+        <v>1672</v>
+      </c>
+    </row>
+    <row r="321" spans="1:16">
+      <c r="A321" t="s">
+        <v>1663</v>
+      </c>
+      <c r="B321" t="s">
+        <v>1675</v>
+      </c>
+      <c r="C321" t="s">
+        <v>774</v>
+      </c>
+      <c r="D321" t="s">
+        <v>512</v>
+      </c>
+      <c r="E321" t="s">
+        <v>249</v>
+      </c>
+      <c r="F321" t="s">
+        <v>257</v>
+      </c>
+      <c r="G321" t="s">
+        <v>22</v>
+      </c>
+      <c r="H321">
+        <v>2012</v>
+      </c>
+      <c r="I321">
+        <v>2012</v>
+      </c>
+      <c r="J321" t="s">
+        <v>44</v>
+      </c>
+      <c r="K321" t="s">
+        <v>24</v>
+      </c>
+      <c r="L321"/>
+      <c r="M321" t="s">
+        <v>776</v>
+      </c>
+      <c r="N321" t="s">
+        <v>27</v>
+      </c>
+      <c r="O321" t="s">
+        <v>1676</v>
+      </c>
+      <c r="P321" t="s">
+        <v>1672</v>
+      </c>
+    </row>
+    <row r="322" spans="1:16">
+      <c r="A322" t="s">
+        <v>1663</v>
+      </c>
+      <c r="B322" t="s">
+        <v>1677</v>
+      </c>
+      <c r="C322" t="s">
+        <v>774</v>
+      </c>
+      <c r="D322" t="s">
+        <v>1678</v>
+      </c>
+      <c r="E322" t="s">
+        <v>249</v>
+      </c>
+      <c r="F322" t="s">
+        <v>257</v>
+      </c>
+      <c r="G322" t="s">
+        <v>22</v>
+      </c>
+      <c r="H322">
+        <v>1996</v>
+      </c>
+      <c r="I322">
+        <v>2012</v>
+      </c>
+      <c r="J322" t="s">
+        <v>781</v>
+      </c>
+      <c r="K322" t="s">
+        <v>24</v>
+      </c>
+      <c r="L322"/>
+      <c r="M322" t="s">
+        <v>776</v>
+      </c>
+      <c r="N322" t="s">
+        <v>27</v>
+      </c>
+      <c r="O322" t="s">
+        <v>1679</v>
+      </c>
+      <c r="P322" t="s">
+        <v>1667</v>
+      </c>
+    </row>
+    <row r="323" spans="1:16">
+      <c r="A323" t="s">
+        <v>1663</v>
+      </c>
+      <c r="B323" t="s">
+        <v>1680</v>
+      </c>
+      <c r="C323" t="s">
+        <v>774</v>
+      </c>
+      <c r="D323" t="s">
+        <v>441</v>
+      </c>
+      <c r="E323" t="s">
+        <v>249</v>
+      </c>
+      <c r="F323" t="s">
+        <v>257</v>
+      </c>
+      <c r="G323" t="s">
+        <v>22</v>
+      </c>
+      <c r="H323">
+        <v>1996</v>
+      </c>
+      <c r="I323">
+        <v>2012</v>
+      </c>
+      <c r="J323" t="s">
+        <v>781</v>
+      </c>
+      <c r="K323" t="s">
+        <v>24</v>
+      </c>
+      <c r="L323"/>
+      <c r="M323" t="s">
+        <v>776</v>
+      </c>
+      <c r="N323" t="s">
+        <v>27</v>
+      </c>
+      <c r="O323" t="s">
+        <v>1681</v>
+      </c>
+      <c r="P323" t="s">
+        <v>1667</v>
+      </c>
+    </row>
+    <row r="324" spans="1:16">
+      <c r="A324" t="s">
+        <v>1663</v>
+      </c>
+      <c r="B324" t="s">
+        <v>1682</v>
+      </c>
+      <c r="C324" t="s">
+        <v>774</v>
+      </c>
+      <c r="D324" t="s">
+        <v>165</v>
+      </c>
+      <c r="E324" t="s">
+        <v>249</v>
+      </c>
+      <c r="F324" t="s">
+        <v>257</v>
+      </c>
+      <c r="G324" t="s">
+        <v>22</v>
+      </c>
+      <c r="H324">
+        <v>2012</v>
+      </c>
+      <c r="I324">
+        <v>2012</v>
+      </c>
+      <c r="J324" t="s">
+        <v>44</v>
+      </c>
+      <c r="K324" t="s">
+        <v>24</v>
+      </c>
+      <c r="L324"/>
+      <c r="M324" t="s">
+        <v>776</v>
+      </c>
+      <c r="N324" t="s">
+        <v>167</v>
+      </c>
+      <c r="O324" t="s">
+        <v>1683</v>
+      </c>
+      <c r="P324" t="s">
+        <v>1672</v>
+      </c>
+    </row>
+    <row r="325" spans="1:16">
+      <c r="A325" t="s">
+        <v>1684</v>
+      </c>
+      <c r="B325" t="s">
+        <v>1685</v>
+      </c>
+      <c r="C325" t="s">
+        <v>774</v>
+      </c>
+      <c r="D325" t="s">
+        <v>70</v>
+      </c>
+      <c r="E325" t="s">
+        <v>249</v>
+      </c>
+      <c r="F325" t="s">
+        <v>257</v>
+      </c>
+      <c r="G325" t="s">
+        <v>22</v>
+      </c>
+      <c r="H325">
+        <v>1996</v>
+      </c>
+      <c r="I325">
+        <v>2010</v>
+      </c>
+      <c r="J325" t="s">
+        <v>781</v>
+      </c>
+      <c r="K325" t="s">
+        <v>24</v>
+      </c>
+      <c r="L325"/>
+      <c r="M325" t="s">
+        <v>776</v>
+      </c>
+      <c r="N325" t="s">
+        <v>27</v>
+      </c>
+      <c r="O325" t="s">
+        <v>1686</v>
+      </c>
+      <c r="P325" t="s">
+        <v>1667</v>
+      </c>
+    </row>
+    <row r="326" spans="1:16">
+      <c r="A326" t="s">
+        <v>1687</v>
+      </c>
+      <c r="B326" t="s">
+        <v>1688</v>
+      </c>
+      <c r="C326" t="s">
+        <v>774</v>
+      </c>
+      <c r="D326" t="s">
+        <v>77</v>
+      </c>
+      <c r="E326" t="s">
+        <v>249</v>
+      </c>
+      <c r="F326" t="s">
+        <v>257</v>
+      </c>
+      <c r="G326" t="s">
+        <v>22</v>
+      </c>
+      <c r="H326">
+        <v>1996</v>
+      </c>
+      <c r="I326">
+        <v>2012</v>
+      </c>
+      <c r="J326" t="s">
+        <v>781</v>
+      </c>
+      <c r="K326" t="s">
+        <v>24</v>
+      </c>
+      <c r="L326" t="s">
+        <v>1689</v>
+      </c>
+      <c r="M326" t="s">
+        <v>776</v>
+      </c>
+      <c r="N326" t="s">
+        <v>27</v>
+      </c>
+      <c r="O326" t="s">
+        <v>1690</v>
+      </c>
+      <c r="P326" t="s">
+        <v>1667</v>
+      </c>
+    </row>
+    <row r="327" spans="1:16">
+      <c r="A327" t="s">
+        <v>1691</v>
+      </c>
+      <c r="B327" t="s">
+        <v>1692</v>
+      </c>
+      <c r="C327" t="s">
+        <v>774</v>
+      </c>
+      <c r="D327" t="s">
+        <v>280</v>
+      </c>
+      <c r="E327" t="s">
+        <v>249</v>
+      </c>
+      <c r="F327" t="s">
+        <v>257</v>
+      </c>
+      <c r="G327" t="s">
+        <v>22</v>
+      </c>
+      <c r="H327">
+        <v>1996</v>
+      </c>
+      <c r="I327">
+        <v>2010</v>
+      </c>
+      <c r="J327" t="s">
+        <v>781</v>
+      </c>
+      <c r="K327" t="s">
+        <v>134</v>
+      </c>
+      <c r="L327"/>
+      <c r="M327" t="s">
+        <v>776</v>
+      </c>
+      <c r="N327" t="s">
+        <v>27</v>
+      </c>
+      <c r="O327" t="s">
+        <v>1693</v>
+      </c>
+      <c r="P327" t="s">
+        <v>1667</v>
+      </c>
+    </row>
+    <row r="328" spans="1:16">
+      <c r="A328" t="s">
+        <v>1694</v>
+      </c>
+      <c r="B328" t="s">
+        <v>1695</v>
+      </c>
+      <c r="C328" t="s">
+        <v>774</v>
+      </c>
+      <c r="D328" t="s">
+        <v>1696</v>
+      </c>
+      <c r="E328" t="s">
+        <v>249</v>
+      </c>
+      <c r="F328" t="s">
+        <v>257</v>
+      </c>
+      <c r="G328" t="s">
+        <v>22</v>
+      </c>
+      <c r="H328">
+        <v>1996</v>
+      </c>
+      <c r="I328">
+        <v>2010</v>
+      </c>
+      <c r="J328" t="s">
+        <v>781</v>
+      </c>
+      <c r="K328" t="s">
+        <v>24</v>
+      </c>
+      <c r="L328"/>
+      <c r="M328" t="s">
+        <v>776</v>
+      </c>
+      <c r="N328" t="s">
+        <v>27</v>
+      </c>
+      <c r="O328" t="s">
+        <v>1697</v>
+      </c>
+      <c r="P328" t="s">
+        <v>1667</v>
+      </c>
+    </row>
+    <row r="329" spans="1:16">
+      <c r="A329" t="s">
+        <v>1698</v>
+      </c>
+      <c r="B329" t="s">
+        <v>1699</v>
+      </c>
+      <c r="C329" t="s">
+        <v>774</v>
+      </c>
+      <c r="D329" t="s">
+        <v>280</v>
+      </c>
+      <c r="E329" t="s">
+        <v>249</v>
+      </c>
+      <c r="F329" t="s">
+        <v>257</v>
+      </c>
+      <c r="G329" t="s">
+        <v>22</v>
+      </c>
+      <c r="H329">
+        <v>1996</v>
+      </c>
+      <c r="I329">
+        <v>2010</v>
+      </c>
+      <c r="J329" t="s">
+        <v>781</v>
+      </c>
+      <c r="K329" t="s">
+        <v>134</v>
+      </c>
+      <c r="L329"/>
+      <c r="M329" t="s">
+        <v>776</v>
+      </c>
+      <c r="N329" t="s">
+        <v>27</v>
+      </c>
+      <c r="O329" t="s">
+        <v>1700</v>
+      </c>
+      <c r="P329" t="s">
+        <v>1667</v>
+      </c>
+    </row>
+    <row r="330" spans="1:16">
+      <c r="A330" t="s">
+        <v>1701</v>
+      </c>
+      <c r="B330" t="s">
+        <v>1702</v>
+      </c>
+      <c r="C330" t="s">
+        <v>774</v>
+      </c>
+      <c r="D330" t="s">
+        <v>58</v>
+      </c>
+      <c r="E330" t="s">
+        <v>249</v>
+      </c>
+      <c r="F330" t="s">
+        <v>257</v>
+      </c>
+      <c r="G330" t="s">
+        <v>22</v>
+      </c>
+      <c r="H330">
+        <v>1996</v>
+      </c>
+      <c r="I330">
+        <v>2010</v>
+      </c>
+      <c r="J330" t="s">
+        <v>44</v>
+      </c>
+      <c r="K330" t="s">
+        <v>24</v>
+      </c>
+      <c r="L330"/>
+      <c r="M330" t="s">
+        <v>776</v>
+      </c>
+      <c r="N330" t="s">
+        <v>27</v>
+      </c>
+      <c r="O330" t="s">
+        <v>1703</v>
+      </c>
+      <c r="P330" t="s">
+        <v>1672</v>
+      </c>
+    </row>
+    <row r="331" spans="1:16">
+      <c r="A331" t="s">
+        <v>1701</v>
+      </c>
+      <c r="B331" t="s">
+        <v>1704</v>
+      </c>
+      <c r="C331" t="s">
+        <v>774</v>
+      </c>
+      <c r="D331" t="s">
+        <v>287</v>
+      </c>
+      <c r="E331" t="s">
+        <v>249</v>
+      </c>
+      <c r="F331" t="s">
+        <v>257</v>
+      </c>
+      <c r="G331" t="s">
+        <v>22</v>
+      </c>
+      <c r="H331">
+        <v>1996</v>
+      </c>
+      <c r="I331">
+        <v>2010</v>
+      </c>
+      <c r="J331" t="s">
+        <v>781</v>
+      </c>
+      <c r="K331" t="s">
+        <v>134</v>
+      </c>
+      <c r="L331"/>
+      <c r="M331" t="s">
+        <v>776</v>
+      </c>
+      <c r="N331" t="s">
+        <v>27</v>
+      </c>
+      <c r="O331" t="s">
+        <v>1705</v>
+      </c>
+      <c r="P331" t="s">
+        <v>1667</v>
+      </c>
+    </row>
+    <row r="332" spans="1:16">
+      <c r="A332" t="s">
+        <v>1706</v>
+      </c>
+      <c r="B332" t="s">
+        <v>1707</v>
+      </c>
+      <c r="C332" t="s">
+        <v>774</v>
+      </c>
+      <c r="D332" t="s">
+        <v>1708</v>
+      </c>
+      <c r="E332" t="s">
+        <v>249</v>
+      </c>
+      <c r="F332" t="s">
+        <v>257</v>
+      </c>
+      <c r="G332" t="s">
+        <v>22</v>
+      </c>
+      <c r="H332">
+        <v>1996</v>
+      </c>
+      <c r="I332">
+        <v>2010</v>
+      </c>
+      <c r="J332" t="s">
+        <v>781</v>
+      </c>
+      <c r="K332" t="s">
+        <v>24</v>
+      </c>
+      <c r="L332"/>
+      <c r="M332" t="s">
+        <v>776</v>
+      </c>
+      <c r="N332" t="s">
+        <v>27</v>
+      </c>
+      <c r="O332" t="s">
+        <v>1709</v>
+      </c>
+      <c r="P332" t="s">
+        <v>1667</v>
+      </c>
+    </row>
+    <row r="333" spans="1:16">
+      <c r="A333" t="s">
+        <v>1710</v>
+      </c>
+      <c r="B333" t="s">
+        <v>512</v>
+      </c>
+      <c r="C333" t="s">
+        <v>774</v>
+      </c>
+      <c r="D333" t="s">
+        <v>512</v>
+      </c>
+      <c r="E333" t="s">
+        <v>249</v>
+      </c>
+      <c r="F333" t="s">
+        <v>257</v>
+      </c>
+      <c r="G333" t="s">
+        <v>22</v>
+      </c>
+      <c r="H333">
+        <v>1996</v>
+      </c>
+      <c r="I333">
+        <v>2010</v>
+      </c>
+      <c r="J333" t="s">
+        <v>84</v>
+      </c>
+      <c r="K333" t="s">
+        <v>24</v>
+      </c>
+      <c r="L333"/>
+      <c r="M333" t="s">
+        <v>776</v>
+      </c>
+      <c r="N333" t="s">
+        <v>27</v>
+      </c>
+      <c r="O333" t="s">
+        <v>1711</v>
+      </c>
+      <c r="P333" t="s">
+        <v>1712</v>
+      </c>
+    </row>
+    <row r="334" spans="1:16">
+      <c r="A334" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B334" t="s">
+        <v>1714</v>
+      </c>
+      <c r="C334" t="s">
+        <v>774</v>
+      </c>
+      <c r="D334" t="s">
+        <v>1547</v>
+      </c>
+      <c r="E334" t="s">
+        <v>249</v>
+      </c>
+      <c r="F334" t="s">
+        <v>257</v>
+      </c>
+      <c r="G334" t="s">
+        <v>22</v>
+      </c>
+      <c r="H334">
+        <v>1996</v>
+      </c>
+      <c r="I334">
+        <v>2010</v>
+      </c>
+      <c r="J334" t="s">
+        <v>781</v>
+      </c>
+      <c r="K334" t="s">
+        <v>24</v>
+      </c>
+      <c r="L334"/>
+      <c r="M334" t="s">
+        <v>776</v>
+      </c>
+      <c r="N334" t="s">
+        <v>27</v>
+      </c>
+      <c r="O334" t="s">
+        <v>1715</v>
+      </c>
+      <c r="P334" t="s">
+        <v>1667</v>
+      </c>
+    </row>
+    <row r="335" spans="1:16">
+      <c r="A335" t="s">
+        <v>1716</v>
+      </c>
+      <c r="B335" t="s">
+        <v>1717</v>
+      </c>
+      <c r="C335" t="s">
+        <v>1718</v>
+      </c>
+      <c r="D335" t="s">
+        <v>1341</v>
+      </c>
+      <c r="E335" t="s">
+        <v>20</v>
+      </c>
+      <c r="F335" t="s">
         <v>21</v>
       </c>
-      <c r="K317"/>
-[...756 lines deleted...]
-        <v>2012</v>
+      <c r="G335" t="s">
+        <v>8</v>
       </c>
       <c r="H335">
-        <v>2012</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>2021</v>
+      </c>
+      <c r="I335">
+        <v>2024</v>
       </c>
       <c r="J335" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K335"/>
+        <v>1329</v>
+      </c>
+      <c r="K335" t="s">
+        <v>24</v>
+      </c>
       <c r="L335" t="s">
-        <v>509</v>
+        <v>1719</v>
       </c>
       <c r="M335" t="s">
-        <v>119</v>
+        <v>1720</v>
       </c>
       <c r="N335" t="s">
-        <v>1109</v>
-[...2 lines deleted...]
-    <row r="336" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O335" t="s">
+        <v>1721</v>
+      </c>
+      <c r="P335" t="s">
+        <v>1722</v>
+      </c>
+    </row>
+    <row r="336" spans="1:16">
       <c r="A336" t="s">
-        <v>1100</v>
+        <v>1723</v>
       </c>
       <c r="B336" t="s">
-        <v>507</v>
+        <v>1724</v>
       </c>
       <c r="C336" t="s">
-        <v>195</v>
+        <v>248</v>
       </c>
       <c r="D336" t="s">
-        <v>173</v>
+        <v>212</v>
       </c>
       <c r="E336" t="s">
-        <v>179</v>
+        <v>249</v>
       </c>
       <c r="F336" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1996</v>
+        <v>34</v>
+      </c>
+      <c r="G336" t="s">
+        <v>22</v>
       </c>
       <c r="H336">
         <v>2012</v>
       </c>
-      <c r="I336" t="s">
-        <v>512</v>
+      <c r="I336">
+        <v>2012</v>
       </c>
       <c r="J336" t="s">
-        <v>1107</v>
-[...1 lines deleted...]
-      <c r="K336"/>
+        <v>52</v>
+      </c>
+      <c r="K336" t="s">
+        <v>24</v>
+      </c>
       <c r="L336" t="s">
-        <v>509</v>
+        <v>1725</v>
       </c>
       <c r="M336" t="s">
-        <v>24</v>
+        <v>670</v>
       </c>
       <c r="N336" t="s">
-        <v>1110</v>
-[...2 lines deleted...]
-    <row r="337" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O336" t="s">
+        <v>1726</v>
+      </c>
+      <c r="P336" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="337" spans="1:16">
       <c r="A337" t="s">
-        <v>1111</v>
+        <v>1727</v>
       </c>
       <c r="B337" t="s">
-        <v>507</v>
+        <v>1728</v>
       </c>
       <c r="C337" t="s">
-        <v>49</v>
+        <v>774</v>
       </c>
       <c r="D337" t="s">
-        <v>173</v>
+        <v>1227</v>
       </c>
       <c r="E337" t="s">
-        <v>179</v>
+        <v>249</v>
       </c>
       <c r="F337" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1996</v>
+        <v>257</v>
+      </c>
+      <c r="G337" t="s">
+        <v>22</v>
       </c>
       <c r="H337">
-        <v>2010</v>
-[...2 lines deleted...]
-        <v>512</v>
+        <v>2006</v>
+      </c>
+      <c r="I337">
+        <v>2015</v>
       </c>
       <c r="J337" t="s">
+        <v>1648</v>
+      </c>
+      <c r="K337" t="s">
+        <v>524</v>
+      </c>
+      <c r="L337" t="s">
+        <v>1729</v>
+      </c>
+      <c r="M337" t="s">
+        <v>1730</v>
+      </c>
+      <c r="N337" t="s">
+        <v>526</v>
+      </c>
+      <c r="O337" t="s">
+        <v>1731</v>
+      </c>
+      <c r="P337" t="s">
+        <v>1732</v>
+      </c>
+    </row>
+    <row r="338" spans="1:16">
+      <c r="A338" t="s">
+        <v>1733</v>
+      </c>
+      <c r="B338" t="s">
+        <v>1734</v>
+      </c>
+      <c r="C338" t="s">
+        <v>774</v>
+      </c>
+      <c r="D338" t="s">
+        <v>1233</v>
+      </c>
+      <c r="E338" t="s">
+        <v>249</v>
+      </c>
+      <c r="F338" t="s">
+        <v>257</v>
+      </c>
+      <c r="G338" t="s">
+        <v>22</v>
+      </c>
+      <c r="H338">
+        <v>2001</v>
+      </c>
+      <c r="I338">
+        <v>2012</v>
+      </c>
+      <c r="J338" t="s">
+        <v>1648</v>
+      </c>
+      <c r="K338" t="s">
+        <v>524</v>
+      </c>
+      <c r="L338" t="s">
+        <v>1735</v>
+      </c>
+      <c r="M338" t="s">
+        <v>1730</v>
+      </c>
+      <c r="N338" t="s">
+        <v>526</v>
+      </c>
+      <c r="O338" t="s">
+        <v>1736</v>
+      </c>
+      <c r="P338" t="s">
+        <v>1737</v>
+      </c>
+    </row>
+    <row r="339" spans="1:16">
+      <c r="A339" t="s">
+        <v>1738</v>
+      </c>
+      <c r="B339" t="s">
+        <v>1739</v>
+      </c>
+      <c r="C339" t="s">
+        <v>774</v>
+      </c>
+      <c r="D339" t="s">
+        <v>1202</v>
+      </c>
+      <c r="E339" t="s">
+        <v>249</v>
+      </c>
+      <c r="F339" t="s">
+        <v>257</v>
+      </c>
+      <c r="G339" t="s">
+        <v>22</v>
+      </c>
+      <c r="H339">
+        <v>1994</v>
+      </c>
+      <c r="I339">
+        <v>2013</v>
+      </c>
+      <c r="J339" t="s">
+        <v>1648</v>
+      </c>
+      <c r="K339" t="s">
+        <v>524</v>
+      </c>
+      <c r="L339" t="s">
+        <v>1740</v>
+      </c>
+      <c r="M339" t="s">
+        <v>1730</v>
+      </c>
+      <c r="N339" t="s">
+        <v>526</v>
+      </c>
+      <c r="O339" t="s">
+        <v>1741</v>
+      </c>
+      <c r="P339" t="s">
+        <v>1742</v>
+      </c>
+    </row>
+    <row r="340" spans="1:16">
+      <c r="A340" t="s">
+        <v>1743</v>
+      </c>
+      <c r="B340" t="s">
+        <v>1744</v>
+      </c>
+      <c r="C340" t="s">
+        <v>774</v>
+      </c>
+      <c r="D340" t="s">
+        <v>1196</v>
+      </c>
+      <c r="E340" t="s">
+        <v>249</v>
+      </c>
+      <c r="F340" t="s">
+        <v>257</v>
+      </c>
+      <c r="G340" t="s">
+        <v>22</v>
+      </c>
+      <c r="H340">
+        <v>1992</v>
+      </c>
+      <c r="I340">
+        <v>2012</v>
+      </c>
+      <c r="J340" t="s">
+        <v>1648</v>
+      </c>
+      <c r="K340" t="s">
+        <v>524</v>
+      </c>
+      <c r="L340" t="s">
+        <v>1735</v>
+      </c>
+      <c r="M340" t="s">
+        <v>1730</v>
+      </c>
+      <c r="N340" t="s">
+        <v>526</v>
+      </c>
+      <c r="O340" t="s">
+        <v>1745</v>
+      </c>
+      <c r="P340" t="s">
+        <v>1746</v>
+      </c>
+    </row>
+    <row r="341" spans="1:16">
+      <c r="A341" t="s">
+        <v>1747</v>
+      </c>
+      <c r="B341" t="s">
+        <v>1748</v>
+      </c>
+      <c r="C341" t="s">
+        <v>248</v>
+      </c>
+      <c r="D341" t="s">
+        <v>1678</v>
+      </c>
+      <c r="E341" t="s">
+        <v>249</v>
+      </c>
+      <c r="F341" t="s">
+        <v>34</v>
+      </c>
+      <c r="G341" t="s">
+        <v>22</v>
+      </c>
+      <c r="H341">
+        <v>1981</v>
+      </c>
+      <c r="I341">
+        <v>2002</v>
+      </c>
+      <c r="J341" t="s">
+        <v>52</v>
+      </c>
+      <c r="K341" t="s">
+        <v>24</v>
+      </c>
+      <c r="L341"/>
+      <c r="M341" t="s">
+        <v>670</v>
+      </c>
+      <c r="N341" t="s">
+        <v>167</v>
+      </c>
+      <c r="O341" t="s">
+        <v>1749</v>
+      </c>
+      <c r="P341" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="342" spans="1:16">
+      <c r="A342" t="s">
+        <v>1750</v>
+      </c>
+      <c r="B342" t="s">
+        <v>1751</v>
+      </c>
+      <c r="C342" t="s">
+        <v>899</v>
+      </c>
+      <c r="D342" t="s">
+        <v>1752</v>
+      </c>
+      <c r="E342" t="s">
+        <v>20</v>
+      </c>
+      <c r="F342" t="s">
         <v>21</v>
       </c>
-      <c r="K337"/>
-[...38 lines deleted...]
-      <c r="J338" t="s">
+      <c r="G342" t="s">
+        <v>22</v>
+      </c>
+      <c r="H342">
+        <v>2008</v>
+      </c>
+      <c r="I342">
+        <v>2020</v>
+      </c>
+      <c r="J342" t="s">
+        <v>1753</v>
+      </c>
+      <c r="K342" t="s">
+        <v>24</v>
+      </c>
+      <c r="L342" t="s">
+        <v>1754</v>
+      </c>
+      <c r="M342" t="s">
+        <v>1755</v>
+      </c>
+      <c r="N342" t="s">
+        <v>167</v>
+      </c>
+      <c r="O342" t="s">
+        <v>1756</v>
+      </c>
+      <c r="P342" t="s">
+        <v>1757</v>
+      </c>
+    </row>
+    <row r="343" spans="1:16">
+      <c r="A343" t="s">
+        <v>1758</v>
+      </c>
+      <c r="B343" t="s">
+        <v>1759</v>
+      </c>
+      <c r="C343" t="s">
+        <v>617</v>
+      </c>
+      <c r="D343" t="s">
+        <v>625</v>
+      </c>
+      <c r="E343" t="s">
+        <v>20</v>
+      </c>
+      <c r="F343" t="s">
+        <v>83</v>
+      </c>
+      <c r="G343" t="s">
+        <v>8</v>
+      </c>
+      <c r="H343">
+        <v>2009</v>
+      </c>
+      <c r="I343">
+        <v>2014</v>
+      </c>
+      <c r="J343" t="s">
+        <v>847</v>
+      </c>
+      <c r="K343" t="s">
+        <v>24</v>
+      </c>
+      <c r="L343" t="s">
+        <v>1760</v>
+      </c>
+      <c r="M343" t="s">
+        <v>1761</v>
+      </c>
+      <c r="N343" t="s">
+        <v>27</v>
+      </c>
+      <c r="O343" t="s">
+        <v>1762</v>
+      </c>
+      <c r="P343" t="s">
+        <v>1763</v>
+      </c>
+    </row>
+    <row r="344" spans="1:16">
+      <c r="A344" t="s">
+        <v>1764</v>
+      </c>
+      <c r="B344" t="s">
+        <v>1765</v>
+      </c>
+      <c r="C344" t="s">
+        <v>617</v>
+      </c>
+      <c r="D344" t="s">
+        <v>1365</v>
+      </c>
+      <c r="E344" t="s">
+        <v>20</v>
+      </c>
+      <c r="F344" t="s">
+        <v>83</v>
+      </c>
+      <c r="G344" t="s">
+        <v>1647</v>
+      </c>
+      <c r="H344">
+        <v>2015</v>
+      </c>
+      <c r="I344">
+        <v>2019</v>
+      </c>
+      <c r="J344" t="s">
+        <v>847</v>
+      </c>
+      <c r="K344" t="s">
+        <v>24</v>
+      </c>
+      <c r="L344"/>
+      <c r="M344" t="s">
+        <v>1761</v>
+      </c>
+      <c r="N344" t="s">
+        <v>27</v>
+      </c>
+      <c r="O344" t="s">
+        <v>1766</v>
+      </c>
+      <c r="P344" t="s">
+        <v>1763</v>
+      </c>
+    </row>
+    <row r="345" spans="1:16">
+      <c r="A345" t="s">
+        <v>1767</v>
+      </c>
+      <c r="B345" t="s">
+        <v>1768</v>
+      </c>
+      <c r="C345" t="s">
+        <v>617</v>
+      </c>
+      <c r="D345" t="s">
+        <v>1365</v>
+      </c>
+      <c r="E345" t="s">
+        <v>20</v>
+      </c>
+      <c r="F345" t="s">
+        <v>83</v>
+      </c>
+      <c r="G345" t="s">
+        <v>22</v>
+      </c>
+      <c r="H345">
+        <v>2015</v>
+      </c>
+      <c r="I345">
+        <v>2024</v>
+      </c>
+      <c r="J345" t="s">
+        <v>1320</v>
+      </c>
+      <c r="K345" t="s">
+        <v>24</v>
+      </c>
+      <c r="L345"/>
+      <c r="M345" t="s">
+        <v>1761</v>
+      </c>
+      <c r="N345" t="s">
+        <v>27</v>
+      </c>
+      <c r="O345" t="s">
+        <v>1769</v>
+      </c>
+      <c r="P345" t="s">
+        <v>1763</v>
+      </c>
+    </row>
+    <row r="346" spans="1:16">
+      <c r="A346" t="s">
+        <v>1770</v>
+      </c>
+      <c r="B346" t="s">
+        <v>1771</v>
+      </c>
+      <c r="C346" t="s">
+        <v>617</v>
+      </c>
+      <c r="D346" t="s">
+        <v>172</v>
+      </c>
+      <c r="E346" t="s">
+        <v>20</v>
+      </c>
+      <c r="F346" t="s">
+        <v>83</v>
+      </c>
+      <c r="G346" t="s">
+        <v>8</v>
+      </c>
+      <c r="H346">
+        <v>2008</v>
+      </c>
+      <c r="I346">
+        <v>2014</v>
+      </c>
+      <c r="J346" t="s">
+        <v>847</v>
+      </c>
+      <c r="K346" t="s">
+        <v>24</v>
+      </c>
+      <c r="L346" t="s">
+        <v>1772</v>
+      </c>
+      <c r="M346" t="s">
+        <v>1761</v>
+      </c>
+      <c r="N346" t="s">
+        <v>27</v>
+      </c>
+      <c r="O346" t="s">
+        <v>1773</v>
+      </c>
+      <c r="P346" t="s">
+        <v>1763</v>
+      </c>
+    </row>
+    <row r="347" spans="1:16">
+      <c r="A347" t="s">
+        <v>1774</v>
+      </c>
+      <c r="B347" t="s">
+        <v>1775</v>
+      </c>
+      <c r="C347" t="s">
+        <v>42</v>
+      </c>
+      <c r="D347" t="s">
+        <v>105</v>
+      </c>
+      <c r="E347" t="s">
+        <v>20</v>
+      </c>
+      <c r="F347" t="s">
         <v>21</v>
       </c>
-      <c r="K338" t="s">
-[...368 lines deleted...]
-        <v>2012</v>
+      <c r="G347" t="s">
+        <v>22</v>
       </c>
       <c r="H347">
         <v>2012</v>
       </c>
-      <c r="I347" t="s">
-        <v>36</v>
+      <c r="I347">
+        <v>2017</v>
       </c>
       <c r="J347" t="s">
+        <v>52</v>
+      </c>
+      <c r="K347" t="s">
+        <v>24</v>
+      </c>
+      <c r="L347" t="s">
+        <v>1776</v>
+      </c>
+      <c r="M347" t="s">
+        <v>46</v>
+      </c>
+      <c r="N347" t="s">
+        <v>27</v>
+      </c>
+      <c r="O347" t="s">
+        <v>1777</v>
+      </c>
+      <c r="P347" t="s">
+        <v>1778</v>
+      </c>
+    </row>
+    <row r="348" spans="1:16">
+      <c r="A348" t="s">
+        <v>1779</v>
+      </c>
+      <c r="B348" t="s">
+        <v>1780</v>
+      </c>
+      <c r="C348" t="s">
+        <v>774</v>
+      </c>
+      <c r="D348" t="s">
+        <v>70</v>
+      </c>
+      <c r="E348" t="s">
+        <v>20</v>
+      </c>
+      <c r="F348" t="s">
+        <v>34</v>
+      </c>
+      <c r="G348" t="s">
+        <v>22</v>
+      </c>
+      <c r="H348">
+        <v>2008</v>
+      </c>
+      <c r="I348">
+        <v>2016</v>
+      </c>
+      <c r="J348" t="s">
+        <v>781</v>
+      </c>
+      <c r="K348" t="s">
+        <v>24</v>
+      </c>
+      <c r="L348"/>
+      <c r="M348" t="s">
+        <v>776</v>
+      </c>
+      <c r="N348" t="s">
+        <v>27</v>
+      </c>
+      <c r="O348" t="s">
+        <v>1781</v>
+      </c>
+      <c r="P348" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="349" spans="1:16">
+      <c r="A349" t="s">
+        <v>1782</v>
+      </c>
+      <c r="B349" t="s">
+        <v>1783</v>
+      </c>
+      <c r="C349" t="s">
+        <v>774</v>
+      </c>
+      <c r="D349" t="s">
+        <v>572</v>
+      </c>
+      <c r="E349" t="s">
+        <v>20</v>
+      </c>
+      <c r="F349" t="s">
+        <v>34</v>
+      </c>
+      <c r="G349" t="s">
+        <v>22</v>
+      </c>
+      <c r="H349">
+        <v>2011</v>
+      </c>
+      <c r="I349">
+        <v>2011</v>
+      </c>
+      <c r="J349" t="s">
+        <v>781</v>
+      </c>
+      <c r="K349" t="s">
+        <v>24</v>
+      </c>
+      <c r="L349" t="s">
+        <v>1784</v>
+      </c>
+      <c r="M349" t="s">
+        <v>776</v>
+      </c>
+      <c r="N349" t="s">
+        <v>27</v>
+      </c>
+      <c r="O349" t="s">
+        <v>1785</v>
+      </c>
+      <c r="P349" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="350" spans="1:16">
+      <c r="A350" t="s">
+        <v>1786</v>
+      </c>
+      <c r="B350" t="s">
+        <v>773</v>
+      </c>
+      <c r="C350" t="s">
+        <v>774</v>
+      </c>
+      <c r="D350" t="s">
+        <v>172</v>
+      </c>
+      <c r="E350" t="s">
+        <v>20</v>
+      </c>
+      <c r="F350" t="s">
+        <v>34</v>
+      </c>
+      <c r="G350" t="s">
+        <v>22</v>
+      </c>
+      <c r="H350">
+        <v>1993</v>
+      </c>
+      <c r="I350">
+        <v>2009</v>
+      </c>
+      <c r="J350" t="s">
+        <v>44</v>
+      </c>
+      <c r="K350" t="s">
+        <v>24</v>
+      </c>
+      <c r="L350" t="s">
+        <v>775</v>
+      </c>
+      <c r="M350" t="s">
+        <v>776</v>
+      </c>
+      <c r="N350" t="s">
+        <v>27</v>
+      </c>
+      <c r="O350" t="s">
+        <v>1787</v>
+      </c>
+      <c r="P350" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="351" spans="1:16">
+      <c r="A351" t="s">
+        <v>1788</v>
+      </c>
+      <c r="B351" t="s">
+        <v>1789</v>
+      </c>
+      <c r="C351" t="s">
+        <v>774</v>
+      </c>
+      <c r="D351" t="s">
+        <v>77</v>
+      </c>
+      <c r="E351" t="s">
+        <v>20</v>
+      </c>
+      <c r="F351" t="s">
+        <v>34</v>
+      </c>
+      <c r="G351" t="s">
+        <v>22</v>
+      </c>
+      <c r="H351">
+        <v>1994</v>
+      </c>
+      <c r="I351">
+        <v>2003</v>
+      </c>
+      <c r="J351" t="s">
+        <v>781</v>
+      </c>
+      <c r="K351" t="s">
+        <v>24</v>
+      </c>
+      <c r="L351" t="s">
+        <v>1689</v>
+      </c>
+      <c r="M351" t="s">
+        <v>776</v>
+      </c>
+      <c r="N351" t="s">
+        <v>27</v>
+      </c>
+      <c r="O351" t="s">
+        <v>1790</v>
+      </c>
+      <c r="P351" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="352" spans="1:16">
+      <c r="A352" t="s">
+        <v>1791</v>
+      </c>
+      <c r="B352" t="s">
+        <v>1792</v>
+      </c>
+      <c r="C352" t="s">
+        <v>617</v>
+      </c>
+      <c r="D352" t="s">
+        <v>172</v>
+      </c>
+      <c r="E352" t="s">
+        <v>20</v>
+      </c>
+      <c r="F352" t="s">
+        <v>34</v>
+      </c>
+      <c r="G352" t="s">
+        <v>22</v>
+      </c>
+      <c r="H352">
+        <v>2011</v>
+      </c>
+      <c r="I352">
+        <v>2022</v>
+      </c>
+      <c r="J352" t="s">
+        <v>847</v>
+      </c>
+      <c r="K352" t="s">
+        <v>24</v>
+      </c>
+      <c r="L352" t="s">
+        <v>1793</v>
+      </c>
+      <c r="M352" t="s">
+        <v>1761</v>
+      </c>
+      <c r="N352" t="s">
+        <v>27</v>
+      </c>
+      <c r="O352" t="s">
+        <v>1794</v>
+      </c>
+      <c r="P352" t="s">
+        <v>1795</v>
+      </c>
+    </row>
+    <row r="353" spans="1:16">
+      <c r="A353" t="s">
+        <v>1796</v>
+      </c>
+      <c r="B353" t="s">
+        <v>1797</v>
+      </c>
+      <c r="C353" t="s">
+        <v>617</v>
+      </c>
+      <c r="D353" t="s">
+        <v>625</v>
+      </c>
+      <c r="E353" t="s">
+        <v>20</v>
+      </c>
+      <c r="F353" t="s">
+        <v>34</v>
+      </c>
+      <c r="G353" t="s">
+        <v>8</v>
+      </c>
+      <c r="H353">
+        <v>2014</v>
+      </c>
+      <c r="I353">
+        <v>2022</v>
+      </c>
+      <c r="J353" t="s">
+        <v>847</v>
+      </c>
+      <c r="K353" t="s">
+        <v>24</v>
+      </c>
+      <c r="L353" t="s">
+        <v>1798</v>
+      </c>
+      <c r="M353" t="s">
+        <v>1761</v>
+      </c>
+      <c r="N353" t="s">
+        <v>27</v>
+      </c>
+      <c r="O353" t="s">
+        <v>1799</v>
+      </c>
+      <c r="P353" t="s">
+        <v>1800</v>
+      </c>
+    </row>
+    <row r="354" spans="1:16">
+      <c r="A354" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B354" t="s">
+        <v>807</v>
+      </c>
+      <c r="C354" t="s">
+        <v>774</v>
+      </c>
+      <c r="D354" t="s">
+        <v>159</v>
+      </c>
+      <c r="E354" t="s">
+        <v>20</v>
+      </c>
+      <c r="F354" t="s">
+        <v>34</v>
+      </c>
+      <c r="G354" t="s">
+        <v>22</v>
+      </c>
+      <c r="H354">
+        <v>2010</v>
+      </c>
+      <c r="I354">
+        <v>2010</v>
+      </c>
+      <c r="J354" t="s">
+        <v>44</v>
+      </c>
+      <c r="K354" t="s">
+        <v>24</v>
+      </c>
+      <c r="L354" t="s">
+        <v>808</v>
+      </c>
+      <c r="M354" t="s">
+        <v>776</v>
+      </c>
+      <c r="N354" t="s">
+        <v>27</v>
+      </c>
+      <c r="O354" t="s">
+        <v>1802</v>
+      </c>
+      <c r="P354" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="355" spans="1:16">
+      <c r="A355" t="s">
+        <v>1803</v>
+      </c>
+      <c r="B355" t="s">
+        <v>780</v>
+      </c>
+      <c r="C355" t="s">
+        <v>774</v>
+      </c>
+      <c r="D355" t="s">
+        <v>578</v>
+      </c>
+      <c r="E355" t="s">
+        <v>20</v>
+      </c>
+      <c r="F355" t="s">
+        <v>34</v>
+      </c>
+      <c r="G355" t="s">
+        <v>22</v>
+      </c>
+      <c r="H355">
+        <v>2012</v>
+      </c>
+      <c r="I355">
+        <v>2012</v>
+      </c>
+      <c r="J355" t="s">
+        <v>781</v>
+      </c>
+      <c r="K355" t="s">
+        <v>24</v>
+      </c>
+      <c r="L355"/>
+      <c r="M355" t="s">
+        <v>776</v>
+      </c>
+      <c r="N355" t="s">
+        <v>27</v>
+      </c>
+      <c r="O355" t="s">
+        <v>1804</v>
+      </c>
+      <c r="P355" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="356" spans="1:16">
+      <c r="A356" t="s">
+        <v>1805</v>
+      </c>
+      <c r="B356" t="s">
+        <v>1806</v>
+      </c>
+      <c r="C356" t="s">
+        <v>774</v>
+      </c>
+      <c r="D356" t="s">
+        <v>812</v>
+      </c>
+      <c r="E356" t="s">
+        <v>20</v>
+      </c>
+      <c r="F356" t="s">
+        <v>34</v>
+      </c>
+      <c r="G356" t="s">
+        <v>22</v>
+      </c>
+      <c r="H356">
+        <v>2002</v>
+      </c>
+      <c r="I356">
+        <v>2007</v>
+      </c>
+      <c r="J356" t="s">
+        <v>781</v>
+      </c>
+      <c r="K356" t="s">
+        <v>24</v>
+      </c>
+      <c r="L356" t="s">
+        <v>813</v>
+      </c>
+      <c r="M356" t="s">
+        <v>776</v>
+      </c>
+      <c r="N356" t="s">
+        <v>27</v>
+      </c>
+      <c r="O356" t="s">
+        <v>1807</v>
+      </c>
+      <c r="P356" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="357" spans="1:16">
+      <c r="A357" t="s">
+        <v>1808</v>
+      </c>
+      <c r="B357" t="s">
+        <v>1809</v>
+      </c>
+      <c r="C357" t="s">
+        <v>774</v>
+      </c>
+      <c r="D357" t="s">
+        <v>224</v>
+      </c>
+      <c r="E357" t="s">
+        <v>20</v>
+      </c>
+      <c r="F357" t="s">
+        <v>34</v>
+      </c>
+      <c r="G357" t="s">
+        <v>22</v>
+      </c>
+      <c r="H357">
+        <v>2011</v>
+      </c>
+      <c r="I357">
+        <v>2015</v>
+      </c>
+      <c r="J357" t="s">
+        <v>781</v>
+      </c>
+      <c r="K357" t="s">
+        <v>24</v>
+      </c>
+      <c r="L357"/>
+      <c r="M357" t="s">
+        <v>776</v>
+      </c>
+      <c r="N357" t="s">
+        <v>27</v>
+      </c>
+      <c r="O357" t="s">
+        <v>1810</v>
+      </c>
+      <c r="P357" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="358" spans="1:16">
+      <c r="A358" t="s">
+        <v>1811</v>
+      </c>
+      <c r="B358" t="s">
+        <v>789</v>
+      </c>
+      <c r="C358" t="s">
+        <v>774</v>
+      </c>
+      <c r="D358" t="s">
+        <v>641</v>
+      </c>
+      <c r="E358" t="s">
+        <v>20</v>
+      </c>
+      <c r="F358" t="s">
+        <v>34</v>
+      </c>
+      <c r="G358" t="s">
+        <v>22</v>
+      </c>
+      <c r="H358">
+        <v>2012</v>
+      </c>
+      <c r="I358">
+        <v>2012</v>
+      </c>
+      <c r="J358" t="s">
+        <v>790</v>
+      </c>
+      <c r="K358" t="s">
+        <v>24</v>
+      </c>
+      <c r="L358"/>
+      <c r="M358" t="s">
+        <v>776</v>
+      </c>
+      <c r="N358" t="s">
+        <v>27</v>
+      </c>
+      <c r="O358" t="s">
+        <v>1812</v>
+      </c>
+      <c r="P358" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="359" spans="1:16">
+      <c r="A359" t="s">
+        <v>1813</v>
+      </c>
+      <c r="B359" t="s">
+        <v>816</v>
+      </c>
+      <c r="C359" t="s">
+        <v>774</v>
+      </c>
+      <c r="D359" t="s">
+        <v>1365</v>
+      </c>
+      <c r="E359" t="s">
+        <v>20</v>
+      </c>
+      <c r="F359" t="s">
+        <v>34</v>
+      </c>
+      <c r="G359" t="s">
+        <v>22</v>
+      </c>
+      <c r="H359">
+        <v>1994</v>
+      </c>
+      <c r="I359">
+        <v>2003</v>
+      </c>
+      <c r="J359" t="s">
+        <v>44</v>
+      </c>
+      <c r="K359" t="s">
+        <v>24</v>
+      </c>
+      <c r="L359"/>
+      <c r="M359" t="s">
+        <v>776</v>
+      </c>
+      <c r="N359" t="s">
+        <v>27</v>
+      </c>
+      <c r="O359" t="s">
+        <v>1814</v>
+      </c>
+      <c r="P359" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="360" spans="1:16">
+      <c r="A360" t="s">
+        <v>1815</v>
+      </c>
+      <c r="B360" t="s">
+        <v>1816</v>
+      </c>
+      <c r="C360" t="s">
+        <v>774</v>
+      </c>
+      <c r="D360" t="s">
+        <v>77</v>
+      </c>
+      <c r="E360" t="s">
+        <v>20</v>
+      </c>
+      <c r="F360" t="s">
+        <v>34</v>
+      </c>
+      <c r="G360" t="s">
+        <v>22</v>
+      </c>
+      <c r="H360">
+        <v>1994</v>
+      </c>
+      <c r="I360">
+        <v>2004</v>
+      </c>
+      <c r="J360" t="s">
+        <v>781</v>
+      </c>
+      <c r="K360" t="s">
+        <v>24</v>
+      </c>
+      <c r="L360" t="s">
+        <v>1817</v>
+      </c>
+      <c r="M360" t="s">
+        <v>776</v>
+      </c>
+      <c r="N360" t="s">
+        <v>27</v>
+      </c>
+      <c r="O360" t="s">
+        <v>1818</v>
+      </c>
+      <c r="P360" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="361" spans="1:16">
+      <c r="A361" t="s">
+        <v>1819</v>
+      </c>
+      <c r="B361" t="s">
+        <v>1820</v>
+      </c>
+      <c r="C361" t="s">
+        <v>774</v>
+      </c>
+      <c r="D361" t="s">
+        <v>609</v>
+      </c>
+      <c r="E361" t="s">
+        <v>20</v>
+      </c>
+      <c r="F361" t="s">
+        <v>34</v>
+      </c>
+      <c r="G361" t="s">
+        <v>22</v>
+      </c>
+      <c r="H361">
+        <v>2004</v>
+      </c>
+      <c r="I361">
+        <v>2010</v>
+      </c>
+      <c r="J361" t="s">
+        <v>44</v>
+      </c>
+      <c r="K361" t="s">
+        <v>24</v>
+      </c>
+      <c r="L361"/>
+      <c r="M361" t="s">
+        <v>776</v>
+      </c>
+      <c r="N361" t="s">
+        <v>27</v>
+      </c>
+      <c r="O361" t="s">
+        <v>1821</v>
+      </c>
+      <c r="P361" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="362" spans="1:16">
+      <c r="A362" t="s">
+        <v>1822</v>
+      </c>
+      <c r="B362" t="s">
+        <v>803</v>
+      </c>
+      <c r="C362" t="s">
+        <v>774</v>
+      </c>
+      <c r="D362" t="s">
+        <v>133</v>
+      </c>
+      <c r="E362" t="s">
+        <v>20</v>
+      </c>
+      <c r="F362" t="s">
+        <v>34</v>
+      </c>
+      <c r="G362" t="s">
+        <v>22</v>
+      </c>
+      <c r="H362">
+        <v>2010</v>
+      </c>
+      <c r="I362">
+        <v>2015</v>
+      </c>
+      <c r="J362" t="s">
+        <v>781</v>
+      </c>
+      <c r="K362" t="s">
+        <v>134</v>
+      </c>
+      <c r="L362" t="s">
+        <v>804</v>
+      </c>
+      <c r="M362" t="s">
+        <v>776</v>
+      </c>
+      <c r="N362" t="s">
+        <v>27</v>
+      </c>
+      <c r="O362" t="s">
+        <v>1823</v>
+      </c>
+      <c r="P362" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="363" spans="1:16">
+      <c r="A363" t="s">
+        <v>1824</v>
+      </c>
+      <c r="B363" t="s">
+        <v>1825</v>
+      </c>
+      <c r="C363" t="s">
+        <v>617</v>
+      </c>
+      <c r="D363" t="s">
+        <v>1826</v>
+      </c>
+      <c r="E363" t="s">
+        <v>20</v>
+      </c>
+      <c r="F363" t="s">
+        <v>34</v>
+      </c>
+      <c r="G363" t="s">
+        <v>1647</v>
+      </c>
+      <c r="H363">
+        <v>2015</v>
+      </c>
+      <c r="I363">
+        <v>2019</v>
+      </c>
+      <c r="J363" t="s">
+        <v>847</v>
+      </c>
+      <c r="K363" t="s">
+        <v>24</v>
+      </c>
+      <c r="L363" t="s">
+        <v>1827</v>
+      </c>
+      <c r="M363" t="s">
+        <v>1761</v>
+      </c>
+      <c r="N363" t="s">
+        <v>27</v>
+      </c>
+      <c r="O363" t="s">
+        <v>1828</v>
+      </c>
+      <c r="P363" t="s">
+        <v>1795</v>
+      </c>
+    </row>
+    <row r="364" spans="1:16">
+      <c r="A364" t="s">
+        <v>1829</v>
+      </c>
+      <c r="B364" t="s">
+        <v>1830</v>
+      </c>
+      <c r="C364" t="s">
+        <v>617</v>
+      </c>
+      <c r="D364" t="s">
+        <v>1365</v>
+      </c>
+      <c r="E364" t="s">
+        <v>20</v>
+      </c>
+      <c r="F364" t="s">
+        <v>34</v>
+      </c>
+      <c r="G364" t="s">
+        <v>8</v>
+      </c>
+      <c r="H364">
+        <v>2015</v>
+      </c>
+      <c r="I364">
+        <v>2024</v>
+      </c>
+      <c r="J364" t="s">
+        <v>1320</v>
+      </c>
+      <c r="K364" t="s">
+        <v>24</v>
+      </c>
+      <c r="L364"/>
+      <c r="M364" t="s">
+        <v>1761</v>
+      </c>
+      <c r="N364" t="s">
+        <v>27</v>
+      </c>
+      <c r="O364" t="s">
+        <v>1831</v>
+      </c>
+      <c r="P364" t="s">
+        <v>1800</v>
+      </c>
+    </row>
+    <row r="365" spans="1:16">
+      <c r="A365" t="s">
+        <v>1832</v>
+      </c>
+      <c r="B365" t="s">
+        <v>1833</v>
+      </c>
+      <c r="C365" t="s">
+        <v>774</v>
+      </c>
+      <c r="D365" t="s">
+        <v>206</v>
+      </c>
+      <c r="E365" t="s">
+        <v>20</v>
+      </c>
+      <c r="F365" t="s">
+        <v>34</v>
+      </c>
+      <c r="G365" t="s">
+        <v>22</v>
+      </c>
+      <c r="H365">
+        <v>2002</v>
+      </c>
+      <c r="I365">
+        <v>2006</v>
+      </c>
+      <c r="J365" t="s">
+        <v>781</v>
+      </c>
+      <c r="K365" t="s">
+        <v>24</v>
+      </c>
+      <c r="L365" t="s">
+        <v>786</v>
+      </c>
+      <c r="M365" t="s">
+        <v>776</v>
+      </c>
+      <c r="N365" t="s">
+        <v>27</v>
+      </c>
+      <c r="O365" t="s">
+        <v>1834</v>
+      </c>
+      <c r="P365" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="366" spans="1:16">
+      <c r="A366" t="s">
+        <v>1835</v>
+      </c>
+      <c r="B366" t="s">
+        <v>1836</v>
+      </c>
+      <c r="C366" t="s">
+        <v>42</v>
+      </c>
+      <c r="D366" t="s">
+        <v>188</v>
+      </c>
+      <c r="E366" t="s">
+        <v>20</v>
+      </c>
+      <c r="F366" t="s">
+        <v>34</v>
+      </c>
+      <c r="G366" t="s">
+        <v>22</v>
+      </c>
+      <c r="H366">
+        <v>2003</v>
+      </c>
+      <c r="I366">
+        <v>2018</v>
+      </c>
+      <c r="J366" t="s">
+        <v>52</v>
+      </c>
+      <c r="K366" t="s">
+        <v>24</v>
+      </c>
+      <c r="L366" t="s">
+        <v>1837</v>
+      </c>
+      <c r="M366" t="s">
+        <v>46</v>
+      </c>
+      <c r="N366" t="s">
+        <v>27</v>
+      </c>
+      <c r="O366" t="s">
+        <v>1838</v>
+      </c>
+      <c r="P366" t="s">
+        <v>1839</v>
+      </c>
+    </row>
+    <row r="367" spans="1:16">
+      <c r="A367" t="s">
+        <v>1835</v>
+      </c>
+      <c r="B367" t="s">
+        <v>1840</v>
+      </c>
+      <c r="C367" t="s">
+        <v>42</v>
+      </c>
+      <c r="D367" t="s">
+        <v>242</v>
+      </c>
+      <c r="E367" t="s">
+        <v>20</v>
+      </c>
+      <c r="F367" t="s">
+        <v>34</v>
+      </c>
+      <c r="G367" t="s">
+        <v>22</v>
+      </c>
+      <c r="H367">
+        <v>2005</v>
+      </c>
+      <c r="I367">
+        <v>2018</v>
+      </c>
+      <c r="J367" t="s">
+        <v>52</v>
+      </c>
+      <c r="K367" t="s">
+        <v>134</v>
+      </c>
+      <c r="L367" t="s">
+        <v>1841</v>
+      </c>
+      <c r="M367" t="s">
+        <v>46</v>
+      </c>
+      <c r="N367" t="s">
+        <v>27</v>
+      </c>
+      <c r="O367" t="s">
+        <v>1842</v>
+      </c>
+      <c r="P367" t="s">
+        <v>1839</v>
+      </c>
+    </row>
+    <row r="368" spans="1:16">
+      <c r="A368" t="s">
+        <v>1843</v>
+      </c>
+      <c r="B368" t="s">
+        <v>820</v>
+      </c>
+      <c r="C368" t="s">
+        <v>774</v>
+      </c>
+      <c r="D368" t="s">
+        <v>280</v>
+      </c>
+      <c r="E368" t="s">
+        <v>20</v>
+      </c>
+      <c r="F368" t="s">
+        <v>34</v>
+      </c>
+      <c r="G368" t="s">
+        <v>22</v>
+      </c>
+      <c r="H368">
+        <v>2001</v>
+      </c>
+      <c r="I368">
+        <v>2010</v>
+      </c>
+      <c r="J368" t="s">
+        <v>781</v>
+      </c>
+      <c r="K368" t="s">
+        <v>134</v>
+      </c>
+      <c r="L368" t="s">
+        <v>821</v>
+      </c>
+      <c r="M368" t="s">
+        <v>776</v>
+      </c>
+      <c r="N368" t="s">
+        <v>27</v>
+      </c>
+      <c r="O368" t="s">
+        <v>1844</v>
+      </c>
+      <c r="P368" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="369" spans="1:16">
+      <c r="A369" t="s">
+        <v>1845</v>
+      </c>
+      <c r="B369" t="s">
+        <v>824</v>
+      </c>
+      <c r="C369" t="s">
+        <v>774</v>
+      </c>
+      <c r="D369" t="s">
+        <v>212</v>
+      </c>
+      <c r="E369" t="s">
+        <v>20</v>
+      </c>
+      <c r="F369" t="s">
+        <v>34</v>
+      </c>
+      <c r="G369" t="s">
+        <v>22</v>
+      </c>
+      <c r="H369">
+        <v>2009</v>
+      </c>
+      <c r="I369">
+        <v>2014</v>
+      </c>
+      <c r="J369" t="s">
+        <v>44</v>
+      </c>
+      <c r="K369" t="s">
+        <v>24</v>
+      </c>
+      <c r="L369" t="s">
+        <v>825</v>
+      </c>
+      <c r="M369" t="s">
+        <v>776</v>
+      </c>
+      <c r="N369" t="s">
+        <v>27</v>
+      </c>
+      <c r="O369" t="s">
+        <v>1846</v>
+      </c>
+      <c r="P369" t="s">
+        <v>1847</v>
+      </c>
+    </row>
+    <row r="370" spans="1:16">
+      <c r="A370" t="s">
+        <v>1848</v>
+      </c>
+      <c r="B370" t="s">
+        <v>1849</v>
+      </c>
+      <c r="C370" t="s">
+        <v>774</v>
+      </c>
+      <c r="D370" t="s">
+        <v>119</v>
+      </c>
+      <c r="E370" t="s">
+        <v>20</v>
+      </c>
+      <c r="F370" t="s">
+        <v>34</v>
+      </c>
+      <c r="G370" t="s">
+        <v>22</v>
+      </c>
+      <c r="H370">
+        <v>2010</v>
+      </c>
+      <c r="I370">
+        <v>2012</v>
+      </c>
+      <c r="J370" t="s">
+        <v>44</v>
+      </c>
+      <c r="K370" t="s">
+        <v>24</v>
+      </c>
+      <c r="L370"/>
+      <c r="M370" t="s">
+        <v>776</v>
+      </c>
+      <c r="N370" t="s">
+        <v>27</v>
+      </c>
+      <c r="O370" t="s">
+        <v>1850</v>
+      </c>
+      <c r="P370" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="371" spans="1:16">
+      <c r="A371" t="s">
+        <v>1851</v>
+      </c>
+      <c r="B371" t="s">
+        <v>1852</v>
+      </c>
+      <c r="C371" t="s">
+        <v>774</v>
+      </c>
+      <c r="D371" t="s">
+        <v>159</v>
+      </c>
+      <c r="E371" t="s">
+        <v>20</v>
+      </c>
+      <c r="F371" t="s">
+        <v>34</v>
+      </c>
+      <c r="G371" t="s">
+        <v>22</v>
+      </c>
+      <c r="H371">
+        <v>1992</v>
+      </c>
+      <c r="I371">
+        <v>2004</v>
+      </c>
+      <c r="J371" t="s">
+        <v>44</v>
+      </c>
+      <c r="K371" t="s">
+        <v>24</v>
+      </c>
+      <c r="L371" t="s">
+        <v>808</v>
+      </c>
+      <c r="M371" t="s">
+        <v>776</v>
+      </c>
+      <c r="N371" t="s">
+        <v>27</v>
+      </c>
+      <c r="O371" t="s">
+        <v>1853</v>
+      </c>
+      <c r="P371" t="s">
+        <v>1854</v>
+      </c>
+    </row>
+    <row r="372" spans="1:16">
+      <c r="A372" t="s">
+        <v>1855</v>
+      </c>
+      <c r="B372" t="s">
+        <v>1856</v>
+      </c>
+      <c r="C372" t="s">
+        <v>617</v>
+      </c>
+      <c r="D372" t="s">
+        <v>159</v>
+      </c>
+      <c r="E372" t="s">
+        <v>20</v>
+      </c>
+      <c r="F372" t="s">
+        <v>34</v>
+      </c>
+      <c r="G372" t="s">
+        <v>1647</v>
+      </c>
+      <c r="H372">
+        <v>2011</v>
+      </c>
+      <c r="I372">
+        <v>2022</v>
+      </c>
+      <c r="J372" t="s">
+        <v>847</v>
+      </c>
+      <c r="K372" t="s">
+        <v>24</v>
+      </c>
+      <c r="L372" t="s">
+        <v>1857</v>
+      </c>
+      <c r="M372" t="s">
+        <v>1761</v>
+      </c>
+      <c r="N372" t="s">
+        <v>27</v>
+      </c>
+      <c r="O372" t="s">
+        <v>1858</v>
+      </c>
+      <c r="P372" t="s">
+        <v>1800</v>
+      </c>
+    </row>
+    <row r="373" spans="1:16">
+      <c r="A373" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B373" t="s">
+        <v>1860</v>
+      </c>
+      <c r="C373" t="s">
+        <v>617</v>
+      </c>
+      <c r="D373" t="s">
+        <v>159</v>
+      </c>
+      <c r="E373" t="s">
+        <v>20</v>
+      </c>
+      <c r="F373" t="s">
+        <v>34</v>
+      </c>
+      <c r="G373" t="s">
+        <v>8</v>
+      </c>
+      <c r="H373">
+        <v>2011</v>
+      </c>
+      <c r="I373">
+        <v>2025</v>
+      </c>
+      <c r="J373" t="s">
+        <v>1320</v>
+      </c>
+      <c r="K373" t="s">
+        <v>24</v>
+      </c>
+      <c r="L373"/>
+      <c r="M373" t="s">
+        <v>1761</v>
+      </c>
+      <c r="N373" t="s">
+        <v>27</v>
+      </c>
+      <c r="O373" t="s">
+        <v>1861</v>
+      </c>
+      <c r="P373" t="s">
+        <v>1800</v>
+      </c>
+    </row>
+    <row r="374" spans="1:16">
+      <c r="A374" t="s">
+        <v>1862</v>
+      </c>
+      <c r="B374" t="s">
+        <v>1863</v>
+      </c>
+      <c r="C374" t="s">
+        <v>774</v>
+      </c>
+      <c r="D374" t="s">
+        <v>1208</v>
+      </c>
+      <c r="E374" t="s">
+        <v>20</v>
+      </c>
+      <c r="F374" t="s">
+        <v>34</v>
+      </c>
+      <c r="G374" t="s">
+        <v>22</v>
+      </c>
+      <c r="H374">
+        <v>2015</v>
+      </c>
+      <c r="I374">
+        <v>2019</v>
+      </c>
+      <c r="J374" t="s">
+        <v>35</v>
+      </c>
+      <c r="K374" t="s">
+        <v>24</v>
+      </c>
+      <c r="L374"/>
+      <c r="M374" t="s">
+        <v>1864</v>
+      </c>
+      <c r="N374" t="s">
+        <v>27</v>
+      </c>
+      <c r="O374" t="s">
+        <v>1865</v>
+      </c>
+      <c r="P374" t="s">
+        <v>1866</v>
+      </c>
+    </row>
+    <row r="375" spans="1:16">
+      <c r="A375" t="s">
+        <v>1867</v>
+      </c>
+      <c r="B375" t="s">
+        <v>1868</v>
+      </c>
+      <c r="C375" t="s">
+        <v>617</v>
+      </c>
+      <c r="D375" t="s">
+        <v>172</v>
+      </c>
+      <c r="E375" t="s">
+        <v>20</v>
+      </c>
+      <c r="F375" t="s">
+        <v>34</v>
+      </c>
+      <c r="G375" t="s">
+        <v>1647</v>
+      </c>
+      <c r="H375">
+        <v>2011</v>
+      </c>
+      <c r="I375">
+        <v>2022</v>
+      </c>
+      <c r="J375" t="s">
+        <v>847</v>
+      </c>
+      <c r="K375" t="s">
+        <v>24</v>
+      </c>
+      <c r="L375" t="s">
+        <v>1869</v>
+      </c>
+      <c r="M375" t="s">
+        <v>1761</v>
+      </c>
+      <c r="N375" t="s">
+        <v>27</v>
+      </c>
+      <c r="O375" t="s">
+        <v>1870</v>
+      </c>
+      <c r="P375" t="s">
+        <v>1795</v>
+      </c>
+    </row>
+    <row r="376" spans="1:16">
+      <c r="A376" t="s">
+        <v>1871</v>
+      </c>
+      <c r="B376" t="s">
+        <v>1872</v>
+      </c>
+      <c r="C376" t="s">
+        <v>617</v>
+      </c>
+      <c r="D376" t="s">
+        <v>172</v>
+      </c>
+      <c r="E376" t="s">
+        <v>20</v>
+      </c>
+      <c r="F376" t="s">
+        <v>34</v>
+      </c>
+      <c r="G376" t="s">
+        <v>22</v>
+      </c>
+      <c r="H376">
+        <v>2011</v>
+      </c>
+      <c r="I376">
+        <v>2025</v>
+      </c>
+      <c r="J376" t="s">
+        <v>1320</v>
+      </c>
+      <c r="K376" t="s">
+        <v>24</v>
+      </c>
+      <c r="L376"/>
+      <c r="M376" t="s">
+        <v>1761</v>
+      </c>
+      <c r="N376" t="s">
+        <v>27</v>
+      </c>
+      <c r="O376" t="s">
+        <v>1873</v>
+      </c>
+      <c r="P376" t="s">
+        <v>1795</v>
+      </c>
+    </row>
+    <row r="377" spans="1:16">
+      <c r="A377" t="s">
+        <v>1874</v>
+      </c>
+      <c r="B377" t="s">
+        <v>1875</v>
+      </c>
+      <c r="C377" t="s">
+        <v>774</v>
+      </c>
+      <c r="D377" t="s">
+        <v>105</v>
+      </c>
+      <c r="E377" t="s">
+        <v>20</v>
+      </c>
+      <c r="F377" t="s">
+        <v>34</v>
+      </c>
+      <c r="G377" t="s">
+        <v>22</v>
+      </c>
+      <c r="H377">
+        <v>2012</v>
+      </c>
+      <c r="I377">
+        <v>2012</v>
+      </c>
+      <c r="J377" t="s">
+        <v>781</v>
+      </c>
+      <c r="K377" t="s">
+        <v>24</v>
+      </c>
+      <c r="L377"/>
+      <c r="M377" t="s">
+        <v>776</v>
+      </c>
+      <c r="N377" t="s">
+        <v>27</v>
+      </c>
+      <c r="O377" t="s">
+        <v>1876</v>
+      </c>
+      <c r="P377" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="378" spans="1:16">
+      <c r="A378" t="s">
+        <v>1877</v>
+      </c>
+      <c r="B378" t="s">
+        <v>1878</v>
+      </c>
+      <c r="C378" t="s">
+        <v>774</v>
+      </c>
+      <c r="D378" t="s">
+        <v>441</v>
+      </c>
+      <c r="E378" t="s">
+        <v>20</v>
+      </c>
+      <c r="F378" t="s">
+        <v>34</v>
+      </c>
+      <c r="G378" t="s">
+        <v>22</v>
+      </c>
+      <c r="H378">
+        <v>2012</v>
+      </c>
+      <c r="I378">
+        <v>2016</v>
+      </c>
+      <c r="J378" t="s">
+        <v>781</v>
+      </c>
+      <c r="K378" t="s">
+        <v>24</v>
+      </c>
+      <c r="L378"/>
+      <c r="M378" t="s">
+        <v>776</v>
+      </c>
+      <c r="N378" t="s">
+        <v>27</v>
+      </c>
+      <c r="O378" t="s">
+        <v>1879</v>
+      </c>
+      <c r="P378" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="379" spans="1:16">
+      <c r="A379" t="s">
+        <v>1877</v>
+      </c>
+      <c r="B379" t="s">
+        <v>1880</v>
+      </c>
+      <c r="C379" t="s">
+        <v>774</v>
+      </c>
+      <c r="D379" t="s">
+        <v>441</v>
+      </c>
+      <c r="E379" t="s">
+        <v>20</v>
+      </c>
+      <c r="F379" t="s">
+        <v>34</v>
+      </c>
+      <c r="G379" t="s">
+        <v>22</v>
+      </c>
+      <c r="H379">
+        <v>2012</v>
+      </c>
+      <c r="I379">
+        <v>2015</v>
+      </c>
+      <c r="J379" t="s">
+        <v>781</v>
+      </c>
+      <c r="K379" t="s">
+        <v>24</v>
+      </c>
+      <c r="L379"/>
+      <c r="M379" t="s">
+        <v>776</v>
+      </c>
+      <c r="N379" t="s">
+        <v>27</v>
+      </c>
+      <c r="O379" t="s">
+        <v>1881</v>
+      </c>
+      <c r="P379" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="380" spans="1:16">
+      <c r="A380" t="s">
+        <v>1882</v>
+      </c>
+      <c r="B380" t="s">
+        <v>1883</v>
+      </c>
+      <c r="C380" t="s">
+        <v>774</v>
+      </c>
+      <c r="D380" t="s">
+        <v>206</v>
+      </c>
+      <c r="E380" t="s">
+        <v>20</v>
+      </c>
+      <c r="F380" t="s">
+        <v>34</v>
+      </c>
+      <c r="G380" t="s">
+        <v>22</v>
+      </c>
+      <c r="H380">
+        <v>2002</v>
+      </c>
+      <c r="I380">
+        <v>2004</v>
+      </c>
+      <c r="J380" t="s">
+        <v>781</v>
+      </c>
+      <c r="K380" t="s">
+        <v>24</v>
+      </c>
+      <c r="L380" t="s">
+        <v>786</v>
+      </c>
+      <c r="M380" t="s">
+        <v>776</v>
+      </c>
+      <c r="N380" t="s">
+        <v>27</v>
+      </c>
+      <c r="O380" t="s">
+        <v>1884</v>
+      </c>
+      <c r="P380" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="381" spans="1:16">
+      <c r="A381" t="s">
+        <v>1885</v>
+      </c>
+      <c r="B381" t="s">
+        <v>1886</v>
+      </c>
+      <c r="C381" t="s">
+        <v>42</v>
+      </c>
+      <c r="D381" t="s">
+        <v>70</v>
+      </c>
+      <c r="E381" t="s">
+        <v>20</v>
+      </c>
+      <c r="F381" t="s">
+        <v>34</v>
+      </c>
+      <c r="G381" t="s">
+        <v>22</v>
+      </c>
+      <c r="H381">
+        <v>2002</v>
+      </c>
+      <c r="I381">
+        <v>2006</v>
+      </c>
+      <c r="J381" t="s">
+        <v>52</v>
+      </c>
+      <c r="K381" t="s">
+        <v>24</v>
+      </c>
+      <c r="L381" t="s">
+        <v>1887</v>
+      </c>
+      <c r="M381" t="s">
+        <v>46</v>
+      </c>
+      <c r="N381" t="s">
+        <v>27</v>
+      </c>
+      <c r="O381" t="s">
+        <v>1888</v>
+      </c>
+      <c r="P381" t="s">
+        <v>1889</v>
+      </c>
+    </row>
+    <row r="382" spans="1:16">
+      <c r="A382" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B382" t="s">
+        <v>1891</v>
+      </c>
+      <c r="C382" t="s">
+        <v>42</v>
+      </c>
+      <c r="D382" t="s">
+        <v>441</v>
+      </c>
+      <c r="E382" t="s">
+        <v>20</v>
+      </c>
+      <c r="F382" t="s">
+        <v>34</v>
+      </c>
+      <c r="G382" t="s">
+        <v>22</v>
+      </c>
+      <c r="H382">
+        <v>2004</v>
+      </c>
+      <c r="I382">
+        <v>2011</v>
+      </c>
+      <c r="J382" t="s">
+        <v>52</v>
+      </c>
+      <c r="K382" t="s">
+        <v>24</v>
+      </c>
+      <c r="L382" t="s">
+        <v>1892</v>
+      </c>
+      <c r="M382" t="s">
+        <v>46</v>
+      </c>
+      <c r="N382" t="s">
+        <v>27</v>
+      </c>
+      <c r="O382" t="s">
+        <v>1893</v>
+      </c>
+      <c r="P382" t="s">
+        <v>1894</v>
+      </c>
+    </row>
+    <row r="383" spans="1:16">
+      <c r="A383" t="s">
+        <v>1895</v>
+      </c>
+      <c r="B383" t="s">
+        <v>1896</v>
+      </c>
+      <c r="C383" t="s">
+        <v>248</v>
+      </c>
+      <c r="D383" t="s">
+        <v>58</v>
+      </c>
+      <c r="E383" t="s">
+        <v>20</v>
+      </c>
+      <c r="F383" t="s">
+        <v>34</v>
+      </c>
+      <c r="G383" t="s">
+        <v>22</v>
+      </c>
+      <c r="H383">
+        <v>2003</v>
+      </c>
+      <c r="I383">
+        <v>2005</v>
+      </c>
+      <c r="J383" t="s">
+        <v>35</v>
+      </c>
+      <c r="K383" t="s">
+        <v>24</v>
+      </c>
+      <c r="L383"/>
+      <c r="M383" t="s">
+        <v>251</v>
+      </c>
+      <c r="N383" t="s">
+        <v>27</v>
+      </c>
+      <c r="O383" t="s">
+        <v>1897</v>
+      </c>
+      <c r="P383" t="s">
+        <v>1898</v>
+      </c>
+    </row>
+    <row r="384" spans="1:16">
+      <c r="A384" t="s">
+        <v>1899</v>
+      </c>
+      <c r="B384"/>
+      <c r="C384" t="s">
+        <v>248</v>
+      </c>
+      <c r="D384" t="s">
+        <v>578</v>
+      </c>
+      <c r="E384" t="s">
+        <v>20</v>
+      </c>
+      <c r="F384" t="s">
+        <v>34</v>
+      </c>
+      <c r="G384" t="s">
+        <v>22</v>
+      </c>
+      <c r="H384">
+        <v>2011</v>
+      </c>
+      <c r="I384">
+        <v>2018</v>
+      </c>
+      <c r="J384" t="s">
+        <v>35</v>
+      </c>
+      <c r="K384" t="s">
+        <v>24</v>
+      </c>
+      <c r="L384"/>
+      <c r="M384" t="s">
+        <v>1900</v>
+      </c>
+      <c r="N384" t="s">
+        <v>27</v>
+      </c>
+      <c r="O384" t="s">
+        <v>1901</v>
+      </c>
+      <c r="P384" t="s">
+        <v>1898</v>
+      </c>
+    </row>
+    <row r="385" spans="1:16">
+      <c r="A385" t="s">
+        <v>1902</v>
+      </c>
+      <c r="B385" t="s">
+        <v>1903</v>
+      </c>
+      <c r="C385" t="s">
+        <v>248</v>
+      </c>
+      <c r="D385" t="s">
+        <v>1369</v>
+      </c>
+      <c r="E385" t="s">
+        <v>20</v>
+      </c>
+      <c r="F385" t="s">
+        <v>34</v>
+      </c>
+      <c r="G385" t="s">
+        <v>22</v>
+      </c>
+      <c r="H385">
+        <v>2001</v>
+      </c>
+      <c r="I385">
+        <v>2018</v>
+      </c>
+      <c r="J385" t="s">
+        <v>35</v>
+      </c>
+      <c r="K385" t="s">
+        <v>24</v>
+      </c>
+      <c r="L385"/>
+      <c r="M385" t="s">
+        <v>251</v>
+      </c>
+      <c r="N385" t="s">
+        <v>27</v>
+      </c>
+      <c r="O385" t="s">
+        <v>1904</v>
+      </c>
+      <c r="P385" t="s">
+        <v>1898</v>
+      </c>
+    </row>
+    <row r="386" spans="1:16">
+      <c r="A386" t="s">
+        <v>1905</v>
+      </c>
+      <c r="B386" t="s">
+        <v>1906</v>
+      </c>
+      <c r="C386" t="s">
+        <v>248</v>
+      </c>
+      <c r="D386" t="s">
+        <v>70</v>
+      </c>
+      <c r="E386" t="s">
+        <v>20</v>
+      </c>
+      <c r="F386" t="s">
+        <v>34</v>
+      </c>
+      <c r="G386" t="s">
+        <v>22</v>
+      </c>
+      <c r="H386">
+        <v>2002</v>
+      </c>
+      <c r="I386">
+        <v>2016</v>
+      </c>
+      <c r="J386" t="s">
+        <v>35</v>
+      </c>
+      <c r="K386" t="s">
+        <v>24</v>
+      </c>
+      <c r="L386"/>
+      <c r="M386" t="s">
+        <v>251</v>
+      </c>
+      <c r="N386" t="s">
+        <v>27</v>
+      </c>
+      <c r="O386" t="s">
+        <v>1907</v>
+      </c>
+      <c r="P386" t="s">
+        <v>1898</v>
+      </c>
+    </row>
+    <row r="387" spans="1:16">
+      <c r="A387" t="s">
+        <v>1908</v>
+      </c>
+      <c r="B387" t="s">
+        <v>1909</v>
+      </c>
+      <c r="C387" t="s">
+        <v>248</v>
+      </c>
+      <c r="D387" t="s">
+        <v>159</v>
+      </c>
+      <c r="E387" t="s">
+        <v>20</v>
+      </c>
+      <c r="F387" t="s">
+        <v>34</v>
+      </c>
+      <c r="G387" t="s">
+        <v>22</v>
+      </c>
+      <c r="H387">
+        <v>2000</v>
+      </c>
+      <c r="I387">
+        <v>2018</v>
+      </c>
+      <c r="J387" t="s">
+        <v>35</v>
+      </c>
+      <c r="K387" t="s">
+        <v>24</v>
+      </c>
+      <c r="L387"/>
+      <c r="M387" t="s">
+        <v>251</v>
+      </c>
+      <c r="N387" t="s">
+        <v>27</v>
+      </c>
+      <c r="O387" t="s">
+        <v>1910</v>
+      </c>
+      <c r="P387" t="s">
+        <v>1898</v>
+      </c>
+    </row>
+    <row r="388" spans="1:16">
+      <c r="A388" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B388" t="s">
+        <v>1912</v>
+      </c>
+      <c r="C388" t="s">
+        <v>42</v>
+      </c>
+      <c r="D388" t="s">
+        <v>472</v>
+      </c>
+      <c r="E388" t="s">
+        <v>20</v>
+      </c>
+      <c r="F388" t="s">
+        <v>34</v>
+      </c>
+      <c r="G388" t="s">
+        <v>22</v>
+      </c>
+      <c r="H388">
+        <v>2005</v>
+      </c>
+      <c r="I388">
+        <v>2011</v>
+      </c>
+      <c r="J388" t="s">
+        <v>52</v>
+      </c>
+      <c r="K388" t="s">
+        <v>24</v>
+      </c>
+      <c r="L388" t="s">
+        <v>1913</v>
+      </c>
+      <c r="M388" t="s">
+        <v>46</v>
+      </c>
+      <c r="N388" t="s">
+        <v>27</v>
+      </c>
+      <c r="O388" t="s">
+        <v>1914</v>
+      </c>
+      <c r="P388" t="s">
+        <v>1915</v>
+      </c>
+    </row>
+    <row r="389" spans="1:16">
+      <c r="A389" t="s">
+        <v>1916</v>
+      </c>
+      <c r="B389" t="s">
+        <v>1917</v>
+      </c>
+      <c r="C389" t="s">
+        <v>18</v>
+      </c>
+      <c r="D389" t="s">
+        <v>1918</v>
+      </c>
+      <c r="E389" t="s">
+        <v>20</v>
+      </c>
+      <c r="F389" t="s">
         <v>21</v>
       </c>
-      <c r="K347" t="s">
-[...31 lines deleted...]
-      <c r="G348">
+      <c r="G389" t="s">
+        <v>1647</v>
+      </c>
+      <c r="H389">
+        <v>2021</v>
+      </c>
+      <c r="I389"/>
+      <c r="J389" t="s">
+        <v>35</v>
+      </c>
+      <c r="K389" t="s">
+        <v>24</v>
+      </c>
+      <c r="L389" t="s">
+        <v>1919</v>
+      </c>
+      <c r="M389" t="s">
+        <v>1920</v>
+      </c>
+      <c r="N389" t="s">
+        <v>27</v>
+      </c>
+      <c r="O389" t="s">
+        <v>1921</v>
+      </c>
+      <c r="P389" t="s">
+        <v>1922</v>
+      </c>
+    </row>
+    <row r="390" spans="1:16">
+      <c r="A390" t="s">
+        <v>1923</v>
+      </c>
+      <c r="B390" t="s">
+        <v>1924</v>
+      </c>
+      <c r="C390" t="s">
+        <v>18</v>
+      </c>
+      <c r="D390" t="s">
+        <v>172</v>
+      </c>
+      <c r="E390" t="s">
+        <v>20</v>
+      </c>
+      <c r="F390" t="s">
+        <v>21</v>
+      </c>
+      <c r="G390" t="s">
+        <v>22</v>
+      </c>
+      <c r="H390">
+        <v>2015</v>
+      </c>
+      <c r="I390">
+        <v>2018</v>
+      </c>
+      <c r="J390" t="s">
+        <v>35</v>
+      </c>
+      <c r="K390" t="s">
+        <v>24</v>
+      </c>
+      <c r="L390" t="s">
+        <v>1925</v>
+      </c>
+      <c r="M390" t="s">
+        <v>26</v>
+      </c>
+      <c r="N390" t="s">
+        <v>27</v>
+      </c>
+      <c r="O390" t="s">
+        <v>1926</v>
+      </c>
+      <c r="P390" t="s">
+        <v>1927</v>
+      </c>
+    </row>
+    <row r="391" spans="1:16">
+      <c r="A391" t="s">
+        <v>1928</v>
+      </c>
+      <c r="B391" t="s">
+        <v>1929</v>
+      </c>
+      <c r="C391" t="s">
+        <v>18</v>
+      </c>
+      <c r="D391" t="s">
+        <v>968</v>
+      </c>
+      <c r="E391" t="s">
+        <v>20</v>
+      </c>
+      <c r="F391" t="s">
+        <v>83</v>
+      </c>
+      <c r="G391" t="s">
+        <v>22</v>
+      </c>
+      <c r="H391">
+        <v>2013</v>
+      </c>
+      <c r="I391">
+        <v>2016</v>
+      </c>
+      <c r="J391" t="s">
+        <v>35</v>
+      </c>
+      <c r="K391" t="s">
+        <v>24</v>
+      </c>
+      <c r="L391" t="s">
+        <v>1930</v>
+      </c>
+      <c r="M391" t="s">
+        <v>26</v>
+      </c>
+      <c r="N391" t="s">
+        <v>27</v>
+      </c>
+      <c r="O391" t="s">
+        <v>1931</v>
+      </c>
+      <c r="P391" t="s">
+        <v>1932</v>
+      </c>
+    </row>
+    <row r="392" spans="1:16">
+      <c r="A392" t="s">
+        <v>1933</v>
+      </c>
+      <c r="B392" t="s">
+        <v>1934</v>
+      </c>
+      <c r="C392" t="s">
+        <v>1935</v>
+      </c>
+      <c r="D392" t="s">
+        <v>93</v>
+      </c>
+      <c r="E392" t="s">
+        <v>20</v>
+      </c>
+      <c r="F392" t="s">
+        <v>21</v>
+      </c>
+      <c r="G392" t="s">
+        <v>22</v>
+      </c>
+      <c r="H392">
+        <v>2014</v>
+      </c>
+      <c r="I392">
+        <v>2024</v>
+      </c>
+      <c r="J392" t="s">
+        <v>1329</v>
+      </c>
+      <c r="K392" t="s">
+        <v>24</v>
+      </c>
+      <c r="L392" t="s">
+        <v>1936</v>
+      </c>
+      <c r="M392" t="s">
+        <v>1937</v>
+      </c>
+      <c r="N392" t="s">
+        <v>27</v>
+      </c>
+      <c r="O392" t="s">
+        <v>1938</v>
+      </c>
+      <c r="P392" t="s">
+        <v>1939</v>
+      </c>
+    </row>
+    <row r="393" spans="1:16">
+      <c r="A393" t="s">
+        <v>1940</v>
+      </c>
+      <c r="B393" t="s">
+        <v>1941</v>
+      </c>
+      <c r="C393" t="s">
+        <v>1935</v>
+      </c>
+      <c r="D393" t="s">
+        <v>817</v>
+      </c>
+      <c r="E393" t="s">
+        <v>20</v>
+      </c>
+      <c r="F393" t="s">
+        <v>21</v>
+      </c>
+      <c r="G393" t="s">
+        <v>22</v>
+      </c>
+      <c r="H393">
+        <v>2020</v>
+      </c>
+      <c r="I393">
+        <v>2024</v>
+      </c>
+      <c r="J393" t="s">
+        <v>1329</v>
+      </c>
+      <c r="K393" t="s">
+        <v>24</v>
+      </c>
+      <c r="L393" t="s">
+        <v>1942</v>
+      </c>
+      <c r="M393" t="s">
+        <v>1937</v>
+      </c>
+      <c r="N393" t="s">
+        <v>27</v>
+      </c>
+      <c r="O393" t="s">
+        <v>1943</v>
+      </c>
+      <c r="P393" t="s">
+        <v>1944</v>
+      </c>
+    </row>
+    <row r="394" spans="1:16">
+      <c r="A394" t="s">
+        <v>1945</v>
+      </c>
+      <c r="B394" t="s">
+        <v>1946</v>
+      </c>
+      <c r="C394" t="s">
+        <v>1718</v>
+      </c>
+      <c r="D394" t="s">
+        <v>506</v>
+      </c>
+      <c r="E394" t="s">
+        <v>20</v>
+      </c>
+      <c r="F394" t="s">
+        <v>21</v>
+      </c>
+      <c r="G394" t="s">
+        <v>22</v>
+      </c>
+      <c r="H394">
+        <v>2007</v>
+      </c>
+      <c r="I394">
+        <v>2013</v>
+      </c>
+      <c r="J394" t="s">
+        <v>1947</v>
+      </c>
+      <c r="K394" t="s">
+        <v>24</v>
+      </c>
+      <c r="L394" t="s">
+        <v>1948</v>
+      </c>
+      <c r="M394" t="s">
+        <v>1720</v>
+      </c>
+      <c r="N394" t="s">
+        <v>27</v>
+      </c>
+      <c r="O394" t="s">
+        <v>1949</v>
+      </c>
+      <c r="P394" t="s">
+        <v>1950</v>
+      </c>
+    </row>
+    <row r="395" spans="1:16">
+      <c r="A395" t="s">
+        <v>1951</v>
+      </c>
+      <c r="B395" t="s">
+        <v>1952</v>
+      </c>
+      <c r="C395" t="s">
+        <v>1718</v>
+      </c>
+      <c r="D395" t="s">
+        <v>968</v>
+      </c>
+      <c r="E395" t="s">
+        <v>20</v>
+      </c>
+      <c r="F395" t="s">
+        <v>83</v>
+      </c>
+      <c r="G395" t="s">
+        <v>22</v>
+      </c>
+      <c r="H395">
+        <v>2007</v>
+      </c>
+      <c r="I395">
+        <v>2015</v>
+      </c>
+      <c r="J395" t="s">
+        <v>1947</v>
+      </c>
+      <c r="K395" t="s">
+        <v>24</v>
+      </c>
+      <c r="L395" t="s">
+        <v>1953</v>
+      </c>
+      <c r="M395" t="s">
+        <v>1720</v>
+      </c>
+      <c r="N395" t="s">
+        <v>27</v>
+      </c>
+      <c r="O395" t="s">
+        <v>1954</v>
+      </c>
+      <c r="P395" t="s">
+        <v>1955</v>
+      </c>
+    </row>
+    <row r="396" spans="1:16">
+      <c r="A396" t="s">
+        <v>1956</v>
+      </c>
+      <c r="B396" t="s">
+        <v>1957</v>
+      </c>
+      <c r="C396" t="s">
+        <v>1718</v>
+      </c>
+      <c r="D396" t="s">
+        <v>172</v>
+      </c>
+      <c r="E396" t="s">
+        <v>20</v>
+      </c>
+      <c r="F396" t="s">
+        <v>21</v>
+      </c>
+      <c r="G396" t="s">
+        <v>22</v>
+      </c>
+      <c r="H396">
+        <v>1993</v>
+      </c>
+      <c r="I396">
+        <v>2007</v>
+      </c>
+      <c r="J396" t="s">
+        <v>1947</v>
+      </c>
+      <c r="K396" t="s">
+        <v>24</v>
+      </c>
+      <c r="L396" t="s">
+        <v>1958</v>
+      </c>
+      <c r="M396" t="s">
+        <v>1720</v>
+      </c>
+      <c r="N396" t="s">
+        <v>27</v>
+      </c>
+      <c r="O396" t="s">
+        <v>1959</v>
+      </c>
+      <c r="P396" t="s">
+        <v>1960</v>
+      </c>
+    </row>
+    <row r="397" spans="1:16">
+      <c r="A397" t="s">
+        <v>1961</v>
+      </c>
+      <c r="B397" t="s">
+        <v>1962</v>
+      </c>
+      <c r="C397" t="s">
+        <v>248</v>
+      </c>
+      <c r="D397" t="s">
+        <v>172</v>
+      </c>
+      <c r="E397" t="s">
+        <v>249</v>
+      </c>
+      <c r="F397" t="s">
+        <v>34</v>
+      </c>
+      <c r="G397" t="s">
+        <v>22</v>
+      </c>
+      <c r="H397">
+        <v>1991</v>
+      </c>
+      <c r="I397">
+        <v>2009</v>
+      </c>
+      <c r="J397" t="s">
+        <v>52</v>
+      </c>
+      <c r="K397" t="s">
+        <v>24</v>
+      </c>
+      <c r="L397" t="s">
+        <v>1963</v>
+      </c>
+      <c r="M397" t="s">
+        <v>251</v>
+      </c>
+      <c r="N397" t="s">
+        <v>27</v>
+      </c>
+      <c r="O397" t="s">
+        <v>1964</v>
+      </c>
+      <c r="P397" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="398" spans="1:16">
+      <c r="A398" t="s">
+        <v>1965</v>
+      </c>
+      <c r="B398" t="s">
+        <v>1966</v>
+      </c>
+      <c r="C398" t="s">
+        <v>248</v>
+      </c>
+      <c r="D398" t="s">
+        <v>172</v>
+      </c>
+      <c r="E398" t="s">
+        <v>249</v>
+      </c>
+      <c r="F398" t="s">
+        <v>34</v>
+      </c>
+      <c r="G398" t="s">
+        <v>22</v>
+      </c>
+      <c r="H398">
+        <v>1991</v>
+      </c>
+      <c r="I398">
+        <v>2002</v>
+      </c>
+      <c r="J398" t="s">
+        <v>52</v>
+      </c>
+      <c r="K398" t="s">
+        <v>24</v>
+      </c>
+      <c r="L398" t="s">
+        <v>664</v>
+      </c>
+      <c r="M398" t="s">
+        <v>251</v>
+      </c>
+      <c r="N398" t="s">
+        <v>27</v>
+      </c>
+      <c r="O398" t="s">
+        <v>1967</v>
+      </c>
+      <c r="P398" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="399" spans="1:16">
+      <c r="A399" t="s">
+        <v>1968</v>
+      </c>
+      <c r="B399" t="s">
+        <v>1969</v>
+      </c>
+      <c r="C399" t="s">
+        <v>248</v>
+      </c>
+      <c r="D399" t="s">
+        <v>172</v>
+      </c>
+      <c r="E399" t="s">
+        <v>249</v>
+      </c>
+      <c r="F399" t="s">
+        <v>34</v>
+      </c>
+      <c r="G399" t="s">
+        <v>22</v>
+      </c>
+      <c r="H399">
+        <v>1991</v>
+      </c>
+      <c r="I399">
+        <v>2016</v>
+      </c>
+      <c r="J399" t="s">
+        <v>52</v>
+      </c>
+      <c r="K399" t="s">
+        <v>24</v>
+      </c>
+      <c r="L399" t="s">
+        <v>1970</v>
+      </c>
+      <c r="M399" t="s">
+        <v>670</v>
+      </c>
+      <c r="N399" t="s">
+        <v>27</v>
+      </c>
+      <c r="O399" t="s">
+        <v>1971</v>
+      </c>
+      <c r="P399" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="400" spans="1:16">
+      <c r="A400" t="s">
+        <v>1972</v>
+      </c>
+      <c r="B400" t="s">
+        <v>1973</v>
+      </c>
+      <c r="C400" t="s">
+        <v>248</v>
+      </c>
+      <c r="D400" t="s">
+        <v>159</v>
+      </c>
+      <c r="E400" t="s">
+        <v>249</v>
+      </c>
+      <c r="F400" t="s">
+        <v>34</v>
+      </c>
+      <c r="G400" t="s">
+        <v>22</v>
+      </c>
+      <c r="H400">
+        <v>1996</v>
+      </c>
+      <c r="I400">
+        <v>2011</v>
+      </c>
+      <c r="J400" t="s">
+        <v>52</v>
+      </c>
+      <c r="K400" t="s">
+        <v>24</v>
+      </c>
+      <c r="L400" t="s">
+        <v>729</v>
+      </c>
+      <c r="M400" t="s">
+        <v>251</v>
+      </c>
+      <c r="N400" t="s">
+        <v>27</v>
+      </c>
+      <c r="O400" t="s">
+        <v>1974</v>
+      </c>
+      <c r="P400" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="401" spans="1:16">
+      <c r="A401" t="s">
+        <v>1975</v>
+      </c>
+      <c r="B401" t="s">
+        <v>159</v>
+      </c>
+      <c r="C401" t="s">
+        <v>248</v>
+      </c>
+      <c r="D401" t="s">
+        <v>609</v>
+      </c>
+      <c r="E401" t="s">
+        <v>249</v>
+      </c>
+      <c r="F401" t="s">
+        <v>34</v>
+      </c>
+      <c r="G401" t="s">
+        <v>22</v>
+      </c>
+      <c r="H401">
+        <v>2011</v>
+      </c>
+      <c r="I401">
+        <v>2011</v>
+      </c>
+      <c r="J401" t="s">
+        <v>52</v>
+      </c>
+      <c r="K401" t="s">
+        <v>24</v>
+      </c>
+      <c r="L401" t="s">
+        <v>729</v>
+      </c>
+      <c r="M401" t="s">
+        <v>251</v>
+      </c>
+      <c r="N401" t="s">
+        <v>27</v>
+      </c>
+      <c r="O401" t="s">
+        <v>1976</v>
+      </c>
+      <c r="P401" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="402" spans="1:16">
+      <c r="A402" t="s">
+        <v>1975</v>
+      </c>
+      <c r="B402" t="s">
+        <v>159</v>
+      </c>
+      <c r="C402" t="s">
+        <v>248</v>
+      </c>
+      <c r="D402" t="s">
+        <v>159</v>
+      </c>
+      <c r="E402" t="s">
+        <v>249</v>
+      </c>
+      <c r="F402" t="s">
+        <v>34</v>
+      </c>
+      <c r="G402" t="s">
+        <v>22</v>
+      </c>
+      <c r="H402">
+        <v>1996</v>
+      </c>
+      <c r="I402">
+        <v>2011</v>
+      </c>
+      <c r="J402" t="s">
+        <v>52</v>
+      </c>
+      <c r="K402" t="s">
+        <v>24</v>
+      </c>
+      <c r="L402" t="s">
+        <v>729</v>
+      </c>
+      <c r="M402" t="s">
+        <v>251</v>
+      </c>
+      <c r="N402" t="s">
+        <v>27</v>
+      </c>
+      <c r="O402" t="s">
+        <v>1977</v>
+      </c>
+      <c r="P402" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="403" spans="1:16">
+      <c r="A403" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B403" t="s">
+        <v>1979</v>
+      </c>
+      <c r="C403" t="s">
+        <v>1980</v>
+      </c>
+      <c r="D403" t="s">
+        <v>64</v>
+      </c>
+      <c r="E403" t="s">
+        <v>20</v>
+      </c>
+      <c r="F403" t="s">
+        <v>83</v>
+      </c>
+      <c r="G403" t="s">
+        <v>22</v>
+      </c>
+      <c r="H403">
+        <v>2005</v>
+      </c>
+      <c r="I403">
+        <v>2013</v>
+      </c>
+      <c r="J403" t="s">
+        <v>1753</v>
+      </c>
+      <c r="K403" t="s">
+        <v>24</v>
+      </c>
+      <c r="L403" t="s">
+        <v>1981</v>
+      </c>
+      <c r="M403" t="s">
+        <v>1982</v>
+      </c>
+      <c r="N403" t="s">
+        <v>27</v>
+      </c>
+      <c r="O403" t="s">
+        <v>1983</v>
+      </c>
+      <c r="P403" t="s">
+        <v>1984</v>
+      </c>
+    </row>
+    <row r="404" spans="1:16">
+      <c r="A404" t="s">
+        <v>1985</v>
+      </c>
+      <c r="B404" t="s">
+        <v>1986</v>
+      </c>
+      <c r="C404" t="s">
+        <v>774</v>
+      </c>
+      <c r="D404" t="s">
+        <v>206</v>
+      </c>
+      <c r="E404" t="s">
+        <v>249</v>
+      </c>
+      <c r="F404" t="s">
+        <v>257</v>
+      </c>
+      <c r="G404" t="s">
+        <v>22</v>
+      </c>
+      <c r="H404">
+        <v>2012</v>
+      </c>
+      <c r="I404">
+        <v>2012</v>
+      </c>
+      <c r="J404" t="s">
+        <v>781</v>
+      </c>
+      <c r="K404" t="s">
+        <v>24</v>
+      </c>
+      <c r="L404"/>
+      <c r="M404" t="s">
+        <v>776</v>
+      </c>
+      <c r="N404" t="s">
+        <v>27</v>
+      </c>
+      <c r="O404" t="s">
+        <v>1987</v>
+      </c>
+      <c r="P404" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="405" spans="1:16">
+      <c r="A405" t="s">
+        <v>1985</v>
+      </c>
+      <c r="B405" t="s">
+        <v>105</v>
+      </c>
+      <c r="C405" t="s">
+        <v>774</v>
+      </c>
+      <c r="D405" t="s">
+        <v>105</v>
+      </c>
+      <c r="E405" t="s">
+        <v>249</v>
+      </c>
+      <c r="F405" t="s">
+        <v>257</v>
+      </c>
+      <c r="G405" t="s">
+        <v>22</v>
+      </c>
+      <c r="H405">
+        <v>2012</v>
+      </c>
+      <c r="I405">
+        <v>2012</v>
+      </c>
+      <c r="J405" t="s">
+        <v>781</v>
+      </c>
+      <c r="K405" t="s">
+        <v>24</v>
+      </c>
+      <c r="L405"/>
+      <c r="M405" t="s">
+        <v>776</v>
+      </c>
+      <c r="N405" t="s">
+        <v>27</v>
+      </c>
+      <c r="O405" t="s">
+        <v>1988</v>
+      </c>
+      <c r="P405" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="406" spans="1:16">
+      <c r="A406" t="s">
+        <v>1989</v>
+      </c>
+      <c r="B406" t="s">
+        <v>1990</v>
+      </c>
+      <c r="C406" t="s">
+        <v>1991</v>
+      </c>
+      <c r="D406" t="s">
+        <v>1992</v>
+      </c>
+      <c r="E406" t="s">
+        <v>20</v>
+      </c>
+      <c r="F406" t="s">
+        <v>1993</v>
+      </c>
+      <c r="G406" t="s">
+        <v>8</v>
+      </c>
+      <c r="H406">
+        <v>2015</v>
+      </c>
+      <c r="I406">
+        <v>2024</v>
+      </c>
+      <c r="J406" t="s">
+        <v>1145</v>
+      </c>
+      <c r="K406" t="s">
+        <v>24</v>
+      </c>
+      <c r="L406" t="s">
+        <v>1994</v>
+      </c>
+      <c r="M406" t="s">
+        <v>1995</v>
+      </c>
+      <c r="N406" t="s">
+        <v>27</v>
+      </c>
+      <c r="O406" t="s">
+        <v>1996</v>
+      </c>
+      <c r="P406" t="s">
+        <v>1997</v>
+      </c>
+    </row>
+    <row r="407" spans="1:16">
+      <c r="A407" t="s">
+        <v>1998</v>
+      </c>
+      <c r="B407" t="s">
+        <v>1999</v>
+      </c>
+      <c r="C407" t="s">
+        <v>774</v>
+      </c>
+      <c r="D407" t="s">
+        <v>140</v>
+      </c>
+      <c r="E407" t="s">
+        <v>20</v>
+      </c>
+      <c r="F407" t="s">
+        <v>1993</v>
+      </c>
+      <c r="G407" t="s">
+        <v>8</v>
+      </c>
+      <c r="H407">
+        <v>2004</v>
+      </c>
+      <c r="I407">
+        <v>2024</v>
+      </c>
+      <c r="J407" t="s">
+        <v>1145</v>
+      </c>
+      <c r="K407" t="s">
+        <v>24</v>
+      </c>
+      <c r="L407" t="s">
+        <v>2000</v>
+      </c>
+      <c r="M407" t="s">
+        <v>1995</v>
+      </c>
+      <c r="N407" t="s">
+        <v>27</v>
+      </c>
+      <c r="O407" t="s">
+        <v>2001</v>
+      </c>
+      <c r="P407" t="s">
+        <v>1997</v>
+      </c>
+    </row>
+    <row r="408" spans="1:16">
+      <c r="A408" t="s">
+        <v>2002</v>
+      </c>
+      <c r="B408" t="s">
+        <v>2003</v>
+      </c>
+      <c r="C408" t="s">
+        <v>774</v>
+      </c>
+      <c r="D408" t="s">
+        <v>2004</v>
+      </c>
+      <c r="E408" t="s">
+        <v>20</v>
+      </c>
+      <c r="F408" t="s">
+        <v>21</v>
+      </c>
+      <c r="G408" t="s">
+        <v>8</v>
+      </c>
+      <c r="H408">
+        <v>2011</v>
+      </c>
+      <c r="I408">
+        <v>2024</v>
+      </c>
+      <c r="J408" t="s">
+        <v>1145</v>
+      </c>
+      <c r="K408" t="s">
+        <v>24</v>
+      </c>
+      <c r="L408" t="s">
+        <v>2005</v>
+      </c>
+      <c r="M408" t="s">
+        <v>1995</v>
+      </c>
+      <c r="N408" t="s">
+        <v>27</v>
+      </c>
+      <c r="O408" t="s">
         <v>2006</v>
       </c>
-      <c r="H348">
+      <c r="P408" t="s">
+        <v>2007</v>
+      </c>
+    </row>
+    <row r="409" spans="1:16">
+      <c r="A409" t="s">
+        <v>2008</v>
+      </c>
+      <c r="B409" t="s">
+        <v>2009</v>
+      </c>
+      <c r="C409" t="s">
+        <v>248</v>
+      </c>
+      <c r="D409" t="s">
+        <v>70</v>
+      </c>
+      <c r="E409" t="s">
+        <v>249</v>
+      </c>
+      <c r="F409" t="s">
+        <v>83</v>
+      </c>
+      <c r="G409" t="s">
+        <v>22</v>
+      </c>
+      <c r="H409">
+        <v>2012</v>
+      </c>
+      <c r="I409">
         <v>2015</v>
       </c>
-      <c r="I348" t="s">
-[...40 lines deleted...]
-      <c r="H349">
+      <c r="J409" t="s">
+        <v>52</v>
+      </c>
+      <c r="K409" t="s">
+        <v>24</v>
+      </c>
+      <c r="L409"/>
+      <c r="M409" t="s">
+        <v>251</v>
+      </c>
+      <c r="N409" t="s">
+        <v>167</v>
+      </c>
+      <c r="O409" t="s">
+        <v>2010</v>
+      </c>
+      <c r="P409" t="s">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="410" spans="1:16">
+      <c r="A410" t="s">
         <v>2012</v>
       </c>
-      <c r="I349" t="s">
-[...40 lines deleted...]
-      <c r="H350">
+      <c r="B410" t="s">
         <v>2013</v>
       </c>
-      <c r="I350" t="s">
-[...40 lines deleted...]
-      <c r="H351">
+      <c r="C410" t="s">
+        <v>248</v>
+      </c>
+      <c r="D410" t="s">
+        <v>159</v>
+      </c>
+      <c r="E410" t="s">
+        <v>249</v>
+      </c>
+      <c r="F410" t="s">
+        <v>83</v>
+      </c>
+      <c r="G410" t="s">
+        <v>22</v>
+      </c>
+      <c r="H410">
+        <v>2010</v>
+      </c>
+      <c r="I410">
+        <v>2018</v>
+      </c>
+      <c r="J410" t="s">
+        <v>52</v>
+      </c>
+      <c r="K410" t="s">
+        <v>24</v>
+      </c>
+      <c r="L410"/>
+      <c r="M410" t="s">
+        <v>251</v>
+      </c>
+      <c r="N410" t="s">
+        <v>27</v>
+      </c>
+      <c r="O410" t="s">
+        <v>2014</v>
+      </c>
+      <c r="P410" t="s">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="411" spans="1:16">
+      <c r="A411" t="s">
+        <v>2016</v>
+      </c>
+      <c r="B411" t="s">
+        <v>2017</v>
+      </c>
+      <c r="C411" t="s">
+        <v>248</v>
+      </c>
+      <c r="D411" t="s">
+        <v>578</v>
+      </c>
+      <c r="E411" t="s">
+        <v>249</v>
+      </c>
+      <c r="F411" t="s">
+        <v>83</v>
+      </c>
+      <c r="G411" t="s">
+        <v>22</v>
+      </c>
+      <c r="H411">
+        <v>2011</v>
+      </c>
+      <c r="I411">
+        <v>2011</v>
+      </c>
+      <c r="J411" t="s">
+        <v>52</v>
+      </c>
+      <c r="K411" t="s">
+        <v>24</v>
+      </c>
+      <c r="L411" t="s">
+        <v>2018</v>
+      </c>
+      <c r="M411" t="s">
+        <v>251</v>
+      </c>
+      <c r="N411" t="s">
+        <v>27</v>
+      </c>
+      <c r="O411" t="s">
+        <v>2019</v>
+      </c>
+      <c r="P411" t="s">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="412" spans="1:16">
+      <c r="A412" t="s">
+        <v>2021</v>
+      </c>
+      <c r="B412" t="s">
+        <v>2022</v>
+      </c>
+      <c r="C412" t="s">
+        <v>248</v>
+      </c>
+      <c r="D412" t="s">
+        <v>119</v>
+      </c>
+      <c r="E412" t="s">
+        <v>249</v>
+      </c>
+      <c r="F412" t="s">
+        <v>83</v>
+      </c>
+      <c r="G412" t="s">
+        <v>22</v>
+      </c>
+      <c r="H412">
+        <v>2010</v>
+      </c>
+      <c r="I412">
+        <v>2016</v>
+      </c>
+      <c r="J412" t="s">
+        <v>1753</v>
+      </c>
+      <c r="K412" t="s">
+        <v>24</v>
+      </c>
+      <c r="L412"/>
+      <c r="M412" t="s">
+        <v>251</v>
+      </c>
+      <c r="N412" t="s">
+        <v>27</v>
+      </c>
+      <c r="O412" t="s">
+        <v>2023</v>
+      </c>
+      <c r="P412" t="s">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="413" spans="1:16">
+      <c r="A413" t="s">
+        <v>2025</v>
+      </c>
+      <c r="B413" t="s">
+        <v>2026</v>
+      </c>
+      <c r="C413" t="s">
+        <v>248</v>
+      </c>
+      <c r="D413" t="s">
+        <v>64</v>
+      </c>
+      <c r="E413" t="s">
+        <v>249</v>
+      </c>
+      <c r="F413" t="s">
+        <v>83</v>
+      </c>
+      <c r="G413" t="s">
+        <v>22</v>
+      </c>
+      <c r="H413">
+        <v>2010</v>
+      </c>
+      <c r="I413">
+        <v>2010</v>
+      </c>
+      <c r="J413" t="s">
+        <v>52</v>
+      </c>
+      <c r="K413" t="s">
+        <v>24</v>
+      </c>
+      <c r="L413" t="s">
+        <v>2027</v>
+      </c>
+      <c r="M413" t="s">
+        <v>251</v>
+      </c>
+      <c r="N413" t="s">
+        <v>27</v>
+      </c>
+      <c r="O413" t="s">
+        <v>2028</v>
+      </c>
+      <c r="P413" t="s">
+        <v>2029</v>
+      </c>
+    </row>
+    <row r="414" spans="1:16">
+      <c r="A414" t="s">
+        <v>2030</v>
+      </c>
+      <c r="B414" t="s">
+        <v>2031</v>
+      </c>
+      <c r="C414" t="s">
+        <v>248</v>
+      </c>
+      <c r="D414" t="s">
+        <v>172</v>
+      </c>
+      <c r="E414" t="s">
+        <v>249</v>
+      </c>
+      <c r="F414" t="s">
+        <v>83</v>
+      </c>
+      <c r="G414" t="s">
+        <v>22</v>
+      </c>
+      <c r="H414">
+        <v>2010</v>
+      </c>
+      <c r="I414">
+        <v>2010</v>
+      </c>
+      <c r="J414" t="s">
+        <v>52</v>
+      </c>
+      <c r="K414" t="s">
+        <v>24</v>
+      </c>
+      <c r="L414" t="s">
+        <v>1970</v>
+      </c>
+      <c r="M414" t="s">
+        <v>251</v>
+      </c>
+      <c r="N414" t="s">
+        <v>27</v>
+      </c>
+      <c r="O414" t="s">
+        <v>2032</v>
+      </c>
+      <c r="P414" t="s">
+        <v>2033</v>
+      </c>
+    </row>
+    <row r="415" spans="1:16">
+      <c r="A415" t="s">
+        <v>2034</v>
+      </c>
+      <c r="B415" t="s">
+        <v>2035</v>
+      </c>
+      <c r="C415" t="s">
+        <v>248</v>
+      </c>
+      <c r="D415" t="s">
+        <v>212</v>
+      </c>
+      <c r="E415" t="s">
+        <v>249</v>
+      </c>
+      <c r="F415" t="s">
+        <v>34</v>
+      </c>
+      <c r="G415" t="s">
+        <v>22</v>
+      </c>
+      <c r="H415">
+        <v>2010</v>
+      </c>
+      <c r="I415">
+        <v>2017</v>
+      </c>
+      <c r="J415" t="s">
+        <v>52</v>
+      </c>
+      <c r="K415" t="s">
+        <v>24</v>
+      </c>
+      <c r="L415" t="s">
+        <v>2036</v>
+      </c>
+      <c r="M415" t="s">
+        <v>251</v>
+      </c>
+      <c r="N415" t="s">
+        <v>27</v>
+      </c>
+      <c r="O415" t="s">
+        <v>2037</v>
+      </c>
+      <c r="P415" t="s">
+        <v>2038</v>
+      </c>
+    </row>
+    <row r="416" spans="1:16">
+      <c r="A416" t="s">
+        <v>2039</v>
+      </c>
+      <c r="B416" t="s">
+        <v>2040</v>
+      </c>
+      <c r="C416" t="s">
+        <v>608</v>
+      </c>
+      <c r="D416" t="s">
+        <v>206</v>
+      </c>
+      <c r="E416" t="s">
+        <v>249</v>
+      </c>
+      <c r="F416" t="s">
+        <v>21</v>
+      </c>
+      <c r="G416" t="s">
+        <v>22</v>
+      </c>
+      <c r="H416">
+        <v>2011</v>
+      </c>
+      <c r="I416">
+        <v>2019</v>
+      </c>
+      <c r="J416" t="s">
+        <v>35</v>
+      </c>
+      <c r="K416" t="s">
+        <v>24</v>
+      </c>
+      <c r="L416" t="s">
+        <v>2041</v>
+      </c>
+      <c r="M416" t="s">
+        <v>612</v>
+      </c>
+      <c r="N416" t="s">
+        <v>27</v>
+      </c>
+      <c r="O416" t="s">
+        <v>2042</v>
+      </c>
+      <c r="P416" t="s">
+        <v>2043</v>
+      </c>
+    </row>
+    <row r="417" spans="1:16">
+      <c r="A417" t="s">
+        <v>2044</v>
+      </c>
+      <c r="B417" t="s">
+        <v>2045</v>
+      </c>
+      <c r="C417" t="s">
+        <v>608</v>
+      </c>
+      <c r="D417" t="s">
+        <v>77</v>
+      </c>
+      <c r="E417" t="s">
+        <v>249</v>
+      </c>
+      <c r="F417" t="s">
+        <v>21</v>
+      </c>
+      <c r="G417" t="s">
+        <v>22</v>
+      </c>
+      <c r="H417">
+        <v>2013</v>
+      </c>
+      <c r="I417">
+        <v>2016</v>
+      </c>
+      <c r="J417" t="s">
+        <v>35</v>
+      </c>
+      <c r="K417" t="s">
+        <v>24</v>
+      </c>
+      <c r="L417" t="s">
+        <v>2046</v>
+      </c>
+      <c r="M417" t="s">
+        <v>612</v>
+      </c>
+      <c r="N417" t="s">
+        <v>27</v>
+      </c>
+      <c r="O417" t="s">
+        <v>2047</v>
+      </c>
+      <c r="P417" t="s">
+        <v>2048</v>
+      </c>
+    </row>
+    <row r="418" spans="1:16">
+      <c r="A418" t="s">
+        <v>2049</v>
+      </c>
+      <c r="B418" t="s">
+        <v>2050</v>
+      </c>
+      <c r="C418" t="s">
+        <v>608</v>
+      </c>
+      <c r="D418" t="s">
+        <v>472</v>
+      </c>
+      <c r="E418" t="s">
+        <v>249</v>
+      </c>
+      <c r="F418" t="s">
+        <v>21</v>
+      </c>
+      <c r="G418" t="s">
+        <v>22</v>
+      </c>
+      <c r="H418">
+        <v>2014</v>
+      </c>
+      <c r="I418">
+        <v>2016</v>
+      </c>
+      <c r="J418" t="s">
+        <v>35</v>
+      </c>
+      <c r="K418" t="s">
+        <v>1665</v>
+      </c>
+      <c r="L418" t="s">
+        <v>2051</v>
+      </c>
+      <c r="M418" t="s">
+        <v>612</v>
+      </c>
+      <c r="N418" t="s">
+        <v>27</v>
+      </c>
+      <c r="O418" t="s">
+        <v>2052</v>
+      </c>
+      <c r="P418" t="s">
+        <v>2053</v>
+      </c>
+    </row>
+    <row r="419" spans="1:16">
+      <c r="A419" t="s">
+        <v>2054</v>
+      </c>
+      <c r="B419" t="s">
+        <v>2055</v>
+      </c>
+      <c r="C419" t="s">
+        <v>608</v>
+      </c>
+      <c r="D419" t="s">
+        <v>172</v>
+      </c>
+      <c r="E419" t="s">
+        <v>249</v>
+      </c>
+      <c r="F419" t="s">
+        <v>21</v>
+      </c>
+      <c r="G419" t="s">
+        <v>22</v>
+      </c>
+      <c r="H419">
+        <v>2020</v>
+      </c>
+      <c r="I419">
+        <v>2023</v>
+      </c>
+      <c r="J419" t="s">
+        <v>610</v>
+      </c>
+      <c r="K419" t="s">
+        <v>24</v>
+      </c>
+      <c r="L419" t="s">
+        <v>2056</v>
+      </c>
+      <c r="M419" t="s">
+        <v>612</v>
+      </c>
+      <c r="N419" t="s">
+        <v>27</v>
+      </c>
+      <c r="O419" t="s">
+        <v>2057</v>
+      </c>
+      <c r="P419" t="s">
+        <v>2058</v>
+      </c>
+    </row>
+    <row r="420" spans="1:16">
+      <c r="A420" t="s">
+        <v>2059</v>
+      </c>
+      <c r="B420" t="s">
+        <v>2060</v>
+      </c>
+      <c r="C420" t="s">
+        <v>608</v>
+      </c>
+      <c r="D420" t="s">
+        <v>2061</v>
+      </c>
+      <c r="E420" t="s">
+        <v>249</v>
+      </c>
+      <c r="F420" t="s">
+        <v>21</v>
+      </c>
+      <c r="G420" t="s">
+        <v>22</v>
+      </c>
+      <c r="H420">
+        <v>2008</v>
+      </c>
+      <c r="I420">
+        <v>2019</v>
+      </c>
+      <c r="J420" t="s">
+        <v>35</v>
+      </c>
+      <c r="K420" t="s">
+        <v>24</v>
+      </c>
+      <c r="L420" t="s">
+        <v>2062</v>
+      </c>
+      <c r="M420" t="s">
+        <v>612</v>
+      </c>
+      <c r="N420" t="s">
+        <v>27</v>
+      </c>
+      <c r="O420" t="s">
+        <v>2063</v>
+      </c>
+      <c r="P420" t="s">
+        <v>2064</v>
+      </c>
+    </row>
+    <row r="421" spans="1:16">
+      <c r="A421" t="s">
+        <v>2065</v>
+      </c>
+      <c r="B421" t="s">
+        <v>2066</v>
+      </c>
+      <c r="C421" t="s">
+        <v>617</v>
+      </c>
+      <c r="D421" t="s">
+        <v>105</v>
+      </c>
+      <c r="E421" t="s">
+        <v>249</v>
+      </c>
+      <c r="F421" t="s">
+        <v>257</v>
+      </c>
+      <c r="G421" t="s">
+        <v>22</v>
+      </c>
+      <c r="H421">
         <v>2012</v>
       </c>
-      <c r="I351" t="s">
-[...40 lines deleted...]
-      <c r="H352">
+      <c r="I421">
+        <v>2012</v>
+      </c>
+      <c r="J421" t="s">
+        <v>781</v>
+      </c>
+      <c r="K421" t="s">
+        <v>24</v>
+      </c>
+      <c r="L421"/>
+      <c r="M421" t="s">
+        <v>2067</v>
+      </c>
+      <c r="N421" t="s">
+        <v>27</v>
+      </c>
+      <c r="O421" t="s">
+        <v>2068</v>
+      </c>
+      <c r="P421" t="s">
+        <v>2069</v>
+      </c>
+    </row>
+    <row r="422" spans="1:16">
+      <c r="A422" t="s">
+        <v>2070</v>
+      </c>
+      <c r="B422" t="s">
+        <v>2071</v>
+      </c>
+      <c r="C422" t="s">
+        <v>617</v>
+      </c>
+      <c r="D422" t="s">
+        <v>2072</v>
+      </c>
+      <c r="E422" t="s">
+        <v>249</v>
+      </c>
+      <c r="F422" t="s">
+        <v>257</v>
+      </c>
+      <c r="G422" t="s">
+        <v>22</v>
+      </c>
+      <c r="H422">
+        <v>2012</v>
+      </c>
+      <c r="I422">
+        <v>2012</v>
+      </c>
+      <c r="J422" t="s">
+        <v>781</v>
+      </c>
+      <c r="K422" t="s">
+        <v>24</v>
+      </c>
+      <c r="L422"/>
+      <c r="M422" t="s">
+        <v>2067</v>
+      </c>
+      <c r="N422" t="s">
+        <v>27</v>
+      </c>
+      <c r="O422" t="s">
+        <v>2073</v>
+      </c>
+      <c r="P422" t="s">
+        <v>2074</v>
+      </c>
+    </row>
+    <row r="423" spans="1:16">
+      <c r="A423" t="s">
+        <v>2075</v>
+      </c>
+      <c r="B423" t="s">
+        <v>2076</v>
+      </c>
+      <c r="C423" t="s">
+        <v>617</v>
+      </c>
+      <c r="D423" t="s">
+        <v>2077</v>
+      </c>
+      <c r="E423" t="s">
+        <v>249</v>
+      </c>
+      <c r="F423" t="s">
+        <v>257</v>
+      </c>
+      <c r="G423" t="s">
+        <v>22</v>
+      </c>
+      <c r="H423">
+        <v>2012</v>
+      </c>
+      <c r="I423">
+        <v>2017</v>
+      </c>
+      <c r="J423" t="s">
+        <v>1753</v>
+      </c>
+      <c r="K423" t="s">
+        <v>24</v>
+      </c>
+      <c r="L423"/>
+      <c r="M423" t="s">
+        <v>2067</v>
+      </c>
+      <c r="N423" t="s">
+        <v>27</v>
+      </c>
+      <c r="O423" t="s">
+        <v>2078</v>
+      </c>
+      <c r="P423" t="s">
+        <v>2079</v>
+      </c>
+    </row>
+    <row r="424" spans="1:16">
+      <c r="A424" t="s">
+        <v>2080</v>
+      </c>
+      <c r="B424" t="s">
+        <v>2081</v>
+      </c>
+      <c r="C424" t="s">
+        <v>617</v>
+      </c>
+      <c r="D424" t="s">
+        <v>159</v>
+      </c>
+      <c r="E424" t="s">
+        <v>249</v>
+      </c>
+      <c r="F424" t="s">
+        <v>257</v>
+      </c>
+      <c r="G424" t="s">
+        <v>22</v>
+      </c>
+      <c r="H424">
+        <v>2012</v>
+      </c>
+      <c r="I424">
+        <v>2012</v>
+      </c>
+      <c r="J424" t="s">
+        <v>781</v>
+      </c>
+      <c r="K424" t="s">
+        <v>24</v>
+      </c>
+      <c r="L424"/>
+      <c r="M424" t="s">
+        <v>2067</v>
+      </c>
+      <c r="N424" t="s">
+        <v>27</v>
+      </c>
+      <c r="O424" t="s">
+        <v>2082</v>
+      </c>
+      <c r="P424" t="s">
+        <v>2069</v>
+      </c>
+    </row>
+    <row r="425" spans="1:16">
+      <c r="A425" t="s">
+        <v>2083</v>
+      </c>
+      <c r="B425" t="s">
+        <v>2084</v>
+      </c>
+      <c r="C425" t="s">
+        <v>2085</v>
+      </c>
+      <c r="D425" t="s">
+        <v>968</v>
+      </c>
+      <c r="E425" t="s">
+        <v>20</v>
+      </c>
+      <c r="F425" t="s">
+        <v>21</v>
+      </c>
+      <c r="G425" t="s">
+        <v>22</v>
+      </c>
+      <c r="H425">
         <v>2002</v>
       </c>
-      <c r="I352" t="s">
-[...2 lines deleted...]
-      <c r="J352" t="s">
+      <c r="I425">
+        <v>2016</v>
+      </c>
+      <c r="J425" t="s">
+        <v>1648</v>
+      </c>
+      <c r="K425" t="s">
+        <v>24</v>
+      </c>
+      <c r="L425" t="s">
+        <v>2086</v>
+      </c>
+      <c r="M425" t="s">
+        <v>2087</v>
+      </c>
+      <c r="N425" t="s">
+        <v>27</v>
+      </c>
+      <c r="O425" t="s">
+        <v>2088</v>
+      </c>
+      <c r="P425" t="s">
+        <v>2089</v>
+      </c>
+    </row>
+    <row r="426" spans="1:16">
+      <c r="A426" t="s">
+        <v>2090</v>
+      </c>
+      <c r="B426" t="s">
+        <v>2091</v>
+      </c>
+      <c r="C426" t="s">
+        <v>2085</v>
+      </c>
+      <c r="D426" t="s">
+        <v>968</v>
+      </c>
+      <c r="E426" t="s">
+        <v>249</v>
+      </c>
+      <c r="F426" t="s">
         <v>21</v>
       </c>
-      <c r="K352"/>
-[...120 lines deleted...]
-      <c r="H355">
+      <c r="G426" t="s">
+        <v>22</v>
+      </c>
+      <c r="H426">
+        <v>2016</v>
+      </c>
+      <c r="I426">
         <v>2019</v>
       </c>
-      <c r="I355" t="s">
-[...1019 lines deleted...]
-      <c r="C379" t="s">
+      <c r="J426" t="s">
+        <v>1648</v>
+      </c>
+      <c r="K426" t="s">
+        <v>24</v>
+      </c>
+      <c r="L426" t="s">
+        <v>2092</v>
+      </c>
+      <c r="M426" t="s">
+        <v>2087</v>
+      </c>
+      <c r="N426" t="s">
+        <v>27</v>
+      </c>
+      <c r="O426" t="s">
+        <v>2093</v>
+      </c>
+      <c r="P426" t="s">
+        <v>2094</v>
+      </c>
+    </row>
+    <row r="427" spans="1:16">
+      <c r="A427" t="s">
+        <v>2095</v>
+      </c>
+      <c r="B427" t="s">
+        <v>2096</v>
+      </c>
+      <c r="C427" t="s">
+        <v>594</v>
+      </c>
+      <c r="D427" t="s">
         <v>195</v>
       </c>
-      <c r="D379" t="s">
-[...318 lines deleted...]
-      <c r="I386" t="s">
+      <c r="E427" t="s">
         <v>20</v>
       </c>
-      <c r="J386" t="s">
-[...1758 lines deleted...]
-      </c>
       <c r="F427" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>34</v>
+      </c>
+      <c r="G427" t="s">
+        <v>22</v>
       </c>
       <c r="H427">
         <v>2017</v>
       </c>
-      <c r="I427" t="s">
-        <v>36</v>
+      <c r="I427">
+        <v>2021</v>
       </c>
       <c r="J427" t="s">
+        <v>597</v>
+      </c>
+      <c r="K427" t="s">
+        <v>24</v>
+      </c>
+      <c r="L427" t="s">
+        <v>2097</v>
+      </c>
+      <c r="M427" t="s">
+        <v>598</v>
+      </c>
+      <c r="N427" t="s">
+        <v>27</v>
+      </c>
+      <c r="O427" t="s">
+        <v>2098</v>
+      </c>
+      <c r="P427" t="s">
+        <v>2099</v>
+      </c>
+    </row>
+    <row r="428" spans="1:16">
+      <c r="A428" t="s">
+        <v>2100</v>
+      </c>
+      <c r="B428" t="s">
+        <v>2101</v>
+      </c>
+      <c r="C428" t="s">
+        <v>594</v>
+      </c>
+      <c r="D428" t="s">
+        <v>195</v>
+      </c>
+      <c r="E428" t="s">
+        <v>20</v>
+      </c>
+      <c r="F428" t="s">
+        <v>34</v>
+      </c>
+      <c r="G428" t="s">
+        <v>22</v>
+      </c>
+      <c r="H428">
+        <v>2017</v>
+      </c>
+      <c r="I428">
+        <v>2021</v>
+      </c>
+      <c r="J428" t="s">
+        <v>597</v>
+      </c>
+      <c r="K428" t="s">
+        <v>24</v>
+      </c>
+      <c r="L428" t="s">
+        <v>2097</v>
+      </c>
+      <c r="M428" t="s">
+        <v>598</v>
+      </c>
+      <c r="N428" t="s">
+        <v>27</v>
+      </c>
+      <c r="O428" t="s">
+        <v>2102</v>
+      </c>
+      <c r="P428" t="s">
+        <v>2103</v>
+      </c>
+    </row>
+    <row r="429" spans="1:16">
+      <c r="A429" t="s">
+        <v>2104</v>
+      </c>
+      <c r="B429" t="s">
+        <v>2105</v>
+      </c>
+      <c r="C429" t="s">
+        <v>594</v>
+      </c>
+      <c r="D429" t="s">
+        <v>70</v>
+      </c>
+      <c r="E429" t="s">
+        <v>20</v>
+      </c>
+      <c r="F429" t="s">
+        <v>34</v>
+      </c>
+      <c r="G429" t="s">
+        <v>22</v>
+      </c>
+      <c r="H429">
+        <v>2005</v>
+      </c>
+      <c r="I429">
+        <v>2015</v>
+      </c>
+      <c r="J429" t="s">
+        <v>597</v>
+      </c>
+      <c r="K429" t="s">
+        <v>24</v>
+      </c>
+      <c r="L429" t="s">
+        <v>2106</v>
+      </c>
+      <c r="M429" t="s">
+        <v>598</v>
+      </c>
+      <c r="N429" t="s">
+        <v>167</v>
+      </c>
+      <c r="O429" t="s">
+        <v>2107</v>
+      </c>
+      <c r="P429" t="s">
+        <v>2108</v>
+      </c>
+    </row>
+    <row r="430" spans="1:16">
+      <c r="A430" t="s">
+        <v>2109</v>
+      </c>
+      <c r="B430" t="s">
+        <v>2110</v>
+      </c>
+      <c r="C430" t="s">
+        <v>594</v>
+      </c>
+      <c r="D430" t="s">
+        <v>1067</v>
+      </c>
+      <c r="E430" t="s">
+        <v>20</v>
+      </c>
+      <c r="F430" t="s">
         <v>21</v>
       </c>
-      <c r="K427" t="s">
-[...34 lines deleted...]
-      <c r="H428">
+      <c r="G430" t="s">
+        <v>22</v>
+      </c>
+      <c r="H430">
+        <v>2007</v>
+      </c>
+      <c r="I430">
+        <v>2020</v>
+      </c>
+      <c r="J430" t="s">
+        <v>597</v>
+      </c>
+      <c r="K430" t="s">
+        <v>24</v>
+      </c>
+      <c r="L430" t="s">
+        <v>2111</v>
+      </c>
+      <c r="M430" t="s">
+        <v>598</v>
+      </c>
+      <c r="N430" t="s">
+        <v>27</v>
+      </c>
+      <c r="O430" t="s">
+        <v>2112</v>
+      </c>
+      <c r="P430" t="s">
+        <v>2113</v>
+      </c>
+    </row>
+    <row r="431" spans="1:16">
+      <c r="A431" t="s">
+        <v>2114</v>
+      </c>
+      <c r="B431" t="s">
+        <v>2115</v>
+      </c>
+      <c r="C431" t="s">
+        <v>594</v>
+      </c>
+      <c r="D431" t="s">
+        <v>64</v>
+      </c>
+      <c r="E431" t="s">
+        <v>20</v>
+      </c>
+      <c r="F431" t="s">
+        <v>34</v>
+      </c>
+      <c r="G431" t="s">
+        <v>22</v>
+      </c>
+      <c r="H431">
+        <v>2007</v>
+      </c>
+      <c r="I431">
+        <v>2015</v>
+      </c>
+      <c r="J431" t="s">
+        <v>597</v>
+      </c>
+      <c r="K431" t="s">
+        <v>24</v>
+      </c>
+      <c r="L431" t="s">
+        <v>2116</v>
+      </c>
+      <c r="M431" t="s">
+        <v>598</v>
+      </c>
+      <c r="N431" t="s">
+        <v>27</v>
+      </c>
+      <c r="O431" t="s">
+        <v>2117</v>
+      </c>
+      <c r="P431" t="s">
+        <v>2118</v>
+      </c>
+    </row>
+    <row r="432" spans="1:16">
+      <c r="A432" t="s">
+        <v>2119</v>
+      </c>
+      <c r="B432" t="s">
+        <v>2120</v>
+      </c>
+      <c r="C432" t="s">
+        <v>594</v>
+      </c>
+      <c r="D432" t="s">
+        <v>172</v>
+      </c>
+      <c r="E432" t="s">
+        <v>20</v>
+      </c>
+      <c r="F432" t="s">
+        <v>34</v>
+      </c>
+      <c r="G432" t="s">
+        <v>22</v>
+      </c>
+      <c r="H432">
+        <v>2007</v>
+      </c>
+      <c r="I432">
+        <v>2020</v>
+      </c>
+      <c r="J432" t="s">
+        <v>597</v>
+      </c>
+      <c r="K432" t="s">
+        <v>24</v>
+      </c>
+      <c r="L432" t="s">
+        <v>2121</v>
+      </c>
+      <c r="M432" t="s">
+        <v>598</v>
+      </c>
+      <c r="N432" t="s">
+        <v>27</v>
+      </c>
+      <c r="O432" t="s">
+        <v>2122</v>
+      </c>
+      <c r="P432" t="s">
+        <v>2123</v>
+      </c>
+    </row>
+    <row r="433" spans="1:16">
+      <c r="A433" t="s">
+        <v>2124</v>
+      </c>
+      <c r="B433" t="s">
+        <v>2125</v>
+      </c>
+      <c r="C433" t="s">
+        <v>594</v>
+      </c>
+      <c r="D433" t="s">
+        <v>506</v>
+      </c>
+      <c r="E433" t="s">
+        <v>20</v>
+      </c>
+      <c r="F433" t="s">
+        <v>34</v>
+      </c>
+      <c r="G433" t="s">
+        <v>22</v>
+      </c>
+      <c r="H433">
+        <v>2008</v>
+      </c>
+      <c r="I433">
+        <v>2015</v>
+      </c>
+      <c r="J433" t="s">
+        <v>597</v>
+      </c>
+      <c r="K433" t="s">
+        <v>24</v>
+      </c>
+      <c r="L433"/>
+      <c r="M433" t="s">
+        <v>598</v>
+      </c>
+      <c r="N433" t="s">
+        <v>27</v>
+      </c>
+      <c r="O433" t="s">
+        <v>2126</v>
+      </c>
+      <c r="P433" t="s">
+        <v>2127</v>
+      </c>
+    </row>
+    <row r="434" spans="1:16">
+      <c r="A434" t="s">
+        <v>2128</v>
+      </c>
+      <c r="B434" t="s">
+        <v>2129</v>
+      </c>
+      <c r="C434" t="s">
+        <v>594</v>
+      </c>
+      <c r="D434" t="s">
+        <v>77</v>
+      </c>
+      <c r="E434" t="s">
+        <v>20</v>
+      </c>
+      <c r="F434" t="s">
+        <v>34</v>
+      </c>
+      <c r="G434" t="s">
+        <v>22</v>
+      </c>
+      <c r="H434">
+        <v>2008</v>
+      </c>
+      <c r="I434">
+        <v>2015</v>
+      </c>
+      <c r="J434" t="s">
+        <v>597</v>
+      </c>
+      <c r="K434" t="s">
+        <v>24</v>
+      </c>
+      <c r="L434" t="s">
+        <v>2130</v>
+      </c>
+      <c r="M434" t="s">
+        <v>598</v>
+      </c>
+      <c r="N434" t="s">
+        <v>27</v>
+      </c>
+      <c r="O434" t="s">
+        <v>2131</v>
+      </c>
+      <c r="P434" t="s">
+        <v>2132</v>
+      </c>
+    </row>
+    <row r="435" spans="1:16">
+      <c r="A435" t="s">
+        <v>2133</v>
+      </c>
+      <c r="B435" t="s">
+        <v>2134</v>
+      </c>
+      <c r="C435" t="s">
+        <v>594</v>
+      </c>
+      <c r="D435" t="s">
+        <v>188</v>
+      </c>
+      <c r="E435" t="s">
+        <v>20</v>
+      </c>
+      <c r="F435" t="s">
+        <v>34</v>
+      </c>
+      <c r="G435" t="s">
+        <v>22</v>
+      </c>
+      <c r="H435">
+        <v>2009</v>
+      </c>
+      <c r="I435">
+        <v>2018</v>
+      </c>
+      <c r="J435" t="s">
+        <v>597</v>
+      </c>
+      <c r="K435" t="s">
+        <v>24</v>
+      </c>
+      <c r="L435"/>
+      <c r="M435" t="s">
+        <v>598</v>
+      </c>
+      <c r="N435" t="s">
+        <v>27</v>
+      </c>
+      <c r="O435" t="s">
+        <v>2135</v>
+      </c>
+      <c r="P435" t="s">
+        <v>2136</v>
+      </c>
+    </row>
+    <row r="436" spans="1:16">
+      <c r="A436" t="s">
+        <v>2137</v>
+      </c>
+      <c r="B436" t="s">
+        <v>2138</v>
+      </c>
+      <c r="C436" t="s">
+        <v>594</v>
+      </c>
+      <c r="D436" t="s">
+        <v>77</v>
+      </c>
+      <c r="E436" t="s">
+        <v>20</v>
+      </c>
+      <c r="F436" t="s">
+        <v>34</v>
+      </c>
+      <c r="G436" t="s">
+        <v>22</v>
+      </c>
+      <c r="H436">
+        <v>2009</v>
+      </c>
+      <c r="I436">
+        <v>2013</v>
+      </c>
+      <c r="J436" t="s">
+        <v>597</v>
+      </c>
+      <c r="K436" t="s">
+        <v>24</v>
+      </c>
+      <c r="L436" t="s">
+        <v>2130</v>
+      </c>
+      <c r="M436" t="s">
+        <v>598</v>
+      </c>
+      <c r="N436" t="s">
+        <v>27</v>
+      </c>
+      <c r="O436" t="s">
+        <v>2139</v>
+      </c>
+      <c r="P436" t="s">
+        <v>2140</v>
+      </c>
+    </row>
+    <row r="437" spans="1:16">
+      <c r="A437" t="s">
+        <v>2141</v>
+      </c>
+      <c r="B437" t="s">
+        <v>2142</v>
+      </c>
+      <c r="C437" t="s">
+        <v>594</v>
+      </c>
+      <c r="D437" t="s">
+        <v>506</v>
+      </c>
+      <c r="E437" t="s">
+        <v>20</v>
+      </c>
+      <c r="F437" t="s">
+        <v>34</v>
+      </c>
+      <c r="G437" t="s">
+        <v>22</v>
+      </c>
+      <c r="H437">
+        <v>2009</v>
+      </c>
+      <c r="I437">
+        <v>2013</v>
+      </c>
+      <c r="J437" t="s">
+        <v>597</v>
+      </c>
+      <c r="K437" t="s">
+        <v>24</v>
+      </c>
+      <c r="L437"/>
+      <c r="M437" t="s">
+        <v>598</v>
+      </c>
+      <c r="N437" t="s">
+        <v>27</v>
+      </c>
+      <c r="O437" t="s">
+        <v>2143</v>
+      </c>
+      <c r="P437" t="s">
+        <v>2144</v>
+      </c>
+    </row>
+    <row r="438" spans="1:16">
+      <c r="A438" t="s">
+        <v>2145</v>
+      </c>
+      <c r="B438" t="s">
+        <v>2146</v>
+      </c>
+      <c r="C438" t="s">
+        <v>594</v>
+      </c>
+      <c r="D438" t="s">
+        <v>140</v>
+      </c>
+      <c r="E438" t="s">
+        <v>20</v>
+      </c>
+      <c r="F438" t="s">
+        <v>34</v>
+      </c>
+      <c r="G438" t="s">
+        <v>22</v>
+      </c>
+      <c r="H438">
+        <v>2015</v>
+      </c>
+      <c r="I438">
+        <v>2015</v>
+      </c>
+      <c r="J438" t="s">
+        <v>597</v>
+      </c>
+      <c r="K438" t="s">
+        <v>24</v>
+      </c>
+      <c r="L438"/>
+      <c r="M438" t="s">
+        <v>598</v>
+      </c>
+      <c r="N438" t="s">
+        <v>27</v>
+      </c>
+      <c r="O438" t="s">
+        <v>2147</v>
+      </c>
+      <c r="P438" t="s">
+        <v>2148</v>
+      </c>
+    </row>
+    <row r="439" spans="1:16">
+      <c r="A439" t="s">
+        <v>2149</v>
+      </c>
+      <c r="B439" t="s">
+        <v>2150</v>
+      </c>
+      <c r="C439" t="s">
+        <v>594</v>
+      </c>
+      <c r="D439" t="s">
+        <v>441</v>
+      </c>
+      <c r="E439" t="s">
+        <v>20</v>
+      </c>
+      <c r="F439" t="s">
+        <v>34</v>
+      </c>
+      <c r="G439" t="s">
+        <v>22</v>
+      </c>
+      <c r="H439">
+        <v>2010</v>
+      </c>
+      <c r="I439">
+        <v>2015</v>
+      </c>
+      <c r="J439" t="s">
+        <v>597</v>
+      </c>
+      <c r="K439" t="s">
+        <v>24</v>
+      </c>
+      <c r="L439"/>
+      <c r="M439" t="s">
+        <v>598</v>
+      </c>
+      <c r="N439" t="s">
+        <v>167</v>
+      </c>
+      <c r="O439" t="s">
+        <v>2151</v>
+      </c>
+      <c r="P439" t="s">
+        <v>2152</v>
+      </c>
+    </row>
+    <row r="440" spans="1:16">
+      <c r="A440" t="s">
+        <v>2153</v>
+      </c>
+      <c r="B440" t="s">
+        <v>2154</v>
+      </c>
+      <c r="C440" t="s">
+        <v>594</v>
+      </c>
+      <c r="D440" t="s">
+        <v>206</v>
+      </c>
+      <c r="E440" t="s">
+        <v>20</v>
+      </c>
+      <c r="F440" t="s">
+        <v>34</v>
+      </c>
+      <c r="G440" t="s">
+        <v>22</v>
+      </c>
+      <c r="H440">
+        <v>2010</v>
+      </c>
+      <c r="I440">
+        <v>2013</v>
+      </c>
+      <c r="J440" t="s">
+        <v>597</v>
+      </c>
+      <c r="K440" t="s">
+        <v>24</v>
+      </c>
+      <c r="L440" t="s">
+        <v>2155</v>
+      </c>
+      <c r="M440" t="s">
+        <v>598</v>
+      </c>
+      <c r="N440" t="s">
+        <v>27</v>
+      </c>
+      <c r="O440" t="s">
+        <v>2156</v>
+      </c>
+      <c r="P440" t="s">
+        <v>2157</v>
+      </c>
+    </row>
+    <row r="441" spans="1:16">
+      <c r="A441" t="s">
+        <v>2158</v>
+      </c>
+      <c r="B441" t="s">
+        <v>2159</v>
+      </c>
+      <c r="C441" t="s">
+        <v>594</v>
+      </c>
+      <c r="D441" t="s">
+        <v>280</v>
+      </c>
+      <c r="E441" t="s">
+        <v>20</v>
+      </c>
+      <c r="F441" t="s">
+        <v>34</v>
+      </c>
+      <c r="G441" t="s">
+        <v>1647</v>
+      </c>
+      <c r="H441">
+        <v>2010</v>
+      </c>
+      <c r="I441">
         <v>2019</v>
       </c>
-      <c r="I428" t="s">
+      <c r="J441" t="s">
+        <v>597</v>
+      </c>
+      <c r="K441" t="s">
+        <v>2160</v>
+      </c>
+      <c r="L441"/>
+      <c r="M441" t="s">
+        <v>598</v>
+      </c>
+      <c r="N441" t="s">
+        <v>27</v>
+      </c>
+      <c r="O441" t="s">
+        <v>2161</v>
+      </c>
+      <c r="P441" t="s">
+        <v>2162</v>
+      </c>
+    </row>
+    <row r="442" spans="1:16">
+      <c r="A442" t="s">
+        <v>2163</v>
+      </c>
+      <c r="B442" t="s">
+        <v>2164</v>
+      </c>
+      <c r="C442" t="s">
+        <v>594</v>
+      </c>
+      <c r="D442" t="s">
+        <v>280</v>
+      </c>
+      <c r="E442" t="s">
         <v>20</v>
       </c>
-      <c r="J428" t="s">
-[...40 lines deleted...]
-      <c r="I429" t="s">
+      <c r="F442" t="s">
+        <v>34</v>
+      </c>
+      <c r="G442" t="s">
+        <v>22</v>
+      </c>
+      <c r="H442">
+        <v>2010</v>
+      </c>
+      <c r="I442">
+        <v>2019</v>
+      </c>
+      <c r="J442" t="s">
+        <v>1038</v>
+      </c>
+      <c r="K442" t="s">
+        <v>2160</v>
+      </c>
+      <c r="L442"/>
+      <c r="M442" t="s">
+        <v>598</v>
+      </c>
+      <c r="N442" t="s">
+        <v>167</v>
+      </c>
+      <c r="O442" t="s">
+        <v>2165</v>
+      </c>
+      <c r="P442" t="s">
+        <v>2162</v>
+      </c>
+    </row>
+    <row r="443" spans="1:16">
+      <c r="A443" t="s">
+        <v>2166</v>
+      </c>
+      <c r="B443" t="s">
+        <v>2167</v>
+      </c>
+      <c r="C443" t="s">
+        <v>594</v>
+      </c>
+      <c r="D443" t="s">
+        <v>399</v>
+      </c>
+      <c r="E443" t="s">
         <v>20</v>
       </c>
-      <c r="J429" t="s">
-[...40 lines deleted...]
-      <c r="I430" t="s">
+      <c r="F443" t="s">
+        <v>34</v>
+      </c>
+      <c r="G443" t="s">
+        <v>22</v>
+      </c>
+      <c r="H443">
+        <v>2012</v>
+      </c>
+      <c r="I443">
+        <v>2015</v>
+      </c>
+      <c r="J443" t="s">
+        <v>597</v>
+      </c>
+      <c r="K443" t="s">
+        <v>24</v>
+      </c>
+      <c r="L443" t="s">
+        <v>2168</v>
+      </c>
+      <c r="M443" t="s">
+        <v>598</v>
+      </c>
+      <c r="N443" t="s">
+        <v>27</v>
+      </c>
+      <c r="O443" t="s">
+        <v>2169</v>
+      </c>
+      <c r="P443" t="s">
+        <v>2170</v>
+      </c>
+    </row>
+    <row r="444" spans="1:16">
+      <c r="A444" t="s">
+        <v>2171</v>
+      </c>
+      <c r="B444" t="s">
+        <v>2172</v>
+      </c>
+      <c r="C444" t="s">
+        <v>594</v>
+      </c>
+      <c r="D444" t="s">
+        <v>230</v>
+      </c>
+      <c r="E444" t="s">
         <v>20</v>
       </c>
-      <c r="J430" t="s">
-[...84 lines deleted...]
-      <c r="I432" t="s">
+      <c r="F444" t="s">
+        <v>34</v>
+      </c>
+      <c r="G444" t="s">
+        <v>22</v>
+      </c>
+      <c r="H444">
+        <v>2012</v>
+      </c>
+      <c r="I444">
+        <v>2015</v>
+      </c>
+      <c r="J444" t="s">
+        <v>597</v>
+      </c>
+      <c r="K444" t="s">
+        <v>24</v>
+      </c>
+      <c r="L444" t="s">
+        <v>2168</v>
+      </c>
+      <c r="M444" t="s">
+        <v>598</v>
+      </c>
+      <c r="N444" t="s">
+        <v>27</v>
+      </c>
+      <c r="O444" t="s">
+        <v>2173</v>
+      </c>
+      <c r="P444" t="s">
+        <v>2174</v>
+      </c>
+    </row>
+    <row r="445" spans="1:16">
+      <c r="A445" t="s">
+        <v>2175</v>
+      </c>
+      <c r="B445" t="s">
+        <v>2176</v>
+      </c>
+      <c r="C445" t="s">
+        <v>594</v>
+      </c>
+      <c r="D445" t="s">
+        <v>105</v>
+      </c>
+      <c r="E445" t="s">
         <v>20</v>
       </c>
-      <c r="J432" t="s">
-[...34 lines deleted...]
-      <c r="G433">
+      <c r="F445" t="s">
+        <v>34</v>
+      </c>
+      <c r="G445" t="s">
+        <v>22</v>
+      </c>
+      <c r="H445">
         <v>2012</v>
       </c>
-      <c r="H433">
+      <c r="I445">
+        <v>2021</v>
+      </c>
+      <c r="J445" t="s">
+        <v>1038</v>
+      </c>
+      <c r="K445" t="s">
+        <v>24</v>
+      </c>
+      <c r="L445"/>
+      <c r="M445" t="s">
+        <v>598</v>
+      </c>
+      <c r="N445" t="s">
+        <v>27</v>
+      </c>
+      <c r="O445" t="s">
+        <v>2177</v>
+      </c>
+      <c r="P445" t="s">
+        <v>2178</v>
+      </c>
+    </row>
+    <row r="446" spans="1:16">
+      <c r="A446" t="s">
+        <v>2179</v>
+      </c>
+      <c r="B446" t="s">
+        <v>2180</v>
+      </c>
+      <c r="C446" t="s">
+        <v>839</v>
+      </c>
+      <c r="D446" t="s">
+        <v>206</v>
+      </c>
+      <c r="E446" t="s">
+        <v>249</v>
+      </c>
+      <c r="F446" t="s">
+        <v>257</v>
+      </c>
+      <c r="G446" t="s">
+        <v>22</v>
+      </c>
+      <c r="H446">
+        <v>2007</v>
+      </c>
+      <c r="I446">
         <v>2012</v>
       </c>
-      <c r="I433" t="s">
-[...270 lines deleted...]
-      <c r="N439" t="s">
+      <c r="J446" t="s">
+        <v>840</v>
+      </c>
+      <c r="K446" t="s">
+        <v>24</v>
+      </c>
+      <c r="L446" t="s">
+        <v>2181</v>
+      </c>
+      <c r="M446" t="s">
         <v>1393</v>
       </c>
-    </row>
-[...66 lines deleted...]
-      <c r="H441">
+      <c r="N446" t="s">
+        <v>27</v>
+      </c>
+      <c r="O446" t="s">
+        <v>2182</v>
+      </c>
+      <c r="P446" t="s">
+        <v>2183</v>
+      </c>
+    </row>
+    <row r="447" spans="1:16">
+      <c r="A447" t="s">
+        <v>2184</v>
+      </c>
+      <c r="B447" t="s">
+        <v>2185</v>
+      </c>
+      <c r="C447" t="s">
+        <v>839</v>
+      </c>
+      <c r="D447" t="s">
+        <v>195</v>
+      </c>
+      <c r="E447" t="s">
+        <v>249</v>
+      </c>
+      <c r="F447" t="s">
+        <v>257</v>
+      </c>
+      <c r="G447" t="s">
+        <v>22</v>
+      </c>
+      <c r="H447">
+        <v>1997</v>
+      </c>
+      <c r="I447">
         <v>2015</v>
       </c>
-      <c r="I441" t="s">
-[...263 lines deleted...]
-      </c>
       <c r="J447" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K447"/>
+        <v>71</v>
+      </c>
+      <c r="K447" t="s">
+        <v>24</v>
+      </c>
       <c r="L447" t="s">
-        <v>397</v>
+        <v>2186</v>
       </c>
       <c r="M447" t="s">
-        <v>24</v>
+        <v>1393</v>
       </c>
       <c r="N447" t="s">
-        <v>1414</v>
-[...2 lines deleted...]
-    <row r="448" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O447" t="s">
+        <v>2187</v>
+      </c>
+      <c r="P447" t="s">
+        <v>2188</v>
+      </c>
+    </row>
+    <row r="448" spans="1:16">
       <c r="A448" t="s">
-        <v>1415</v>
+        <v>2189</v>
       </c>
       <c r="B448" t="s">
-        <v>393</v>
+        <v>2190</v>
       </c>
       <c r="C448" t="s">
-        <v>54</v>
+        <v>839</v>
       </c>
       <c r="D448" t="s">
-        <v>17</v>
+        <v>2191</v>
       </c>
       <c r="E448" t="s">
-        <v>18</v>
+        <v>249</v>
       </c>
       <c r="F448" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2009</v>
+        <v>257</v>
+      </c>
+      <c r="G448" t="s">
+        <v>22</v>
       </c>
       <c r="H448">
         <v>2013</v>
       </c>
-      <c r="I448" t="s">
-        <v>396</v>
+      <c r="I448">
+        <v>2018</v>
       </c>
       <c r="J448" t="s">
+        <v>840</v>
+      </c>
+      <c r="K448" t="s">
+        <v>24</v>
+      </c>
+      <c r="L448" t="s">
+        <v>2192</v>
+      </c>
+      <c r="M448" t="s">
+        <v>1393</v>
+      </c>
+      <c r="N448" t="s">
+        <v>27</v>
+      </c>
+      <c r="O448" t="s">
+        <v>2193</v>
+      </c>
+      <c r="P448" t="s">
+        <v>2194</v>
+      </c>
+    </row>
+    <row r="449" spans="1:16">
+      <c r="A449" t="s">
+        <v>2195</v>
+      </c>
+      <c r="B449" t="s">
+        <v>2196</v>
+      </c>
+      <c r="C449" t="s">
+        <v>839</v>
+      </c>
+      <c r="D449" t="s">
+        <v>230</v>
+      </c>
+      <c r="E449" t="s">
+        <v>249</v>
+      </c>
+      <c r="F449" t="s">
+        <v>257</v>
+      </c>
+      <c r="G449" t="s">
+        <v>22</v>
+      </c>
+      <c r="H449">
+        <v>2003</v>
+      </c>
+      <c r="I449">
+        <v>2012</v>
+      </c>
+      <c r="J449" t="s">
+        <v>840</v>
+      </c>
+      <c r="K449" t="s">
+        <v>24</v>
+      </c>
+      <c r="L449" t="s">
+        <v>2197</v>
+      </c>
+      <c r="M449" t="s">
+        <v>1393</v>
+      </c>
+      <c r="N449" t="s">
+        <v>27</v>
+      </c>
+      <c r="O449" t="s">
+        <v>2198</v>
+      </c>
+      <c r="P449" t="s">
+        <v>2199</v>
+      </c>
+    </row>
+    <row r="450" spans="1:16">
+      <c r="A450" t="s">
+        <v>2200</v>
+      </c>
+      <c r="B450" t="s">
+        <v>2201</v>
+      </c>
+      <c r="C450" t="s">
+        <v>839</v>
+      </c>
+      <c r="D450" t="s">
+        <v>1196</v>
+      </c>
+      <c r="E450" t="s">
+        <v>249</v>
+      </c>
+      <c r="F450" t="s">
+        <v>257</v>
+      </c>
+      <c r="G450" t="s">
+        <v>22</v>
+      </c>
+      <c r="H450">
+        <v>2011</v>
+      </c>
+      <c r="I450">
+        <v>2017</v>
+      </c>
+      <c r="J450" t="s">
+        <v>840</v>
+      </c>
+      <c r="K450" t="s">
+        <v>524</v>
+      </c>
+      <c r="L450" t="s">
+        <v>2202</v>
+      </c>
+      <c r="M450" t="s">
+        <v>1393</v>
+      </c>
+      <c r="N450" t="s">
+        <v>526</v>
+      </c>
+      <c r="O450" t="s">
+        <v>2203</v>
+      </c>
+      <c r="P450" t="s">
+        <v>2204</v>
+      </c>
+    </row>
+    <row r="451" spans="1:16">
+      <c r="A451" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B451" t="s">
+        <v>2206</v>
+      </c>
+      <c r="C451" t="s">
+        <v>839</v>
+      </c>
+      <c r="D451" t="s">
+        <v>506</v>
+      </c>
+      <c r="E451" t="s">
+        <v>249</v>
+      </c>
+      <c r="F451" t="s">
+        <v>257</v>
+      </c>
+      <c r="G451" t="s">
+        <v>22</v>
+      </c>
+      <c r="H451">
+        <v>2002</v>
+      </c>
+      <c r="I451">
+        <v>2015</v>
+      </c>
+      <c r="J451" t="s">
+        <v>840</v>
+      </c>
+      <c r="K451" t="s">
+        <v>24</v>
+      </c>
+      <c r="L451" t="s">
+        <v>2207</v>
+      </c>
+      <c r="M451" t="s">
+        <v>1393</v>
+      </c>
+      <c r="N451" t="s">
+        <v>27</v>
+      </c>
+      <c r="O451" t="s">
+        <v>2208</v>
+      </c>
+      <c r="P451" t="s">
+        <v>2209</v>
+      </c>
+    </row>
+    <row r="452" spans="1:16">
+      <c r="A452" t="s">
+        <v>2210</v>
+      </c>
+      <c r="B452" t="s">
+        <v>2211</v>
+      </c>
+      <c r="C452" t="s">
+        <v>839</v>
+      </c>
+      <c r="D452" t="s">
+        <v>2212</v>
+      </c>
+      <c r="E452" t="s">
+        <v>249</v>
+      </c>
+      <c r="F452" t="s">
+        <v>257</v>
+      </c>
+      <c r="G452" t="s">
+        <v>22</v>
+      </c>
+      <c r="H452">
+        <v>2001</v>
+      </c>
+      <c r="I452"/>
+      <c r="J452" t="s">
+        <v>840</v>
+      </c>
+      <c r="K452" t="s">
+        <v>24</v>
+      </c>
+      <c r="L452" t="s">
+        <v>2213</v>
+      </c>
+      <c r="M452" t="s">
+        <v>1393</v>
+      </c>
+      <c r="N452" t="s">
+        <v>27</v>
+      </c>
+      <c r="O452" t="s">
+        <v>2214</v>
+      </c>
+      <c r="P452" t="s">
+        <v>2215</v>
+      </c>
+    </row>
+    <row r="453" spans="1:16">
+      <c r="A453" t="s">
+        <v>2216</v>
+      </c>
+      <c r="B453" t="s">
+        <v>2217</v>
+      </c>
+      <c r="C453" t="s">
+        <v>839</v>
+      </c>
+      <c r="D453" t="s">
+        <v>212</v>
+      </c>
+      <c r="E453" t="s">
+        <v>249</v>
+      </c>
+      <c r="F453" t="s">
+        <v>257</v>
+      </c>
+      <c r="G453" t="s">
+        <v>22</v>
+      </c>
+      <c r="H453">
+        <v>2013</v>
+      </c>
+      <c r="I453">
+        <v>2017</v>
+      </c>
+      <c r="J453" t="s">
+        <v>840</v>
+      </c>
+      <c r="K453" t="s">
+        <v>24</v>
+      </c>
+      <c r="L453" t="s">
+        <v>2218</v>
+      </c>
+      <c r="M453" t="s">
+        <v>1393</v>
+      </c>
+      <c r="N453" t="s">
+        <v>27</v>
+      </c>
+      <c r="O453" t="s">
+        <v>2219</v>
+      </c>
+      <c r="P453" t="s">
+        <v>2220</v>
+      </c>
+    </row>
+    <row r="454" spans="1:16">
+      <c r="A454" t="s">
+        <v>2221</v>
+      </c>
+      <c r="B454" t="s">
+        <v>2222</v>
+      </c>
+      <c r="C454" t="s">
+        <v>839</v>
+      </c>
+      <c r="D454" t="s">
+        <v>182</v>
+      </c>
+      <c r="E454" t="s">
+        <v>249</v>
+      </c>
+      <c r="F454" t="s">
+        <v>257</v>
+      </c>
+      <c r="G454" t="s">
+        <v>22</v>
+      </c>
+      <c r="H454">
+        <v>2011</v>
+      </c>
+      <c r="I454"/>
+      <c r="J454" t="s">
+        <v>840</v>
+      </c>
+      <c r="K454" t="s">
+        <v>24</v>
+      </c>
+      <c r="L454" t="s">
+        <v>2223</v>
+      </c>
+      <c r="M454" t="s">
+        <v>1393</v>
+      </c>
+      <c r="N454" t="s">
+        <v>27</v>
+      </c>
+      <c r="O454" t="s">
+        <v>2224</v>
+      </c>
+      <c r="P454" t="s">
+        <v>2225</v>
+      </c>
+    </row>
+    <row r="455" spans="1:16">
+      <c r="A455" t="s">
+        <v>2226</v>
+      </c>
+      <c r="B455" t="s">
+        <v>2227</v>
+      </c>
+      <c r="C455" t="s">
+        <v>839</v>
+      </c>
+      <c r="D455" t="s">
+        <v>43</v>
+      </c>
+      <c r="E455" t="s">
+        <v>249</v>
+      </c>
+      <c r="F455" t="s">
+        <v>257</v>
+      </c>
+      <c r="G455" t="s">
+        <v>22</v>
+      </c>
+      <c r="H455">
+        <v>2013</v>
+      </c>
+      <c r="I455">
+        <v>2021</v>
+      </c>
+      <c r="J455" t="s">
+        <v>840</v>
+      </c>
+      <c r="K455" t="s">
+        <v>24</v>
+      </c>
+      <c r="L455" t="s">
+        <v>2228</v>
+      </c>
+      <c r="M455" t="s">
+        <v>1393</v>
+      </c>
+      <c r="N455" t="s">
+        <v>27</v>
+      </c>
+      <c r="O455" t="s">
+        <v>2229</v>
+      </c>
+      <c r="P455" t="s">
+        <v>2230</v>
+      </c>
+    </row>
+    <row r="456" spans="1:16">
+      <c r="A456" t="s">
+        <v>2231</v>
+      </c>
+      <c r="B456" t="s">
+        <v>2232</v>
+      </c>
+      <c r="C456" t="s">
+        <v>839</v>
+      </c>
+      <c r="D456" t="s">
+        <v>159</v>
+      </c>
+      <c r="E456" t="s">
+        <v>249</v>
+      </c>
+      <c r="F456" t="s">
+        <v>257</v>
+      </c>
+      <c r="G456" t="s">
+        <v>22</v>
+      </c>
+      <c r="H456">
+        <v>2002</v>
+      </c>
+      <c r="I456">
+        <v>2021</v>
+      </c>
+      <c r="J456" t="s">
+        <v>840</v>
+      </c>
+      <c r="K456" t="s">
+        <v>24</v>
+      </c>
+      <c r="L456" t="s">
+        <v>2233</v>
+      </c>
+      <c r="M456" t="s">
+        <v>1393</v>
+      </c>
+      <c r="N456" t="s">
+        <v>27</v>
+      </c>
+      <c r="O456" t="s">
+        <v>2234</v>
+      </c>
+      <c r="P456" t="s">
+        <v>2235</v>
+      </c>
+    </row>
+    <row r="457" spans="1:16">
+      <c r="A457" t="s">
+        <v>2236</v>
+      </c>
+      <c r="B457" t="s">
+        <v>2237</v>
+      </c>
+      <c r="C457" t="s">
+        <v>839</v>
+      </c>
+      <c r="D457" t="s">
+        <v>172</v>
+      </c>
+      <c r="E457" t="s">
+        <v>249</v>
+      </c>
+      <c r="F457" t="s">
+        <v>257</v>
+      </c>
+      <c r="G457" t="s">
+        <v>22</v>
+      </c>
+      <c r="H457">
+        <v>2003</v>
+      </c>
+      <c r="I457">
+        <v>2021</v>
+      </c>
+      <c r="J457" t="s">
+        <v>840</v>
+      </c>
+      <c r="K457" t="s">
+        <v>24</v>
+      </c>
+      <c r="L457" t="s">
+        <v>2238</v>
+      </c>
+      <c r="M457" t="s">
+        <v>1393</v>
+      </c>
+      <c r="N457" t="s">
+        <v>27</v>
+      </c>
+      <c r="O457" t="s">
+        <v>2239</v>
+      </c>
+      <c r="P457" t="s">
+        <v>2240</v>
+      </c>
+    </row>
+    <row r="458" spans="1:16">
+      <c r="A458" t="s">
+        <v>2241</v>
+      </c>
+      <c r="B458" t="s">
+        <v>2242</v>
+      </c>
+      <c r="C458" t="s">
+        <v>839</v>
+      </c>
+      <c r="D458" t="s">
+        <v>105</v>
+      </c>
+      <c r="E458" t="s">
+        <v>249</v>
+      </c>
+      <c r="F458" t="s">
+        <v>257</v>
+      </c>
+      <c r="G458" t="s">
+        <v>22</v>
+      </c>
+      <c r="H458">
+        <v>2004</v>
+      </c>
+      <c r="I458">
+        <v>2012</v>
+      </c>
+      <c r="J458" t="s">
+        <v>840</v>
+      </c>
+      <c r="K458" t="s">
+        <v>24</v>
+      </c>
+      <c r="L458" t="s">
+        <v>2243</v>
+      </c>
+      <c r="M458" t="s">
+        <v>1393</v>
+      </c>
+      <c r="N458" t="s">
+        <v>27</v>
+      </c>
+      <c r="O458" t="s">
+        <v>2244</v>
+      </c>
+      <c r="P458" t="s">
+        <v>2245</v>
+      </c>
+    </row>
+    <row r="459" spans="1:16">
+      <c r="A459" t="s">
+        <v>2246</v>
+      </c>
+      <c r="B459" t="s">
+        <v>2247</v>
+      </c>
+      <c r="C459" t="s">
+        <v>839</v>
+      </c>
+      <c r="D459" t="s">
+        <v>641</v>
+      </c>
+      <c r="E459" t="s">
+        <v>249</v>
+      </c>
+      <c r="F459" t="s">
+        <v>257</v>
+      </c>
+      <c r="G459" t="s">
+        <v>22</v>
+      </c>
+      <c r="H459">
+        <v>2015</v>
+      </c>
+      <c r="I459">
+        <v>2021</v>
+      </c>
+      <c r="J459" t="s">
+        <v>840</v>
+      </c>
+      <c r="K459" t="s">
+        <v>24</v>
+      </c>
+      <c r="L459" t="s">
+        <v>2248</v>
+      </c>
+      <c r="M459" t="s">
+        <v>1393</v>
+      </c>
+      <c r="N459" t="s">
+        <v>27</v>
+      </c>
+      <c r="O459" t="s">
+        <v>2249</v>
+      </c>
+      <c r="P459" t="s">
+        <v>2250</v>
+      </c>
+    </row>
+    <row r="460" spans="1:16">
+      <c r="A460" t="s">
+        <v>2251</v>
+      </c>
+      <c r="B460" t="s">
+        <v>2252</v>
+      </c>
+      <c r="C460" t="s">
+        <v>839</v>
+      </c>
+      <c r="D460" t="s">
+        <v>212</v>
+      </c>
+      <c r="E460" t="s">
+        <v>249</v>
+      </c>
+      <c r="F460" t="s">
+        <v>83</v>
+      </c>
+      <c r="G460" t="s">
+        <v>22</v>
+      </c>
+      <c r="H460">
+        <v>2001</v>
+      </c>
+      <c r="I460">
+        <v>2019</v>
+      </c>
+      <c r="J460" t="s">
+        <v>840</v>
+      </c>
+      <c r="K460" t="s">
+        <v>24</v>
+      </c>
+      <c r="L460" t="s">
+        <v>2253</v>
+      </c>
+      <c r="M460" t="s">
+        <v>842</v>
+      </c>
+      <c r="N460" t="s">
+        <v>27</v>
+      </c>
+      <c r="O460" t="s">
+        <v>2254</v>
+      </c>
+      <c r="P460" t="s">
+        <v>2255</v>
+      </c>
+    </row>
+    <row r="461" spans="1:16">
+      <c r="A461" t="s">
+        <v>2256</v>
+      </c>
+      <c r="B461" t="s">
+        <v>2257</v>
+      </c>
+      <c r="C461" t="s">
+        <v>839</v>
+      </c>
+      <c r="D461" t="s">
+        <v>172</v>
+      </c>
+      <c r="E461" t="s">
+        <v>249</v>
+      </c>
+      <c r="F461" t="s">
+        <v>83</v>
+      </c>
+      <c r="G461" t="s">
+        <v>22</v>
+      </c>
+      <c r="H461">
+        <v>1995</v>
+      </c>
+      <c r="I461">
+        <v>2019</v>
+      </c>
+      <c r="J461" t="s">
+        <v>847</v>
+      </c>
+      <c r="K461" t="s">
+        <v>24</v>
+      </c>
+      <c r="L461" t="s">
+        <v>2258</v>
+      </c>
+      <c r="M461" t="s">
+        <v>842</v>
+      </c>
+      <c r="N461" t="s">
+        <v>27</v>
+      </c>
+      <c r="O461" t="s">
+        <v>2259</v>
+      </c>
+      <c r="P461" t="s">
+        <v>2260</v>
+      </c>
+    </row>
+    <row r="462" spans="1:16">
+      <c r="A462" t="s">
+        <v>2261</v>
+      </c>
+      <c r="B462" t="s">
+        <v>2262</v>
+      </c>
+      <c r="C462" t="s">
+        <v>839</v>
+      </c>
+      <c r="D462" t="s">
+        <v>1534</v>
+      </c>
+      <c r="E462" t="s">
+        <v>249</v>
+      </c>
+      <c r="F462" t="s">
+        <v>83</v>
+      </c>
+      <c r="G462" t="s">
+        <v>22</v>
+      </c>
+      <c r="H462">
+        <v>2014</v>
+      </c>
+      <c r="I462">
+        <v>2019</v>
+      </c>
+      <c r="J462" t="s">
+        <v>847</v>
+      </c>
+      <c r="K462" t="s">
+        <v>24</v>
+      </c>
+      <c r="L462" t="s">
+        <v>2263</v>
+      </c>
+      <c r="M462" t="s">
+        <v>842</v>
+      </c>
+      <c r="N462" t="s">
+        <v>27</v>
+      </c>
+      <c r="O462" t="s">
+        <v>2264</v>
+      </c>
+      <c r="P462" t="s">
+        <v>2265</v>
+      </c>
+    </row>
+    <row r="463" spans="1:16">
+      <c r="A463" t="s">
+        <v>2266</v>
+      </c>
+      <c r="B463" t="s">
+        <v>2267</v>
+      </c>
+      <c r="C463" t="s">
+        <v>839</v>
+      </c>
+      <c r="D463" t="s">
+        <v>133</v>
+      </c>
+      <c r="E463" t="s">
+        <v>249</v>
+      </c>
+      <c r="F463" t="s">
+        <v>83</v>
+      </c>
+      <c r="G463" t="s">
+        <v>22</v>
+      </c>
+      <c r="H463">
+        <v>2012</v>
+      </c>
+      <c r="I463">
+        <v>2019</v>
+      </c>
+      <c r="J463" t="s">
+        <v>1753</v>
+      </c>
+      <c r="K463" t="s">
+        <v>24</v>
+      </c>
+      <c r="L463" t="s">
+        <v>2268</v>
+      </c>
+      <c r="M463" t="s">
+        <v>842</v>
+      </c>
+      <c r="N463" t="s">
+        <v>27</v>
+      </c>
+      <c r="O463" t="s">
+        <v>2269</v>
+      </c>
+      <c r="P463" t="s">
+        <v>2270</v>
+      </c>
+    </row>
+    <row r="464" spans="1:16">
+      <c r="A464" t="s">
+        <v>2271</v>
+      </c>
+      <c r="B464" t="s">
+        <v>2272</v>
+      </c>
+      <c r="C464" t="s">
+        <v>839</v>
+      </c>
+      <c r="D464" t="s">
+        <v>2273</v>
+      </c>
+      <c r="E464" t="s">
+        <v>249</v>
+      </c>
+      <c r="F464" t="s">
+        <v>83</v>
+      </c>
+      <c r="G464" t="s">
+        <v>22</v>
+      </c>
+      <c r="H464">
+        <v>2001</v>
+      </c>
+      <c r="I464">
+        <v>2019</v>
+      </c>
+      <c r="J464" t="s">
+        <v>847</v>
+      </c>
+      <c r="K464" t="s">
+        <v>24</v>
+      </c>
+      <c r="L464" t="s">
+        <v>2274</v>
+      </c>
+      <c r="M464" t="s">
+        <v>842</v>
+      </c>
+      <c r="N464" t="s">
+        <v>27</v>
+      </c>
+      <c r="O464" t="s">
+        <v>2275</v>
+      </c>
+      <c r="P464" t="s">
+        <v>2276</v>
+      </c>
+    </row>
+    <row r="465" spans="1:16">
+      <c r="A465" t="s">
+        <v>2277</v>
+      </c>
+      <c r="B465" t="s">
+        <v>2278</v>
+      </c>
+      <c r="C465" t="s">
+        <v>839</v>
+      </c>
+      <c r="D465" t="s">
+        <v>159</v>
+      </c>
+      <c r="E465" t="s">
+        <v>249</v>
+      </c>
+      <c r="F465" t="s">
+        <v>83</v>
+      </c>
+      <c r="G465" t="s">
+        <v>22</v>
+      </c>
+      <c r="H465">
+        <v>1995</v>
+      </c>
+      <c r="I465">
+        <v>2019</v>
+      </c>
+      <c r="J465" t="s">
+        <v>847</v>
+      </c>
+      <c r="K465" t="s">
+        <v>24</v>
+      </c>
+      <c r="L465" t="s">
+        <v>2279</v>
+      </c>
+      <c r="M465" t="s">
+        <v>842</v>
+      </c>
+      <c r="N465" t="s">
+        <v>27</v>
+      </c>
+      <c r="O465" t="s">
+        <v>2280</v>
+      </c>
+      <c r="P465" t="s">
+        <v>2281</v>
+      </c>
+    </row>
+    <row r="466" spans="1:16">
+      <c r="A466" t="s">
+        <v>2282</v>
+      </c>
+      <c r="B466" t="s">
+        <v>2283</v>
+      </c>
+      <c r="C466" t="s">
+        <v>839</v>
+      </c>
+      <c r="D466" t="s">
+        <v>2284</v>
+      </c>
+      <c r="E466" t="s">
+        <v>249</v>
+      </c>
+      <c r="F466" t="s">
+        <v>83</v>
+      </c>
+      <c r="G466" t="s">
+        <v>22</v>
+      </c>
+      <c r="H466">
+        <v>2004</v>
+      </c>
+      <c r="I466">
+        <v>2019</v>
+      </c>
+      <c r="J466" t="s">
+        <v>847</v>
+      </c>
+      <c r="K466" t="s">
+        <v>24</v>
+      </c>
+      <c r="L466" t="s">
+        <v>2285</v>
+      </c>
+      <c r="M466" t="s">
+        <v>842</v>
+      </c>
+      <c r="N466" t="s">
+        <v>27</v>
+      </c>
+      <c r="O466" t="s">
+        <v>2286</v>
+      </c>
+      <c r="P466" t="s">
+        <v>2287</v>
+      </c>
+    </row>
+    <row r="467" spans="1:16">
+      <c r="A467" t="s">
+        <v>2288</v>
+      </c>
+      <c r="B467" t="s">
+        <v>2289</v>
+      </c>
+      <c r="C467" t="s">
+        <v>839</v>
+      </c>
+      <c r="D467" t="s">
+        <v>140</v>
+      </c>
+      <c r="E467" t="s">
+        <v>249</v>
+      </c>
+      <c r="F467" t="s">
+        <v>83</v>
+      </c>
+      <c r="G467" t="s">
+        <v>22</v>
+      </c>
+      <c r="H467">
+        <v>2011</v>
+      </c>
+      <c r="I467">
+        <v>2019</v>
+      </c>
+      <c r="J467" t="s">
+        <v>847</v>
+      </c>
+      <c r="K467" t="s">
+        <v>24</v>
+      </c>
+      <c r="L467" t="s">
+        <v>2290</v>
+      </c>
+      <c r="M467" t="s">
+        <v>842</v>
+      </c>
+      <c r="N467" t="s">
+        <v>27</v>
+      </c>
+      <c r="O467" t="s">
+        <v>2291</v>
+      </c>
+      <c r="P467" t="s">
+        <v>2292</v>
+      </c>
+    </row>
+    <row r="468" spans="1:16">
+      <c r="A468" t="s">
+        <v>2293</v>
+      </c>
+      <c r="B468" t="s">
+        <v>2294</v>
+      </c>
+      <c r="C468" t="s">
+        <v>899</v>
+      </c>
+      <c r="D468" t="s">
+        <v>195</v>
+      </c>
+      <c r="E468" t="s">
+        <v>249</v>
+      </c>
+      <c r="F468" t="s">
+        <v>257</v>
+      </c>
+      <c r="G468" t="s">
+        <v>22</v>
+      </c>
+      <c r="H468">
+        <v>2004</v>
+      </c>
+      <c r="I468">
+        <v>2020</v>
+      </c>
+      <c r="J468" t="s">
+        <v>1753</v>
+      </c>
+      <c r="K468" t="s">
+        <v>24</v>
+      </c>
+      <c r="L468" t="s">
+        <v>1502</v>
+      </c>
+      <c r="M468" t="s">
+        <v>2295</v>
+      </c>
+      <c r="N468" t="s">
+        <v>27</v>
+      </c>
+      <c r="O468" t="s">
+        <v>2296</v>
+      </c>
+      <c r="P468" t="s">
+        <v>2297</v>
+      </c>
+    </row>
+    <row r="469" spans="1:16">
+      <c r="A469" t="s">
+        <v>2298</v>
+      </c>
+      <c r="B469" t="s">
+        <v>2299</v>
+      </c>
+      <c r="C469" t="s">
+        <v>899</v>
+      </c>
+      <c r="D469" t="s">
+        <v>578</v>
+      </c>
+      <c r="E469" t="s">
+        <v>249</v>
+      </c>
+      <c r="F469" t="s">
+        <v>257</v>
+      </c>
+      <c r="G469" t="s">
+        <v>22</v>
+      </c>
+      <c r="H469">
+        <v>2013</v>
+      </c>
+      <c r="I469">
+        <v>2020</v>
+      </c>
+      <c r="J469" t="s">
+        <v>71</v>
+      </c>
+      <c r="K469" t="s">
+        <v>24</v>
+      </c>
+      <c r="L469" t="s">
+        <v>2300</v>
+      </c>
+      <c r="M469" t="s">
+        <v>2301</v>
+      </c>
+      <c r="N469" t="s">
+        <v>27</v>
+      </c>
+      <c r="O469" t="s">
+        <v>2302</v>
+      </c>
+      <c r="P469" t="s">
+        <v>2303</v>
+      </c>
+    </row>
+    <row r="470" spans="1:16">
+      <c r="A470" t="s">
+        <v>2304</v>
+      </c>
+      <c r="B470" t="s">
+        <v>2305</v>
+      </c>
+      <c r="C470" t="s">
+        <v>899</v>
+      </c>
+      <c r="D470" t="s">
+        <v>133</v>
+      </c>
+      <c r="E470" t="s">
+        <v>249</v>
+      </c>
+      <c r="F470" t="s">
+        <v>257</v>
+      </c>
+      <c r="G470" t="s">
+        <v>22</v>
+      </c>
+      <c r="H470">
+        <v>2013</v>
+      </c>
+      <c r="I470">
+        <v>2020</v>
+      </c>
+      <c r="J470" t="s">
+        <v>71</v>
+      </c>
+      <c r="K470" t="s">
+        <v>134</v>
+      </c>
+      <c r="L470" t="s">
+        <v>2306</v>
+      </c>
+      <c r="M470" t="s">
+        <v>2295</v>
+      </c>
+      <c r="N470" t="s">
+        <v>27</v>
+      </c>
+      <c r="O470" t="s">
+        <v>2307</v>
+      </c>
+      <c r="P470" t="s">
+        <v>2308</v>
+      </c>
+    </row>
+    <row r="471" spans="1:16">
+      <c r="A471" t="s">
+        <v>2309</v>
+      </c>
+      <c r="B471" t="s">
+        <v>2310</v>
+      </c>
+      <c r="C471" t="s">
+        <v>899</v>
+      </c>
+      <c r="D471" t="s">
+        <v>140</v>
+      </c>
+      <c r="E471" t="s">
+        <v>249</v>
+      </c>
+      <c r="F471" t="s">
+        <v>257</v>
+      </c>
+      <c r="G471" t="s">
+        <v>22</v>
+      </c>
+      <c r="H471">
+        <v>2001</v>
+      </c>
+      <c r="I471">
+        <v>2020</v>
+      </c>
+      <c r="J471" t="s">
+        <v>1753</v>
+      </c>
+      <c r="K471" t="s">
+        <v>24</v>
+      </c>
+      <c r="L471" t="s">
+        <v>2311</v>
+      </c>
+      <c r="M471" t="s">
+        <v>2295</v>
+      </c>
+      <c r="N471" t="s">
+        <v>27</v>
+      </c>
+      <c r="O471" t="s">
+        <v>2312</v>
+      </c>
+      <c r="P471" t="s">
+        <v>2313</v>
+      </c>
+    </row>
+    <row r="472" spans="1:16">
+      <c r="A472" t="s">
+        <v>2314</v>
+      </c>
+      <c r="B472" t="s">
+        <v>2315</v>
+      </c>
+      <c r="C472" t="s">
+        <v>899</v>
+      </c>
+      <c r="D472" t="s">
+        <v>77</v>
+      </c>
+      <c r="E472" t="s">
+        <v>249</v>
+      </c>
+      <c r="F472" t="s">
+        <v>257</v>
+      </c>
+      <c r="G472" t="s">
+        <v>22</v>
+      </c>
+      <c r="H472">
+        <v>2004</v>
+      </c>
+      <c r="I472">
+        <v>2020</v>
+      </c>
+      <c r="J472" t="s">
+        <v>1753</v>
+      </c>
+      <c r="K472" t="s">
+        <v>24</v>
+      </c>
+      <c r="L472" t="s">
+        <v>2316</v>
+      </c>
+      <c r="M472" t="s">
+        <v>2295</v>
+      </c>
+      <c r="N472" t="s">
+        <v>27</v>
+      </c>
+      <c r="O472" t="s">
+        <v>2317</v>
+      </c>
+      <c r="P472" t="s">
+        <v>2318</v>
+      </c>
+    </row>
+    <row r="473" spans="1:16">
+      <c r="A473" t="s">
+        <v>2319</v>
+      </c>
+      <c r="B473" t="s">
+        <v>2320</v>
+      </c>
+      <c r="C473" t="s">
+        <v>899</v>
+      </c>
+      <c r="D473" t="s">
+        <v>230</v>
+      </c>
+      <c r="E473" t="s">
+        <v>249</v>
+      </c>
+      <c r="F473" t="s">
+        <v>257</v>
+      </c>
+      <c r="G473" t="s">
+        <v>22</v>
+      </c>
+      <c r="H473">
+        <v>2006</v>
+      </c>
+      <c r="I473">
+        <v>2020</v>
+      </c>
+      <c r="J473" t="s">
+        <v>71</v>
+      </c>
+      <c r="K473" t="s">
+        <v>24</v>
+      </c>
+      <c r="L473" t="s">
+        <v>1502</v>
+      </c>
+      <c r="M473" t="s">
+        <v>2295</v>
+      </c>
+      <c r="N473" t="s">
+        <v>27</v>
+      </c>
+      <c r="O473" t="s">
+        <v>2321</v>
+      </c>
+      <c r="P473" t="s">
+        <v>2322</v>
+      </c>
+    </row>
+    <row r="474" spans="1:16">
+      <c r="A474" t="s">
+        <v>2323</v>
+      </c>
+      <c r="B474" t="s">
+        <v>2324</v>
+      </c>
+      <c r="C474" t="s">
+        <v>899</v>
+      </c>
+      <c r="D474" t="s">
+        <v>224</v>
+      </c>
+      <c r="E474" t="s">
+        <v>249</v>
+      </c>
+      <c r="F474" t="s">
+        <v>257</v>
+      </c>
+      <c r="G474" t="s">
+        <v>22</v>
+      </c>
+      <c r="H474">
+        <v>2012</v>
+      </c>
+      <c r="I474">
+        <v>2020</v>
+      </c>
+      <c r="J474" t="s">
+        <v>35</v>
+      </c>
+      <c r="K474" t="s">
+        <v>134</v>
+      </c>
+      <c r="L474" t="s">
+        <v>2325</v>
+      </c>
+      <c r="M474" t="s">
+        <v>902</v>
+      </c>
+      <c r="N474" t="s">
+        <v>27</v>
+      </c>
+      <c r="O474" t="s">
+        <v>2326</v>
+      </c>
+      <c r="P474" t="s">
+        <v>2327</v>
+      </c>
+    </row>
+    <row r="475" spans="1:16">
+      <c r="A475" t="s">
+        <v>2328</v>
+      </c>
+      <c r="B475" t="s">
+        <v>2329</v>
+      </c>
+      <c r="C475" t="s">
+        <v>899</v>
+      </c>
+      <c r="D475" t="s">
+        <v>641</v>
+      </c>
+      <c r="E475" t="s">
+        <v>249</v>
+      </c>
+      <c r="F475" t="s">
+        <v>257</v>
+      </c>
+      <c r="G475" t="s">
+        <v>22</v>
+      </c>
+      <c r="H475">
+        <v>2013</v>
+      </c>
+      <c r="I475">
+        <v>2020</v>
+      </c>
+      <c r="J475" t="s">
+        <v>35</v>
+      </c>
+      <c r="K475" t="s">
+        <v>24</v>
+      </c>
+      <c r="L475"/>
+      <c r="M475" t="s">
+        <v>902</v>
+      </c>
+      <c r="N475" t="s">
+        <v>27</v>
+      </c>
+      <c r="O475" t="s">
+        <v>2330</v>
+      </c>
+      <c r="P475" t="s">
+        <v>2331</v>
+      </c>
+    </row>
+    <row r="476" spans="1:16">
+      <c r="A476" t="s">
+        <v>2332</v>
+      </c>
+      <c r="B476" t="s">
+        <v>2333</v>
+      </c>
+      <c r="C476" t="s">
+        <v>899</v>
+      </c>
+      <c r="D476" t="s">
+        <v>2334</v>
+      </c>
+      <c r="E476" t="s">
+        <v>249</v>
+      </c>
+      <c r="F476" t="s">
+        <v>257</v>
+      </c>
+      <c r="G476" t="s">
+        <v>22</v>
+      </c>
+      <c r="H476">
+        <v>2012</v>
+      </c>
+      <c r="I476">
+        <v>2020</v>
+      </c>
+      <c r="J476" t="s">
+        <v>35</v>
+      </c>
+      <c r="K476" t="s">
+        <v>24</v>
+      </c>
+      <c r="L476" t="s">
+        <v>2335</v>
+      </c>
+      <c r="M476" t="s">
+        <v>902</v>
+      </c>
+      <c r="N476" t="s">
+        <v>167</v>
+      </c>
+      <c r="O476" t="s">
+        <v>2336</v>
+      </c>
+      <c r="P476" t="s">
+        <v>2337</v>
+      </c>
+    </row>
+    <row r="477" spans="1:16">
+      <c r="A477" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B477" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C477" t="s">
+        <v>899</v>
+      </c>
+      <c r="D477" t="s">
+        <v>399</v>
+      </c>
+      <c r="E477" t="s">
+        <v>249</v>
+      </c>
+      <c r="F477" t="s">
+        <v>257</v>
+      </c>
+      <c r="G477" t="s">
+        <v>22</v>
+      </c>
+      <c r="H477">
+        <v>2003</v>
+      </c>
+      <c r="I477">
+        <v>2020</v>
+      </c>
+      <c r="J477" t="s">
+        <v>71</v>
+      </c>
+      <c r="K477" t="s">
+        <v>24</v>
+      </c>
+      <c r="L477"/>
+      <c r="M477" t="s">
+        <v>2295</v>
+      </c>
+      <c r="N477" t="s">
+        <v>27</v>
+      </c>
+      <c r="O477" t="s">
+        <v>2340</v>
+      </c>
+      <c r="P477" t="s">
+        <v>2341</v>
+      </c>
+    </row>
+    <row r="478" spans="1:16">
+      <c r="A478" t="s">
+        <v>2342</v>
+      </c>
+      <c r="B478" t="s">
+        <v>2343</v>
+      </c>
+      <c r="C478" t="s">
+        <v>899</v>
+      </c>
+      <c r="D478" t="s">
+        <v>968</v>
+      </c>
+      <c r="E478" t="s">
+        <v>249</v>
+      </c>
+      <c r="F478" t="s">
+        <v>257</v>
+      </c>
+      <c r="G478" t="s">
+        <v>22</v>
+      </c>
+      <c r="H478">
+        <v>2011</v>
+      </c>
+      <c r="I478">
+        <v>2020</v>
+      </c>
+      <c r="J478" t="s">
+        <v>1753</v>
+      </c>
+      <c r="K478" t="s">
+        <v>24</v>
+      </c>
+      <c r="L478" t="s">
+        <v>2344</v>
+      </c>
+      <c r="M478" t="s">
+        <v>2295</v>
+      </c>
+      <c r="N478" t="s">
+        <v>27</v>
+      </c>
+      <c r="O478" t="s">
+        <v>2345</v>
+      </c>
+      <c r="P478" t="s">
+        <v>2346</v>
+      </c>
+    </row>
+    <row r="479" spans="1:16">
+      <c r="A479" t="s">
+        <v>2347</v>
+      </c>
+      <c r="B479" t="s">
+        <v>2348</v>
+      </c>
+      <c r="C479" t="s">
+        <v>899</v>
+      </c>
+      <c r="D479" t="s">
+        <v>182</v>
+      </c>
+      <c r="E479" t="s">
+        <v>249</v>
+      </c>
+      <c r="F479" t="s">
+        <v>257</v>
+      </c>
+      <c r="G479" t="s">
+        <v>22</v>
+      </c>
+      <c r="H479">
+        <v>2014</v>
+      </c>
+      <c r="I479">
+        <v>2020</v>
+      </c>
+      <c r="J479" t="s">
+        <v>1753</v>
+      </c>
+      <c r="K479" t="s">
+        <v>24</v>
+      </c>
+      <c r="L479" t="s">
+        <v>2349</v>
+      </c>
+      <c r="M479" t="s">
+        <v>2295</v>
+      </c>
+      <c r="N479" t="s">
+        <v>27</v>
+      </c>
+      <c r="O479" t="s">
+        <v>2350</v>
+      </c>
+      <c r="P479" t="s">
+        <v>2351</v>
+      </c>
+    </row>
+    <row r="480" spans="1:16">
+      <c r="A480" t="s">
+        <v>2352</v>
+      </c>
+      <c r="B480" t="s">
+        <v>2353</v>
+      </c>
+      <c r="C480" t="s">
+        <v>899</v>
+      </c>
+      <c r="D480" t="s">
+        <v>230</v>
+      </c>
+      <c r="E480" t="s">
+        <v>249</v>
+      </c>
+      <c r="F480" t="s">
+        <v>257</v>
+      </c>
+      <c r="G480" t="s">
+        <v>22</v>
+      </c>
+      <c r="H480">
+        <v>2001</v>
+      </c>
+      <c r="I480">
+        <v>2020</v>
+      </c>
+      <c r="J480" t="s">
+        <v>71</v>
+      </c>
+      <c r="K480" t="s">
+        <v>24</v>
+      </c>
+      <c r="L480" t="s">
+        <v>1502</v>
+      </c>
+      <c r="M480" t="s">
+        <v>2295</v>
+      </c>
+      <c r="N480" t="s">
+        <v>27</v>
+      </c>
+      <c r="O480" t="s">
+        <v>2354</v>
+      </c>
+      <c r="P480" t="s">
+        <v>2355</v>
+      </c>
+    </row>
+    <row r="481" spans="1:16">
+      <c r="A481" t="s">
+        <v>2356</v>
+      </c>
+      <c r="B481" t="s">
+        <v>2357</v>
+      </c>
+      <c r="C481" t="s">
+        <v>899</v>
+      </c>
+      <c r="D481" t="s">
+        <v>968</v>
+      </c>
+      <c r="E481" t="s">
+        <v>249</v>
+      </c>
+      <c r="F481" t="s">
+        <v>257</v>
+      </c>
+      <c r="G481" t="s">
+        <v>22</v>
+      </c>
+      <c r="H481">
+        <v>1998</v>
+      </c>
+      <c r="I481">
+        <v>2020</v>
+      </c>
+      <c r="J481" t="s">
+        <v>1753</v>
+      </c>
+      <c r="K481" t="s">
+        <v>24</v>
+      </c>
+      <c r="L481" t="s">
+        <v>2358</v>
+      </c>
+      <c r="M481" t="s">
+        <v>2295</v>
+      </c>
+      <c r="N481" t="s">
+        <v>27</v>
+      </c>
+      <c r="O481" t="s">
+        <v>2359</v>
+      </c>
+      <c r="P481" t="s">
+        <v>2360</v>
+      </c>
+    </row>
+    <row r="482" spans="1:16">
+      <c r="A482" t="s">
+        <v>2361</v>
+      </c>
+      <c r="B482" t="s">
+        <v>2362</v>
+      </c>
+      <c r="C482" t="s">
+        <v>899</v>
+      </c>
+      <c r="D482" t="s">
+        <v>230</v>
+      </c>
+      <c r="E482" t="s">
+        <v>249</v>
+      </c>
+      <c r="F482" t="s">
+        <v>257</v>
+      </c>
+      <c r="G482" t="s">
+        <v>22</v>
+      </c>
+      <c r="H482">
+        <v>2000</v>
+      </c>
+      <c r="I482">
+        <v>2020</v>
+      </c>
+      <c r="J482" t="s">
+        <v>71</v>
+      </c>
+      <c r="K482" t="s">
+        <v>24</v>
+      </c>
+      <c r="L482" t="s">
+        <v>1502</v>
+      </c>
+      <c r="M482" t="s">
+        <v>2295</v>
+      </c>
+      <c r="N482" t="s">
+        <v>27</v>
+      </c>
+      <c r="O482" t="s">
+        <v>2363</v>
+      </c>
+      <c r="P482" t="s">
+        <v>2364</v>
+      </c>
+    </row>
+    <row r="483" spans="1:16">
+      <c r="A483" t="s">
+        <v>2365</v>
+      </c>
+      <c r="B483" t="s">
+        <v>2366</v>
+      </c>
+      <c r="C483" t="s">
+        <v>899</v>
+      </c>
+      <c r="D483" t="s">
+        <v>230</v>
+      </c>
+      <c r="E483" t="s">
+        <v>249</v>
+      </c>
+      <c r="F483" t="s">
+        <v>257</v>
+      </c>
+      <c r="G483" t="s">
+        <v>22</v>
+      </c>
+      <c r="H483">
+        <v>2002</v>
+      </c>
+      <c r="I483">
+        <v>2020</v>
+      </c>
+      <c r="J483" t="s">
+        <v>71</v>
+      </c>
+      <c r="K483" t="s">
+        <v>24</v>
+      </c>
+      <c r="L483" t="s">
+        <v>1502</v>
+      </c>
+      <c r="M483" t="s">
+        <v>2295</v>
+      </c>
+      <c r="N483" t="s">
+        <v>27</v>
+      </c>
+      <c r="O483" t="s">
+        <v>2367</v>
+      </c>
+      <c r="P483" t="s">
+        <v>2368</v>
+      </c>
+    </row>
+    <row r="484" spans="1:16">
+      <c r="A484" t="s">
+        <v>2369</v>
+      </c>
+      <c r="B484" t="s">
+        <v>2370</v>
+      </c>
+      <c r="C484" t="s">
+        <v>839</v>
+      </c>
+      <c r="D484" t="s">
+        <v>2371</v>
+      </c>
+      <c r="E484" t="s">
+        <v>20</v>
+      </c>
+      <c r="F484" t="s">
+        <v>34</v>
+      </c>
+      <c r="G484" t="s">
+        <v>22</v>
+      </c>
+      <c r="H484">
+        <v>1997</v>
+      </c>
+      <c r="I484">
+        <v>2022</v>
+      </c>
+      <c r="J484" t="s">
+        <v>847</v>
+      </c>
+      <c r="K484" t="s">
+        <v>24</v>
+      </c>
+      <c r="L484"/>
+      <c r="M484" t="s">
+        <v>2372</v>
+      </c>
+      <c r="N484" t="s">
+        <v>27</v>
+      </c>
+      <c r="O484" t="s">
+        <v>2373</v>
+      </c>
+      <c r="P484" t="s">
+        <v>2374</v>
+      </c>
+    </row>
+    <row r="485" spans="1:16">
+      <c r="A485" t="s">
+        <v>2375</v>
+      </c>
+      <c r="B485" t="s">
+        <v>2376</v>
+      </c>
+      <c r="C485" t="s">
+        <v>839</v>
+      </c>
+      <c r="D485" t="s">
+        <v>172</v>
+      </c>
+      <c r="E485" t="s">
+        <v>20</v>
+      </c>
+      <c r="F485" t="s">
+        <v>34</v>
+      </c>
+      <c r="G485" t="s">
+        <v>22</v>
+      </c>
+      <c r="H485">
+        <v>2003</v>
+      </c>
+      <c r="I485">
+        <v>2013</v>
+      </c>
+      <c r="J485" t="s">
+        <v>840</v>
+      </c>
+      <c r="K485" t="s">
+        <v>24</v>
+      </c>
+      <c r="L485"/>
+      <c r="M485" t="s">
+        <v>2372</v>
+      </c>
+      <c r="N485" t="s">
+        <v>27</v>
+      </c>
+      <c r="O485" t="s">
+        <v>2377</v>
+      </c>
+      <c r="P485" t="s">
+        <v>2378</v>
+      </c>
+    </row>
+    <row r="486" spans="1:16">
+      <c r="A486" t="s">
+        <v>2379</v>
+      </c>
+      <c r="B486" t="s">
+        <v>2380</v>
+      </c>
+      <c r="C486" t="s">
+        <v>839</v>
+      </c>
+      <c r="D486" t="s">
+        <v>159</v>
+      </c>
+      <c r="E486" t="s">
+        <v>20</v>
+      </c>
+      <c r="F486" t="s">
         <v>21</v>
       </c>
-      <c r="K448" t="s">
-[...34 lines deleted...]
-      <c r="H449">
+      <c r="G486" t="s">
+        <v>22</v>
+      </c>
+      <c r="H486">
+        <v>2004</v>
+      </c>
+      <c r="I486">
+        <v>2021</v>
+      </c>
+      <c r="J486" t="s">
+        <v>1038</v>
+      </c>
+      <c r="K486" t="s">
+        <v>24</v>
+      </c>
+      <c r="L486"/>
+      <c r="M486" t="s">
+        <v>2372</v>
+      </c>
+      <c r="N486" t="s">
+        <v>27</v>
+      </c>
+      <c r="O486" t="s">
+        <v>2381</v>
+      </c>
+      <c r="P486" t="s">
+        <v>2382</v>
+      </c>
+    </row>
+    <row r="487" spans="1:16">
+      <c r="A487" t="s">
+        <v>2383</v>
+      </c>
+      <c r="B487" t="s">
+        <v>2384</v>
+      </c>
+      <c r="C487" t="s">
+        <v>839</v>
+      </c>
+      <c r="D487" t="s">
+        <v>77</v>
+      </c>
+      <c r="E487" t="s">
+        <v>20</v>
+      </c>
+      <c r="F487" t="s">
+        <v>34</v>
+      </c>
+      <c r="G487" t="s">
+        <v>22</v>
+      </c>
+      <c r="H487">
+        <v>1978</v>
+      </c>
+      <c r="I487">
+        <v>2017</v>
+      </c>
+      <c r="J487" t="s">
+        <v>847</v>
+      </c>
+      <c r="K487" t="s">
+        <v>24</v>
+      </c>
+      <c r="L487"/>
+      <c r="M487" t="s">
+        <v>2372</v>
+      </c>
+      <c r="N487" t="s">
+        <v>27</v>
+      </c>
+      <c r="O487" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P487" t="s">
+        <v>2386</v>
+      </c>
+    </row>
+    <row r="488" spans="1:16">
+      <c r="A488" t="s">
+        <v>2387</v>
+      </c>
+      <c r="B488" t="s">
+        <v>2388</v>
+      </c>
+      <c r="C488" t="s">
+        <v>839</v>
+      </c>
+      <c r="D488" t="s">
+        <v>2389</v>
+      </c>
+      <c r="E488" t="s">
+        <v>249</v>
+      </c>
+      <c r="F488" t="s">
+        <v>34</v>
+      </c>
+      <c r="G488" t="s">
+        <v>22</v>
+      </c>
+      <c r="H488">
+        <v>2007</v>
+      </c>
+      <c r="I488">
+        <v>2014</v>
+      </c>
+      <c r="J488" t="s">
+        <v>2390</v>
+      </c>
+      <c r="K488" t="s">
+        <v>24</v>
+      </c>
+      <c r="L488"/>
+      <c r="M488" t="s">
+        <v>2372</v>
+      </c>
+      <c r="N488" t="s">
+        <v>27</v>
+      </c>
+      <c r="O488" t="s">
+        <v>2391</v>
+      </c>
+      <c r="P488" t="s">
+        <v>2392</v>
+      </c>
+    </row>
+    <row r="489" spans="1:16">
+      <c r="A489" t="s">
+        <v>2393</v>
+      </c>
+      <c r="B489" t="s">
+        <v>2394</v>
+      </c>
+      <c r="C489" t="s">
+        <v>839</v>
+      </c>
+      <c r="D489" t="s">
+        <v>858</v>
+      </c>
+      <c r="E489" t="s">
+        <v>249</v>
+      </c>
+      <c r="F489" t="s">
+        <v>34</v>
+      </c>
+      <c r="G489" t="s">
+        <v>22</v>
+      </c>
+      <c r="H489">
+        <v>2014</v>
+      </c>
+      <c r="I489">
+        <v>2024</v>
+      </c>
+      <c r="J489" t="s">
+        <v>1038</v>
+      </c>
+      <c r="K489" t="s">
+        <v>24</v>
+      </c>
+      <c r="L489"/>
+      <c r="M489" t="s">
+        <v>2372</v>
+      </c>
+      <c r="N489" t="s">
+        <v>27</v>
+      </c>
+      <c r="O489" t="s">
+        <v>2395</v>
+      </c>
+      <c r="P489" t="s">
+        <v>2396</v>
+      </c>
+    </row>
+    <row r="490" spans="1:16">
+      <c r="A490" t="s">
+        <v>2397</v>
+      </c>
+      <c r="B490" t="s">
+        <v>2398</v>
+      </c>
+      <c r="C490" t="s">
+        <v>2399</v>
+      </c>
+      <c r="D490" t="s">
+        <v>64</v>
+      </c>
+      <c r="E490" t="s">
+        <v>20</v>
+      </c>
+      <c r="F490" t="s">
+        <v>21</v>
+      </c>
+      <c r="G490" t="s">
+        <v>22</v>
+      </c>
+      <c r="H490">
+        <v>2007</v>
+      </c>
+      <c r="I490">
+        <v>2012</v>
+      </c>
+      <c r="J490" t="s">
+        <v>44</v>
+      </c>
+      <c r="K490" t="s">
+        <v>24</v>
+      </c>
+      <c r="L490" t="s">
+        <v>2400</v>
+      </c>
+      <c r="M490" t="s">
+        <v>2401</v>
+      </c>
+      <c r="N490" t="s">
+        <v>27</v>
+      </c>
+      <c r="O490" t="s">
+        <v>2402</v>
+      </c>
+      <c r="P490" t="s">
+        <v>2403</v>
+      </c>
+    </row>
+    <row r="491" spans="1:16">
+      <c r="A491" t="s">
+        <v>2404</v>
+      </c>
+      <c r="B491" t="s">
+        <v>2405</v>
+      </c>
+      <c r="C491" t="s">
+        <v>594</v>
+      </c>
+      <c r="D491" t="s">
+        <v>212</v>
+      </c>
+      <c r="E491" t="s">
+        <v>20</v>
+      </c>
+      <c r="F491" t="s">
+        <v>34</v>
+      </c>
+      <c r="G491" t="s">
+        <v>22</v>
+      </c>
+      <c r="H491">
+        <v>2011</v>
+      </c>
+      <c r="I491">
         <v>2013</v>
       </c>
-      <c r="I449" t="s">
-[...35 lines deleted...]
-      <c r="G450">
+      <c r="J491" t="s">
+        <v>1947</v>
+      </c>
+      <c r="K491" t="s">
+        <v>24</v>
+      </c>
+      <c r="L491"/>
+      <c r="M491" t="s">
+        <v>598</v>
+      </c>
+      <c r="N491" t="s">
+        <v>27</v>
+      </c>
+      <c r="O491" t="s">
+        <v>2406</v>
+      </c>
+      <c r="P491" t="s">
+        <v>2407</v>
+      </c>
+    </row>
+    <row r="492" spans="1:16">
+      <c r="A492" t="s">
+        <v>2408</v>
+      </c>
+      <c r="B492" t="s">
+        <v>2409</v>
+      </c>
+      <c r="C492" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D492" t="s">
+        <v>2410</v>
+      </c>
+      <c r="E492" t="s">
+        <v>249</v>
+      </c>
+      <c r="F492" t="s">
+        <v>83</v>
+      </c>
+      <c r="G492" t="s">
+        <v>22</v>
+      </c>
+      <c r="H492">
         <v>2015</v>
       </c>
-      <c r="H450">
-[...556 lines deleted...]
-      <c r="G463">
+      <c r="I492">
+        <v>2016</v>
+      </c>
+      <c r="J492" t="s">
+        <v>1648</v>
+      </c>
+      <c r="K492" t="s">
+        <v>524</v>
+      </c>
+      <c r="L492" t="s">
+        <v>2411</v>
+      </c>
+      <c r="M492" t="s">
+        <v>2412</v>
+      </c>
+      <c r="N492" t="s">
+        <v>526</v>
+      </c>
+      <c r="O492" t="s">
+        <v>2413</v>
+      </c>
+      <c r="P492" t="s">
+        <v>2414</v>
+      </c>
+    </row>
+    <row r="493" spans="1:16">
+      <c r="A493" t="s">
+        <v>2415</v>
+      </c>
+      <c r="B493" t="s">
+        <v>2416</v>
+      </c>
+      <c r="C493" t="s">
+        <v>608</v>
+      </c>
+      <c r="D493" t="s">
+        <v>2417</v>
+      </c>
+      <c r="E493" t="s">
+        <v>249</v>
+      </c>
+      <c r="F493" t="s">
+        <v>257</v>
+      </c>
+      <c r="G493" t="s">
+        <v>22</v>
+      </c>
+      <c r="H493">
         <v>2011</v>
       </c>
-      <c r="H463">
+      <c r="I493">
         <v>2017</v>
       </c>
-      <c r="I463" t="s">
-[...1313 lines deleted...]
-      </c>
       <c r="J493" t="s">
-        <v>21</v>
+        <v>141</v>
       </c>
       <c r="K493" t="s">
-        <v>1012</v>
-[...3 lines deleted...]
-      </c>
+        <v>524</v>
+      </c>
+      <c r="L493"/>
       <c r="M493" t="s">
-        <v>24</v>
+        <v>2418</v>
       </c>
       <c r="N493" t="s">
-        <v>1545</v>
-[...555 lines deleted...]
-        <v>1584</v>
+        <v>526</v>
+      </c>
+      <c r="O493" t="s">
+        <v>2419</v>
+      </c>
+      <c r="P493" t="s">
+        <v>2420</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>