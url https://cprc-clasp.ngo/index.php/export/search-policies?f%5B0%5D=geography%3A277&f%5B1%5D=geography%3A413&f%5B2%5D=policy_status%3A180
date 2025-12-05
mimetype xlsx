--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,524 +12,639 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="145">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="183">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>Draft MEPS for chillers</t>
   </si>
   <si>
+    <t>The document specifies the MEPS  requirement for chillers</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Refrigeration, Industrial Process Chillers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-chillers</t>
   </si>
   <si>
     <t>Draft MEPS for electric motors</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for electric motors.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-electric-motors-0</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>Draft MEPS for RDCs</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and energy labelling requirements for RDCs</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-rdcs</t>
   </si>
   <si>
     <t>Draft MEPS for televisions</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for televisions.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62301, IEC 62087, SNI 04 6958 - 2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-televisions</t>
   </si>
   <si>
     <t>Draft MEPS for washing machines</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for washing machines.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>SNI IEC 60311-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-washing-machines-0</t>
   </si>
   <si>
     <t>Draft MEPS for water pumps</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for water pumps.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-water-pumps</t>
   </si>
   <si>
     <t>Draft motor policy</t>
   </si>
   <si>
+    <t>Motors with EE label should be the single-speed, three-phase, cage-induction motors</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>BDS IEC 60034-2-1: 2009(Testing protocol); BDS-EN 60034-30 : 2011 (Efficiency Class)</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-motor-policy</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>Draft rice cooker policy</t>
   </si>
   <si>
+    <t>Rice cookers. No information available</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-rice-cooker-policy</t>
   </si>
   <si>
     <t>Draft TV policy</t>
   </si>
   <si>
+    <t>LCD-LED, LCD-CCFL, OLED, Plasma  and CRT</t>
+  </si>
+  <si>
     <t>IEC 62087: 2008 or IEC 62087: 2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-tv-policy</t>
   </si>
   <si>
     <t>Draft water pumps policy</t>
   </si>
   <si>
+    <t>All types of water pumps over 2 horsepower</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-water-pumps-policy</t>
   </si>
   <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standard Requirements for Air Conditioner in Cambodia</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>April 2019</t>
   </si>
   <si>
     <t>ISO16358-1:2013; ISO 5151:2012</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cambodia</t>
   </si>
   <si>
     <t>Heating &amp; Air Conditioning Comparative Label</t>
   </si>
   <si>
+    <t>This policy is under development. There will be a mandatory comparative label for residential heating and air conditioning units. No link available.</t>
+  </si>
+  <si>
     <t>Lao People's Democratic Republic</t>
   </si>
   <si>
     <t>Space Heating, Air Conditioning</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/heating-air-conditioning-comparative-label</t>
   </si>
   <si>
     <t>Heating &amp; Air Conditioning Minimum Energy Performance Standard</t>
   </si>
   <si>
+    <t>This policy is under development. There will be mandatory minimum energy performance standards for residential heating and air conditioning units. No link available.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/heating-air-conditioning-minimum-energy-performance-standard</t>
   </si>
   <si>
     <t>Household microwave ovens</t>
   </si>
   <si>
+    <t>Draft labels for microwave ovens. No information available</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>BDS IEC 60705:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/household-microwave-ovens</t>
   </si>
   <si>
     <t>Indian Standard for Requirements For Water Efficient Plumbing Products (WEPP): Part 2 Sanitary Fittings</t>
   </si>
   <si>
+    <t>This standard covers requirements for assessment and star ratingof sanitary fittings, such as faucets (taps) and showerheads,for their performance based on water efficiency,which are in addition to the requirements specified in relevant Indian Standards as applicable.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>Bureau of Indian Standards</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/indian-standard-requirements-water-efficient-plumbing-products-wepp-part-2-sanitary</t>
   </si>
   <si>
+    <t>https://bis.gov.in/wp-content/uploads/2020/08/write-up-for-publicity-of-WC-drafts-for-WEPP.pdf</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for air conditioners</t>
   </si>
   <si>
+    <t>Non inverter type and single phase</t>
+  </si>
+  <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Energy Labelling and Standards Task Force of Energy Department, Prime Ministers…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners-4</t>
   </si>
   <si>
+    <t>http://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/8145.pdf</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for automatic washing machines</t>
   </si>
   <si>
     <t>Maldives</t>
   </si>
   <si>
     <t>Maldives Energy Authority </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-automatic-washing-machines</t>
   </si>
   <si>
+    <t>http://www.environment.gov.mv/v2/en/news/7964</t>
+  </si>
+  <si>
     <t>MEPS for LED lamps</t>
   </si>
   <si>
+    <t>MEPL covers mains electric clothes washers intended for household and similar use. This includes both horizontal and vertical axis single bowl machines twin tub units and the washing function of combination washer|dryer units. MEPL does not apply to clothes washers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-led-lamps</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
+  </si>
+  <si>
     <t>MEPS for Window Set</t>
   </si>
   <si>
+    <t>Window set defined in KS F 3117, which is used where contact with the outside of buildings and is sold as a combination of frame and glass with 1 or more window area</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-window-set</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This standard will apply to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant, and foam blowing agent, product information, and declaration of conformity 1975 and its regulations.</t>
+  </si>
+  <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IEC 62552:2015, Part 1, 2, and 3</t>
   </si>
   <si>
     <t>Malawi Energy Regulatory Authority (MERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigerating-appliances</t>
   </si>
   <si>
     <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
   </si>
   <si>
+    <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/prakas-energy-efficiency-label-designated-appliances</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2024/11/MEPS-Implementation-Status-Countries.pdf</t>
+  </si>
+  <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>TIS 3623-2566 Air-to-water heat pump water heaters: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This draft policy determines the size, required characteristics, marks and labels, sampling, judging criteria, and testing requirements of air-to-water heat pump water heaters. This policy covers water heaters and air-to-water heat pump systems with a net hot water heating capacity of no more than 36 kW. Note: This industrial product standard only includes water heaters and excludes circulation systems and hot water storage tanks.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Water Heating</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-3623-2566-air-water-heat-pump-water-heaters-energy-efficiency-requirements</t>
+  </si>
+  <si>
+    <t>https://a.tisi.go.th/t/?n=7490</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -793,1119 +908,1266 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N26"/>
+  <dimension ref="A1:P26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="141" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2"/>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
       <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3"/>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>41</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>36</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5"/>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>35</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>51</v>
+      </c>
+      <c r="M6" t="s">
+        <v>41</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7"/>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>56</v>
+      </c>
+      <c r="M7" t="s">
+        <v>41</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>58</v>
+      </c>
+      <c r="B8" t="s">
+        <v>59</v>
+      </c>
+      <c r="C8" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8" t="s">
+        <v>60</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>35</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>41</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>61</v>
+      </c>
+      <c r="P8" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>62</v>
+      </c>
+      <c r="B9" t="s">
+        <v>63</v>
+      </c>
+      <c r="C9" t="s">
+        <v>64</v>
+      </c>
+      <c r="D9" t="s">
+        <v>65</v>
+      </c>
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F9" t="s">
+        <v>66</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9"/>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>67</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>68</v>
+      </c>
+      <c r="M9" t="s">
+        <v>69</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B10" t="s">
+        <v>73</v>
+      </c>
+      <c r="C10" t="s">
+        <v>64</v>
+      </c>
+      <c r="D10" t="s">
+        <v>74</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>66</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>67</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>69</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>75</v>
+      </c>
+      <c r="P10" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>76</v>
+      </c>
+      <c r="B11" t="s">
+        <v>77</v>
+      </c>
+      <c r="C11" t="s">
+        <v>64</v>
+      </c>
+      <c r="D11" t="s">
+        <v>50</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>66</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11"/>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>67</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>78</v>
+      </c>
+      <c r="M11" t="s">
+        <v>69</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>79</v>
+      </c>
+      <c r="P11" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>80</v>
+      </c>
+      <c r="B12" t="s">
+        <v>81</v>
+      </c>
+      <c r="C12" t="s">
+        <v>64</v>
+      </c>
+      <c r="D12" t="s">
+        <v>60</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>66</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12"/>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>67</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>69</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>82</v>
+      </c>
+      <c r="P12" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>83</v>
+      </c>
+      <c r="B13" t="s">
+        <v>84</v>
+      </c>
+      <c r="C13" t="s">
+        <v>85</v>
+      </c>
+      <c r="D13" t="s">
+        <v>86</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...3 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>35</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>87</v>
+      </c>
+      <c r="M13" t="s">
+        <v>88</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>89</v>
+      </c>
+      <c r="P13" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>91</v>
+      </c>
+      <c r="B14" t="s">
+        <v>92</v>
+      </c>
+      <c r="C14" t="s">
+        <v>93</v>
+      </c>
+      <c r="D14" t="s">
+        <v>94</v>
+      </c>
+      <c r="E14" t="s">
+        <v>95</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14"/>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>96</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>97</v>
+      </c>
+      <c r="M14" t="s">
+        <v>98</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>99</v>
+      </c>
+      <c r="P14"/>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>100</v>
+      </c>
+      <c r="B15" t="s">
+        <v>101</v>
+      </c>
+      <c r="C15" t="s">
+        <v>102</v>
+      </c>
+      <c r="D15" t="s">
+        <v>103</v>
+      </c>
+      <c r="E15" t="s">
+        <v>95</v>
+      </c>
+      <c r="F15" t="s">
+        <v>66</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15"/>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>104</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>105</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>106</v>
+      </c>
+      <c r="P15"/>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>107</v>
+      </c>
+      <c r="B16" t="s">
+        <v>108</v>
+      </c>
+      <c r="C16" t="s">
+        <v>102</v>
+      </c>
+      <c r="D16" t="s">
+        <v>103</v>
+      </c>
+      <c r="E16" t="s">
+        <v>95</v>
+      </c>
+      <c r="F16" t="s">
+        <v>34</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16"/>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>104</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>105</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>109</v>
+      </c>
+      <c r="P16"/>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>110</v>
+      </c>
+      <c r="B17" t="s">
+        <v>111</v>
+      </c>
+      <c r="C17" t="s">
+        <v>64</v>
+      </c>
+      <c r="D17" t="s">
+        <v>112</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>66</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17"/>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>67</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>113</v>
+      </c>
+      <c r="M17" t="s">
+        <v>69</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>114</v>
+      </c>
+      <c r="P17" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>115</v>
+      </c>
+      <c r="B18" t="s">
+        <v>116</v>
+      </c>
+      <c r="C18" t="s">
+        <v>117</v>
+      </c>
+      <c r="D18" t="s">
+        <v>118</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18"/>
+      <c r="I18"/>
+      <c r="J18" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-[...27 lines deleted...]
-      <c r="J3" t="s">
+      <c r="K18" t="s">
+        <v>119</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>120</v>
+      </c>
+      <c r="N18" t="s">
+        <v>121</v>
+      </c>
+      <c r="O18" t="s">
+        <v>122</v>
+      </c>
+      <c r="P18" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>124</v>
+      </c>
+      <c r="B19" t="s">
+        <v>125</v>
+      </c>
+      <c r="C19" t="s">
+        <v>126</v>
+      </c>
+      <c r="D19" t="s">
+        <v>94</v>
+      </c>
+      <c r="E19" t="s">
+        <v>33</v>
+      </c>
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...11 lines deleted...]
-      <c r="A4" t="s">
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19"/>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>127</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>128</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>129</v>
+      </c>
+      <c r="P19" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>131</v>
+      </c>
+      <c r="B20" t="s">
+        <v>92</v>
+      </c>
+      <c r="C20" t="s">
+        <v>132</v>
+      </c>
+      <c r="D20" t="s">
+        <v>55</v>
+      </c>
+      <c r="E20" t="s">
         <v>33</v>
       </c>
-      <c r="B4" t="s">
-[...2 lines deleted...]
-      <c r="C4" t="s">
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20"/>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>127</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>133</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>134</v>
+      </c>
+      <c r="P20" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>136</v>
+      </c>
+      <c r="B21" t="s">
+        <v>137</v>
+      </c>
+      <c r="C21" t="s">
+        <v>138</v>
+      </c>
+      <c r="D21" t="s">
+        <v>139</v>
+      </c>
+      <c r="E21" t="s">
+        <v>95</v>
+      </c>
+      <c r="F21" t="s">
         <v>34</v>
       </c>
-      <c r="D4" t="s">
-[...13 lines deleted...]
-      <c r="J4" t="s">
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21"/>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>140</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>141</v>
+      </c>
+      <c r="M21" t="s">
+        <v>142</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>143</v>
+      </c>
+      <c r="P21" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>145</v>
+      </c>
+      <c r="B22" t="s">
+        <v>146</v>
+      </c>
+      <c r="C22" t="s">
+        <v>147</v>
+      </c>
+      <c r="D22" t="s">
+        <v>148</v>
+      </c>
+      <c r="E22" t="s">
+        <v>95</v>
+      </c>
+      <c r="F22" t="s">
+        <v>34</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22"/>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>149</v>
+      </c>
+      <c r="K22" t="s">
+        <v>150</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>151</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>152</v>
+      </c>
+      <c r="P22" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>154</v>
+      </c>
+      <c r="B23" t="s">
+        <v>155</v>
+      </c>
+      <c r="C23" t="s">
+        <v>156</v>
+      </c>
+      <c r="D23" t="s">
+        <v>157</v>
+      </c>
+      <c r="E23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F23" t="s">
+        <v>34</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23"/>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>158</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>159</v>
+      </c>
+      <c r="M23" t="s">
+        <v>160</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>161</v>
+      </c>
+      <c r="P23"/>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>162</v>
+      </c>
+      <c r="B24" t="s">
+        <v>163</v>
+      </c>
+      <c r="C24" t="s">
+        <v>93</v>
+      </c>
+      <c r="D24" t="s">
+        <v>164</v>
+      </c>
+      <c r="E24" t="s">
+        <v>33</v>
+      </c>
+      <c r="F24" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-[...34 lines deleted...]
-      <c r="J5" t="s">
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24"/>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>165</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24"/>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>166</v>
+      </c>
+      <c r="P24" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>168</v>
+      </c>
+      <c r="B25" t="s">
+        <v>169</v>
+      </c>
+      <c r="C25" t="s">
+        <v>170</v>
+      </c>
+      <c r="D25" t="s">
+        <v>86</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
         <v>21</v>
       </c>
-      <c r="K5"/>
-[...767 lines deleted...]
-      <c r="G25"/>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
       <c r="H25"/>
-      <c r="I25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I25"/>
       <c r="J25" t="s">
-        <v>21</v>
+        <v>149</v>
       </c>
       <c r="K25" t="s">
-        <v>136</v>
+        <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>137</v>
+        <v>171</v>
       </c>
       <c r="M25" t="s">
-        <v>23</v>
+        <v>172</v>
       </c>
       <c r="N25" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>173</v>
+      </c>
+      <c r="P25" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>139</v>
+        <v>175</v>
       </c>
       <c r="B26" t="s">
-        <v>140</v>
+        <v>176</v>
       </c>
       <c r="C26" t="s">
-        <v>141</v>
+        <v>177</v>
       </c>
       <c r="D26" t="s">
-        <v>28</v>
+        <v>178</v>
       </c>
       <c r="E26" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F26" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G26"/>
+        <v>34</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
       <c r="H26"/>
-      <c r="I26" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I26"/>
       <c r="J26" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>179</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
       <c r="M26" t="s">
-        <v>23</v>
+        <v>180</v>
       </c>
       <c r="N26" t="s">
-        <v>144</v>
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>181</v>
+      </c>
+      <c r="P26" t="s">
+        <v>182</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>