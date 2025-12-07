--- v1 (2025-12-05)
+++ v2 (2025-12-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2497">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2498">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -7537,50 +7537,53 @@
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2588-2556-2013-electric-kettles-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://law.industry.go.th/laws/file/61091</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
   </si>
   <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
   </si>
   <si>
     <t>Laundry, Irons</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=2590-2557</t>
   </si>
   <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
     <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
   </si>
   <si>
     <t>TIS 2618-2557 (2014) Single suction centrifugal electric pumps: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements of single-suction centrifugal electric pumps (sprocket blades type) for household and similar purposes with a rated voltage of no more than 250 V for single-phase appliances and 480 V for three-phase appliances with 50Hz and three-phase induction motor.</t>
   </si>
@@ -8060,51 +8063,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P502"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="271.22" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="194.524" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="311.353" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -19690,51 +19693,51 @@
       </c>
       <c r="L238" t="s">
         <v>1270</v>
       </c>
       <c r="M238" t="s">
         <v>1264</v>
       </c>
       <c r="N238" t="s">
         <v>27</v>
       </c>
       <c r="O238" t="s">
         <v>1271</v>
       </c>
       <c r="P238" t="s">
         <v>1272</v>
       </c>
     </row>
     <row r="239" spans="1:16">
       <c r="A239" t="s">
         <v>1273</v>
       </c>
       <c r="B239" t="s">
         <v>1274</v>
       </c>
       <c r="C239" t="s">
-        <v>1252</v>
+        <v>57</v>
       </c>
       <c r="D239" t="s">
         <v>1275</v>
       </c>
       <c r="E239" t="s">
         <v>20</v>
       </c>
       <c r="F239" t="s">
         <v>33</v>
       </c>
       <c r="G239" t="s">
         <v>1255</v>
       </c>
       <c r="H239">
         <v>2025</v>
       </c>
       <c r="I239"/>
       <c r="J239" t="s">
         <v>1276</v>
       </c>
       <c r="K239" t="s">
         <v>24</v>
       </c>
       <c r="L239" t="s">
         <v>1277</v>
@@ -31830,544 +31833,544 @@
       </c>
       <c r="P491" t="s">
         <v>2439</v>
       </c>
     </row>
     <row r="492" spans="1:16">
       <c r="A492" t="s">
         <v>2440</v>
       </c>
       <c r="B492" t="s">
         <v>2441</v>
       </c>
       <c r="C492" t="s">
         <v>1038</v>
       </c>
       <c r="D492" t="s">
         <v>2442</v>
       </c>
       <c r="E492" t="s">
         <v>20</v>
       </c>
       <c r="F492" t="s">
         <v>33</v>
       </c>
       <c r="G492" t="s">
-        <v>22</v>
+        <v>2443</v>
       </c>
       <c r="H492">
         <v>2014</v>
       </c>
       <c r="I492"/>
       <c r="J492" t="s">
         <v>1276</v>
       </c>
       <c r="K492" t="s">
         <v>24</v>
       </c>
       <c r="L492"/>
       <c r="M492" t="s">
         <v>2406</v>
       </c>
       <c r="N492" t="s">
         <v>27</v>
       </c>
       <c r="O492" t="s">
-        <v>2443</v>
+        <v>2444</v>
       </c>
       <c r="P492" t="s">
-        <v>2444</v>
+        <v>2445</v>
       </c>
     </row>
     <row r="493" spans="1:16">
       <c r="A493" t="s">
-        <v>2445</v>
+        <v>2446</v>
       </c>
       <c r="B493" t="s">
-        <v>2446</v>
+        <v>2447</v>
       </c>
       <c r="C493" t="s">
         <v>1038</v>
       </c>
       <c r="D493" t="s">
         <v>1057</v>
       </c>
       <c r="E493" t="s">
         <v>20</v>
       </c>
       <c r="F493" t="s">
         <v>33</v>
       </c>
       <c r="G493" t="s">
         <v>42</v>
       </c>
       <c r="H493">
         <v>2014</v>
       </c>
       <c r="I493">
         <v>2024</v>
       </c>
       <c r="J493" t="s">
         <v>1276</v>
       </c>
       <c r="K493" t="s">
         <v>24</v>
       </c>
       <c r="L493"/>
       <c r="M493" t="s">
         <v>2406</v>
       </c>
       <c r="N493" t="s">
         <v>27</v>
       </c>
       <c r="O493" t="s">
-        <v>2447</v>
+        <v>2448</v>
       </c>
       <c r="P493" t="s">
-        <v>2448</v>
+        <v>2449</v>
       </c>
     </row>
     <row r="494" spans="1:16">
       <c r="A494" t="s">
-        <v>2449</v>
+        <v>2450</v>
       </c>
       <c r="B494" t="s">
-        <v>2450</v>
+        <v>2451</v>
       </c>
       <c r="C494" t="s">
         <v>1038</v>
       </c>
       <c r="D494" t="s">
         <v>1771</v>
       </c>
       <c r="E494" t="s">
         <v>20</v>
       </c>
       <c r="F494" t="s">
         <v>33</v>
       </c>
       <c r="G494" t="s">
         <v>22</v>
       </c>
       <c r="H494">
         <v>2014</v>
       </c>
       <c r="I494"/>
       <c r="J494" t="s">
         <v>1494</v>
       </c>
       <c r="K494" t="s">
         <v>24</v>
       </c>
       <c r="L494"/>
       <c r="M494" t="s">
         <v>2406</v>
       </c>
       <c r="N494" t="s">
         <v>27</v>
       </c>
       <c r="O494" t="s">
-        <v>2451</v>
+        <v>2452</v>
       </c>
       <c r="P494" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="495" spans="1:16">
       <c r="A495" t="s">
-        <v>2453</v>
+        <v>2454</v>
       </c>
       <c r="B495" t="s">
-        <v>2454</v>
+        <v>2455</v>
       </c>
       <c r="C495" t="s">
         <v>1038</v>
       </c>
       <c r="D495" t="s">
-        <v>2455</v>
+        <v>2456</v>
       </c>
       <c r="E495" t="s">
         <v>20</v>
       </c>
       <c r="F495" t="s">
         <v>33</v>
       </c>
       <c r="G495" t="s">
         <v>22</v>
       </c>
       <c r="H495">
         <v>2016</v>
       </c>
       <c r="I495"/>
       <c r="J495" t="s">
         <v>1494</v>
       </c>
       <c r="K495" t="s">
         <v>24</v>
       </c>
       <c r="L495"/>
       <c r="M495" t="s">
         <v>2406</v>
       </c>
       <c r="N495" t="s">
         <v>27</v>
       </c>
       <c r="O495" t="s">
-        <v>2456</v>
+        <v>2457</v>
       </c>
       <c r="P495" t="s">
-        <v>2457</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="496" spans="1:16">
       <c r="A496" t="s">
-        <v>2458</v>
+        <v>2459</v>
       </c>
       <c r="B496" t="s">
-        <v>2459</v>
+        <v>2460</v>
       </c>
       <c r="C496" t="s">
         <v>1038</v>
       </c>
       <c r="D496" t="s">
         <v>1762</v>
       </c>
       <c r="E496" t="s">
         <v>20</v>
       </c>
       <c r="F496" t="s">
         <v>33</v>
       </c>
       <c r="G496" t="s">
         <v>22</v>
       </c>
       <c r="H496">
         <v>2016</v>
       </c>
       <c r="I496"/>
       <c r="J496" t="s">
         <v>1494</v>
       </c>
       <c r="K496" t="s">
         <v>24</v>
       </c>
       <c r="L496"/>
       <c r="M496" t="s">
         <v>2406</v>
       </c>
       <c r="N496" t="s">
         <v>27</v>
       </c>
       <c r="O496" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="P496" t="s">
-        <v>2461</v>
+        <v>2462</v>
       </c>
     </row>
     <row r="497" spans="1:16">
       <c r="A497" t="s">
-        <v>2462</v>
+        <v>2463</v>
       </c>
       <c r="B497" t="s">
-        <v>2463</v>
+        <v>2464</v>
       </c>
       <c r="C497" t="s">
         <v>1038</v>
       </c>
       <c r="D497" t="s">
-        <v>2464</v>
+        <v>2465</v>
       </c>
       <c r="E497" t="s">
         <v>20</v>
       </c>
       <c r="F497" t="s">
         <v>33</v>
       </c>
       <c r="G497" t="s">
         <v>22</v>
       </c>
       <c r="H497">
         <v>2016</v>
       </c>
       <c r="I497"/>
       <c r="J497" t="s">
         <v>1494</v>
       </c>
       <c r="K497" t="s">
         <v>24</v>
       </c>
       <c r="L497"/>
       <c r="M497" t="s">
         <v>2406</v>
       </c>
       <c r="N497" t="s">
         <v>27</v>
       </c>
       <c r="O497" t="s">
-        <v>2465</v>
+        <v>2466</v>
       </c>
       <c r="P497" t="s">
-        <v>2466</v>
+        <v>2467</v>
       </c>
     </row>
     <row r="498" spans="1:16">
       <c r="A498" t="s">
-        <v>2467</v>
+        <v>2468</v>
       </c>
       <c r="B498" t="s">
-        <v>2468</v>
+        <v>2469</v>
       </c>
       <c r="C498" t="s">
         <v>1038</v>
       </c>
       <c r="D498" t="s">
         <v>1501</v>
       </c>
       <c r="E498" t="s">
         <v>20</v>
       </c>
       <c r="F498" t="s">
         <v>33</v>
       </c>
       <c r="G498" t="s">
         <v>22</v>
       </c>
       <c r="H498">
         <v>2007</v>
       </c>
       <c r="I498"/>
       <c r="J498" t="s">
         <v>1494</v>
       </c>
       <c r="K498" t="s">
         <v>24</v>
       </c>
       <c r="L498"/>
       <c r="M498" t="s">
         <v>2406</v>
       </c>
       <c r="N498" t="s">
         <v>27</v>
       </c>
       <c r="O498" t="s">
-        <v>2469</v>
+        <v>2470</v>
       </c>
       <c r="P498" t="s">
-        <v>2470</v>
+        <v>2471</v>
       </c>
     </row>
     <row r="499" spans="1:16">
       <c r="A499" t="s">
-        <v>2471</v>
+        <v>2472</v>
       </c>
       <c r="B499" t="s">
-        <v>2472</v>
+        <v>2473</v>
       </c>
       <c r="C499" t="s">
-        <v>2473</v>
+        <v>2474</v>
       </c>
       <c r="D499" t="s">
         <v>801</v>
       </c>
       <c r="E499" t="s">
         <v>20</v>
       </c>
       <c r="F499" t="s">
         <v>49</v>
       </c>
       <c r="G499" t="s">
         <v>22</v>
       </c>
       <c r="H499">
         <v>2016</v>
       </c>
       <c r="I499"/>
       <c r="J499" t="s">
         <v>1136</v>
       </c>
       <c r="K499" t="s">
         <v>24</v>
       </c>
       <c r="L499" t="s">
         <v>1843</v>
       </c>
       <c r="M499" t="s">
-        <v>2474</v>
+        <v>2475</v>
       </c>
       <c r="N499" t="s">
         <v>27</v>
       </c>
       <c r="O499" t="s">
-        <v>2475</v>
+        <v>2476</v>
       </c>
       <c r="P499" t="s">
-        <v>2476</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="500" spans="1:16">
       <c r="A500" t="s">
-        <v>2477</v>
+        <v>2478</v>
       </c>
       <c r="B500" t="s">
-        <v>2478</v>
+        <v>2479</v>
       </c>
       <c r="C500" t="s">
         <v>57</v>
       </c>
       <c r="D500" t="s">
-        <v>2479</v>
+        <v>2480</v>
       </c>
       <c r="E500" t="s">
         <v>20</v>
       </c>
       <c r="F500" t="s">
         <v>59</v>
       </c>
       <c r="G500" t="s">
         <v>22</v>
       </c>
       <c r="H500">
         <v>2017</v>
       </c>
       <c r="I500"/>
       <c r="J500" t="s">
-        <v>2480</v>
+        <v>2481</v>
       </c>
       <c r="K500" t="s">
         <v>583</v>
       </c>
       <c r="L500"/>
       <c r="M500" t="s">
         <v>62</v>
       </c>
       <c r="N500" t="s">
         <v>585</v>
       </c>
       <c r="O500" t="s">
-        <v>2481</v>
+        <v>2482</v>
       </c>
       <c r="P500" t="s">
-        <v>2482</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="501" spans="1:16">
       <c r="A501" t="s">
-        <v>2483</v>
+        <v>2484</v>
       </c>
       <c r="B501" t="s">
-        <v>2484</v>
+        <v>2485</v>
       </c>
       <c r="C501" t="s">
-        <v>2485</v>
+        <v>2486</v>
       </c>
       <c r="D501" t="s">
-        <v>2486</v>
+        <v>2487</v>
       </c>
       <c r="E501" t="s">
         <v>20</v>
       </c>
       <c r="F501" t="s">
         <v>21</v>
       </c>
       <c r="G501" t="s">
         <v>42</v>
       </c>
       <c r="H501">
         <v>2015</v>
       </c>
       <c r="I501">
         <v>2016</v>
       </c>
       <c r="J501" t="s">
         <v>1640</v>
       </c>
       <c r="K501" t="s">
         <v>583</v>
       </c>
       <c r="L501" t="s">
-        <v>2487</v>
+        <v>2488</v>
       </c>
       <c r="M501" t="s">
-        <v>2488</v>
+        <v>2489</v>
       </c>
       <c r="N501" t="s">
         <v>585</v>
       </c>
       <c r="O501" t="s">
-        <v>2489</v>
+        <v>2490</v>
       </c>
       <c r="P501" t="s">
-        <v>2490</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="502" spans="1:16">
       <c r="A502" t="s">
-        <v>2491</v>
+        <v>2492</v>
       </c>
       <c r="B502" t="s">
-        <v>2492</v>
+        <v>2493</v>
       </c>
       <c r="C502" t="s">
         <v>1632</v>
       </c>
       <c r="D502" t="s">
-        <v>2493</v>
+        <v>2494</v>
       </c>
       <c r="E502" t="s">
         <v>20</v>
       </c>
       <c r="F502" t="s">
         <v>59</v>
       </c>
       <c r="G502" t="s">
         <v>42</v>
       </c>
       <c r="H502">
         <v>2011</v>
       </c>
       <c r="I502">
         <v>2017</v>
       </c>
       <c r="J502" t="s">
         <v>51</v>
       </c>
       <c r="K502" t="s">
         <v>583</v>
       </c>
       <c r="L502"/>
       <c r="M502" t="s">
-        <v>2494</v>
+        <v>2495</v>
       </c>
       <c r="N502" t="s">
         <v>585</v>
       </c>
       <c r="O502" t="s">
-        <v>2495</v>
+        <v>2496</v>
       </c>
       <c r="P502" t="s">
-        <v>2496</v>
+        <v>2497</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">