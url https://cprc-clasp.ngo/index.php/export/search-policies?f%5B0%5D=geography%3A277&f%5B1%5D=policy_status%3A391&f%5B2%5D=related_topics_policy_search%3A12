--- v0 (2025-10-10)
+++ v1 (2025-12-05)
@@ -12,500 +12,669 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="192">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL-022. Ventilators</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does not apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 19761-2009 GB/T 1236 GB/T 10178 JB/T 2977 JB/T 4357 JB/T 4358 JB/T 4362 JB/T 10562 JB/T 10563</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-022-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=96b107ffcb3f41dabc9e99d133001670</t>
+  </si>
+  <si>
     <t>CEL-040. Groundwater Source Heat Pump Systems</t>
   </si>
   <si>
+    <t>Groundwater source heat pump systems of commercial and industrial use.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>GB 30721-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-040-groundwater-source-heat-pump-systems</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B634_%E6%B0%B4%EF%BC%88%E5%9C%B0%EF%BC%89%E6%BA%90%E7%83%AD%E6%B3%B5%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CQC31-423221-2017 Energy Conservation Certification Rules for Industrial Boilers</t>
   </si>
   <si>
+    <t>Applies to industrial boilers including: steam boiler; hot water boiler; and organic heat transfer matrial boilers with a rated steam pressure no larger than 3.8MPa; and fuel source of coal; oil; gas; or biomass.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, Oil</t>
   </si>
   <si>
     <t>CQC3161-2017</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-423221-2017-energy-conservation-certification-rules-industrial-boilers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-05-24/499029.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432212-2009. CQC Mark Certification - Centrifugal Corrosion Resisting Pumps</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction centrifugal pump for fresh water; single stage double suction centrifugal pump for fresh water; and multiple stage centrifugal pump for fresh water</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>GB 19762-2007 GB/T 3216 GB/T 5657 GB/T 7021 GB/T 13006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432212-2009-cqc-mark-certification-centrifugal-corrosion-resisting-pumps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-11-20/492766.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432217-2017 Energy Conservation Certification Rules for Submersible motor-pumps</t>
   </si>
   <si>
+    <t>Applies to  small size submersible motor-pumps; sewage submersible motor-pumps; well-use submersible motor-pumps</t>
+  </si>
+  <si>
     <t>GB32029-2015, GB32031-2015, GB32030-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432217-2017-energy-conservation-certification-rules-submersible-motor-pumps</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-06-15/546484.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461212-2020. Energy Conservation Certification Rules for Power Transformer</t>
   </si>
   <si>
+    <t>Applies to three-phase; off-Circuit-Tap-Changing transformers with voltage level of 10kV; and rated capacities of 30kVA-1600kVA for oil-immersed transformers or 30kVA-2500kVA for dry-type transformers. Does not apply to gas-filled transformers.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>GB 20052-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461212-2020-energy-conservation-certification-rules-power-transformer</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-10-26/492765.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461219-2010. CQC Mark Certification - Power Transformer</t>
   </si>
   <si>
+    <t>Applies to power transformers with voltage level of 35kV-220kV; and rated capacities of 3150kVA. Does not apply to dry-type transformers.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>GB 1094.1-1996 GB/T 2900.15-1997 GB/T 6451-2008 GB 24790-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461219-2010-cqc-mark-certification-power-transformer</t>
   </si>
   <si>
     <t>Energy efficiency limit values ​​and energy efficiency grades for high voltage three-phase cage-type asynchronous motors</t>
   </si>
   <si>
+    <t>This policy defines minimum allowable values of energy efficiency and energy efficiency grades for cage three-phase high voltage induction motors.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-limit-values-and-energy-efficiency-grades-high-voltage-three-phase-cage</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=208DEC46F6A847EEE06397BE0A0AA4A0</t>
+  </si>
+  <si>
     <t>GB 18613-2020 Minimum Allowable Values of Energy Efficiency and Values of Efficiency Grades for Motors</t>
   </si>
   <si>
+    <t>This policy applies to general purpose electric motors or general purpose anti explosion electric motors with the following characteristics: three-phase AC with voltage lower than 1000V and frequency of 50Hz; rated power between 0.75kW-375kW; number of poles of 2; 4; and 6; single-speed closed self-fan cooling; N design.</t>
+  </si>
+  <si>
     <t>GB/T 755-2019; GB/T 1032; GB/T 5171.1-2014; GB/T 5171.21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-18613-2020-minimum-allowable-values-energy-efficiency-and-values-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF578CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 19153-2019 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Displacement Air Compressors</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>GB/T 3853; GB/T 4975; GB/T 13279; GB/T 13928; GB/T26967; JB/T 4253; JB/T 6430; JB/T 7662; JB/T 8933; JB/T 8934; JB/T 9107; JB/T 10972; JB/T 11423; JB/T 13345</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19153-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 19761-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Fan</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does NOT apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>GB/T 1236; GB/T 3235; GB/T 10178; JB/T 2977; JB/T 4357; JB/T 4358; JB/T 4362; JB/T 7221; JB/T 9068; JB/T 10562; JB/T 10563</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19761-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-fan</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF568CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 19762-2007 Minimum allowable values of energy efficiency and evaluating values of energy conservation of centrifugal pump for fresh water</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction clear water centrifugal pumps, single stage double suction clear water centrifugal pumps, and multiple stage clear water centrifugal pumps. This standard does not apply to other types of pumps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19762-2007-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D78826D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20052-2024 Energy efficiency limit values ​​and energy efficiency grades for power transformers</t>
   </si>
   <si>
+    <t>This document specifies the minimum allowable values of energy efficiency, the energy efficiency grades and test methods for power transformers. The policy applies to oil-immersed and dry-type distribution transformers. It will enter into effect on 1 February 2025.</t>
+  </si>
+  <si>
     <t>GB/T 1094.1; GB/T 1094.11; GB/T 2900.95; GB/T 6451; GB/T 10228; GB/T 22072; GB/T 25438; GB/T 25446</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20052-2024-energy-efficiency-limit-values-and-energy-efficiency-grades-power</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=B0CE4A3FBCC4501211A25E3E10F75498</t>
+  </si>
+  <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
+    <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>GB 20943-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21518-2008 Minimum allowable values of energy efficiency and energy efficiency grades for AC contactors</t>
   </si>
   <si>
+    <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does NOT apply to AC contactors with external power saving device or semi-conductor type -solid type contactor</t>
+  </si>
+  <si>
     <t>Contactors</t>
   </si>
   <si>
     <t>GB 14048.1 GB 14048.4</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21518-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D773ECD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32031-2015 Minimum allowable values of energy efficiency and energy efficiency grades for waste submersible motor-pumps</t>
   </si>
   <si>
+    <t>This policy applies to single-phase or three-phase waste submersible motor-pumps that are used for carrying sewage or mixed liquid that contains sediment, fabrics, feces, and river sludge.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 12785-2014; GB/T 24674</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32031-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80932D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32284-2015 Minimum allowable values of energy efficiency and energy efficiency grades for petrochemical centrifugal pumps</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction centrifugal pumps with shrouded -maximum- impeller which are used to transport clean liquid</t>
+  </si>
+  <si>
     <t>GB/T 3215; GB/T 3216; GB/T 5656; GB/T 7021; GB/T 13006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32284-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80EEBD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Three Phase Cage Induction Motors) Determination 2019</t>
   </si>
   <si>
+    <t>This Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c. with rated voltages up to 1100 V, alternating current (AC). NOTE: This range includes motors with ratings of 1 hp and 1 CV/PS (French/German or metric horsepower). MEPS does not apply to submersible motors, integral motor-gear systems, variable or multi-speed speed motors or those rated only for short duty cycles (IEC60034-2 duty rating S2).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>AS 1359.102.1:1997 (Method B), AS 1359.102.3:2003 (Method A)</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-three-phase-cage-induction-motors-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2019L00968</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Transformers and Electronic Step-down Converters for ELV Lamps) Determination 2012</t>
   </si>
   <si>
+    <t>The scope of transformer MEPS covers oil-immersed and dry-type distribution transformers with power ratings from 10 kVA to 2500 kVA intended to be used on 11 kV and 22 kV networks.This standard does not apply to certain categories of special transformers such a - (a) transformers other than those on 11 or 22 kv networks; (b) instrument transformers; (c) auto transformers; (d) traction transformers mounted on rolling stock; (e) starting transformers; (f) testing transformers; (g) welding transformers; (h) three phase transformers with three or more windings per phase; (i) arc-furnace transformers; (j) earthing transformers; (k) rectifier or converter transformers; (l) uninterruptible power supply (ups) transformers; (m) transformers with an impedance less than 3% or more than 8%; (n) voltage regulating transformers; (o) transformers designed for frequencies other than 50 hertz; (p) gas-filled dry-type transformers; or (q) flameproof transformers.</t>
+  </si>
+  <si>
     <t>AS 2374.1; AS 2735</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-transformers-and-electronic-step-down-converters</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02135</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Centrifugal and Turbo Blowers</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-10</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
     <t>Low-voltage single-phase inductive motor energy efficiency ratio standards</t>
   </si>
   <si>
+    <t>Low-voltage single-phase inductive motor</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>Requirements on Energy Efficiency and the Inspection of Low-Voltage Three-Phase Squirrel-Cage Induction Motors --including as a component of the specified equipment</t>
   </si>
   <si>
+    <t>The low-voltage three-phase squirrel-cage induction motor set in this announcement covers goods in compliance with Clause 14400 of Chinese National Standards; with a rated output power from 0.75kW|1HP to 200kW|270HP or which are subjected to inspection by the Central Competent Authority.</t>
+  </si>
+  <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-energy-efficiency-and-inspection-low-voltage-three-phase-squirrel-cage</t>
   </si>
   <si>
+    <t>https://meps.energylabel.org.tw/_upload/gen/law/7/file1/Requirements%20on%20Energy%20Efficiency%20and%20the%20Inspection%20of%20Low-Voltage%20Three-Phase%20Squirrel-Cage%20Induction%20Motors%20(including%20as%20a%20component%20of%20the%20specified%20equip</t>
+  </si>
+  <si>
     <t>TCVN 7540-1:2013 Three-phase asynchronous squirrel-cage electrical motors - Part 1: energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS for three-phase asynchronous squirrel-cage electrical motors.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>TCVN 7540-2:2013</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-7540-12013-three-phase-asynchronous-squirrel-cage-electrical-motors-part-1-energy</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7540-2013-dong-co-dien-khong-dong-bo-ba-pha-roto-long-soc-phan-1-hieu-suat</t>
+  </si>
+  <si>
     <t>TCVN 8525:2015 Distribution transformers - MEPS and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for distribution transformers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-85252015-distribution-transformers-meps-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8525-2015-may-bien-ap-phan-phoi-muc-hieu-suat-nang-luong-toi-thieu</t>
+  </si>
+  <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
+    <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
+The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
+This standard does not apply to boilers used for electricity generation.
+It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Induction Cookers</t>
   </si>
   <si>
+    <t>This policy applies to cookers using electromagnetic induction heating as the heating source with a rated power consumption range from 700–3500 W for each heating unit. The total rated power shall not exceed 7000 W.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 21456 2014</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-induction-cookers</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Induction%20Cookers%202019_eng_v2.5%20(Final).pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -769,1327 +938,1496 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N28"/>
+  <dimension ref="A1:P28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="194" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1132.438" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="233.514" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="186.24" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="318.351" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
         <v>2010</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I2">
+        <v>2010</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2008</v>
+      </c>
+      <c r="I3">
+        <v>2015</v>
+      </c>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>39</v>
+      </c>
+      <c r="F4" t="s">
+        <v>40</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4">
+        <v>2017</v>
+      </c>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>42</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>39</v>
+      </c>
+      <c r="F5" t="s">
+        <v>40</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2004</v>
+      </c>
+      <c r="I5">
+        <v>2011</v>
+      </c>
+      <c r="J5" t="s">
+        <v>41</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M5" t="s">
+        <v>44</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F6" t="s">
+        <v>40</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2004</v>
+      </c>
+      <c r="I6">
+        <v>2017</v>
+      </c>
+      <c r="J6" t="s">
+        <v>41</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>44</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>60</v>
+      </c>
+      <c r="E7" t="s">
+        <v>39</v>
+      </c>
+      <c r="F7" t="s">
+        <v>40</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7">
+        <v>2020</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>61</v>
+      </c>
+      <c r="M7" t="s">
+        <v>44</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>60</v>
+      </c>
+      <c r="E8" t="s">
+        <v>39</v>
+      </c>
+      <c r="F8" t="s">
+        <v>40</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2003</v>
+      </c>
+      <c r="I8">
+        <v>2010</v>
+      </c>
+      <c r="J8" t="s">
+        <v>66</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>67</v>
+      </c>
+      <c r="M8" t="s">
+        <v>44</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8"/>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>71</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>72</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2018</v>
+      </c>
+      <c r="I9">
+        <v>2024</v>
+      </c>
+      <c r="J9" t="s">
+        <v>73</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>44</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>74</v>
+      </c>
+      <c r="P9" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>76</v>
+      </c>
+      <c r="B10" t="s">
+        <v>77</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>71</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>72</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2002</v>
+      </c>
+      <c r="I10">
+        <v>2021</v>
+      </c>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>83</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>72</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2009</v>
+      </c>
+      <c r="I11">
+        <v>2020</v>
+      </c>
+      <c r="J11" t="s">
+        <v>41</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>84</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>85</v>
+      </c>
+      <c r="P11" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...5 lines deleted...]
-      <c r="I3" t="s">
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
-[...5 lines deleted...]
-      <c r="L3" t="s">
+      <c r="F12" t="s">
+        <v>72</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2010</v>
+      </c>
+      <c r="I12">
+        <v>2021</v>
+      </c>
+      <c r="J12" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...40 lines deleted...]
-      <c r="M4" t="s">
+      <c r="L12" t="s">
+        <v>89</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>90</v>
+      </c>
+      <c r="P12" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>92</v>
+      </c>
+      <c r="B13" t="s">
+        <v>93</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>49</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>72</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2005</v>
+      </c>
+      <c r="I13">
+        <v>2011</v>
+      </c>
+      <c r="J13" t="s">
+        <v>41</v>
+      </c>
+      <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...34 lines deleted...]
-      <c r="K5" t="s">
+      <c r="L13" t="s">
+        <v>50</v>
+      </c>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>94</v>
+      </c>
+      <c r="P13" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>96</v>
+      </c>
+      <c r="B14" t="s">
+        <v>97</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>60</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>72</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2006</v>
+      </c>
+      <c r="I14">
+        <v>2024</v>
+      </c>
+      <c r="J14" t="s">
+        <v>73</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>98</v>
+      </c>
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>99</v>
+      </c>
+      <c r="P14" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>101</v>
+      </c>
+      <c r="B15" t="s">
+        <v>102</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>103</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>72</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2007</v>
+      </c>
+      <c r="I15">
+        <v>2014</v>
+      </c>
+      <c r="J15" t="s">
         <v>41</v>
       </c>
-      <c r="L5" t="s">
-[...2 lines deleted...]
-      <c r="M5" t="s">
+      <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-[...72 lines deleted...]
-      <c r="I7" t="s">
+      <c r="L15" t="s">
+        <v>104</v>
+      </c>
+      <c r="M15" t="s">
+        <v>26</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>105</v>
+      </c>
+      <c r="P15" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>107</v>
+      </c>
+      <c r="B16" t="s">
+        <v>108</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>109</v>
+      </c>
+      <c r="E16" t="s">
         <v>20</v>
       </c>
-      <c r="J7" t="s">
-[...308 lines deleted...]
-      <c r="K14" t="s">
+      <c r="F16" t="s">
         <v>72</v>
       </c>
-      <c r="L14" t="s">
-[...73 lines deleted...]
-        <v>2008</v>
+      <c r="G16" t="s">
+        <v>22</v>
       </c>
       <c r="H16">
         <v>2008</v>
       </c>
-      <c r="I16" t="s">
-        <v>34</v>
+      <c r="I16">
+        <v>2008</v>
       </c>
       <c r="J16" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="K16" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>23</v>
+        <v>110</v>
       </c>
       <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>111</v>
+      </c>
+      <c r="P16" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>113</v>
+      </c>
+      <c r="B17" t="s">
+        <v>114</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>49</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>72</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2005</v>
+      </c>
+      <c r="I17">
+        <v>2016</v>
+      </c>
+      <c r="J17" t="s">
+        <v>41</v>
+      </c>
+      <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="N16" t="s">
-[...10 lines deleted...]
-      <c r="C17" t="s">
+      <c r="L17" t="s">
+        <v>115</v>
+      </c>
+      <c r="M17" t="s">
+        <v>116</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>117</v>
+      </c>
+      <c r="P17" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>119</v>
+      </c>
+      <c r="B18" t="s">
+        <v>120</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>49</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>72</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2005</v>
+      </c>
+      <c r="I18">
+        <v>2017</v>
+      </c>
+      <c r="J18" t="s">
+        <v>41</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>121</v>
+      </c>
+      <c r="M18" t="s">
+        <v>116</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>122</v>
+      </c>
+      <c r="P18" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>124</v>
+      </c>
+      <c r="B19" t="s">
+        <v>125</v>
+      </c>
+      <c r="C19" t="s">
+        <v>126</v>
+      </c>
+      <c r="D19" t="s">
+        <v>71</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>72</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2001</v>
+      </c>
+      <c r="I19">
+        <v>2019</v>
+      </c>
+      <c r="J19" t="s">
+        <v>127</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>128</v>
+      </c>
+      <c r="M19" t="s">
+        <v>129</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>130</v>
+      </c>
+      <c r="P19" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>132</v>
+      </c>
+      <c r="B20" t="s">
+        <v>133</v>
+      </c>
+      <c r="C20" t="s">
+        <v>126</v>
+      </c>
+      <c r="D20" t="s">
+        <v>60</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>72</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2004</v>
+      </c>
+      <c r="I20">
+        <v>2012</v>
+      </c>
+      <c r="J20" t="s">
+        <v>127</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>134</v>
+      </c>
+      <c r="M20" t="s">
+        <v>129</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>135</v>
+      </c>
+      <c r="P20" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>137</v>
+      </c>
+      <c r="B21" t="s">
+        <v>138</v>
+      </c>
+      <c r="C21" t="s">
+        <v>139</v>
+      </c>
+      <c r="D21" t="s">
+        <v>19</v>
+      </c>
+      <c r="E21" t="s">
+        <v>39</v>
+      </c>
+      <c r="F21" t="s">
         <v>40</v>
       </c>
-      <c r="D17" t="s">
-[...185 lines deleted...]
-        <v>2012</v>
+      <c r="G21" t="s">
+        <v>22</v>
       </c>
       <c r="H21">
         <v>2012</v>
       </c>
-      <c r="I21" t="s">
-        <v>100</v>
+      <c r="I21">
+        <v>2012</v>
       </c>
       <c r="J21" t="s">
+        <v>140</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>141</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>142</v>
+      </c>
+      <c r="P21" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>144</v>
+      </c>
+      <c r="B22" t="s">
+        <v>145</v>
+      </c>
+      <c r="C22" t="s">
+        <v>146</v>
+      </c>
+      <c r="D22" t="s">
+        <v>147</v>
+      </c>
+      <c r="E22" t="s">
+        <v>39</v>
+      </c>
+      <c r="F22" t="s">
+        <v>72</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>1981</v>
+      </c>
+      <c r="I22">
+        <v>2002</v>
+      </c>
+      <c r="J22" t="s">
+        <v>66</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>148</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>149</v>
+      </c>
+      <c r="P22" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>151</v>
+      </c>
+      <c r="B23" t="s">
+        <v>152</v>
+      </c>
+      <c r="C23" t="s">
+        <v>153</v>
+      </c>
+      <c r="D23" t="s">
+        <v>154</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>155</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2008</v>
+      </c>
+      <c r="I23">
+        <v>2020</v>
+      </c>
+      <c r="J23" t="s">
+        <v>156</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>157</v>
+      </c>
+      <c r="M23" t="s">
+        <v>158</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>159</v>
+      </c>
+      <c r="P23" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>161</v>
+      </c>
+      <c r="B24" t="s">
+        <v>162</v>
+      </c>
+      <c r="C24" t="s">
+        <v>146</v>
+      </c>
+      <c r="D24" t="s">
+        <v>71</v>
+      </c>
+      <c r="E24" t="s">
+        <v>39</v>
+      </c>
+      <c r="F24" t="s">
         <v>21</v>
       </c>
-      <c r="K21"/>
-[...3 lines deleted...]
-      <c r="M21" t="s">
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2012</v>
+      </c>
+      <c r="I24">
+        <v>2015</v>
+      </c>
+      <c r="J24" t="s">
+        <v>66</v>
+      </c>
+      <c r="K24" t="s">
         <v>24</v>
       </c>
-      <c r="N21" t="s">
-[...38 lines deleted...]
-      <c r="M22" t="s">
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>163</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>164</v>
+      </c>
+      <c r="P24" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>166</v>
+      </c>
+      <c r="B25" t="s">
+        <v>167</v>
+      </c>
+      <c r="C25" t="s">
+        <v>168</v>
+      </c>
+      <c r="D25" t="s">
+        <v>71</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>72</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2005</v>
+      </c>
+      <c r="I25">
+        <v>2015</v>
+      </c>
+      <c r="J25" t="s">
+        <v>169</v>
+      </c>
+      <c r="K25" t="s">
         <v>24</v>
       </c>
-      <c r="N22" t="s">
-[...25 lines deleted...]
-      <c r="H23">
+      <c r="L25" t="s">
+        <v>170</v>
+      </c>
+      <c r="M25" t="s">
+        <v>171</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>172</v>
+      </c>
+      <c r="P25" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>174</v>
+      </c>
+      <c r="B26" t="s">
+        <v>175</v>
+      </c>
+      <c r="C26" t="s">
+        <v>168</v>
+      </c>
+      <c r="D26" t="s">
+        <v>60</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>72</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2010</v>
+      </c>
+      <c r="I26">
+        <v>2015</v>
+      </c>
+      <c r="J26" t="s">
+        <v>169</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>171</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>176</v>
+      </c>
+      <c r="P26" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>178</v>
+      </c>
+      <c r="B27" t="s">
+        <v>179</v>
+      </c>
+      <c r="C27" t="s">
+        <v>168</v>
+      </c>
+      <c r="D27" t="s">
+        <v>38</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>72</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2010</v>
+      </c>
+      <c r="I27">
+        <v>2019</v>
+      </c>
+      <c r="J27" t="s">
+        <v>180</v>
+      </c>
+      <c r="K27" t="s">
+        <v>181</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>171</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>182</v>
+      </c>
+      <c r="P27" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>184</v>
+      </c>
+      <c r="B28" t="s">
+        <v>185</v>
+      </c>
+      <c r="C28" t="s">
+        <v>153</v>
+      </c>
+      <c r="D28" t="s">
+        <v>186</v>
+      </c>
+      <c r="E28" t="s">
+        <v>39</v>
+      </c>
+      <c r="F28" t="s">
+        <v>40</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2012</v>
+      </c>
+      <c r="I28">
         <v>2020</v>
       </c>
-      <c r="I23" t="s">
-[...11 lines deleted...]
-      <c r="M23" t="s">
+      <c r="J28" t="s">
+        <v>187</v>
+      </c>
+      <c r="K28" t="s">
         <v>24</v>
       </c>
-      <c r="N23" t="s">
-[...206 lines deleted...]
-      </c>
       <c r="L28" t="s">
-        <v>135</v>
+        <v>188</v>
       </c>
       <c r="M28" t="s">
-        <v>24</v>
+        <v>189</v>
       </c>
       <c r="N28" t="s">
-        <v>136</v>
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>190</v>
+      </c>
+      <c r="P28" t="s">
+        <v>191</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>