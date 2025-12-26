--- v0 (2025-11-09)
+++ v1 (2025-12-26)
@@ -12,164 +12,406 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
+    <t>Energy Efficiency Policy for Room Air Conditioners (Split Air Conditioners)</t>
+  </si>
+  <si>
+    <t>This policy revises seasonal energy efficiency ratio for split air conditioners.</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>September 2025</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Bureau of Energy Efficiency (BEE)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-split-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Notification/RAC/IAC_Notification_SO_3984_E_dated_28th_Auguest_2025.pdf</t>
+  </si>
+  <si>
     <t>GB 12021.2-2015 The maximum allowable values of the energy consumption and energy efficiency grade for household refrigerators</t>
   </si>
   <si>
     <t>Applies to motor-driven compressor type refrigerators that are for household use including those whose volume is bigger than 500L; also applies to wine coolers and built-in type refrigerating appliances.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>Mandatory</t>
-[...4 lines deleted...]
-  <si>
     <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...1 lines deleted...]
-  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 8059; IEC 62552-1; IEC 62552-2; IEC 62552-3</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120212-2015-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D8094FD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 12021.2-2025 Maximum Allowable Values of Energy Consumption and Energy Efficiency Grade for Household Refrigerating Appliance</t>
   </si>
   <si>
     <t>The new standard revises Minimum Energy Performance Standards (MEPS) for household refrigerators and semi-conductor refrigerators with volume no greater than 60 L. The revised MEPS significantly raises the minimum energy efficiency thresholds for mainstream refrigerators and freezers, tightening the requirements from Grade 5 (Total Energy Efficiency Index, TEEI: 90%) through to Grade 1+ (TEEI: 40%). For all refrigerators excluding semiconductor models, the Total Energy Efficiency Index (TEEI) will now serve as the sole metric for energy efficiency.</t>
   </si>
   <si>
     <t>Published, Revised</t>
   </si>
   <si>
     <t>June 2025</t>
   </si>
   <si>
     <t>IEC62552-3:2020
 ,   
                     IEC62552-3
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120212-2025-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29DD444E06397BE0A0ACC4C</t>
+  </si>
+  <si>
+    <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
+  </si>
+  <si>
+    <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
+  </si>
+  <si>
+    <t>External Power Supply</t>
+  </si>
+  <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>GB 20943-2013</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 26969-2011 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
+  </si>
+  <si>
+    <t>Applies to solar water heaters with volume less than 0.6 cubic meters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>GB 3100; GB/T 12936; GB/T 18708; GB/T 19141; GB/T 26970; GB/T26971; ISO 9488:1999</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-26969-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FB07D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 26969-2025 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
+  </si>
+  <si>
+    <t>This standard revises minimum energy performance standards (MEPS) and energy efficiency grades for domestic solar water heating systems with the volume of storage water tank not exceeding 0.6 cubic meter. It replaces GB 26969-2011, and will be effective starting 2026 August.</t>
+  </si>
+  <si>
+    <t>GB/T 18708
+,   
+                    GB/T 19741</t>
+  </si>
+  <si>
+    <t>The Standardization Administration of China</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-26969-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3820811E06397BE0A0A2D54</t>
+  </si>
+  <si>
+    <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
+  </si>
+  <si>
+    <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
+  </si>
+  <si>
+    <t>Ovens</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>GB / T 13611</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
+  </si>
+  <si>
+    <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
+  </si>
+  <si>
+    <t>LPG Stoves, Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>CQC6151-20094.24.3</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
+    <t>This policy covers LED luminaires for road and tunnel lighting.</t>
+  </si>
+  <si>
+    <t>Streetlighting</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>GB/T 24826; GB/T 31897.201</t>
+  </si>
+  <si>
+    <t>The Standardisation Administration of China (SAC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
+    <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
+  </si>
+  <si>
+    <t>This policy covers dishwashers.</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>Electricity, Water</t>
+  </si>
+  <si>
+    <t>GB/T 20290-2016; QB/T 1520-2013</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
+  </si>
+  <si>
+    <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
+  </si>
+  <si>
+    <t>This policy covers smart water closets.</t>
+  </si>
+  <si>
+    <t>Toilets</t>
+  </si>
+  <si>
+    <t>New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>Water</t>
+  </si>
+  <si>
+    <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
+  </si>
+  <si>
+    <t>Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
+    <t>GB 38448-2025 Minimum allowable values and grades of the energy efficiency and water efficiency for smart toilets</t>
+  </si>
+  <si>
+    <t>This standard revises energy efficiency and water efficiency standards and rating for smart toilets. It replaces GB 38448-2019 and will be effective starting April 2027.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-38448-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency-0</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3850811E06397BE0A0A2D54</t>
+  </si>
+  <si>
+    <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
+  </si>
+  <si>
+    <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
+  </si>
+  <si>
+    <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>Cookstoves, Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -473,74 +715,74 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P3"/>
+  <dimension ref="A1:P14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="152.106" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="193.381" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="654.697" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="16" max="16" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="96.691" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="123.827" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -569,128 +811,666 @@
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
+        <v>8</v>
+      </c>
+      <c r="H2">
+        <v>2007</v>
+      </c>
+      <c r="I2">
+        <v>2025</v>
+      </c>
+      <c r="J2" t="s">
         <v>22</v>
       </c>
-      <c r="H2">
-[...5 lines deleted...]
-      <c r="J2" t="s">
+      <c r="K2" t="s">
         <v>23</v>
       </c>
-      <c r="K2" t="s">
+      <c r="L2"/>
+      <c r="M2" t="s">
         <v>24</v>
       </c>
-      <c r="L2" t="s">
+      <c r="N2" t="s">
         <v>25</v>
       </c>
-      <c r="M2" t="s">
+      <c r="O2" t="s">
         <v>26</v>
       </c>
-      <c r="N2" t="s">
+      <c r="P2" t="s">
         <v>27</v>
-      </c>
-[...4 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
         <v>30</v>
       </c>
-      <c r="B3" t="s">
+      <c r="D3" t="s">
         <v>31</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>32</v>
       </c>
       <c r="H3">
         <v>1989</v>
       </c>
       <c r="I3">
-        <v>2025</v>
+        <v>2016</v>
       </c>
       <c r="J3" t="s">
         <v>33</v>
       </c>
       <c r="K3" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="L3" t="s">
         <v>34</v>
       </c>
       <c r="M3" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="N3" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D4" t="s">
+        <v>31</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>40</v>
+      </c>
+      <c r="H4">
+        <v>1989</v>
+      </c>
+      <c r="I4">
+        <v>2025</v>
+      </c>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>23</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
         <v>35</v>
       </c>
-      <c r="P3" t="s">
-        <v>36</v>
+      <c r="N4" t="s">
+        <v>25</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>48</v>
+      </c>
+      <c r="H5">
+        <v>2007</v>
+      </c>
+      <c r="I5">
+        <v>2013</v>
+      </c>
+      <c r="J5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K5" t="s">
+        <v>23</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>50</v>
+      </c>
+      <c r="N5" t="s">
+        <v>51</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>30</v>
+      </c>
+      <c r="D6" t="s">
+        <v>56</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6">
+        <v>2012</v>
+      </c>
+      <c r="J6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K6" t="s">
+        <v>58</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>50</v>
+      </c>
+      <c r="N6" t="s">
+        <v>25</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>30</v>
+      </c>
+      <c r="D7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>8</v>
+      </c>
+      <c r="H7">
+        <v>2011</v>
+      </c>
+      <c r="I7">
+        <v>2025</v>
+      </c>
+      <c r="J7" t="s">
+        <v>57</v>
+      </c>
+      <c r="K7" t="s">
+        <v>23</v>
+      </c>
+      <c r="L7" t="s">
+        <v>64</v>
+      </c>
+      <c r="M7" t="s">
+        <v>65</v>
+      </c>
+      <c r="N7" t="s">
+        <v>25</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>30</v>
+      </c>
+      <c r="D8" t="s">
+        <v>70</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>71</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8">
+        <v>2015</v>
+      </c>
+      <c r="J8" t="s">
+        <v>33</v>
+      </c>
+      <c r="K8" t="s">
+        <v>72</v>
+      </c>
+      <c r="L8" t="s">
+        <v>73</v>
+      </c>
+      <c r="M8" t="s">
+        <v>50</v>
+      </c>
+      <c r="N8" t="s">
+        <v>25</v>
+      </c>
+      <c r="O8" t="s">
+        <v>74</v>
+      </c>
+      <c r="P8" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>76</v>
+      </c>
+      <c r="B9" t="s">
+        <v>77</v>
+      </c>
+      <c r="C9" t="s">
+        <v>30</v>
+      </c>
+      <c r="D9" t="s">
+        <v>78</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>32</v>
+      </c>
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9">
+        <v>2015</v>
+      </c>
+      <c r="J9" t="s">
+        <v>57</v>
+      </c>
+      <c r="K9" t="s">
+        <v>72</v>
+      </c>
+      <c r="L9" t="s">
+        <v>79</v>
+      </c>
+      <c r="M9" t="s">
+        <v>50</v>
+      </c>
+      <c r="N9" t="s">
+        <v>25</v>
+      </c>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>82</v>
+      </c>
+      <c r="B10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C10" t="s">
+        <v>30</v>
+      </c>
+      <c r="D10" t="s">
+        <v>84</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>71</v>
+      </c>
+      <c r="H10">
+        <v>2020</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>85</v>
+      </c>
+      <c r="K10" t="s">
+        <v>23</v>
+      </c>
+      <c r="L10" t="s">
+        <v>86</v>
+      </c>
+      <c r="M10" t="s">
+        <v>87</v>
+      </c>
+      <c r="N10" t="s">
+        <v>25</v>
+      </c>
+      <c r="O10" t="s">
+        <v>88</v>
+      </c>
+      <c r="P10" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>90</v>
+      </c>
+      <c r="B11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C11" t="s">
+        <v>30</v>
+      </c>
+      <c r="D11" t="s">
+        <v>92</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>71</v>
+      </c>
+      <c r="H11">
+        <v>2021</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>85</v>
+      </c>
+      <c r="K11" t="s">
+        <v>93</v>
+      </c>
+      <c r="L11" t="s">
+        <v>94</v>
+      </c>
+      <c r="M11" t="s">
+        <v>87</v>
+      </c>
+      <c r="N11" t="s">
+        <v>95</v>
+      </c>
+      <c r="O11" t="s">
+        <v>96</v>
+      </c>
+      <c r="P11" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>98</v>
+      </c>
+      <c r="B12" t="s">
+        <v>99</v>
+      </c>
+      <c r="C12" t="s">
+        <v>30</v>
+      </c>
+      <c r="D12" t="s">
+        <v>100</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>101</v>
+      </c>
+      <c r="H12">
+        <v>2019</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>57</v>
+      </c>
+      <c r="K12" t="s">
+        <v>102</v>
+      </c>
+      <c r="L12" t="s">
+        <v>103</v>
+      </c>
+      <c r="M12" t="s">
+        <v>87</v>
+      </c>
+      <c r="N12" t="s">
+        <v>104</v>
+      </c>
+      <c r="O12" t="s">
+        <v>105</v>
+      </c>
+      <c r="P12" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>107</v>
+      </c>
+      <c r="B13" t="s">
+        <v>108</v>
+      </c>
+      <c r="C13" t="s">
+        <v>30</v>
+      </c>
+      <c r="D13" t="s">
+        <v>100</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>8</v>
+      </c>
+      <c r="H13">
+        <v>2019</v>
+      </c>
+      <c r="I13">
+        <v>2025</v>
+      </c>
+      <c r="J13" t="s">
+        <v>57</v>
+      </c>
+      <c r="K13" t="s">
+        <v>23</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>65</v>
+      </c>
+      <c r="N13" t="s">
+        <v>95</v>
+      </c>
+      <c r="O13" t="s">
+        <v>109</v>
+      </c>
+      <c r="P13" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>111</v>
+      </c>
+      <c r="B14" t="s">
+        <v>112</v>
+      </c>
+      <c r="C14" t="s">
+        <v>30</v>
+      </c>
+      <c r="D14" t="s">
+        <v>113</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>8</v>
+      </c>
+      <c r="H14">
+        <v>2014</v>
+      </c>
+      <c r="I14">
+        <v>2025</v>
+      </c>
+      <c r="J14" t="s">
+        <v>57</v>
+      </c>
+      <c r="K14" t="s">
+        <v>23</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>65</v>
+      </c>
+      <c r="N14" t="s">
+        <v>114</v>
+      </c>
+      <c r="O14" t="s">
+        <v>115</v>
+      </c>
+      <c r="P14" t="s">
+        <v>116</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">